--- v0 (2025-10-07)
+++ v1 (2026-03-19)
@@ -1,178 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9805"/>
       </w:tblGrid>
       <w:tr w:rsidR="001B30F5" w:rsidRPr="001B30F5" w14:paraId="12575F04" w14:textId="77777777" w:rsidTr="00BF5B7D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C82D5F9" w14:textId="7C8F3B2E" w:rsidR="00205309" w:rsidRPr="001B30F5" w:rsidRDefault="00205309" w:rsidP="00205309">
+          <w:p w14:paraId="0C82D5F9" w14:textId="4FEC386C" w:rsidR="00205309" w:rsidRPr="001B30F5" w:rsidRDefault="00205309" w:rsidP="00205309">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B30F5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>DMS</w:t>
             </w:r>
             <w:r w:rsidR="00FB3328">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">B - Ausschreibung Autocross </w:t>
             </w:r>
             <w:r w:rsidR="00F838E2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00922FAB">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3CE4E0B7" w14:textId="77777777" w:rsidR="00031E7C" w:rsidRPr="001B30F5" w:rsidRDefault="00031E7C" w:rsidP="00031E7C">
+    <w:p w14:paraId="3CE4E0B7" w14:textId="77777777" w:rsidR="00031E7C" w:rsidRDefault="00031E7C" w:rsidP="00031E7C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Grundlage dieser Ausschreibung sind in der jeweiligen gültigen Fassung das Internationale Sportgesetz der FIA einschließlich der Anhänge, das DMSB-Autocross-Reglement mit den technischen Bestimmungen, das DMSB-Veranstaltungsreglement, die DMSB-Lizenzbestimmungen, die allgemeinen und besonderen DMSB-Prädikatsbestimmungen, die DMSB-Umweltrichtlinien, die Dopingbestimmungen der WADA/NADA sowie die FIA-Anti-Doping-Bestimmungen</w:t>
       </w:r>
       <w:r w:rsidR="00E03D57" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E03D57" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sowie die Sportlichen und Technischen Serienbestimmungen (falls zutreffend)</w:t>
       </w:r>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Soweit durch diese Ausschreibung keine anderweitige Regelung getroffen ist, gelten die Regelungen der o.a. Reglements. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="338D922A" w14:textId="77777777" w:rsidR="00A040C7" w:rsidRPr="001B30F5" w:rsidRDefault="00A040C7" w:rsidP="00774B52">
+    <w:p w14:paraId="0A4BE030" w14:textId="5A766411" w:rsidR="00922FAB" w:rsidRPr="001B30F5" w:rsidRDefault="00922FAB" w:rsidP="00031E7C">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922FAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Sollten Pyrotechnische Gegenstände zum Einsatz gebracht werden, sind die Vorgaben der lokalen Behörden zu berücksichtigen und weitere Angaben unter dem Artikel „Weitere Bestimmungen“ der Ausschreibung aufzuführen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338D922A" w14:textId="65098A0E" w:rsidR="00A040C7" w:rsidRPr="001B30F5" w:rsidRDefault="00A040C7" w:rsidP="00B76F47">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Das Zutreffende ist angekreuzt bzw. ausgefüllt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="592D2C40" w14:textId="77777777" w:rsidR="00774B52" w:rsidRPr="001B30F5" w:rsidRDefault="00774B52" w:rsidP="00774B52">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3051,68 +3070,82 @@
       <w:r w:rsidRPr="00BD124A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nd DMSB-</w:t>
       </w:r>
       <w:r w:rsidR="00430D27" w:rsidRPr="00BD124A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Autocross-Reglement </w:t>
       </w:r>
       <w:r w:rsidR="0079228E" w:rsidRPr="00BD124A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bzw. wie folgt:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E866BF" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="40E866BF" w14:textId="45822461" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Jahrgänge 2007 und älter:</w:t>
+        <w:t xml:space="preserve">Jahrgänge </w:t>
+      </w:r>
+      <w:r w:rsidR="007D18DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2008</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F838E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und älter:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EBA740C" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Gruppe Tourenwagen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4202AEDA" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:t>Klasse 2b</w:t>
       </w:r>
@@ -3163,314 +3196,375 @@
         <w:t>Klasse 4a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F838E2">
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4B355F" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:t>Klasse 5a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="164B3EDA" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:t>Klasse 5b</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FB6F3A8" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="5FB6F3A8" w14:textId="5C6F46BC" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Jahrgänge </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F838E2">
+      <w:r w:rsidR="007D18DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2004</w:t>
-[...12 lines deleted...]
-        <w:t>2011</w:t>
+        <w:t>2005-2012</w:t>
       </w:r>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08AE524B" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="357"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:t>Klasse 2a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2297CE0E" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="2297CE0E" w14:textId="586CFC54" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Jahrgänge </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F838E2">
+      <w:r w:rsidR="007D18DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2007</w:t>
-[...12 lines deleted...]
-        <w:t>2009</w:t>
+        <w:t>2008-2010</w:t>
       </w:r>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34C8BB84" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Gruppe Cross-Buggys</w:t>
       </w:r>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13CE74EC" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="433DCAFE" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRDefault="00F838E2" w:rsidP="007D18DE">
+      <w:pPr>
+        <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+        <w:ind w:left="1410" w:hanging="1050"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F838E2">
+        <w:t>Klasse 4a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F838E2">
+        <w:tab/>
+        <w:t xml:space="preserve">mit dem Nachweis </w:t>
+      </w:r>
+      <w:r w:rsidR="007D18DE" w:rsidRPr="007D18DE">
+        <w:t>von mind. 6 Ergebnissen in Wertung in Klasse 1b oder 1c von Nationalen A-Veranstaltungen</w:t>
+      </w:r>
+      <w:r w:rsidR="007D18DE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72683D86" w14:textId="1E086600" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
-        <w:t>Klasse 4a</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00F838E2">
         <w:t>Klasse 5a   nur mit FIA-Junior-Buggys bis 600 ccm mit Internationaler Lizenz der Stufe E (ITE)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240D3BF0" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="240D3BF0" w14:textId="15AC335D" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:strike/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Jahrgänge 2004-2011:</w:t>
+        <w:t xml:space="preserve">Jahrgänge </w:t>
+      </w:r>
+      <w:r w:rsidR="007D18DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2005-2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F838E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC11C36" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:t>Klasse 1b</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D641C08" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:t>Klasse 1c</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149445A3" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="149445A3" w14:textId="7B1A3432" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Jahrgang </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F838E2">
+      <w:r w:rsidR="007D18DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2011</w:t>
+        <w:t>2012</w:t>
       </w:r>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="174032D1" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:t>Klasse 1b und 1c nur mit Internationaler Lizenz der Stufe G (ITG)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14EA4309" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="14EA4309" w14:textId="0AD6EF73" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Jahrgänge 2011-2015:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7A1A7234" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+        <w:t xml:space="preserve">Jahrgänge </w:t>
+      </w:r>
+      <w:r w:rsidR="007D18DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2012</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F838E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007D18DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2016</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F838E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1A7234" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00F838E2">
         <w:t>Klasse 1a</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37F38490" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
+      <w:pPr>
+        <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Jahrgänge 2018 und älter:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76DBD343" w14:textId="43A77E68" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
+      <w:pPr>
+        <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:firstLine="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
+        <w:t xml:space="preserve">Klasse Mini Buggy </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CBB8FFE" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="0038239C" w:rsidRDefault="00B5480F" w:rsidP="0038239C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1701"/>
         </w:tabs>
         <w:ind w:left="1134"/>
         <w:rPr>
           <w:bCs/>
           <w:strike/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74384957" w14:textId="77777777" w:rsidR="001F3E44" w:rsidRDefault="001F3E44" w:rsidP="001F3E44">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5480F">
@@ -4274,90 +4368,109 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5745"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Zeitplan, Veranstalterinformationen, </w:t>
       </w:r>
       <w:r w:rsidR="003B7D51" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Starterliste</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67430E5F" w14:textId="77777777" w:rsidR="00770A02" w:rsidRPr="001B30F5" w:rsidRDefault="00770A02" w:rsidP="00770A02">
+    <w:p w14:paraId="67430E5F" w14:textId="77777777" w:rsidR="00770A02" w:rsidRPr="002E278C" w:rsidRDefault="00770A02" w:rsidP="00770A02">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5745"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Weitere Unterlagen: ………………………………………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6246617F" w14:textId="77777777" w:rsidR="002E278C" w:rsidRPr="001B30F5" w:rsidRDefault="002E278C" w:rsidP="00770A02">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5745"/>
+        </w:tabs>
+        <w:ind w:left="426"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="128B2F33" w14:textId="77777777" w:rsidR="00BD124A" w:rsidRDefault="00BD124A" w:rsidP="00CA2958">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="009E8575" w14:textId="77777777" w:rsidR="00BD124A" w:rsidRPr="001B30F5" w:rsidRDefault="00BD124A" w:rsidP="00BD124A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="2410" w:hanging="2410"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -4482,51 +4595,50 @@
               </w:rPr>
               <w:t>Fahrerlizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD124A" w:rsidRPr="00BD124A" w14:paraId="0D8E6183" w14:textId="77777777" w:rsidTr="00A25862">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F5F4C2C" w14:textId="560CD876" w:rsidR="00BD124A" w:rsidRPr="00BD124A" w:rsidRDefault="00BD124A" w:rsidP="00A25862">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD124A">
-              <w:lastRenderedPageBreak/>
               <w:t>Deutsche Autocross-Meisterschaft (DACM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05FA30E5" w14:textId="21BCB80F" w:rsidR="00BD124A" w:rsidRPr="00BD124A" w:rsidRDefault="00BD124A" w:rsidP="00A25862">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD124A">
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>National A</w:t>
             </w:r>
           </w:p>
@@ -4693,61 +4805,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="096E5D0C" w14:textId="77777777" w:rsidR="00BD124A" w:rsidRPr="00BD124A" w:rsidRDefault="00BD124A" w:rsidP="00A25862">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>mind. Nat. C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C36446E" w14:textId="77777777" w:rsidR="007C1418" w:rsidRDefault="007C1418" w:rsidP="00F37F1A">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="28EC10FF" w14:textId="77777777" w:rsidR="007C1418" w:rsidRDefault="007C1418" w:rsidP="00F37F1A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0354C2BC" w14:textId="77777777" w:rsidR="00C05E0E" w:rsidRPr="001B30F5" w:rsidRDefault="00C05E0E" w:rsidP="00F37F1A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -5807,366 +5908,388 @@
       </w:r>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">ulassungsvoraussetzungen für Fahrzeuge, siehe DMSB-Autocross Reglement </w:t>
       </w:r>
       <w:r w:rsidR="00F838E2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidR="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FDAA5D" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="3637BC67" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="43A6E4B4" w14:textId="61C75B12" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Division 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13439C74" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-        <w:ind w:left="360"/>
-[...16 lines deleted...]
-        </w:rPr>
+        <w:ind w:firstLine="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
+        <w:t>Klasse 1a:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D18DE">
         <w:tab/>
-      </w:r>
-[...14 lines deleted...]
-    <w:p w14:paraId="50AFA5F4" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+        <w:t>Junior-Cross Buggy bis 505 cm³ und Yamaha MT 07, leistungsgedrosselt,2WD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D5CA3C" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="357"/>
-      </w:pPr>
-      <w:r w:rsidRPr="007E7A93">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t>Klasse 1b:</w:t>
       </w:r>
-      <w:r w:rsidRPr="007E7A93">
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Junior-Buggy bis 505 cm³</w:t>
-[...61 lines deleted...]
-    <w:p w14:paraId="6EE5C95A" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F43D7B" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+        <w:t>Junior- Cross Buggy bis 505 cm³, 2WD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBC2D32" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="357"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F43D7B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Klasse 1c:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Serientourenwagen</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="006A6B6C" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+        <w:t>Junior-Cross Buggy bis 700 cm³, 2WD</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D1EC95A" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F838E2">
+      <w:r w:rsidRPr="007D18DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Division 3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F838E2">
+        <w:t>Division 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D18DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA7CD1A" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F43D7B" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="011F7B02" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F43D7B">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F43D7B">
+      <w:r w:rsidRPr="007D18DE">
+        <w:t>Klasse 2a:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D18DE">
         <w:tab/>
-        <w:t>Spezialtourenwagen, 2-Rad-Antrieb</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="79742121" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F43D7B" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+        <w:t>Serientourenwagen Junioren bis 1400 cm³</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FBEB220" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="357"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F43D7B">
+      <w:r w:rsidRPr="007D18DE">
+        <w:t>Klasse 2b:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D18DE">
+        <w:tab/>
+        <w:t>Serientourenwagen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C44A85" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
+      <w:pPr>
+        <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Division 3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="226BADF1" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
+      <w:pPr>
+        <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+        <w:ind w:left="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
+        <w:t>Klasse 3a:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D18DE">
+        <w:tab/>
+        <w:t>Spezialtourenwagen, 2-Rad-Antrieb</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17FCBBA3" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
+      <w:pPr>
+        <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
         <w:t>Klasse 3b:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F43D7B">
+      <w:r w:rsidRPr="007D18DE">
         <w:tab/>
         <w:t>Spezialtourenwagen, 4-Rad-Antrieb</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7727EDA7" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="55B721D2" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F838E2">
+      <w:r w:rsidRPr="007D18DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Division 4</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F838E2">
+      <w:r w:rsidRPr="007D18DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D50F3C" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="003E7E03" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="6D996BAC" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F43D7B">
+      <w:r w:rsidRPr="007D18DE">
         <w:t>Klasse 4a:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F43D7B">
+      <w:r w:rsidRPr="007D18DE">
         <w:tab/>
-        <w:t xml:space="preserve">Cross-Buggys 2WD </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="75B65C77" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00041A98" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+        <w:t>Cross-Buggys 2WD mit 4 Zylindern bis 650 cm³</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C4A563" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1066" w:firstLine="346"/>
       </w:pPr>
-      <w:r w:rsidRPr="003E7E03">
-[...6 lines deleted...]
-    <w:p w14:paraId="7006421B" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F838E2" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+      <w:r w:rsidRPr="007D18DE">
+        <w:t>Cross-Buggys 2WD mit 3 Zylindern bis 890 cm³</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6009A333" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F838E2">
+      <w:r w:rsidRPr="007D18DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Division 5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F838E2">
+      <w:r w:rsidRPr="007D18DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B22EFD5" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00041A98" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="6CC6CC5E" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="360"/>
       </w:pPr>
-      <w:r w:rsidRPr="00041A98">
+      <w:r w:rsidRPr="007D18DE">
         <w:t>Klasse 5a:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00041A98">
+      <w:r w:rsidRPr="007D18DE">
         <w:tab/>
         <w:t>Spezialcross-Buggy bis 1600 cm³</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4657991E" w14:textId="77777777" w:rsidR="00F838E2" w:rsidRPr="00F43D7B" w:rsidRDefault="00F838E2" w:rsidP="00F838E2">
+    <w:p w14:paraId="219B211F" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="357"/>
       </w:pPr>
-      <w:r w:rsidRPr="00F43D7B">
+      <w:r w:rsidRPr="007D18DE">
         <w:t>Klasse 5b:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F43D7B">
+      <w:r w:rsidRPr="007D18DE">
         <w:tab/>
-        <w:t>Spezialcross-Buggy über 1600 cm</w:t>
-[...2 lines deleted...]
-        <w:t>³</w:t>
+        <w:t>Spezialcross-Buggy über 1600 cm³</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57525630" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
+      <w:pPr>
+        <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Division Mini Buggy: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CC1448F" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
+      <w:pPr>
+        <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+        <w:ind w:firstLine="357"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
+        <w:t>Mini Buggy:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D18DE">
+        <w:tab/>
+        <w:t>nach DMSB -Technik Reglement Mini Buggy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A75B742" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="00D03255" w:rsidP="00D03255">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3104202A" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="00E040EF" w:rsidP="00F37F1A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Art. 10 </w:t>
       </w:r>
       <w:r w:rsidR="00A040C7" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Sonderwertungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0652C626" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="00D03255" w:rsidP="00D03255">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
@@ -6219,51 +6342,50 @@
         <w:t xml:space="preserve"> werden zusätzlich separat gewertet)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AD58CF8" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="00D03255" w:rsidP="00D03255">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D8DFFED" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="00D03255" w:rsidP="00D03255">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Kontrollkästchen15"/>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
@@ -6948,147 +7070,151 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Finals:</w:t>
       </w:r>
       <w:r w:rsidR="003B009B" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B009B" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A25862">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>..</w:t>
       </w:r>
+      <w:r w:rsidR="00A25862" w:rsidRPr="001B30F5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidR="00A25862">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B009B" w:rsidRPr="001B30F5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A25862" w:rsidRPr="001B30F5">
+      <w:r w:rsidR="003B009B" w:rsidRPr="001B30F5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87B0F" w:rsidRPr="001B30F5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Runden = ………</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD124A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidR="00A25862">
-[...22 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0532FFE8" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="00D03255" w:rsidP="00D03255">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10901571" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="003B7D51" w:rsidP="00F37F1A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Art. 14</w:t>
       </w:r>
       <w:r w:rsidR="00E040EF" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D03255" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parc </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D42759" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00D03255" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>ermé</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="02933F56" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="00D42759" w:rsidP="00D03255">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Parc </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Fermé</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D03255" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -7623,57 +7749,67 @@
       </w:r>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Die Wertung erfolgt gemäß folgender Serienausschreibung: </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BE20B7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">DAV Serienbestimmungen </w:t>
+        <w:t>DAV Serienbestimmungen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BE20B7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="3DAEDA61" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00F37F1A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F0C7979" w14:textId="24A3716B" w:rsidR="00687764" w:rsidRPr="001B30F5" w:rsidRDefault="003B7D51" w:rsidP="00F37F1A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -8061,51 +8197,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="17F3B066" w14:textId="77777777" w:rsidR="003B7D51" w:rsidRPr="001B30F5" w:rsidRDefault="003B7D51" w:rsidP="006C0757">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B30F5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Rennleiter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3489" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7AC2FFDC" w14:textId="77777777" w:rsidR="003B7D51" w:rsidRPr="001B30F5" w:rsidRDefault="003B7D51" w:rsidP="006C0757">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
@@ -10029,50 +10164,63 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3816132F" w14:textId="77777777" w:rsidR="00426DB4" w:rsidRDefault="00426DB4" w:rsidP="00426DB4">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="282"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>*Bei Veranstaltungen mit mehr als zwei Rettungsmitteln, bei denen kein MEL vorgeschrieben ist, ist seitens des Veranstalters ein Einsatzleiter der beauftragten Rettungsmittel zu benennen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC1A959" w14:textId="77777777" w:rsidR="007D18DE" w:rsidRPr="007D18DE" w:rsidRDefault="007D18DE" w:rsidP="007D18DE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D18DE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Die Genehmigung erfolgt vorbehaltlich der finalen Lizenzprüfung vor Ort.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41EAB3A3" w14:textId="77777777" w:rsidR="00C73A42" w:rsidRDefault="00C73A42" w:rsidP="00640A31">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C5A8579" w14:textId="0A103A87" w:rsidR="00C73A42" w:rsidRPr="001B30F5" w:rsidRDefault="003B7D51" w:rsidP="00C73A42">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -10803,487 +10951,776 @@
           <w:tcPr>
             <w:tcW w:w="9709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="28020F15" w14:textId="77777777" w:rsidR="001A5C65" w:rsidRPr="006C0757" w:rsidRDefault="001A5C65">
             <w:pPr>
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C0757">
               <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>sind strengstens untersagt.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C0C7EB5" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="00D03255" w:rsidP="00D03255">
+    <w:p w14:paraId="6C0C7EB5" w14:textId="77777777" w:rsidR="00D03255" w:rsidRDefault="00D03255" w:rsidP="00D03255">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C869202" w14:textId="77777777" w:rsidR="002E278C" w:rsidRPr="002E278C" w:rsidRDefault="002E278C" w:rsidP="002E278C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E278C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Nach Absolvieren der Technischen Abnahme dürfen Fahrzeuge im Rahmen der Veranstaltung gemäß DMSB-Veranstaltungsreglement Art. 16 ausschließlich an den in der Veranstaltungsausschreibung aufgeführten Wettbewerben teilnehmen.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30DAF9AC" w14:textId="77777777" w:rsidR="002E278C" w:rsidRPr="001B30F5" w:rsidRDefault="002E278C" w:rsidP="00D03255">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3665DC84" w14:textId="1CC9BF39" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="001C5F81" w:rsidP="00F37F1A">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Art. 2</w:t>
       </w:r>
       <w:r w:rsidR="00B5480F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00E040EF" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D03255" w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Protest- und Berufung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC98A0B" w14:textId="77777777" w:rsidR="00DB7980" w:rsidRDefault="00DB7980" w:rsidP="00DB7980">
-[...6 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7F220172" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bei Protesten und Berufung gelten das Internationale Sportgesetz der FIA, das Veranstaltungsreglement des DMSB, die Rechts- und Verfahrensordnung des DMSB sowie bei Berufungen zur FIA die Rechts- und Verfahrensordnung der FIA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC1BCE2" w14:textId="77777777" w:rsidR="00426DB4" w:rsidRPr="00891EE2" w:rsidRDefault="00426DB4" w:rsidP="00DB7980">
-[...25 lines deleted...]
-        <w:t xml:space="preserve">Protestkaution </w:t>
+    <w:p w14:paraId="569E6AAC" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="166F36DB" w14:textId="3366DE39" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Für DMSB-genehmigte Serien</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...36 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/ Wettbewerbe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gelten folgende Kautionen (mehrwertsteuerfrei)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43983864" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Berufungskaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B81D15" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4096C7" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Status National A</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A5A6F">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002A5A6F">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002A5A6F">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.000,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE53C90" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24514C36" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE57CAC" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Protestkaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47ECB025" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E2E573A" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>300,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F163CB1" w14:textId="77777777" w:rsidR="00DB7980" w:rsidRPr="00DB7980" w:rsidRDefault="00DB7980" w:rsidP="00DB7980">
-[...16 lines deleted...]
-          <w:lang w:val="en-US"/>
+    <w:p w14:paraId="32D53977" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00DB7980">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00DB7980">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>500,00 €</w:t>
-[...57 lines deleted...]
-          <w:lang w:val="en-US"/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:t>100,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="390A6B90" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FCD4B47" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ausschließlich für Serien mit Status International (gem. 14.1.1 ISG) beträgt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61CDC612" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>die Revisionskaution:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002A5A6F">
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t>1.000,00 €</w:t>
-[...33 lines deleted...]
-          <w:lang w:val="en-US"/>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>1.500,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C434024" w14:textId="77777777" w:rsidR="00DB7980" w:rsidRPr="00377AAD" w:rsidRDefault="00DB7980" w:rsidP="00DB7980">
-[...28 lines deleted...]
-          <w:rFonts w:eastAsia="NewsGoth for Porsche Com"/>
+    <w:p w14:paraId="2E34943B" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3227604B" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Internationales Berufungsgericht</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BA5F450" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Berufungsgebühr und Berufungskaution – zahlbar an die FIA gem. Voraussetzungen und in Abhängigkeit der Serie / Veranstaltung gelistet unter Art.13.1.2.a Kapitel 5 Rechts- und Verfahrensregeln der FIA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189A7D74" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79CB7D31" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(DMSB-Protest- und Berufungskautionen sind an den DMSB zu entrichten)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8EA788" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11BDC116" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Für andere ASN-genehmigte Serien gelten folgende Kautionen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A510B4" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:ind w:left="3544" w:hanging="3544"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protest-/Berufung-/Revisionskaution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(zahlbar an ASN der Serie):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527EAD92" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:ind w:left="3544" w:hanging="3544"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk216862847"/>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...2 lines deleted...]
-          <w:rFonts w:eastAsia="NewsGoth for Porsche Com"/>
+        <w:t xml:space="preserve">Höhe Kaution gem. ASN-Serienreglement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D58E42" w14:textId="77777777" w:rsidR="00922FAB" w:rsidRPr="00B76F47" w:rsidRDefault="00922FAB" w:rsidP="00922FAB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BD124A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="NewsGoth for Porsche Com"/>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BD124A">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="NewsGoth for Porsche Com"/>
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002A5A6F">
-[...43 lines deleted...]
-      <w:r w:rsidR="00BD124A">
+      <w:r w:rsidRPr="00B76F47">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...32 lines deleted...]
-      </w:r>
+        <w:t>Höhe Kaution gem. ASN-Serienreglement</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="54A3824D" w14:textId="77777777" w:rsidR="00DB367D" w:rsidRPr="001B30F5" w:rsidRDefault="00DB367D" w:rsidP="00D03255">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FCAA6A8" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="001B30F5" w:rsidRDefault="00D03255" w:rsidP="009A2839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Weiterhin nicht zulässig sind z.B. Proteste gegen Sachrichterentscheidungen, Profiltiefe, Kraftstoffrestmenge oder die</w:t>
       </w:r>
       <w:r w:rsidR="009A2839" w:rsidRPr="001B30F5">
         <w:rPr>
@@ -11305,51 +11742,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="251C57C6" w14:textId="3855F5FB" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk149738331"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk149738331"/>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="00012723">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>22</w:t>
       </w:r>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -11375,267 +11812,232 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4109E06C" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a) Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32F35A50" w14:textId="7C8AD696" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
+    <w:p w14:paraId="32F35A50" w14:textId="74634771" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Veranstaltung ist gemäß DMSB-Veranstaltungsreglement </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F838E2">
+        <w:t>Die Veranstaltung ist gemäß DMSB-Veranstaltungsreglement Art. 35 versichert.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CDC890D" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:szCs w:val="18"/>
-[...2 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="73829754" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:szCs w:val="18"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3CDC890D" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">b) Haftungsausschluss </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F46906" w14:textId="0A2A9FAE" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-        <w:spacing w:after="120"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...28 lines deleted...]
-        <w:t>2025</w:t>
+        <w:t>gemäß DMSB-Veranstaltungsreglement</w:t>
       </w:r>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 36</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="026E0099" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="511992F8" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>c) Freistellung von Ansprüchen des Fahrzeugeigentümers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D28266F" w14:textId="574DE47B" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
+    <w:p w14:paraId="5D28266F" w14:textId="4ED10738" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">gemäß DMSB-Veranstaltungsreglement </w:t>
-[...6 lines deleted...]
-        <w:t>2025</w:t>
+        <w:t>gemäß DMSB-Veranstaltungsreglement</w:t>
       </w:r>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 37</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68576835" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C45AB11" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>d) Verantwortlichkeit, Änderung der Ausschreibung, Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17C0A802" w14:textId="430359DA" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
+    <w:p w14:paraId="17C0A802" w14:textId="6FEAA44B" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">gemäß DMSB-Veranstaltungsreglement </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F838E2">
+        <w:t>gemäß DMSB-Veranstaltungsreglement</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA497C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:szCs w:val="18"/>
-[...1 lines deleted...]
-        <w:t>2025</w:t>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B5480F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
-          <w:szCs w:val="18"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 39 und Art. 40</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p w14:paraId="75A74946" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="001B30F5" w:rsidRDefault="00B5480F" w:rsidP="009A2839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0511D44A" w14:textId="77777777" w:rsidR="00E040EF" w:rsidRPr="001B30F5" w:rsidRDefault="00E040EF" w:rsidP="00904290">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001B30F5">
@@ -11664,76 +12066,72 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1809C898" w14:textId="77777777" w:rsidR="00E040EF" w:rsidRPr="009F7714" w:rsidRDefault="00660065" w:rsidP="00660065">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB7980">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIA und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E040EF" w:rsidRPr="009F7714" w:rsidSect="002B4E1F">
-      <w:headerReference w:type="even" r:id="rId8"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1135" w:right="849" w:bottom="851" w:left="1134" w:header="426" w:footer="102" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29C17062" w14:textId="77777777" w:rsidR="00774B52" w:rsidRDefault="00774B52" w:rsidP="00774B52">
+    <w:p w14:paraId="68651B78" w14:textId="77777777" w:rsidR="0060630F" w:rsidRDefault="0060630F" w:rsidP="00774B52">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2FB57BE0" w14:textId="77777777" w:rsidR="00774B52" w:rsidRDefault="00774B52" w:rsidP="00774B52">
+    <w:p w14:paraId="4B345D01" w14:textId="77777777" w:rsidR="0060630F" w:rsidRDefault="0060630F" w:rsidP="00774B52">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11756,71 +12154,54 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewsGoth for Porsche Com">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="203A4546" w14:textId="77777777" w:rsidR="002B4E1F" w:rsidRPr="00455871" w:rsidRDefault="002B4E1F" w:rsidP="00455871">
     <w:pPr>
       <w:ind w:left="-142"/>
       <w:rPr>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
@@ -11905,62 +12286,68 @@
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2235"/>
       <w:gridCol w:w="1559"/>
       <w:gridCol w:w="709"/>
       <w:gridCol w:w="4252"/>
     </w:tblGrid>
     <w:tr w:rsidR="00B5480F" w:rsidRPr="00B5480F" w14:paraId="208F3A65" w14:textId="77777777" w:rsidTr="00B5480F">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2235" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="4A5189E5" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
+        <w:p w14:paraId="4A5189E5" w14:textId="3E0DB0FD" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00410009" w:rsidP="00B5480F">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="10" w:name="_Hlk149742485"/>
-          <w:r w:rsidRPr="00B5480F">
+          <w:bookmarkStart w:id="11" w:name="_Hlk149742485"/>
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="00B5480F" w:rsidRPr="00B5480F">
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1559" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="35240144" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
@@ -12076,84 +12463,84 @@
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4252" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="090AB261" w14:textId="77777777" w:rsidR="00B5480F" w:rsidRPr="00B5480F" w:rsidRDefault="00B5480F" w:rsidP="00B5480F">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B5480F">
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Koordination Automobil- und Motorradsport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
   </w:tbl>
   <w:p w14:paraId="768045F3" w14:textId="0DD524AC" w:rsidR="002B4E1F" w:rsidRPr="002B4E1F" w:rsidRDefault="002B4E1F">
     <w:pPr>
       <w:rPr>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="181AA74A" w14:textId="01245EA5" w:rsidR="00E040EF" w:rsidRDefault="009D4FED" w:rsidP="009D4FED">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="left" w:pos="4296"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5190706A" w14:textId="5F6D0114" w:rsidR="00E040EF" w:rsidRPr="00455871" w:rsidRDefault="00E040EF" w:rsidP="00455871">
+  <w:p w14:paraId="5190706A" w14:textId="3820B4DF" w:rsidR="00E040EF" w:rsidRPr="00455871" w:rsidRDefault="00E040EF" w:rsidP="00455871">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
     <w:r w:rsidR="00660065">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
@@ -12168,76 +12555,76 @@
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> –</w:t>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00BF5B7D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Stand 0</w:t>
     </w:r>
-    <w:r w:rsidR="006C0757">
+    <w:r w:rsidR="002E278C">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00BF5B7D">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="002B3E11">
+    <w:r w:rsidR="00922FAB">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
@@ -12370,90 +12757,70 @@
       <w:t>Hahnstr</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00BF5B7D">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="74625152" w14:textId="77777777" w:rsidR="00917304" w:rsidRPr="00E040EF" w:rsidRDefault="00917304" w:rsidP="00E040EF">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A611B0D" w14:textId="77777777" w:rsidR="00774B52" w:rsidRDefault="00774B52" w:rsidP="00774B52">
+    <w:p w14:paraId="708564A7" w14:textId="77777777" w:rsidR="0060630F" w:rsidRDefault="0060630F" w:rsidP="00774B52">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F7603C8" w14:textId="77777777" w:rsidR="00774B52" w:rsidRDefault="00774B52" w:rsidP="00774B52">
+    <w:p w14:paraId="0A8C24B1" w14:textId="77777777" w:rsidR="0060630F" w:rsidRDefault="0060630F" w:rsidP="00774B52">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2208A718" w14:textId="77777777" w:rsidR="006C0757" w:rsidRDefault="006C0757" w:rsidP="00DB7980">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4EF0556C" w14:textId="39A8F696" w:rsidR="00774B52" w:rsidRDefault="006C0757" w:rsidP="00DB7980">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09303BF1" wp14:editId="1A784892">
           <wp:extent cx="1543050" cy="242266"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:docPr id="1" name="Grafik 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -12473,60 +12840,50 @@
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1566500" cy="245948"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000017"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0E66C57C"/>
     <w:name w:val="WW8Num30"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="928"/>
         </w:tabs>
         <w:ind w:left="928" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:iCs/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
@@ -13025,238 +13382,250 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1000157093">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1042248304">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1232347917">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1421945033">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="2032106681">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="257905073">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="167937"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00774B52"/>
     <w:rsid w:val="00012723"/>
+    <w:rsid w:val="00014027"/>
     <w:rsid w:val="00031E7C"/>
     <w:rsid w:val="000418E0"/>
     <w:rsid w:val="00053589"/>
     <w:rsid w:val="00077DDB"/>
     <w:rsid w:val="000A0C01"/>
     <w:rsid w:val="000C6968"/>
     <w:rsid w:val="00137A8E"/>
     <w:rsid w:val="00143BAF"/>
     <w:rsid w:val="00181F67"/>
     <w:rsid w:val="001932F5"/>
     <w:rsid w:val="001A5C65"/>
     <w:rsid w:val="001A7435"/>
     <w:rsid w:val="001B30F5"/>
     <w:rsid w:val="001C5F81"/>
     <w:rsid w:val="001F3E44"/>
     <w:rsid w:val="00202333"/>
     <w:rsid w:val="00205309"/>
     <w:rsid w:val="00283005"/>
     <w:rsid w:val="00292895"/>
     <w:rsid w:val="002B3AFD"/>
     <w:rsid w:val="002B3E11"/>
     <w:rsid w:val="002B4E1F"/>
     <w:rsid w:val="002E26F1"/>
+    <w:rsid w:val="002E278C"/>
     <w:rsid w:val="003034C6"/>
     <w:rsid w:val="0031574A"/>
     <w:rsid w:val="00357EC6"/>
     <w:rsid w:val="00360CB2"/>
     <w:rsid w:val="00367755"/>
     <w:rsid w:val="00370155"/>
+    <w:rsid w:val="00372FFC"/>
     <w:rsid w:val="00377AAD"/>
     <w:rsid w:val="0038239C"/>
     <w:rsid w:val="0039426B"/>
     <w:rsid w:val="003B009B"/>
     <w:rsid w:val="003B024C"/>
     <w:rsid w:val="003B7D51"/>
+    <w:rsid w:val="00410009"/>
     <w:rsid w:val="00426DB4"/>
     <w:rsid w:val="00430581"/>
     <w:rsid w:val="00430D27"/>
     <w:rsid w:val="00433204"/>
     <w:rsid w:val="004407C3"/>
     <w:rsid w:val="00455871"/>
     <w:rsid w:val="004626E1"/>
     <w:rsid w:val="004671C4"/>
     <w:rsid w:val="00490B08"/>
     <w:rsid w:val="004B608C"/>
     <w:rsid w:val="004C373B"/>
     <w:rsid w:val="004E0780"/>
     <w:rsid w:val="004E6959"/>
     <w:rsid w:val="00531D32"/>
     <w:rsid w:val="00560BCB"/>
     <w:rsid w:val="00560BFF"/>
     <w:rsid w:val="00561027"/>
     <w:rsid w:val="00575D18"/>
     <w:rsid w:val="005A300F"/>
+    <w:rsid w:val="005D01B4"/>
     <w:rsid w:val="005E1D6D"/>
+    <w:rsid w:val="0060630F"/>
+    <w:rsid w:val="00607A04"/>
     <w:rsid w:val="00632530"/>
     <w:rsid w:val="00640A31"/>
     <w:rsid w:val="00660065"/>
     <w:rsid w:val="00670746"/>
     <w:rsid w:val="00675A06"/>
     <w:rsid w:val="00687764"/>
     <w:rsid w:val="006B1ECB"/>
     <w:rsid w:val="006B29E2"/>
     <w:rsid w:val="006B765E"/>
     <w:rsid w:val="006C0757"/>
     <w:rsid w:val="00770A02"/>
     <w:rsid w:val="00774B52"/>
     <w:rsid w:val="0079228E"/>
     <w:rsid w:val="007A634A"/>
     <w:rsid w:val="007C1418"/>
+    <w:rsid w:val="007D18DE"/>
     <w:rsid w:val="007D26F9"/>
     <w:rsid w:val="008126FB"/>
     <w:rsid w:val="00861E2D"/>
     <w:rsid w:val="0089592E"/>
     <w:rsid w:val="008A25E3"/>
     <w:rsid w:val="008C2606"/>
     <w:rsid w:val="008C68D0"/>
     <w:rsid w:val="008F2FF4"/>
     <w:rsid w:val="00904290"/>
     <w:rsid w:val="00917304"/>
+    <w:rsid w:val="00922FAB"/>
     <w:rsid w:val="0095407D"/>
     <w:rsid w:val="00974684"/>
     <w:rsid w:val="00975535"/>
     <w:rsid w:val="009A2839"/>
     <w:rsid w:val="009B4732"/>
     <w:rsid w:val="009D4FED"/>
     <w:rsid w:val="009F7714"/>
     <w:rsid w:val="00A040C7"/>
+    <w:rsid w:val="00A252C1"/>
     <w:rsid w:val="00A25862"/>
     <w:rsid w:val="00A401C7"/>
     <w:rsid w:val="00A521DD"/>
     <w:rsid w:val="00B112BD"/>
     <w:rsid w:val="00B27B02"/>
     <w:rsid w:val="00B41971"/>
     <w:rsid w:val="00B5480F"/>
+    <w:rsid w:val="00B76F47"/>
     <w:rsid w:val="00BA357C"/>
     <w:rsid w:val="00BD124A"/>
     <w:rsid w:val="00BE20B7"/>
     <w:rsid w:val="00BF26CA"/>
     <w:rsid w:val="00BF5B7D"/>
     <w:rsid w:val="00C04BD0"/>
     <w:rsid w:val="00C05E0E"/>
     <w:rsid w:val="00C124FB"/>
     <w:rsid w:val="00C46218"/>
     <w:rsid w:val="00C50759"/>
     <w:rsid w:val="00C60EF2"/>
     <w:rsid w:val="00C73A42"/>
     <w:rsid w:val="00CA2958"/>
     <w:rsid w:val="00CE1D5E"/>
     <w:rsid w:val="00CF1C9F"/>
     <w:rsid w:val="00CF70C7"/>
     <w:rsid w:val="00D03255"/>
     <w:rsid w:val="00D204CE"/>
     <w:rsid w:val="00D33A2F"/>
     <w:rsid w:val="00D41674"/>
     <w:rsid w:val="00D42759"/>
     <w:rsid w:val="00D44CF3"/>
     <w:rsid w:val="00D75E2E"/>
     <w:rsid w:val="00DA634F"/>
     <w:rsid w:val="00DB367D"/>
     <w:rsid w:val="00DB60E5"/>
     <w:rsid w:val="00DB7980"/>
     <w:rsid w:val="00DD063C"/>
     <w:rsid w:val="00DD5CD2"/>
     <w:rsid w:val="00E03D57"/>
     <w:rsid w:val="00E040EF"/>
     <w:rsid w:val="00E64EAF"/>
     <w:rsid w:val="00E90FC7"/>
     <w:rsid w:val="00EC7511"/>
     <w:rsid w:val="00F05257"/>
     <w:rsid w:val="00F25887"/>
     <w:rsid w:val="00F348E3"/>
     <w:rsid w:val="00F37F1A"/>
     <w:rsid w:val="00F519C5"/>
     <w:rsid w:val="00F675CB"/>
     <w:rsid w:val="00F838E2"/>
     <w:rsid w:val="00F87B0F"/>
     <w:rsid w:val="00FA3406"/>
     <w:rsid w:val="00FA3818"/>
+    <w:rsid w:val="00FA497C"/>
     <w:rsid w:val="00FB3328"/>
     <w:rsid w:val="00FF6FB9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="167937"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="041C0BFE"/>
   <w15:docId w15:val="{9694124B-5AE2-42C3-BB9C-E6DC1F9E0A94}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13756,51 +14125,50 @@
   <w:style w:type="paragraph" w:styleId="berschrift8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift8Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D03255"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
@@ -14390,54 +14758,54 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1946620823">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -14700,69 +15068,69 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08FD2A47-E591-453F-8F1F-444D14E3429B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1390</Words>
-  <Characters>8759</Characters>
+  <Words>1570</Words>
+  <Characters>9891</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>72</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>82</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10129</CharactersWithSpaces>
+  <CharactersWithSpaces>11439</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jana Haböck</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>