--- v0 (2025-11-02)
+++ v1 (2026-02-11)
@@ -8,124 +8,124 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9851" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9851"/>
       </w:tblGrid>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000954AA" w14:paraId="26CEA82C" w14:textId="77777777" w:rsidTr="00BA3B37">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9851" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78C13301" w14:textId="11EA1C9C" w:rsidR="009B7D48" w:rsidRPr="000954AA" w:rsidRDefault="009B7D48" w:rsidP="008155F3">
+          <w:p w14:paraId="78C13301" w14:textId="77AC788C" w:rsidR="009B7D48" w:rsidRPr="000954AA" w:rsidRDefault="009B7D48" w:rsidP="008155F3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>DMSB - Ausschreibung Bergrennen 20</w:t>
             </w:r>
             <w:r w:rsidR="00BA3B37" w:rsidRPr="000954AA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="001C4F2F">
+            <w:r w:rsidR="0086365D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="61166EBB" w14:textId="41398900" w:rsidR="00EB20F6" w:rsidRPr="000954AA" w:rsidRDefault="00EB20F6" w:rsidP="00EB20F6">
+    <w:p w14:paraId="61166EBB" w14:textId="41398900" w:rsidR="00EB20F6" w:rsidRDefault="00EB20F6" w:rsidP="00EB20F6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Grundlage dieser Ausschreibung sind in der jeweiligen gültigen Fassung das Internationale Sportgesetz der FIA einschließlich der Anhänge, das DMSB-Berg-Reglement mit den technischen Bestimmungen, das DMSB-Veranstaltungsreglement, die DMSB-Lizenzbestimmungen, </w:t>
       </w:r>
       <w:r w:rsidR="00E619CC" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">der Ethikkodex und Verhaltenskodex der FIA und der Ethikkodex des DMSB, </w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>die allgemeinen und besonderen DMSB-Prädikatsbestimmungen, die DMSB-Umweltrichtlinien</w:t>
       </w:r>
       <w:r w:rsidR="00DA77DF" w:rsidRPr="00DA77DF">
@@ -159,50 +159,64 @@
         <w:t xml:space="preserve">DMSB und </w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>FIA-Anti-Doping-Bestimmungen</w:t>
       </w:r>
       <w:r w:rsidR="00AE429E" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sowie die Sportlichen und Technischen Serienbestimmungen (falls zutreffend)</w:t>
       </w:r>
       <w:r w:rsidR="00E619CC" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sowie die sonstigen Bestimmungen der FIA und des DMSB</w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Soweit durch diese Ausschreibung keine anderweitige Regelung getroffen ist, gelten die Regelungen der o.a. Reglements. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710B25CB" w14:textId="2A57DC4A" w:rsidR="00F60A1F" w:rsidRPr="000954AA" w:rsidRDefault="00F60A1F" w:rsidP="00EB20F6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60A1F">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Sollten Pyrotechnische Gegenstände zum Einsatz gebracht werden, sind die Vorgaben der lokalen Behörden zu berücksichtigen und weitere Angaben unter dem Artikel „Weitere Bestimmungen“ der Ausschreibung aufzuführen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34A2F877" w14:textId="77777777" w:rsidR="009B7D48" w:rsidRPr="000954AA" w:rsidRDefault="009B7D48" w:rsidP="00441ECF">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Das Zutreffende ist angekreuzt bzw. ausgefüllt.</w:t>
       </w:r>
@@ -2174,50 +2188,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000526DA" w14:paraId="797BDEB1" w14:textId="77777777" w:rsidTr="001765D1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2657" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="29961FDF" w14:textId="77777777" w:rsidR="001765D1" w:rsidRPr="000526DA" w:rsidRDefault="001765D1" w:rsidP="00325BCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000526DA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Technische Abnahme am</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1932" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F516934" w14:textId="77777777" w:rsidR="001765D1" w:rsidRPr="000526DA" w:rsidRDefault="001765D1" w:rsidP="00325BCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
@@ -2415,85 +2430,143 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="35BEEA89" w14:textId="77777777" w:rsidR="001765D1" w:rsidRPr="000526DA" w:rsidRDefault="001765D1" w:rsidP="00325BCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="783868A0" w14:textId="2EAAE061" w:rsidR="00F90FA2" w:rsidRPr="000526DA" w:rsidRDefault="001765D1" w:rsidP="00325BCE">
+          <w:p w14:paraId="783868A0" w14:textId="6EF2A561" w:rsidR="0086365D" w:rsidRPr="000526DA" w:rsidRDefault="001765D1" w:rsidP="00325BCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000526DA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Uhr</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0086365D" w:rsidRPr="000526DA" w14:paraId="549FDA42" w14:textId="77777777" w:rsidTr="00C85A43">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2657" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5F616E" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="000526DA" w:rsidRDefault="0086365D" w:rsidP="00325BCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6210" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E1BB6A" w14:textId="227C4AF5" w:rsidR="0086365D" w:rsidRPr="0086365D" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:t>Hinweis: Nach Absolvieren der Technischen Abnahme dürfen Fahrzeuge im Rahmen der Veranstaltung gemäß DMSB-Veranstaltungsreglement Art. 16 ausschließlich an den in der Veranstaltungsausschreibung aufgeführten Wettbewerben teilnehmen.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1022" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DFC545" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="000526DA" w:rsidRDefault="0086365D" w:rsidP="00325BCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F90FA2" w:rsidRPr="000526DA" w14:paraId="56FAE7E5" w14:textId="77777777" w:rsidTr="00441ECF">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2657" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="02970193" w14:textId="77777777" w:rsidR="00F90FA2" w:rsidRDefault="00F90FA2" w:rsidP="00F90FA2">
-[...7 lines deleted...]
-          <w:p w14:paraId="594499CB" w14:textId="4E613765" w:rsidR="00F90FA2" w:rsidRPr="00F90FA2" w:rsidRDefault="00F90FA2" w:rsidP="00F90FA2">
+          <w:p w14:paraId="1F8F6A8D" w14:textId="77777777" w:rsidR="0086365D" w:rsidRDefault="0086365D" w:rsidP="00F90FA2">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="594499CB" w14:textId="2D75E999" w:rsidR="00F90FA2" w:rsidRPr="00F90FA2" w:rsidRDefault="00F90FA2" w:rsidP="00F90FA2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90FA2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Veröffentlichung der Liste</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37CCE108" w14:textId="77777777" w:rsidR="00F90FA2" w:rsidRPr="00F90FA2" w:rsidRDefault="00F90FA2" w:rsidP="00F90FA2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F90FA2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2525,51 +2598,59 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0B9F6C6B" w14:textId="1810CEBC" w:rsidR="00F90FA2" w:rsidRPr="000526DA" w:rsidRDefault="00983690" w:rsidP="00325BCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>am</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E0EEB75" w14:textId="0EE7FE26" w:rsidR="00F90FA2" w:rsidRPr="000526DA" w:rsidRDefault="00F90FA2" w:rsidP="00325BCE">
+          <w:p w14:paraId="75C672E1" w14:textId="77777777" w:rsidR="0086365D" w:rsidRDefault="0086365D" w:rsidP="00325BCE">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E0EEB75" w14:textId="7603404B" w:rsidR="00F90FA2" w:rsidRPr="000526DA" w:rsidRDefault="00F90FA2" w:rsidP="00325BCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>um</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1D6BD640" w14:textId="77777777" w:rsidR="00F90FA2" w:rsidRPr="000526DA" w:rsidRDefault="00F90FA2" w:rsidP="00325BCE">
@@ -2921,51 +3002,63 @@
           <w:p w14:paraId="29128E98" w14:textId="77777777" w:rsidR="00F90FA2" w:rsidRPr="000526DA" w:rsidRDefault="00F90FA2" w:rsidP="00325BCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="47F5285F" w14:textId="77777777" w:rsidR="00F90FA2" w:rsidRPr="000526DA" w:rsidRDefault="00F90FA2" w:rsidP="00325BCE">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1576A51C" w14:textId="77777777" w:rsidR="001765D1" w:rsidRPr="000526DA" w:rsidRDefault="001765D1" w:rsidP="001765D1">
+    <w:p w14:paraId="1576A51C" w14:textId="77777777" w:rsidR="001765D1" w:rsidRDefault="001765D1" w:rsidP="001765D1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A24E65A" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="000526DA" w:rsidRDefault="0086365D" w:rsidP="001765D1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -5020,50 +5113,51 @@
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="17AFF389" w14:textId="706B8114" w:rsidR="00602BBF" w:rsidRPr="000526DA" w:rsidRDefault="00602BBF" w:rsidP="001B3605">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000526DA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Bei Nennungen bis zum</w:t>
             </w:r>
             <w:r w:rsidR="00E07C09">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> vorläufigen Nennschluss</w:t>
             </w:r>
             <w:r w:rsidRPr="000526DA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -5427,51 +5521,50 @@
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13B895DC" w14:textId="77777777" w:rsidR="00441ECF" w:rsidRDefault="00441ECF" w:rsidP="00CA318C">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14528604" w14:textId="77777777" w:rsidR="005967BC" w:rsidRPr="000954AA" w:rsidRDefault="005967BC" w:rsidP="00275437">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Kontoverbindung des Veranstalters:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000954AA" w14:paraId="6E24227E" w14:textId="77777777" w:rsidTr="008C1CA9">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -6152,316 +6245,150 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anhang K</w:t>
             </w:r>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000954AA" w14:paraId="5106C410" w14:textId="77777777" w:rsidTr="009C7F37">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="329ECEB8" w14:textId="0D74D372" w:rsidR="005D7C21" w:rsidRPr="000954AA" w:rsidRDefault="00221E85" w:rsidP="009C7F37">
+          <w:p w14:paraId="329ECEB8" w14:textId="664AAC0A" w:rsidR="005D7C21" w:rsidRPr="000954AA" w:rsidRDefault="005D7C21" w:rsidP="009C7F37">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000954AA">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="116D3054" w14:textId="54E886FD" w:rsidR="005D7C21" w:rsidRPr="000954AA" w:rsidRDefault="005D7C21" w:rsidP="009C7F37">
+          <w:p w14:paraId="116D3054" w14:textId="59B6D7B8" w:rsidR="005D7C21" w:rsidRPr="000954AA" w:rsidRDefault="005D7C21" w:rsidP="009C7F37">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000954AA">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24E3C4EF" w14:textId="52ED8618" w:rsidR="005D7C21" w:rsidRPr="000954AA" w:rsidRDefault="003A3669" w:rsidP="009C7F37">
+          <w:p w14:paraId="24E3C4EF" w14:textId="6F0CF07B" w:rsidR="005D7C21" w:rsidRPr="000954AA" w:rsidRDefault="005D7C21" w:rsidP="009C7F37">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000954AA">
-[...69 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A3669" w:rsidRPr="000954AA" w14:paraId="4AB62762" w14:textId="77777777" w:rsidTr="009C7F37">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2162024A" w14:textId="451194FE" w:rsidR="003A3669" w:rsidRPr="000954AA" w:rsidRDefault="00F245B9" w:rsidP="009C7F37">
+          <w:p w14:paraId="2162024A" w14:textId="5E728D20" w:rsidR="003A3669" w:rsidRPr="000954AA" w:rsidRDefault="003A3669" w:rsidP="009C7F37">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47FE949E" w14:textId="0D530BFA" w:rsidR="003A3669" w:rsidRPr="000954AA" w:rsidRDefault="00F245B9" w:rsidP="009C7F37">
+          <w:p w14:paraId="47FE949E" w14:textId="6B9CFAEF" w:rsidR="003A3669" w:rsidRPr="000954AA" w:rsidRDefault="003A3669" w:rsidP="009C7F37">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000954AA">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06139CF1" w14:textId="77777777" w:rsidR="00F245B9" w:rsidRPr="00F245B9" w:rsidRDefault="00F245B9" w:rsidP="00F245B9">
+          <w:p w14:paraId="0C985309" w14:textId="228B41E9" w:rsidR="003A3669" w:rsidRPr="000954AA" w:rsidRDefault="003A3669" w:rsidP="00F245B9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F245B9">
-[...23 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003A3669" w:rsidRPr="000954AA" w14:paraId="4A3FE8C3" w14:textId="77777777" w:rsidTr="009C7F37">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="679B96BF" w14:textId="77777777" w:rsidR="003A3669" w:rsidRPr="000954AA" w:rsidRDefault="003A3669" w:rsidP="009C7F37">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -6577,106 +6504,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79895214" w14:textId="77777777" w:rsidR="00983690" w:rsidRPr="000954AA" w:rsidRDefault="00983690" w:rsidP="009C7F37">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="241ECA4B" w14:textId="77777777" w:rsidR="00983690" w:rsidRPr="000954AA" w:rsidRDefault="00983690" w:rsidP="009C7F37">
-            <w:pPr>
-[...54 lines deleted...]
-          <w:p w14:paraId="3682A618" w14:textId="77777777" w:rsidR="00983690" w:rsidRPr="000954AA" w:rsidRDefault="00983690" w:rsidP="009C7F37">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F6E82C6" w14:textId="77777777" w:rsidR="000526DA" w:rsidRDefault="000526DA" w:rsidP="00395BF1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -6758,338 +6629,1035 @@
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F81686" w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DIVISION 1:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EE9AF7F" w14:textId="19EAD22D" w:rsidR="00645CF0" w:rsidRDefault="00645CF0" w:rsidP="00F81686">
+    <w:p w14:paraId="3285822B" w14:textId="77777777" w:rsidR="0092486F" w:rsidRDefault="0092486F" w:rsidP="0092486F">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76D47ABD" w14:textId="391B1C72" w:rsidR="00614B82" w:rsidRPr="00614B82" w:rsidRDefault="00614B82" w:rsidP="00614B82">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="4F97D0FD" w14:textId="77777777" w:rsidR="003D0EE2" w:rsidRPr="0092486F" w:rsidRDefault="003D0EE2" w:rsidP="0092486F">
+      <w:pPr>
+        <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="9918" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9918"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0092486F" w:rsidRPr="000954AA" w14:paraId="508B9E2A" w14:textId="77777777" w:rsidTr="009C703C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9918" w:type="dxa"/>
+            <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="384D3D78" w14:textId="395C308C" w:rsidR="0092486F" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70164">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe NSU</w:t>
+            </w:r>
+            <w:r w:rsidR="008260CA">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="008260CA" w:rsidRPr="008260CA">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>gemäß technischen Serienbestimmung des NSU-Bergpokal 2026)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="164E2FC7" w14:textId="4614AACB" w:rsidR="003D0EE2" w:rsidRPr="000954AA" w:rsidRDefault="003D0EE2" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092486F" w:rsidRPr="000954AA" w14:paraId="0C16AE0D" w14:textId="77777777" w:rsidTr="005D751A">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9918" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B01B8AD" w14:textId="384CF3A5" w:rsidR="0092486F" w:rsidRPr="000954AA" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000954AA">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klasse </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="792BF5CA" w14:textId="77777777" w:rsidR="0092486F" w:rsidRDefault="0092486F" w:rsidP="0092486F">
+      <w:pPr>
+        <w:ind w:right="-144"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="9918" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4959"/>
+        <w:gridCol w:w="4959"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0092486F" w:rsidRPr="000954AA" w14:paraId="3E2C7FB9" w14:textId="77777777" w:rsidTr="009C703C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9918" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6381E041" w14:textId="77777777" w:rsidR="003D0EE2" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A82DAE">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe Klassik (Fahrzeuge der Division 1 bis maximal Baujahr 1999)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B574630" w14:textId="768DD6E9" w:rsidR="003D0EE2" w:rsidRPr="000954AA" w:rsidRDefault="003D0EE2" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092486F" w:rsidRPr="000954AA" w14:paraId="30F3036D" w14:textId="77777777" w:rsidTr="009C703C">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2C9F58" w14:textId="2B94E00F" w:rsidR="0092486F" w:rsidRPr="0092486F" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klasse 2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E9C337" w14:textId="57D449C9" w:rsidR="0092486F" w:rsidRPr="0092486F" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bis </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>1150 ccm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092486F" w:rsidRPr="000954AA" w14:paraId="4F901D76" w14:textId="77777777" w:rsidTr="009C703C">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D73C65" w14:textId="3B773BBD" w:rsidR="0092486F" w:rsidRPr="0092486F" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klasse 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D34D9B0" w14:textId="45BC7B83" w:rsidR="0092486F" w:rsidRPr="0092486F" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>über</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>1150 ccm bis 1400 ccm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092486F" w:rsidRPr="000954AA" w14:paraId="34D5D744" w14:textId="77777777" w:rsidTr="009C703C">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C580726" w14:textId="35ED64D7" w:rsidR="0092486F" w:rsidRPr="002E46AD" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klasse 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4816FC32" w14:textId="437288AF" w:rsidR="0092486F" w:rsidRPr="002E46AD" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>über</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>1400 ccm bis 1600 ccm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092486F" w:rsidRPr="000954AA" w14:paraId="76742410" w14:textId="77777777" w:rsidTr="009C703C">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B574175" w14:textId="7710CAF7" w:rsidR="0092486F" w:rsidRPr="002E46AD" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klasse 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D76ED23" w14:textId="08749C2A" w:rsidR="0092486F" w:rsidRPr="002E46AD" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>über</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>1600 ccm bis 2000 ccm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092486F" w:rsidRPr="000954AA" w14:paraId="39501686" w14:textId="77777777" w:rsidTr="009C703C">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC24172" w14:textId="602E977F" w:rsidR="0092486F" w:rsidRPr="002E46AD" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klasse 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0955BD69" w14:textId="622CDBEE" w:rsidR="0092486F" w:rsidRPr="002E46AD" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>über</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>2000 ccm bis 3000 ccm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092486F" w:rsidRPr="000954AA" w14:paraId="146E9300" w14:textId="77777777" w:rsidTr="009C703C">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74EB6592" w14:textId="5C38639B" w:rsidR="0092486F" w:rsidRPr="002E46AD" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Klasse 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4959" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A48AD4" w14:textId="16040456" w:rsidR="0092486F" w:rsidRPr="002E46AD" w:rsidRDefault="0092486F" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">über    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:bCs/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>3000 ccm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4FA9A46A" w14:textId="77777777" w:rsidR="008260CA" w:rsidRDefault="008260CA" w:rsidP="0092486F">
+      <w:pPr>
+        <w:ind w:right="-144"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-[...9 lines deleted...]
-      </w:r>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="9918" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9918"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008260CA" w:rsidRPr="008260CA" w14:paraId="7B871538" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9918" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="116D1587" w14:textId="77777777" w:rsidR="008031A9" w:rsidRDefault="008260CA">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gruppe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Performancefactor</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002E46AD">
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2740C9B6" w14:textId="53280372" w:rsidR="008031A9" w:rsidRPr="002E46AD" w:rsidRDefault="008031A9" w:rsidP="002E46AD">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="0B9F3C2E" w14:textId="77777777" w:rsidR="00614B82" w:rsidRPr="000954AA" w:rsidRDefault="00614B82" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3296"/>
         <w:gridCol w:w="3296"/>
         <w:gridCol w:w="3297"/>
       </w:tblGrid>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000954AA" w14:paraId="2E58E6CE" w14:textId="77777777" w:rsidTr="008C1CA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25FE7846" w14:textId="3ACDEAC5" w:rsidR="00645CF0" w:rsidRPr="000954AA" w:rsidRDefault="003B5F1E" w:rsidP="00542F30">
+          <w:p w14:paraId="25FE7846" w14:textId="4CFD7931" w:rsidR="00645CF0" w:rsidRPr="000954AA" w:rsidRDefault="003B5F1E" w:rsidP="00542F30">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf-</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00645CF0" w:rsidRPr="000954AA">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000954AA" w14:paraId="55555855" w14:textId="77777777" w:rsidTr="00E619CC">
         <w:trPr>
           <w:trHeight w:val="207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3296" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="239B2A5B" w14:textId="04937D73" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00E619CC" w:rsidP="002F097D">
+          <w:p w14:paraId="239B2A5B" w14:textId="1BDC5A04" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00E619CC" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r w:rsidR="00520B8A">
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3296" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12B49D68" w14:textId="22A67CE2" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00E619CC" w:rsidP="002F097D">
+          <w:p w14:paraId="12B49D68" w14:textId="6F75FEB4" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00E619CC" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r w:rsidR="00520B8A">
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2</w:t>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3297" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36076909" w14:textId="0C2C6B03" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00E619CC" w:rsidP="002F097D">
+          <w:p w14:paraId="36076909" w14:textId="1CB92286" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00E619CC" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r w:rsidR="00520B8A">
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E619CC" w:rsidRPr="000954AA" w14:paraId="66D707BD" w14:textId="77777777" w:rsidTr="00E619CC">
         <w:trPr>
           <w:trHeight w:val="207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3296" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="462A9B75" w14:textId="30D35E1D" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf 5c &gt; 259</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5c &gt; 259</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3296" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B9AA487" w14:textId="560C1CCC" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf 5b 200-259</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5b 200-259</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3297" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26A6C4C2" w14:textId="7A0A6A18" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf 5</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r w:rsidR="007D53EA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 160-199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6250BF84" w14:textId="77777777" w:rsidR="00645CF0" w:rsidRPr="000954AA" w:rsidRDefault="00645CF0" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
@@ -7106,180 +7674,212 @@
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4959"/>
         <w:gridCol w:w="4959"/>
       </w:tblGrid>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000954AA" w14:paraId="1E9C62AD" w14:textId="77777777" w:rsidTr="00520B8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED00D55" w14:textId="5320E5FF" w:rsidR="00645CF0" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00542F30">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf-Gruppe 4</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-Gruppe 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="4F49D575" w14:textId="77777777" w:rsidTr="00520B8A">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="708256CB" w14:textId="65788BC2" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
+          <w:p w14:paraId="708256CB" w14:textId="056E2E26" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5348A2AE" w14:textId="16E3F772" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
+          <w:p w14:paraId="5348A2AE" w14:textId="6EED1582" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="7B89F5B4" w14:textId="77777777" w:rsidTr="00520B8A">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E8ED8B2" w14:textId="0B9A12E4" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf 4b 140-159</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4b 140-159</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="291C13C9" w14:textId="7F8FBD8B" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf 4</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4</w:t>
             </w:r>
             <w:r w:rsidR="007D53EA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 120-139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="76A3E9CE" w14:textId="74ABA9AF" w:rsidR="00645CF0" w:rsidRDefault="00645CF0" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
@@ -7296,515 +7896,809 @@
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4959"/>
         <w:gridCol w:w="4959"/>
       </w:tblGrid>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="1F8D0E14" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F920314" w14:textId="46128787" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf-Gruppe 3</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-Gruppe 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="4F47BF20" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0161D9D4" w14:textId="0E5D58F2" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
+          <w:p w14:paraId="0161D9D4" w14:textId="185F14CA" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21EE5536" w14:textId="1B94ECB3" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
+          <w:p w14:paraId="21EE5536" w14:textId="12AD46E7" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>7</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="3DBCF9DA" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E7C110C" w14:textId="3F061045" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf 3b 100-119</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3b 100-119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48A6B00F" w14:textId="52DDB989" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf 3a 80-99</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3a 80-99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7899A67E" w14:textId="39951CCB" w:rsidR="00520B8A" w:rsidRDefault="00520B8A" w:rsidP="00F81686">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="287E7CAD" w14:textId="1781C607" w:rsidR="00520B8A" w:rsidRDefault="00520B8A" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4959"/>
         <w:gridCol w:w="4959"/>
       </w:tblGrid>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="02A94481" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15CA0833" w14:textId="4B142AC1" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf-Gruppe 2</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-Gruppe 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="303226CA" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32B5B047" w14:textId="34D3FF25" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
+          <w:p w14:paraId="32B5B047" w14:textId="1C85C444" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F385C19" w14:textId="68C2B79D" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
+          <w:p w14:paraId="7F385C19" w14:textId="52C72EF5" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="3A87B9C0" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F06E907" w14:textId="217F5206" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf 2b 60-79</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2b 60-79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17267CA0" w14:textId="2B5D8DDC" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf 2a 40-59</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2a 40-59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6896B177" w14:textId="78230189" w:rsidR="00520B8A" w:rsidRDefault="00520B8A" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9918"/>
       </w:tblGrid>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="56DECC91" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03EDDA5D" w14:textId="5A55D796" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf-Gruppe 1</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-Gruppe 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00614B82" w:rsidRPr="000954AA" w14:paraId="0AC86664" w14:textId="77777777" w:rsidTr="00C357CB">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02517A2B" w14:textId="46D9E995" w:rsidR="00614B82" w:rsidRPr="000954AA" w:rsidRDefault="00614B82" w:rsidP="00F400F5">
+          <w:p w14:paraId="02517A2B" w14:textId="3E614711" w:rsidR="00614B82" w:rsidRPr="000954AA" w:rsidRDefault="00614B82" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>10</w:t>
+              <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00614B82" w:rsidRPr="000954AA" w14:paraId="22B65629" w14:textId="77777777" w:rsidTr="00B509AE">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16785DE2" w14:textId="79A7A0AF" w:rsidR="00614B82" w:rsidRPr="000954AA" w:rsidRDefault="00614B82" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf 1 15-39</w:t>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 15-39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71FEE6C4" w14:textId="5AE7F319" w:rsidR="00520B8A" w:rsidRDefault="00520B8A" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="35D9415B" w14:textId="77777777" w:rsidR="003D0EE2" w:rsidRDefault="003D0EE2" w:rsidP="00F81686">
+      <w:pPr>
+        <w:ind w:right="-144"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="9918" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9918"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003D0EE2" w:rsidRPr="000954AA" w14:paraId="4A3242A3" w14:textId="77777777" w:rsidTr="009C703C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9918" w:type="dxa"/>
+            <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0310EE70" w14:textId="77777777" w:rsidR="003D0EE2" w:rsidRDefault="003D0EE2" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe TCR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B3137B1" w14:textId="5557109E" w:rsidR="003D0EE2" w:rsidRPr="000954AA" w:rsidRDefault="003D0EE2" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D0EE2" w:rsidRPr="000954AA" w14:paraId="388EB100" w14:textId="77777777" w:rsidTr="00055E42">
+        <w:trPr>
+          <w:trHeight w:val="230"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9918" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C926DE5" w14:textId="52D33BB0" w:rsidR="003D0EE2" w:rsidRPr="000954AA" w:rsidRDefault="003D0EE2" w:rsidP="009C703C">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000954AA">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klasse </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C4067DE" w14:textId="77777777" w:rsidR="003D0EE2" w:rsidRDefault="003D0EE2" w:rsidP="0092486F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="554D1341" w14:textId="2925DA9C" w:rsidR="0092486F" w:rsidRPr="00614B82" w:rsidRDefault="0092486F" w:rsidP="0092486F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="357"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614B82">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mit Abgabe der Nennung </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in der Gruppe </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614B82">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Division 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: Klassen 8 - 17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614B82">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) muss der Performance Faktor, die dazugehörige </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00614B82">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00614B82">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ID und die Nenngruppe angegeben werden. Nach Nennschluss ist die genannte </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00614B82">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00614B82">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>-ID die Grundlage für alle weiteren Kontrollen und Überprüfungen. Fehlerhafte oder falsche Angaben können zu Bestrafungen bis hin zum Wertungsausschluss führen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100F7CF5" w14:textId="77777777" w:rsidR="0092486F" w:rsidRDefault="0092486F" w:rsidP="00F81686">
+      <w:pPr>
+        <w:ind w:right="-144"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:bookmarkStart w:id="4" w:name="_Hlk150257308"/>
     <w:p w14:paraId="2E040F60" w14:textId="5381CC4E" w:rsidR="00185FBF" w:rsidRPr="000954AA" w:rsidRDefault="00AD1D09" w:rsidP="00185FBF">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7842,180 +8736,230 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4644"/>
         <w:gridCol w:w="5245"/>
       </w:tblGrid>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000954AA" w14:paraId="729A062E" w14:textId="77777777" w:rsidTr="008C1CA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50E16985" w14:textId="346C0138" w:rsidR="00185FBF" w:rsidRPr="000954AA" w:rsidRDefault="00185FBF" w:rsidP="00E619CC">
+          <w:p w14:paraId="6A765586" w14:textId="77777777" w:rsidR="00185FBF" w:rsidRDefault="00185FBF" w:rsidP="00E619CC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="5" w:name="_Hlk150257324"/>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe </w:t>
             </w:r>
             <w:r w:rsidR="00520B8A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0 (</w:t>
             </w:r>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E2-SH</w:t>
             </w:r>
             <w:r w:rsidR="00520B8A">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="50E16985" w14:textId="346C0138" w:rsidR="003D0EE2" w:rsidRPr="000954AA" w:rsidRDefault="003D0EE2" w:rsidP="00E619CC">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E619CC" w:rsidRPr="000954AA" w14:paraId="79FEC11A" w14:textId="77777777" w:rsidTr="00D0764A">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19EBFE03" w14:textId="42AC82D6" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00E619CC" w:rsidP="003C67F0">
+          <w:p w14:paraId="19EBFE03" w14:textId="5EEFD47A" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00E619CC" w:rsidP="003C67F0">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r w:rsidR="00520B8A">
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>11</w:t>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0EE2" w:rsidRPr="000954AA">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00583599" w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bis 2000 ccm</w:t>
+              <w:t xml:space="preserve">bis </w:t>
+            </w:r>
+            <w:r w:rsidR="003D0EE2">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00583599" w:rsidRPr="000954AA">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D7C70C4" w14:textId="35CFD236" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00E619CC" w:rsidP="003C67F0">
+          <w:p w14:paraId="0D7C70C4" w14:textId="5B36F971" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00E619CC" w:rsidP="003C67F0">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r w:rsidR="00520B8A">
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>12</w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00583599" w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> über 2000 ccm</w:t>
+              <w:t xml:space="preserve"> über </w:t>
+            </w:r>
+            <w:r w:rsidR="003D0EE2">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00583599" w:rsidRPr="000954AA">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="3D430199" w14:textId="77777777" w:rsidR="00185FBF" w:rsidRPr="000954AA" w:rsidRDefault="00185FBF" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4644"/>
         <w:gridCol w:w="5245"/>
@@ -8207,133 +9151,205 @@
               </w:rPr>
               <w:t>CSC</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="785ACB41" w14:textId="2AC50479" w:rsidR="001C4F2F" w:rsidRPr="006C4E91" w:rsidRDefault="001C4F2F" w:rsidP="006C4E91">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C4E91">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Historische Sportwagen nach Anhang K zum ISG (z. B. Formel Junior, Formel 2, Formel 3, Marken-Formel etc.). Diese Fahrzeuge werden beschränkt auf die Perioden F bis inkl. JR und max. 3000 ccm und benötigen einen gültigen internationalen FIA Historic Technical Passport oder einem nationalen DMSB Historic Technical Passport</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Historische Sportwagen nach Anhang K zum ISG (z. B. Formel Junior, Formel 2, Formel 3, Marken-Formel etc.). Diese Fahrzeuge werden beschränkt auf die Perioden F bis inkl. JR und max. 3000 ccm und benötigen einen gültigen internationalen FIA </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Historic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Technical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Passport</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oder einem nationalen DMSB </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Historic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Technical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Passport</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C67F0" w:rsidRPr="000954AA" w14:paraId="69630477" w14:textId="77777777" w:rsidTr="002510CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F06EB46" w14:textId="0FAD32DA" w:rsidR="003C67F0" w:rsidRPr="000954AA" w:rsidRDefault="003C67F0" w:rsidP="003C67F0">
+          <w:p w14:paraId="4F06EB46" w14:textId="24E28ED3" w:rsidR="003C67F0" w:rsidRPr="000954AA" w:rsidRDefault="003C67F0" w:rsidP="003C67F0">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r w:rsidR="00520B8A">
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>13</w:t>
+              <w:t>21</w:t>
             </w:r>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> bis 2000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="577CCA20" w14:textId="7931F2AF" w:rsidR="003C67F0" w:rsidRPr="000954AA" w:rsidRDefault="003C67F0" w:rsidP="00F81686">
+          <w:p w14:paraId="577CCA20" w14:textId="3C92C32F" w:rsidR="003C67F0" w:rsidRPr="000954AA" w:rsidRDefault="003C67F0" w:rsidP="00F81686">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r w:rsidR="00520B8A">
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>14</w:t>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0EE2" w:rsidRPr="000954AA">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> über 2000 ccm bis 3000 ccm</w:t>
+              <w:t>über 2000 ccm bis 3000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16AF3714" w14:textId="77777777" w:rsidR="0084469A" w:rsidRPr="000954AA" w:rsidRDefault="0084469A" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4661"/>
         <w:gridCol w:w="5228"/>
@@ -8379,192 +9395,288 @@
             <w:r w:rsidRPr="006C4E91">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Anhang J</w:t>
             </w:r>
             <w:r w:rsidR="00A91891" w:rsidRPr="006C4E91">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Art. 277</w:t>
             </w:r>
             <w:r w:rsidRPr="006C4E91">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B6CA117" w14:textId="57E0BDCC" w:rsidR="0084469A" w:rsidRPr="006C4E91" w:rsidRDefault="0084469A" w:rsidP="006C4E91">
+          <w:p w14:paraId="4B6CA117" w14:textId="47CD9BB6" w:rsidR="0084469A" w:rsidRPr="006C4E91" w:rsidRDefault="0084469A" w:rsidP="006C4E91">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C4E91">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Formelfahrzeuge der Gruppe E2-SS o</w:t>
+              <w:t xml:space="preserve">Formelfahrzeuge der Gruppe E2-SS </w:t>
             </w:r>
             <w:r w:rsidR="00A91891" w:rsidRPr="006C4E91">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>hne Aufladung mit max. 3000 ccm (nach aktuellem Anhang J, Art. 277 und den zusätzlichen DMSB-Vorschriften)</w:t>
+              <w:t>mit max. 3000 ccm</w:t>
+            </w:r>
+            <w:r w:rsidR="008260CA">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Einstufungshubraum</w:t>
+            </w:r>
+            <w:r w:rsidR="00A91891" w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (nach aktuellem Anhang J, Art. 277 und den zusätzlichen DMSB-Vorschriften)</w:t>
             </w:r>
             <w:r w:rsidRPr="006C4E91">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="216CCDFE" w14:textId="70B4AC12" w:rsidR="0084469A" w:rsidRPr="006C4E91" w:rsidRDefault="00AA6351" w:rsidP="006C4E91">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="458" w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C4E91">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Historische Formelfahrzeuge nach Anhang K zum ISG (z. B. Formel Junior, Formel 2, Formel 3, Marken-Formel etc.). Diese Fahrzeuge werden beschränkt auf die Perioden F bis inkl. JR und max. 3000 ccm und benötigen einen gültigen internationalen FIA Historic Technical Passport oder einem nationalen DMSB Historic Technical Passport</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Historische Formelfahrzeuge nach Anhang K zum ISG (z. B. Formel Junior, Formel 2, Formel 3, Marken-Formel etc.). Diese Fahrzeuge werden beschränkt auf die Perioden F bis inkl. JR und max. 3000 ccm und benötigen einen gültigen internationalen FIA </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Historic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Technical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Passport</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> oder einem nationalen DMSB </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Historic</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Technical </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006C4E91">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Passport</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C67F0" w:rsidRPr="000954AA" w14:paraId="468D8622" w14:textId="77777777" w:rsidTr="00CC5829">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB0E823" w14:textId="5AF9F454" w:rsidR="003C67F0" w:rsidRPr="000954AA" w:rsidRDefault="003C67F0" w:rsidP="003C67F0">
+          <w:p w14:paraId="0CB0E823" w14:textId="3DA9E546" w:rsidR="003C67F0" w:rsidRPr="000954AA" w:rsidRDefault="003C67F0" w:rsidP="003C67F0">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r w:rsidR="00520B8A">
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>15</w:t>
+              <w:t>23</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0EE2" w:rsidRPr="000954AA">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> bis 2000 ccm</w:t>
+              <w:t>bis 2000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5228" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79C6468D" w14:textId="5699CC4A" w:rsidR="003C67F0" w:rsidRPr="000954AA" w:rsidRDefault="003C67F0" w:rsidP="003C67F0">
+          <w:p w14:paraId="79C6468D" w14:textId="19E0D40C" w:rsidR="003C67F0" w:rsidRPr="000954AA" w:rsidRDefault="003C67F0" w:rsidP="003C67F0">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r w:rsidR="00520B8A">
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>16</w:t>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="003D0EE2" w:rsidRPr="000954AA">
+              <w:rPr>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> über 2000 bis 3000 ccm</w:t>
+              <w:t>über 2000 bis 3000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E5FAA62" w14:textId="77777777" w:rsidR="00A91891" w:rsidRDefault="00A91891" w:rsidP="00B62D46">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B878EC0" w14:textId="3AC6EBC8" w:rsidR="00AD1D09" w:rsidRPr="000954AA" w:rsidRDefault="00AD1D09" w:rsidP="00AD1D09">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
@@ -8656,1572 +9768,1498 @@
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9889"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AD1D09" w:rsidRPr="000954AA" w14:paraId="671EDA3A" w14:textId="77777777" w:rsidTr="004D3FC9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2126C34B" w14:textId="4CC7EA11" w:rsidR="00AD1D09" w:rsidRPr="000954AA" w:rsidRDefault="00AD1D09" w:rsidP="004D3FC9">
+          <w:p w14:paraId="65E2845E" w14:textId="77777777" w:rsidR="003D0EE2" w:rsidRDefault="00AD1D09" w:rsidP="004D3FC9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>G-Elektro*</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="2126C34B" w14:textId="21A246EF" w:rsidR="003D0EE2" w:rsidRPr="000954AA" w:rsidRDefault="003D0EE2" w:rsidP="004D3FC9">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD1D09" w:rsidRPr="000954AA" w14:paraId="5DEC0C4C" w14:textId="77777777" w:rsidTr="0076588A">
         <w:trPr>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C6A1D20" w14:textId="1AD72572" w:rsidR="00AD1D09" w:rsidRPr="000954AA" w:rsidRDefault="00AD1D09" w:rsidP="004D3FC9">
+          <w:p w14:paraId="0C6A1D20" w14:textId="61338FE6" w:rsidR="00AD1D09" w:rsidRPr="000954AA" w:rsidRDefault="00AD1D09" w:rsidP="004D3FC9">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="003D0EE2">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>17</w:t>
+              <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2DCBD61C" w14:textId="77777777" w:rsidR="00AD1D09" w:rsidRDefault="00AD1D09" w:rsidP="00B62D46">
-[...35 lines deleted...]
-    <w:p w14:paraId="77FF4C8C" w14:textId="60BF0C54" w:rsidR="00E07C09" w:rsidRDefault="00E07C09">
+    <w:p w14:paraId="77FF4C8C" w14:textId="12244598" w:rsidR="00E07C09" w:rsidRDefault="00AD1D09">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00AD1D09">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>* Hinweis: Bei Ausschreibung der Gruppe G-Elektro müssen die Richtlinien des DMSB für die Durchführung von Veranstaltungen mit Elektrofahrzeugen vom Veranstalter eingehalten werden (siehe DMSB-Homepage)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4B5CF89F" w14:textId="4C157011" w:rsidR="00BD6837" w:rsidRDefault="00BD6837" w:rsidP="00AD1D09">
+    <w:p w14:paraId="33BC0F10" w14:textId="77777777" w:rsidR="008031A9" w:rsidRDefault="008031A9" w:rsidP="00AD1D09">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk149743855"/>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="4B5CF89F" w14:textId="7F8F339D" w:rsidR="00BD6837" w:rsidRDefault="00BD6837" w:rsidP="00AD1D09">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Art. 9 Startnummern</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F02FF6A" w14:textId="3C98D484" w:rsidR="00BD6837" w:rsidRDefault="00BD6837" w:rsidP="00AD1D09">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00441ECF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Startnummern werden grundsätzlich gemäß </w:t>
       </w:r>
       <w:r w:rsidR="006E28D9">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nach</w:t>
       </w:r>
       <w:r w:rsidRPr="00441ECF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>folgendem Schema an die Teilnehmer vergeben</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D1561CA" w14:textId="384AE056" w:rsidR="006E28D9" w:rsidRPr="00441ECF" w:rsidRDefault="006E28D9" w:rsidP="00441ECF">
+    <w:p w14:paraId="352E48EF" w14:textId="4C02FDD4" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="15"/>
         </w:numPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00441ECF">
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>900 – 950</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Elektrofahrzeuge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57B44AC4" w14:textId="15BD8E67" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>800 – 850</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Retro Berg-Cup</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F247776" w14:textId="725B05EF" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>750 – 799</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>GLP-Berg</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A66B4F9" w14:textId="09784C25" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>700 – 749</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>NSU-Bergpokal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE64AF9" w14:textId="255CF1D6" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>689 – 699</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Klassik bis 1150</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547BD9C2" w14:textId="550EF0DF" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">659 – 689 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Klassik bis 1400</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6151C99E" w14:textId="3FB14742" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>625 – 659</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Klassik bis 2000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271A59A6" w14:textId="1DBD294A" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>610 – 624</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Klassik bis 3000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F3536B6" w14:textId="7666B01F" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>600 – 609</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Klassik über 3000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DF374FA" w14:textId="1FC0EC6A" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>560 – 599</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A5D208" w14:textId="750E791A" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>530 – 599</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0787433D" w14:textId="31ABED64" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>500 – 529</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71390570" w14:textId="79138909" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>450 – 499</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AB22A6" w14:textId="2F69DFE2" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>400 – 449</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221D6C2E" w14:textId="492E7797" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>350 – 399</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73F914AB" w14:textId="03D6A43C" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>300 – 349</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12C00FB2" w14:textId="61D533CA" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>250 – 299</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0592FCD9" w14:textId="58029BC7" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>200 – 249</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Pf</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA88C99" w14:textId="51FD6C49" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>120 – 199</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Pf1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31025B0B" w14:textId="77777777" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="009A5FDD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>100 – 119</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>TCR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39784C9B" w14:textId="4405D601" w:rsidR="009A5FDD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>900</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="008031A9">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>950</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 99</w:t>
+      </w:r>
+      <w:r w:rsidR="008031A9">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00441ECF">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="008031A9">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00441ECF">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="00441ECF">
+        <w:t>Sportwagen Div. 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Elektro</w:t>
-[...7 lines deleted...]
-        <w:t>fahrzeuge</w:t>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D07D0A9" w14:textId="09D96A54" w:rsidR="006E28D9" w:rsidRPr="00441ECF" w:rsidRDefault="006E28D9" w:rsidP="00441ECF">
-[...80 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2A085835" w14:textId="77777777" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BCB83BC" w14:textId="0D707C07" w:rsidR="006E28D9" w:rsidRPr="00441ECF" w:rsidRDefault="006E28D9" w:rsidP="00441ECF">
-[...1170 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="55396290" w14:textId="77777777" w:rsidR="00983690" w:rsidRPr="002E46AD" w:rsidRDefault="00983690" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77FBB923" w14:textId="6CA3937A" w:rsidR="00AD1D09" w:rsidRPr="00AD1D09" w:rsidRDefault="00AD1D09" w:rsidP="00AD1D09">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD1D09">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="00BD6837">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
@@ -10517,51 +11555,64 @@
       <w:r w:rsidR="00F0160E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00F0160E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>.......</w:t>
       </w:r>
       <w:r w:rsidR="00F0160E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="4C93D629" w14:textId="33F6C0E2" w:rsidR="00542F30" w:rsidRPr="000954AA" w:rsidRDefault="00542F30" w:rsidP="00395BF1">
+    <w:p w14:paraId="7068C583" w14:textId="77777777" w:rsidR="009A5FDD" w:rsidRDefault="009A5FDD" w:rsidP="00395BF1">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C93D629" w14:textId="37A5D853" w:rsidR="00542F30" w:rsidRPr="000954AA" w:rsidRDefault="00542F30" w:rsidP="00395BF1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="00AD1D09">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -11465,135 +12516,162 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sek. </w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">gestartet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1432A461" w14:textId="77777777" w:rsidR="00CE0D08" w:rsidRPr="000954AA" w:rsidRDefault="00CE0D08" w:rsidP="00130D66">
+    <w:p w14:paraId="4994379B" w14:textId="77777777" w:rsidR="008031A9" w:rsidRDefault="008031A9" w:rsidP="00130D66">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5643DDA6" w14:textId="77777777" w:rsidR="008031A9" w:rsidRDefault="008031A9" w:rsidP="00130D66">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="007B6546" w14:textId="77777777" w:rsidR="008031A9" w:rsidRPr="000954AA" w:rsidRDefault="008031A9" w:rsidP="00130D66">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BE7CD03" w14:textId="32AA6A38" w:rsidR="009B7D48" w:rsidRPr="000954AA" w:rsidRDefault="00130D66" w:rsidP="00395BF1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00BD6837">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F2423E" w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Parc</w:t>
       </w:r>
       <w:r w:rsidR="00BA3B37" w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00926BCE" w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="009B7D48" w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ermé</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkStart w:id="8" w:name="_Hlk150256385"/>
     <w:p w14:paraId="75139F3C" w14:textId="2B396CE8" w:rsidR="00CD1979" w:rsidRDefault="00CD1979">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -11626,71 +12704,73 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00272219" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
       <w:r w:rsidR="00F2423E" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Parc</w:t>
       </w:r>
       <w:r w:rsidR="00BA3B37" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00926BCE" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00272219" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>erm</w:t>
       </w:r>
       <w:r w:rsidR="00BA3B37" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E63E90" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> befindet sich </w:t>
       </w:r>
       <w:r w:rsidR="00F0160E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="......."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00F0160E">
         <w:rPr>
@@ -11778,112 +12858,116 @@
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00272219" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Das Fahrerlager gilt als </w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Parc </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00926BCE" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00272219" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ermé</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007C7684" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FB6ECAE" w14:textId="77777777" w:rsidR="00BE422F" w:rsidRPr="000954AA" w:rsidRDefault="00BE422F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67A293FE" w14:textId="37F81B1D" w:rsidR="00BE422F" w:rsidRPr="000954AA" w:rsidRDefault="00272219">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Folgende Fahrzeuge müssen im </w:t>
       </w:r>
       <w:r w:rsidR="00F2423E" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Parc</w:t>
       </w:r>
       <w:r w:rsidR="00BA3B37" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00926BCE" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ermé</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE422F" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> abgestellt werden:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63146DBC" w14:textId="77777777" w:rsidR="00BE422F" w:rsidRPr="000954AA" w:rsidRDefault="00BE422F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A0A2F1E" w14:textId="77777777" w:rsidR="00BE422F" w:rsidRPr="000954AA" w:rsidRDefault="00BE422F" w:rsidP="00BE422F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43BE3F15" w14:textId="375FFF1C" w:rsidR="00017A65" w:rsidRPr="000954AA" w:rsidRDefault="00017A65" w:rsidP="00017A65">
       <w:pPr>
@@ -11960,55 +13044,63 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nicht entfernt werden. Sie müssen für Nachuntersuchungen zur Verfügung stehen.</w:t>
       </w:r>
       <w:r w:rsidR="00CD1979" w:rsidRPr="000954AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD1979" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Der Rennleiter wird die Teilnehmer über</w:t>
       </w:r>
       <w:r w:rsidR="00F2423E" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> die Aufhebung des Parc</w:t>
       </w:r>
       <w:r w:rsidR="00BD6837">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CD1979" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Fermé informieren (z. B. Lautsprecherdurchsage).</w:t>
+        <w:t>Fermé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CD1979" w:rsidRPr="000954AA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informieren (z. B. Lautsprecherdurchsage).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7486D068" w14:textId="77777777" w:rsidR="00BE422F" w:rsidRPr="000954AA" w:rsidRDefault="00BE422F" w:rsidP="00BE422F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5476A81A" w14:textId="310A05FA" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -14110,150 +15202,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2221" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78C54045" w14:textId="77777777" w:rsidR="0049601B" w:rsidRPr="000526DA" w:rsidRDefault="0049601B" w:rsidP="0049601B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000954AA" w:rsidRPr="000526DA" w14:paraId="55050EC3" w14:textId="77777777" w:rsidTr="00441ECF">
-[...98 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="544C2283" w14:textId="77777777" w:rsidR="000526DA" w:rsidRDefault="000526DA" w:rsidP="006930A5">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="282"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E14284E" w14:textId="7AACDAA0" w:rsidR="006930A5" w:rsidRPr="000954AA" w:rsidRDefault="006930A5" w:rsidP="006930A5">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="282"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
@@ -14637,51 +15629,61 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="13"/>
     </w:tbl>
     <w:p w14:paraId="28374346" w14:textId="51335A58" w:rsidR="00E23166" w:rsidRDefault="00E23166" w:rsidP="000D7783">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72765230" w14:textId="77777777" w:rsidR="000526DA" w:rsidRPr="000954AA" w:rsidRDefault="000526DA" w:rsidP="000D7783">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B1C9BD6" w14:textId="1267990A" w:rsidR="00004683" w:rsidRPr="000954AA" w:rsidRDefault="00004683" w:rsidP="000D7783">
+    <w:p w14:paraId="74F5DED5" w14:textId="77777777" w:rsidR="008031A9" w:rsidRDefault="008031A9" w:rsidP="000D7783">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B1C9BD6" w14:textId="2360AAE5" w:rsidR="00004683" w:rsidRPr="000954AA" w:rsidRDefault="00004683" w:rsidP="000D7783">
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00BD6837">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -14873,547 +15875,767 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00BD6837">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00027523" w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Protest und Berufung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E56EC0C" w14:textId="77777777" w:rsidR="00027523" w:rsidRPr="000954AA" w:rsidRDefault="00027523" w:rsidP="00027523">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000954AA">
+    <w:p w14:paraId="7D98AD28" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bei Protesten und Berufung gelten das Internationale Sportgesetz der FIA, das Veranstaltungsreglement des DMSB, die Rechts- und Verfahrensordnung des DMSB sowie bei Berufungen zur FIA die Rechts- und Verfahrensordnung der FIA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47AA6366" w14:textId="77777777" w:rsidR="00027523" w:rsidRPr="000954AA" w:rsidRDefault="00027523" w:rsidP="00027523">
+    <w:p w14:paraId="6537CC0B" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EB40E21" w14:textId="77777777" w:rsidR="00027523" w:rsidRPr="000954AA" w:rsidRDefault="002A5A6F" w:rsidP="00027523">
+    <w:p w14:paraId="289BAD38" w14:textId="7BCD03BC" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
       <w:pPr>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000954AA">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="0021624D" w:rsidRPr="000954AA">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Für DMSB-genehmigte Serien</w:t>
+      </w:r>
+      <w:r w:rsidR="00F60A1F">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000954AA">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>/ Wettbewerbe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00027523" w:rsidRPr="000954AA">
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gelten folgende Kautionen (mehrwertsteuerfrei)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77511468" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="20"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Berufungskaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C8EEC2C" w14:textId="3CAC160E" w:rsidR="00027523" w:rsidRPr="000954AA" w:rsidRDefault="00891EE2" w:rsidP="00027523">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7C88DC87" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="298125E6" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000954AA">
-        <w:rPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Status National A</w:t>
       </w:r>
-      <w:r w:rsidRPr="000954AA">
-        <w:rPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000954AA">
-        <w:rPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000954AA">
-        <w:rPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>1.000,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A97AFF6" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Status National</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00027523" w:rsidRPr="000954AA">
-        <w:rPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08464E2E" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C31FE13" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Protestkaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74ECDDB0" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E01B162" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Status National A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>300,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620701EA" w14:textId="30D6E982" w:rsidR="00027523" w:rsidRPr="000954AA" w:rsidRDefault="00027523" w:rsidP="00027523">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="61FECD99" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000954AA">
-        <w:rPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Status National</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>100,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07224DFD" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A16897F" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ausschließlich für Serien mit Status International (gem. 14.1.1 ISG) beträgt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DA5BBE1" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>die Revisionskaution:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A259269" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E6EA0A8" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Internationales Berufungsgericht</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0516370F" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Berufungsgebühr und Berufungskaution – zahlbar an die FIA gem. Voraussetzungen und in Abhängigkeit der Serie / Veranstaltung gelistet unter Art.13.1.2.a Kapitel 5 Rechts- und Verfahrensregeln der FIA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404AEEC0" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15B60D5A" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(DMSB-Protest- und Berufungskautionen sind an den DMSB zu entrichten)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042AE1C2" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C237B75" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Für andere ASN-genehmigte Serien gelten folgende Kautionen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7844293E" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protest-/Berufung-/Revisionskaution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(zahlbar an ASN der Serie):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EF2589" w14:textId="6D70FF5D" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Hlk216862847"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>Status International</w:t>
       </w:r>
-      <w:r w:rsidRPr="000954AA">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000954AA">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000954AA">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:t xml:space="preserve">Höhe Kaution gem. ASN-Serienreglement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="167FD5E9" w14:textId="77777777" w:rsidR="0086365D" w:rsidRPr="002E46AD" w:rsidRDefault="0086365D" w:rsidP="0086365D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000954AA">
-[...76 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000954AA">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="000954AA">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...201 lines deleted...]
-      </w:r>
+        <w:t>Höhe Kaution gem. ASN-Serienreglement</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="40373EA4" w14:textId="77777777" w:rsidR="0004579D" w:rsidRDefault="0004579D" w:rsidP="00027523">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22E6B12A" w14:textId="77777777" w:rsidR="00C93C86" w:rsidRDefault="00C93C86" w:rsidP="0004579D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk149738331"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk149738331"/>
     </w:p>
     <w:p w14:paraId="6F827AF0" w14:textId="1A56E369" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004579D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -15463,378 +16685,316 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26DCE10B" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004579D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>a) Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02B23426" w14:textId="2DBB15B4" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
+    <w:p w14:paraId="02B23426" w14:textId="4D7CE866" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004579D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Die Veranstaltung ist gemäß DMSB-Veranstaltungsreglement 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F1753C">
+        <w:t>Die Veranstaltung ist gemäß DMSB-Veranstaltungsreglement</w:t>
+      </w:r>
+      <w:r w:rsidR="0086365D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0004579D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Art. 35 versichert.</w:t>
+        <w:t>Art. 35 versichert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09873E6B" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24725396" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004579D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">b) Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50FD5B40" w14:textId="31127418" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
+    <w:p w14:paraId="50FD5B40" w14:textId="644F4951" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004579D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">gemäß DMSB-Veranstaltungsreglement </w:t>
+        <w:t>gemäß DMSB-Veranstaltungsreglement</w:t>
       </w:r>
       <w:r w:rsidRPr="0004579D">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F1753C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004579D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Art. 36</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A298EE" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52D1A931" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004579D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>c) Freistellung von Ansprüchen des Fahrzeugeigentümers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5054A89F" w14:textId="07849F71" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004579D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>gemäß DMSB-Veranstaltungsreglement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0004579D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0004579D">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri"/>
-[...1 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>Art. 36</w:t>
+        <w:t>Art. 37</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A298EE" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
+    <w:p w14:paraId="5AD5C436" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52D1A931" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
+    <w:p w14:paraId="55D52D66" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0004579D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>c) Freistellung von Ansprüchen des Fahrzeugeigentümers</w:t>
+        <w:t>d) Verantwortlichkeit, Änderung der Ausschreibung, Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5054A89F" w14:textId="7AFAB4BE" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
-      <w:pPr>
+    <w:p w14:paraId="6E3B7D77" w14:textId="3BD00F7D" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0004579D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">gemäß DMSB-Veranstaltungsreglement </w:t>
+      </w:r>
       <w:r w:rsidRPr="0004579D">
         <w:rPr>
-          <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">gemäß DMSB-Veranstaltungsreglement </w:t>
-[...35 lines deleted...]
-        <w:t>Art. 37</w:t>
+        <w:t>Art. 39 und Art. 40</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD5C436" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
-[...86 lines deleted...]
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p w14:paraId="0A10EA8D" w14:textId="77777777" w:rsidR="0004579D" w:rsidRPr="000954AA" w:rsidRDefault="0004579D" w:rsidP="00027523">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44BEB277" w14:textId="77777777" w:rsidR="00866BE2" w:rsidRPr="000526DA" w:rsidRDefault="00866BE2" w:rsidP="00866BE2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000526DA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Der Veranstalter erklärt, dass die Veranstaltung nach den Bestimmungen des ISG, des DMSB und dieser Ausschreibung durchgeführt wird.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62D15240" w14:textId="77777777" w:rsidR="002C1965" w:rsidRPr="000526DA" w:rsidRDefault="002C1965" w:rsidP="002C1965">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000526DA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIA und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="134D44FC" w14:textId="77777777" w:rsidR="00D70B74" w:rsidRPr="000954AA" w:rsidRDefault="00D70B74" w:rsidP="00396F9E">
       <w:pPr>
@@ -15843,70 +17003,70 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="480"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D70B74" w:rsidRPr="000954AA" w:rsidSect="00E63E90">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1110" w:right="991" w:bottom="1701" w:left="1134" w:header="426" w:footer="230" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="489D0CF3" w14:textId="77777777" w:rsidR="00C91576" w:rsidRDefault="00C91576">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="331D08E2" w14:textId="77777777" w:rsidR="00C91576" w:rsidRDefault="00C91576">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -15919,132 +17079,131 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewsGoth for Porsche Com">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="528CE53C" w14:textId="77777777" w:rsidR="006C4E91" w:rsidRDefault="006C4E91">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1D260CB0" w14:textId="77777777" w:rsidR="00F32C91" w:rsidRDefault="00F32C91">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="645F1671" w14:textId="77777777" w:rsidR="00640264" w:rsidRPr="00640264" w:rsidRDefault="00640264" w:rsidP="00DC46E3">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9781"/>
       </w:tabs>
       <w:ind w:left="-142"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster1"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2235"/>
       <w:gridCol w:w="2018"/>
       <w:gridCol w:w="850"/>
       <w:gridCol w:w="3652"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E65B12" w:rsidRPr="00E65B12" w14:paraId="13781DF8" w14:textId="77777777" w:rsidTr="006C4E91">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2235" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="0541682E" w14:textId="77777777" w:rsidR="00E65B12" w:rsidRPr="00E65B12" w:rsidRDefault="00E65B12" w:rsidP="00E65B12">
+        <w:p w14:paraId="0541682E" w14:textId="6208C0A3" w:rsidR="00E65B12" w:rsidRPr="00E65B12" w:rsidRDefault="00F32C91" w:rsidP="00E65B12">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="15" w:name="_Hlk149742485"/>
-          <w:r w:rsidRPr="00E65B12">
+          <w:bookmarkStart w:id="16" w:name="_Hlk149742485"/>
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="00E65B12" w:rsidRPr="00E65B12">
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2018" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="39465639" w14:textId="77777777" w:rsidR="00E65B12" w:rsidRPr="00E65B12" w:rsidRDefault="00E65B12" w:rsidP="00E65B12">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
@@ -16166,68 +17325,68 @@
         <w:p w14:paraId="0D400A93" w14:textId="617B9194" w:rsidR="00E65B12" w:rsidRPr="00E65B12" w:rsidRDefault="00E65B12" w:rsidP="00E65B12">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E65B12">
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">Koordination </w:t>
           </w:r>
           <w:r w:rsidR="001C4F2F">
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Sport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
   </w:tbl>
   <w:p w14:paraId="2EECCE02" w14:textId="4487F8B4" w:rsidR="00640264" w:rsidRDefault="00640264"/>
   <w:p w14:paraId="158E05CF" w14:textId="77777777" w:rsidR="00BE422F" w:rsidRDefault="00BE422F" w:rsidP="00BE422F">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1B10B2D5" w14:textId="4AFC7F87" w:rsidR="00BA3B37" w:rsidRPr="00455871" w:rsidRDefault="00BA3B37" w:rsidP="00BA3B37">
+  <w:p w14:paraId="1B10B2D5" w14:textId="09F4A769" w:rsidR="00BA3B37" w:rsidRPr="00455871" w:rsidRDefault="00BA3B37" w:rsidP="00BA3B37">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>MSB-Ausschreibung Bergrennen</w:t>
@@ -16245,56 +17404,56 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="00614B82">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="001C4F2F">
+    <w:r w:rsidR="0086365D">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00614B82">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00455871">
@@ -16379,107 +17538,125 @@
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6AA94435" w14:textId="77777777" w:rsidR="00BA3B37" w:rsidRPr="00455871" w:rsidRDefault="00BA3B37" w:rsidP="00BA3B37">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF5B7D">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
-      <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.de</w:t>
+      <w:t xml:space="preserve">Herausgeber: DMSB-Deutscher Motorsport Bund e.V., </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00BF5B7D">
+      <w:rPr>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+      </w:rPr>
+      <w:t>Hahnstr</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00BF5B7D">
+      <w:rPr>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+      </w:rPr>
+      <w:t>. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7BF951EF" w14:textId="77777777" w:rsidR="00A1016D" w:rsidRPr="001A0D4B" w:rsidRDefault="00A1016D" w:rsidP="009B7D48">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="092D7632" w14:textId="77777777" w:rsidR="006C4E91" w:rsidRDefault="006C4E91">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="60F095EC" w14:textId="77777777" w:rsidR="00F32C91" w:rsidRDefault="00F32C91">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="165C21F6" w14:textId="77777777" w:rsidR="00C91576" w:rsidRDefault="00C91576">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0827B5D1" w14:textId="77777777" w:rsidR="00C91576" w:rsidRDefault="00C91576">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="56FC54FF" w14:textId="77777777" w:rsidR="006C4E91" w:rsidRDefault="006C4E91">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4BCE6C65" w14:textId="77777777" w:rsidR="00F32C91" w:rsidRDefault="00F32C91">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3D75CF76" w14:textId="77777777" w:rsidR="00D0764A" w:rsidRDefault="00D0764A" w:rsidP="00EF4AF0">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7414E610" w14:textId="0A7ECC71" w:rsidR="00A1016D" w:rsidRPr="00395BF1" w:rsidRDefault="00D0764A" w:rsidP="00EF4AF0">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B06BD82" wp14:editId="4CA10C27">
           <wp:extent cx="1543050" cy="242266"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:docPr id="1" name="Grafik 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -16498,61 +17675,61 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1566500" cy="245948"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="60B4E6A0" w14:textId="77777777" w:rsidR="006C4E91" w:rsidRDefault="006C4E91">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="372335E8" w14:textId="77777777" w:rsidR="00F32C91" w:rsidRDefault="00F32C91">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03284401"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5338FA44"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1428" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2148" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -16736,50 +17913,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EFF39E0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9092D5AC"/>
+    <w:lvl w:ilvl="0" w:tplc="76C4A338">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1428" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2148" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2868" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3588" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4308" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5028" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5748" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6468" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7188" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34B82E76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1EA056C6"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16848,51 +18138,164 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35635D76"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6D8C1520"/>
+    <w:lvl w:ilvl="0" w:tplc="04070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="370908CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="473A1302"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -16961,51 +18364,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D0A5C13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DF6C47C"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17074,51 +18477,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45D83F9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C266032"/>
     <w:lvl w:ilvl="0" w:tplc="775EBD38">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17187,51 +18590,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49493F7A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D30AB550"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17300,51 +18703,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C10462F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="2AC66744"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="405"/>
         </w:tabs>
         <w:ind w:left="405" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -17417,51 +18820,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F732B5B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1A80FDFC"/>
     <w:lvl w:ilvl="0" w:tplc="2D380668">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17530,51 +18933,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="623C6B5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="026654E2"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17643,51 +19046,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65EA1718"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3056C8D4"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17756,51 +19159,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74D72E51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17824628"/>
     <w:lvl w:ilvl="0" w:tplc="04070015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FACE71F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -17845,51 +19248,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E1D7327"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D7346A84"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17959,102 +19362,108 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="55590530">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="507671356">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1167288989">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1016077200">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1809012027">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1883783555">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1914655954">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1368989215">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="270012961">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1099984552">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1419517412">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="743065019">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1278297950">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="752319831">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1368989215">
-[...14 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="1278297950">
+  <w:num w:numId="15" w16cid:durableId="106892975">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="156673"/>
+    <o:shapedefaults v:ext="edit" spidmax="168961"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B7D48"/>
     <w:rsid w:val="00004683"/>
     <w:rsid w:val="00006B28"/>
     <w:rsid w:val="00006E75"/>
     <w:rsid w:val="00017A65"/>
     <w:rsid w:val="00027523"/>
     <w:rsid w:val="0004172F"/>
@@ -18081,91 +19490,94 @@
     <w:rsid w:val="00130D66"/>
     <w:rsid w:val="001507E3"/>
     <w:rsid w:val="00156C34"/>
     <w:rsid w:val="00160A8A"/>
     <w:rsid w:val="001754AB"/>
     <w:rsid w:val="001765D1"/>
     <w:rsid w:val="001808D4"/>
     <w:rsid w:val="00184A54"/>
     <w:rsid w:val="00185FBF"/>
     <w:rsid w:val="001A1407"/>
     <w:rsid w:val="001B1016"/>
     <w:rsid w:val="001B2FEE"/>
     <w:rsid w:val="001B32B2"/>
     <w:rsid w:val="001B3429"/>
     <w:rsid w:val="001B67EC"/>
     <w:rsid w:val="001C4F2F"/>
     <w:rsid w:val="001C676F"/>
     <w:rsid w:val="001E01FE"/>
     <w:rsid w:val="00214650"/>
     <w:rsid w:val="0021624D"/>
     <w:rsid w:val="002209C5"/>
     <w:rsid w:val="00221E85"/>
     <w:rsid w:val="002248B6"/>
     <w:rsid w:val="00231C58"/>
     <w:rsid w:val="00243CF9"/>
+    <w:rsid w:val="00247596"/>
     <w:rsid w:val="002509DD"/>
     <w:rsid w:val="00251A05"/>
     <w:rsid w:val="00256573"/>
     <w:rsid w:val="002670D7"/>
     <w:rsid w:val="00271505"/>
     <w:rsid w:val="00272219"/>
     <w:rsid w:val="002747C9"/>
     <w:rsid w:val="00275437"/>
     <w:rsid w:val="00276052"/>
     <w:rsid w:val="0029688F"/>
     <w:rsid w:val="002A505A"/>
     <w:rsid w:val="002A5A6F"/>
     <w:rsid w:val="002B5672"/>
     <w:rsid w:val="002B7AE4"/>
     <w:rsid w:val="002C1965"/>
     <w:rsid w:val="002C3DDA"/>
     <w:rsid w:val="002C6A8D"/>
     <w:rsid w:val="002C6C9F"/>
     <w:rsid w:val="002C7758"/>
+    <w:rsid w:val="002E46AD"/>
     <w:rsid w:val="002E5D18"/>
     <w:rsid w:val="002F097D"/>
     <w:rsid w:val="002F46C6"/>
     <w:rsid w:val="00302426"/>
     <w:rsid w:val="00306617"/>
     <w:rsid w:val="003130F6"/>
     <w:rsid w:val="00313648"/>
     <w:rsid w:val="003468E9"/>
     <w:rsid w:val="0035451E"/>
     <w:rsid w:val="00356559"/>
     <w:rsid w:val="00361947"/>
     <w:rsid w:val="00365B21"/>
     <w:rsid w:val="00367103"/>
     <w:rsid w:val="0036782D"/>
     <w:rsid w:val="00377E4C"/>
     <w:rsid w:val="00381D90"/>
     <w:rsid w:val="00395BF1"/>
     <w:rsid w:val="00396F9E"/>
     <w:rsid w:val="003A3669"/>
     <w:rsid w:val="003B5F1E"/>
     <w:rsid w:val="003C23D6"/>
     <w:rsid w:val="003C67F0"/>
+    <w:rsid w:val="003D0EE2"/>
     <w:rsid w:val="003D1244"/>
     <w:rsid w:val="003D30CE"/>
     <w:rsid w:val="003E3578"/>
     <w:rsid w:val="003F3BBB"/>
     <w:rsid w:val="00422B66"/>
     <w:rsid w:val="00424603"/>
     <w:rsid w:val="0043713A"/>
     <w:rsid w:val="004401FE"/>
     <w:rsid w:val="004402C0"/>
     <w:rsid w:val="00441ECF"/>
     <w:rsid w:val="00445D13"/>
     <w:rsid w:val="004473EE"/>
     <w:rsid w:val="00453755"/>
     <w:rsid w:val="004544DD"/>
     <w:rsid w:val="0045511D"/>
     <w:rsid w:val="00462CF2"/>
     <w:rsid w:val="00476AF1"/>
     <w:rsid w:val="0048067E"/>
     <w:rsid w:val="0048240B"/>
     <w:rsid w:val="0049601B"/>
     <w:rsid w:val="004C42F1"/>
     <w:rsid w:val="004D46CC"/>
     <w:rsid w:val="004E03D7"/>
     <w:rsid w:val="00512240"/>
     <w:rsid w:val="00520123"/>
@@ -18214,176 +19626,186 @@
     <w:rsid w:val="006C0BF7"/>
     <w:rsid w:val="006C4E91"/>
     <w:rsid w:val="006D261A"/>
     <w:rsid w:val="006E28D9"/>
     <w:rsid w:val="006F2481"/>
     <w:rsid w:val="006F4A64"/>
     <w:rsid w:val="006F6FE9"/>
     <w:rsid w:val="00701C55"/>
     <w:rsid w:val="00723903"/>
     <w:rsid w:val="00726F0E"/>
     <w:rsid w:val="00735D6D"/>
     <w:rsid w:val="00760EC5"/>
     <w:rsid w:val="0076161B"/>
     <w:rsid w:val="00765852"/>
     <w:rsid w:val="00766E31"/>
     <w:rsid w:val="00777213"/>
     <w:rsid w:val="00782F2C"/>
     <w:rsid w:val="007972C0"/>
     <w:rsid w:val="007A4012"/>
     <w:rsid w:val="007A72A4"/>
     <w:rsid w:val="007C7684"/>
     <w:rsid w:val="007D175E"/>
     <w:rsid w:val="007D4D04"/>
     <w:rsid w:val="007D53EA"/>
     <w:rsid w:val="007E3CDE"/>
+    <w:rsid w:val="008031A9"/>
     <w:rsid w:val="00810478"/>
     <w:rsid w:val="00812ADD"/>
     <w:rsid w:val="00812D50"/>
     <w:rsid w:val="00813111"/>
     <w:rsid w:val="008152FA"/>
     <w:rsid w:val="008155F3"/>
+    <w:rsid w:val="008260CA"/>
     <w:rsid w:val="00840E9C"/>
     <w:rsid w:val="0084469A"/>
     <w:rsid w:val="00851920"/>
+    <w:rsid w:val="0086365D"/>
     <w:rsid w:val="008655CC"/>
     <w:rsid w:val="00866BE2"/>
     <w:rsid w:val="00887515"/>
     <w:rsid w:val="00891EE2"/>
     <w:rsid w:val="008B2E55"/>
     <w:rsid w:val="008B62F1"/>
     <w:rsid w:val="008C1CA9"/>
     <w:rsid w:val="008C4EC8"/>
     <w:rsid w:val="008D4846"/>
     <w:rsid w:val="008D57CF"/>
     <w:rsid w:val="008E31DE"/>
     <w:rsid w:val="008F35E1"/>
     <w:rsid w:val="008F79E2"/>
     <w:rsid w:val="0091039A"/>
+    <w:rsid w:val="00910B88"/>
     <w:rsid w:val="00912C57"/>
     <w:rsid w:val="00920B32"/>
     <w:rsid w:val="00921E1A"/>
+    <w:rsid w:val="0092486F"/>
     <w:rsid w:val="00926BCE"/>
     <w:rsid w:val="0093521B"/>
     <w:rsid w:val="00950929"/>
     <w:rsid w:val="009757CF"/>
     <w:rsid w:val="0097699E"/>
     <w:rsid w:val="009807EF"/>
     <w:rsid w:val="00981EB6"/>
     <w:rsid w:val="00983690"/>
     <w:rsid w:val="009871B7"/>
     <w:rsid w:val="009905F2"/>
     <w:rsid w:val="00990CA0"/>
     <w:rsid w:val="00994E2E"/>
     <w:rsid w:val="00996673"/>
+    <w:rsid w:val="009A5FDD"/>
     <w:rsid w:val="009B3072"/>
     <w:rsid w:val="009B7D48"/>
     <w:rsid w:val="009C3E0B"/>
     <w:rsid w:val="009C52A0"/>
     <w:rsid w:val="009C7F37"/>
     <w:rsid w:val="009D2B5D"/>
     <w:rsid w:val="009E02A0"/>
     <w:rsid w:val="009E45C0"/>
     <w:rsid w:val="009F1F0E"/>
     <w:rsid w:val="009F46E1"/>
     <w:rsid w:val="009F6078"/>
     <w:rsid w:val="00A00A1A"/>
     <w:rsid w:val="00A1016D"/>
     <w:rsid w:val="00A2142E"/>
     <w:rsid w:val="00A23216"/>
+    <w:rsid w:val="00A252C1"/>
     <w:rsid w:val="00A304C6"/>
     <w:rsid w:val="00A33A83"/>
     <w:rsid w:val="00A34438"/>
     <w:rsid w:val="00A4355B"/>
     <w:rsid w:val="00A43A37"/>
     <w:rsid w:val="00A4591B"/>
     <w:rsid w:val="00A62AA7"/>
+    <w:rsid w:val="00A66EB3"/>
     <w:rsid w:val="00A67715"/>
     <w:rsid w:val="00A72683"/>
     <w:rsid w:val="00A73DD9"/>
     <w:rsid w:val="00A8225C"/>
     <w:rsid w:val="00A84568"/>
     <w:rsid w:val="00A91891"/>
     <w:rsid w:val="00A92818"/>
     <w:rsid w:val="00A95235"/>
     <w:rsid w:val="00AA3363"/>
     <w:rsid w:val="00AA6351"/>
     <w:rsid w:val="00AC1893"/>
     <w:rsid w:val="00AD1828"/>
     <w:rsid w:val="00AD1D09"/>
     <w:rsid w:val="00AD7C6A"/>
     <w:rsid w:val="00AE429E"/>
     <w:rsid w:val="00B00FE2"/>
     <w:rsid w:val="00B13CE1"/>
     <w:rsid w:val="00B224F4"/>
     <w:rsid w:val="00B3204F"/>
     <w:rsid w:val="00B35AED"/>
     <w:rsid w:val="00B427E3"/>
     <w:rsid w:val="00B519EF"/>
     <w:rsid w:val="00B52BFB"/>
     <w:rsid w:val="00B62D46"/>
     <w:rsid w:val="00B66771"/>
     <w:rsid w:val="00B82C8D"/>
     <w:rsid w:val="00B87B12"/>
     <w:rsid w:val="00BA3B37"/>
     <w:rsid w:val="00BB3EE2"/>
     <w:rsid w:val="00BC1859"/>
     <w:rsid w:val="00BC6E8E"/>
     <w:rsid w:val="00BD0626"/>
     <w:rsid w:val="00BD6837"/>
+    <w:rsid w:val="00BE081D"/>
     <w:rsid w:val="00BE422F"/>
     <w:rsid w:val="00BE6838"/>
     <w:rsid w:val="00BF4EA3"/>
     <w:rsid w:val="00C06207"/>
     <w:rsid w:val="00C103DA"/>
     <w:rsid w:val="00C12E2F"/>
     <w:rsid w:val="00C14AD5"/>
     <w:rsid w:val="00C14B69"/>
     <w:rsid w:val="00C17B26"/>
     <w:rsid w:val="00C24A8C"/>
     <w:rsid w:val="00C26CE1"/>
     <w:rsid w:val="00C41291"/>
     <w:rsid w:val="00C416C8"/>
     <w:rsid w:val="00C43FFE"/>
     <w:rsid w:val="00C45C86"/>
     <w:rsid w:val="00C53702"/>
     <w:rsid w:val="00C55BBF"/>
     <w:rsid w:val="00C56C16"/>
     <w:rsid w:val="00C6243D"/>
     <w:rsid w:val="00C647EC"/>
     <w:rsid w:val="00C66D3A"/>
     <w:rsid w:val="00C830E0"/>
     <w:rsid w:val="00C91576"/>
     <w:rsid w:val="00C93C86"/>
     <w:rsid w:val="00C95C06"/>
     <w:rsid w:val="00CA318C"/>
     <w:rsid w:val="00CB063C"/>
     <w:rsid w:val="00CB5FA3"/>
     <w:rsid w:val="00CC1E2C"/>
     <w:rsid w:val="00CD17C8"/>
     <w:rsid w:val="00CD1979"/>
     <w:rsid w:val="00CD47AB"/>
+    <w:rsid w:val="00CD6B78"/>
     <w:rsid w:val="00CE0D08"/>
     <w:rsid w:val="00CE2FEA"/>
     <w:rsid w:val="00CE7CC8"/>
     <w:rsid w:val="00CF5EF9"/>
     <w:rsid w:val="00D01FC3"/>
     <w:rsid w:val="00D048FA"/>
     <w:rsid w:val="00D06144"/>
     <w:rsid w:val="00D0764A"/>
     <w:rsid w:val="00D10C94"/>
     <w:rsid w:val="00D10FE4"/>
     <w:rsid w:val="00D12986"/>
     <w:rsid w:val="00D1451C"/>
     <w:rsid w:val="00D23F50"/>
     <w:rsid w:val="00D24F1C"/>
     <w:rsid w:val="00D27C5C"/>
     <w:rsid w:val="00D37C9A"/>
     <w:rsid w:val="00D44AE5"/>
     <w:rsid w:val="00D52098"/>
     <w:rsid w:val="00D5559B"/>
     <w:rsid w:val="00D64112"/>
     <w:rsid w:val="00D671AC"/>
     <w:rsid w:val="00D70B74"/>
     <w:rsid w:val="00D75C3A"/>
     <w:rsid w:val="00D83F1E"/>
     <w:rsid w:val="00D878E2"/>
@@ -18404,114 +19826,117 @@
     <w:rsid w:val="00E07C09"/>
     <w:rsid w:val="00E1332A"/>
     <w:rsid w:val="00E23166"/>
     <w:rsid w:val="00E23A29"/>
     <w:rsid w:val="00E370D6"/>
     <w:rsid w:val="00E4099B"/>
     <w:rsid w:val="00E4220C"/>
     <w:rsid w:val="00E43330"/>
     <w:rsid w:val="00E456AB"/>
     <w:rsid w:val="00E5139D"/>
     <w:rsid w:val="00E52037"/>
     <w:rsid w:val="00E569DE"/>
     <w:rsid w:val="00E619CC"/>
     <w:rsid w:val="00E63E90"/>
     <w:rsid w:val="00E65B12"/>
     <w:rsid w:val="00E90CE6"/>
     <w:rsid w:val="00E91882"/>
     <w:rsid w:val="00E95222"/>
     <w:rsid w:val="00EA0C37"/>
     <w:rsid w:val="00EB20F6"/>
     <w:rsid w:val="00EB5E2D"/>
     <w:rsid w:val="00EB5EA9"/>
     <w:rsid w:val="00EC13C4"/>
     <w:rsid w:val="00EC2C83"/>
     <w:rsid w:val="00EC4C7F"/>
+    <w:rsid w:val="00EC690B"/>
     <w:rsid w:val="00ED67D6"/>
     <w:rsid w:val="00EE0E69"/>
     <w:rsid w:val="00EF4AF0"/>
     <w:rsid w:val="00EF6F32"/>
     <w:rsid w:val="00F004E3"/>
     <w:rsid w:val="00F00D22"/>
     <w:rsid w:val="00F0160E"/>
     <w:rsid w:val="00F02AC2"/>
     <w:rsid w:val="00F02CB2"/>
     <w:rsid w:val="00F1150E"/>
     <w:rsid w:val="00F12E91"/>
     <w:rsid w:val="00F15082"/>
     <w:rsid w:val="00F1753C"/>
     <w:rsid w:val="00F2423E"/>
     <w:rsid w:val="00F245B9"/>
     <w:rsid w:val="00F30977"/>
+    <w:rsid w:val="00F32C91"/>
+    <w:rsid w:val="00F60A1F"/>
     <w:rsid w:val="00F715DA"/>
     <w:rsid w:val="00F727F0"/>
     <w:rsid w:val="00F73F54"/>
     <w:rsid w:val="00F81686"/>
     <w:rsid w:val="00F90FA2"/>
     <w:rsid w:val="00FA20CB"/>
     <w:rsid w:val="00FA71F3"/>
     <w:rsid w:val="00FA7484"/>
     <w:rsid w:val="00FB0A1D"/>
     <w:rsid w:val="00FC2002"/>
     <w:rsid w:val="00FD76EC"/>
     <w:rsid w:val="00FE2673"/>
     <w:rsid w:val="00FE784B"/>
     <w:rsid w:val="00FE7EED"/>
     <w:rsid w:val="00FF77D9"/>
     <w:rsid w:val="00FF7D9A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="156673"/>
+    <o:shapedefaults v:ext="edit" spidmax="168961"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0DFFC4A0"/>
   <w15:docId w15:val="{5005E12D-26E8-45D5-8C41-D4E738D8335D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -18860,51 +20285,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00B82C8D"/>
+    <w:rsid w:val="0092486F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift2Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="0004579D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift5">
@@ -19165,55 +20590,85 @@
     <w:name w:val="HB TEXT 10p BLOCKSATZ"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="HBTEXT10pBLOCKSATZZchn"/>
     <w:qFormat/>
     <w:rsid w:val="00CD17C8"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HBTEXT10pBLOCKSATZZchn">
     <w:name w:val="HB TEXT 10p BLOCKSATZ Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="HBTEXT10pBLOCKSATZ"/>
     <w:rsid w:val="00CD17C8"/>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarthema">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Kommentartext"/>
+    <w:next w:val="Kommentartext"/>
+    <w:link w:val="KommentarthemaZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008260CA"/>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
+    <w:name w:val="Kommentarthema Zchn"/>
+    <w:basedOn w:val="KommentartextZchn"/>
+    <w:link w:val="Kommentarthema"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008260CA"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="97481655">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="299385916">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19583,76 +21038,76 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Ausschreibung 2010</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>9568</Characters>
+  <Pages>8</Pages>
+  <Words>1608</Words>
+  <Characters>10774</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>79</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DMSB - Ausschreibung Bergrennen</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Langenselbold</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10970</CharactersWithSpaces>
+  <CharactersWithSpaces>12358</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DMSB - Ausschreibung Bergrennen</dc:title>
   <dc:creator>Renate Kistner</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>489616150</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Ausschreibung Berg</vt:lpwstr>