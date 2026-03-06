--- v1 (2026-02-11)
+++ v2 (2026-03-06)
@@ -1,44 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9851" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
@@ -7272,91 +7268,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="116D1587" w14:textId="77777777" w:rsidR="008031A9" w:rsidRDefault="008260CA">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E46AD">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gruppe </w:t>
-[...39 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Gruppe Performancefactor (Pf)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2740C9B6" w14:textId="53280372" w:rsidR="008031A9" w:rsidRPr="002E46AD" w:rsidRDefault="008031A9" w:rsidP="002E46AD">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0B9F3C2E" w14:textId="77777777" w:rsidR="00614B82" w:rsidRPr="000954AA" w:rsidRDefault="00614B82" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -7369,69 +7325,58 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3296"/>
         <w:gridCol w:w="3296"/>
         <w:gridCol w:w="3297"/>
       </w:tblGrid>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000954AA" w14:paraId="2E58E6CE" w14:textId="77777777" w:rsidTr="008C1CA9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25FE7846" w14:textId="4CFD7931" w:rsidR="00645CF0" w:rsidRPr="000954AA" w:rsidRDefault="003B5F1E" w:rsidP="00542F30">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...9 lines deleted...]
-              <w:t>-</w:t>
+              <w:t>Pf-</w:t>
             </w:r>
             <w:r w:rsidR="00645CF0" w:rsidRPr="000954AA">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000954AA" w14:paraId="55555855" w14:textId="77777777" w:rsidTr="00E619CC">
         <w:trPr>
           <w:trHeight w:val="207"/>
@@ -7529,135 +7474,105 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E619CC" w:rsidRPr="000954AA" w14:paraId="66D707BD" w14:textId="77777777" w:rsidTr="00E619CC">
         <w:trPr>
           <w:trHeight w:val="207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3296" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="462A9B75" w14:textId="30D35E1D" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 5c &gt; 259</w:t>
+              <w:t>Pf 5c &gt; 259</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3296" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B9AA487" w14:textId="560C1CCC" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 5b 200-259</w:t>
+              <w:t>Pf 5b 200-259</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3297" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26A6C4C2" w14:textId="7A0A6A18" w:rsidR="00E619CC" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 5</w:t>
+              <w:t>Pf 5</w:t>
             </w:r>
             <w:r w:rsidR="007D53EA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 160-199</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6250BF84" w14:textId="77777777" w:rsidR="00645CF0" w:rsidRPr="000954AA" w:rsidRDefault="00645CF0" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
@@ -7674,70 +7589,59 @@
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4959"/>
         <w:gridCol w:w="4959"/>
       </w:tblGrid>
       <w:tr w:rsidR="000954AA" w:rsidRPr="000954AA" w14:paraId="1E9C62AD" w14:textId="77777777" w:rsidTr="00520B8A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED00D55" w14:textId="5320E5FF" w:rsidR="00645CF0" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00542F30">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Pf</w:t>
-[...9 lines deleted...]
-              <w:t>-Gruppe 4</w:t>
+              <w:t>Pf-Gruppe 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="4F49D575" w14:textId="77777777" w:rsidTr="00520B8A">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="708256CB" w14:textId="056E2E26" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
@@ -7785,101 +7689,81 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="7B89F5B4" w14:textId="77777777" w:rsidTr="00520B8A">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E8ED8B2" w14:textId="0B9A12E4" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 4b 140-159</w:t>
+              <w:t>Pf 4b 140-159</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="291C13C9" w14:textId="7F8FBD8B" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="002F097D">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 4</w:t>
+              <w:t>Pf 4</w:t>
             </w:r>
             <w:r w:rsidR="007D53EA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 120-139</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="76A3E9CE" w14:textId="74ABA9AF" w:rsidR="00645CF0" w:rsidRDefault="00645CF0" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
@@ -7896,69 +7780,58 @@
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4959"/>
         <w:gridCol w:w="4959"/>
       </w:tblGrid>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="1F8D0E14" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F920314" w14:textId="46128787" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...9 lines deleted...]
-              <w:t>-Gruppe 3</w:t>
+              <w:t>Pf-Gruppe 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="4F47BF20" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0161D9D4" w14:textId="185F14CA" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
@@ -8006,164 +7879,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="3DBCF9DA" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E7C110C" w14:textId="3F061045" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 3b 100-119</w:t>
+              <w:t>Pf 3b 100-119</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48A6B00F" w14:textId="52DDB989" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 3a 80-99</w:t>
+              <w:t>Pf 3a 80-99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="287E7CAD" w14:textId="1781C607" w:rsidR="00520B8A" w:rsidRDefault="00520B8A" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4959"/>
         <w:gridCol w:w="4959"/>
       </w:tblGrid>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="02A94481" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15CA0833" w14:textId="4B142AC1" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...9 lines deleted...]
-              <w:t>-Gruppe 2</w:t>
+              <w:t>Pf-Gruppe 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="303226CA" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32B5B047" w14:textId="1C85C444" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
@@ -8211,162 +8053,131 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="3A87B9C0" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F06E907" w14:textId="217F5206" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 2b 60-79</w:t>
+              <w:t>Pf 2b 60-79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4959" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17267CA0" w14:textId="2B5D8DDC" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 2a 40-59</w:t>
+              <w:t>Pf 2a 40-59</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6896B177" w14:textId="78230189" w:rsidR="00520B8A" w:rsidRDefault="00520B8A" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9918"/>
       </w:tblGrid>
       <w:tr w:rsidR="00520B8A" w:rsidRPr="000954AA" w14:paraId="56DECC91" w14:textId="77777777" w:rsidTr="00F400F5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03EDDA5D" w14:textId="5A55D796" w:rsidR="00520B8A" w:rsidRPr="000954AA" w:rsidRDefault="00520B8A" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...9 lines deleted...]
-              <w:t>-Gruppe 1</w:t>
+              <w:t>Pf-Gruppe 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00614B82" w:rsidRPr="000954AA" w14:paraId="0AC86664" w14:textId="77777777" w:rsidTr="00C357CB">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02517A2B" w14:textId="3E614711" w:rsidR="00614B82" w:rsidRPr="000954AA" w:rsidRDefault="00614B82" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
@@ -8382,67 +8193,57 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00614B82" w:rsidRPr="000954AA" w14:paraId="22B65629" w14:textId="77777777" w:rsidTr="00B509AE">
         <w:trPr>
           <w:trHeight w:val="230"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9918" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16785DE2" w14:textId="79A7A0AF" w:rsidR="00614B82" w:rsidRPr="000954AA" w:rsidRDefault="00614B82" w:rsidP="00F400F5">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Pf</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> 1 15-39</w:t>
+              <w:t>Pf 1 15-39</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71FEE6C4" w14:textId="5AE7F319" w:rsidR="00520B8A" w:rsidRDefault="00520B8A" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35D9415B" w14:textId="77777777" w:rsidR="003D0EE2" w:rsidRDefault="003D0EE2" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -8548,127 +8349,86 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="554D1341" w14:textId="2925DA9C" w:rsidR="0092486F" w:rsidRPr="00614B82" w:rsidRDefault="0092486F" w:rsidP="0092486F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="357"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614B82">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit Abgabe der Nennung </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">in der Gruppe </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">in der Gruppe Pf </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614B82">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(Division 1</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Pf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>: Klassen 8 - 17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614B82">
+        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>) muss der Performance Faktor, die dazugehörige P</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="00614B82">
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(Division 1</w:t>
-[...52 lines deleted...]
-        <w:t>-ID die Grundlage für alle weiteren Kontrollen und Überprüfungen. Fehlerhafte oder falsche Angaben können zu Bestrafungen bis hin zum Wertungsausschluss führen.</w:t>
+        <w:t>-ID und die Nenngruppe angegeben werden. Nach Nennschluss ist die genannte Pf-ID die Grundlage für alle weiteren Kontrollen und Überprüfungen. Fehlerhafte oder falsche Angaben können zu Bestrafungen bis hin zum Wertungsausschluss führen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="100F7CF5" w14:textId="77777777" w:rsidR="0092486F" w:rsidRDefault="0092486F" w:rsidP="00F81686">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="4" w:name="_Hlk150257308"/>
     <w:p w14:paraId="2E040F60" w14:textId="5381CC4E" w:rsidR="00185FBF" w:rsidRPr="000954AA" w:rsidRDefault="00AD1D09" w:rsidP="00185FBF">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
@@ -9151,116 +8911,52 @@
               </w:rPr>
               <w:t>CSC</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="785ACB41" w14:textId="2AC50479" w:rsidR="001C4F2F" w:rsidRPr="006C4E91" w:rsidRDefault="001C4F2F" w:rsidP="006C4E91">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:ind w:left="458" w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C4E91">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historische Sportwagen nach Anhang K zum ISG (z. B. Formel Junior, Formel 2, Formel 3, Marken-Formel etc.). Diese Fahrzeuge werden beschränkt auf die Perioden F bis inkl. JR und max. 3000 ccm und benötigen einen gültigen internationalen FIA </w:t>
-[...64 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Historische Sportwagen nach Anhang K zum ISG (z. B. Formel Junior, Formel 2, Formel 3, Marken-Formel etc.). Diese Fahrzeuge werden beschränkt auf die Perioden F bis inkl. JR und max. 3000 ccm und benötigen einen gültigen internationalen FIA Historic Technical Passport oder einem nationalen DMSB Historic Technical Passport</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C67F0" w:rsidRPr="000954AA" w14:paraId="69630477" w14:textId="77777777" w:rsidTr="002510CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F06EB46" w14:textId="24E28ED3" w:rsidR="003C67F0" w:rsidRPr="000954AA" w:rsidRDefault="003C67F0" w:rsidP="003C67F0">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
@@ -9470,116 +9166,52 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="216CCDFE" w14:textId="70B4AC12" w:rsidR="0084469A" w:rsidRPr="006C4E91" w:rsidRDefault="00AA6351" w:rsidP="006C4E91">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:ind w:left="458" w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C4E91">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historische Formelfahrzeuge nach Anhang K zum ISG (z. B. Formel Junior, Formel 2, Formel 3, Marken-Formel etc.). Diese Fahrzeuge werden beschränkt auf die Perioden F bis inkl. JR und max. 3000 ccm und benötigen einen gültigen internationalen FIA </w:t>
-[...64 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Historische Formelfahrzeuge nach Anhang K zum ISG (z. B. Formel Junior, Formel 2, Formel 3, Marken-Formel etc.). Diese Fahrzeuge werden beschränkt auf die Perioden F bis inkl. JR und max. 3000 ccm und benötigen einen gültigen internationalen FIA Historic Technical Passport oder einem nationalen DMSB Historic Technical Passport</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C67F0" w:rsidRPr="000954AA" w14:paraId="468D8622" w14:textId="77777777" w:rsidTr="00CC5829">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4661" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CB0E823" w14:textId="3DA9E546" w:rsidR="003C67F0" w:rsidRPr="000954AA" w:rsidRDefault="003C67F0" w:rsidP="003C67F0">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000954AA">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klasse </w:t>
@@ -10112,950 +9744,915 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>700 – 749</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>NSU-Bergpokal</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE64AF9" w14:textId="255CF1D6" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    <w:p w14:paraId="2AE64AF9" w14:textId="51F73666" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>689 – 699</w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0370B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>91</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 699</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>Klassik bis 1150</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="547BD9C2" w14:textId="550EF0DF" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    <w:p w14:paraId="3218B48A" w14:textId="6C018015" w:rsidR="00A0370B" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">659 – 689 </w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0370B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>65</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0370B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>90</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
         <w:t>Klassik bis 1400</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E46AD">
-[...8 lines deleted...]
-    <w:p w14:paraId="6151C99E" w14:textId="3FB14742" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    </w:p>
+    <w:p w14:paraId="547BD9C2" w14:textId="7E1921B9" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="00A0370B" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E46AD">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>625 – 659</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E46AD">
+        <w:t>656 – 664</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Klassik bis 2000</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E46AD">
+      </w:r>
+      <w:r w:rsidRPr="00A0370B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>Klassik bis 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>600</w:t>
+      </w:r>
+      <w:r w:rsidR="009A5FDD" w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271A59A6" w14:textId="1DBD294A" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    <w:p w14:paraId="6151C99E" w14:textId="75A63F86" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>610 – 624</w:t>
+        <w:t>62</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0370B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> – 6</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0370B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>55</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:tab/>
-        <w:t>Klassik bis 3000</w:t>
+        <w:t>Klassik bis 2000</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F3536B6" w14:textId="7666B01F" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    <w:p w14:paraId="271A59A6" w14:textId="7BF06DF3" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>600 – 609</w:t>
+        <w:t>610 – 62</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0370B">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Klassik über 3000</w:t>
+        <w:t>Klassik bis 3000</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF374FA" w14:textId="1FC0EC6A" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    <w:p w14:paraId="1F3536B6" w14:textId="7666B01F" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-        <w:t>560 – 599</w:t>
+        </w:rPr>
+        <w:t>600 – 609</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Klassik über 3000</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-GB"/>
-[...18 lines deleted...]
-          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E46AD">
-[...18 lines deleted...]
-    <w:p w14:paraId="28A5D208" w14:textId="750E791A" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    </w:p>
+    <w:p w14:paraId="7DF374FA" w14:textId="1FC0EC6A" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>530 – 599</w:t>
+        <w:t>560 – 599</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Pf 5c</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Pf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5b</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E46AD">
-[...18 lines deleted...]
-    <w:p w14:paraId="0787433D" w14:textId="31ABED64" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    </w:p>
+    <w:p w14:paraId="28A5D208" w14:textId="0A677B4C" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>500 – 529</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E46AD">
+        <w:t>530 – 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0370B">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>59</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Pf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+        <w:t>Pf 5b</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5a</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E46AD">
-[...9 lines deleted...]
-    <w:p w14:paraId="71390570" w14:textId="79138909" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    </w:p>
+    <w:p w14:paraId="0787433D" w14:textId="31ABED64" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>450 – 499</w:t>
+        <w:t>500 – 529</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Pf 5a</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Pf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4b</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E46AD">
-[...18 lines deleted...]
-    <w:p w14:paraId="18AB22A6" w14:textId="2F69DFE2" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    </w:p>
+    <w:p w14:paraId="71390570" w14:textId="79138909" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>400 – 449</w:t>
+        <w:t>450 – 499</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Pf 4b</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Pf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4a</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E46AD">
-[...18 lines deleted...]
-    <w:p w14:paraId="221D6C2E" w14:textId="492E7797" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    </w:p>
+    <w:p w14:paraId="18AB22A6" w14:textId="2F69DFE2" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>350 – 399</w:t>
+        <w:t>400 – 449</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Pf 4a</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Pf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3b</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E46AD">
-[...18 lines deleted...]
-    <w:p w14:paraId="73F914AB" w14:textId="03D6A43C" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    </w:p>
+    <w:p w14:paraId="221D6C2E" w14:textId="492E7797" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>300 – 349</w:t>
+        <w:t>350 – 399</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Pf 3b</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Pf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3a</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E46AD">
-[...18 lines deleted...]
-    <w:p w14:paraId="12C00FB2" w14:textId="61D533CA" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    </w:p>
+    <w:p w14:paraId="73F914AB" w14:textId="03D6A43C" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>250 – 299</w:t>
+        <w:t>300 – 349</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Pf 3a</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Pf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2b</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E46AD">
-[...18 lines deleted...]
-    <w:p w14:paraId="0592FCD9" w14:textId="58029BC7" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+    </w:p>
+    <w:p w14:paraId="12C00FB2" w14:textId="61D533CA" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>200 – 249</w:t>
+        <w:t>250 – 299</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:proofErr w:type="spellStart"/>
+        <w:t>Pf 2b</w:t>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Pf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:tab/>
+      </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2a</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0592FCD9" w14:textId="58029BC7" w:rsidR="009A5FDD" w:rsidRPr="002E46AD" w:rsidRDefault="009A5FDD" w:rsidP="002E46AD">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>200 – 249</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E46AD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Pf 2a</w:t>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="002E46AD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
@@ -12571,107 +12168,104 @@
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BE7CD03" w14:textId="32AA6A38" w:rsidR="009B7D48" w:rsidRPr="000954AA" w:rsidRDefault="00130D66" w:rsidP="00395BF1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00BD6837">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F2423E" w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Parc</w:t>
       </w:r>
       <w:r w:rsidR="00BA3B37" w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00926BCE" w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="009B7D48" w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ermé</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkStart w:id="8" w:name="_Hlk150256385"/>
     <w:p w14:paraId="75139F3C" w14:textId="2B396CE8" w:rsidR="00CD1979" w:rsidRDefault="00CD1979">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -12704,73 +12298,71 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="00272219" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
       <w:r w:rsidR="00F2423E" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Parc</w:t>
       </w:r>
       <w:r w:rsidR="00BA3B37" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00926BCE" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00272219" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>erm</w:t>
       </w:r>
       <w:r w:rsidR="00BA3B37" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>é</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E63E90" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> befindet sich </w:t>
       </w:r>
       <w:r w:rsidR="00F0160E">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="......."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00F0160E">
         <w:rPr>
@@ -12858,116 +12450,112 @@
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00272219" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Das Fahrerlager gilt als </w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Parc </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00926BCE" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00272219" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ermé</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007C7684" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FB6ECAE" w14:textId="77777777" w:rsidR="00BE422F" w:rsidRPr="000954AA" w:rsidRDefault="00BE422F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67A293FE" w14:textId="37F81B1D" w:rsidR="00BE422F" w:rsidRPr="000954AA" w:rsidRDefault="00272219">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Folgende Fahrzeuge müssen im </w:t>
       </w:r>
       <w:r w:rsidR="00F2423E" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Parc</w:t>
       </w:r>
       <w:r w:rsidR="00BA3B37" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00926BCE" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ermé</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE422F" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> abgestellt werden:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63146DBC" w14:textId="77777777" w:rsidR="00BE422F" w:rsidRPr="000954AA" w:rsidRDefault="00BE422F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A0A2F1E" w14:textId="77777777" w:rsidR="00BE422F" w:rsidRPr="000954AA" w:rsidRDefault="00BE422F" w:rsidP="00BE422F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43BE3F15" w14:textId="375FFF1C" w:rsidR="00017A65" w:rsidRPr="000954AA" w:rsidRDefault="00017A65" w:rsidP="00017A65">
       <w:pPr>
@@ -13044,63 +12632,55 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nicht entfernt werden. Sie müssen für Nachuntersuchungen zur Verfügung stehen.</w:t>
       </w:r>
       <w:r w:rsidR="00CD1979" w:rsidRPr="000954AA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD1979" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Der Rennleiter wird die Teilnehmer über</w:t>
       </w:r>
       <w:r w:rsidR="00F2423E" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> die Aufhebung des Parc</w:t>
       </w:r>
       <w:r w:rsidR="00BD6837">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CD1979" w:rsidRPr="000954AA">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Fermé</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> informieren (z. B. Lautsprecherdurchsage).</w:t>
+        <w:t>Fermé informieren (z. B. Lautsprecherdurchsage).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7486D068" w14:textId="77777777" w:rsidR="00BE422F" w:rsidRPr="000954AA" w:rsidRDefault="00BE422F" w:rsidP="00BE422F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5476A81A" w14:textId="310A05FA" w:rsidR="0004579D" w:rsidRPr="0004579D" w:rsidRDefault="0004579D" w:rsidP="0004579D">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -15649,50 +15229,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74F5DED5" w14:textId="77777777" w:rsidR="008031A9" w:rsidRDefault="008031A9" w:rsidP="000D7783">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B1C9BD6" w14:textId="2360AAE5" w:rsidR="00004683" w:rsidRPr="000954AA" w:rsidRDefault="00004683" w:rsidP="000D7783">
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00BD6837">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Weitere Bestimmungen</w:t>
       </w:r>
       <w:r w:rsidRPr="000954AA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -16987,56 +16568,52 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000526DA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIA und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="134D44FC" w14:textId="77777777" w:rsidR="00D70B74" w:rsidRPr="000954AA" w:rsidRDefault="00D70B74" w:rsidP="00396F9E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="480"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D70B74" w:rsidRPr="000954AA" w:rsidSect="00E63E90">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1110" w:right="991" w:bottom="1701" w:left="1134" w:header="426" w:footer="230" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="489D0CF3" w14:textId="77777777" w:rsidR="00C91576" w:rsidRDefault="00C91576">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="331D08E2" w14:textId="77777777" w:rsidR="00C91576" w:rsidRDefault="00C91576">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
@@ -17083,60 +16660,50 @@
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="645F1671" w14:textId="77777777" w:rsidR="00640264" w:rsidRPr="00640264" w:rsidRDefault="00640264" w:rsidP="00DC46E3">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="9781"/>
       </w:tabs>
       <w:ind w:left="-142"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster1"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
@@ -17342,104 +16909,104 @@
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Sport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="16"/>
   </w:tbl>
   <w:p w14:paraId="2EECCE02" w14:textId="4487F8B4" w:rsidR="00640264" w:rsidRDefault="00640264"/>
   <w:p w14:paraId="158E05CF" w14:textId="77777777" w:rsidR="00BE422F" w:rsidRDefault="00BE422F" w:rsidP="00BE422F">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1B10B2D5" w14:textId="09F4A769" w:rsidR="00BA3B37" w:rsidRPr="00455871" w:rsidRDefault="00BA3B37" w:rsidP="00BA3B37">
+  <w:p w14:paraId="1B10B2D5" w14:textId="3F6B0CE0" w:rsidR="00BA3B37" w:rsidRPr="00455871" w:rsidRDefault="00BA3B37" w:rsidP="00BA3B37">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>MSB-Ausschreibung Bergrennen</w:t>
     </w:r>
     <w:r w:rsidR="00C12E2F">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> -</w:t>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Stand 0</w:t>
     </w:r>
-    <w:r w:rsidR="00614B82">
+    <w:r w:rsidR="00A0370B">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="0086365D">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00614B82">
       <w:rPr>
@@ -17538,124 +17105,86 @@
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6AA94435" w14:textId="77777777" w:rsidR="00BA3B37" w:rsidRPr="00455871" w:rsidRDefault="00BA3B37" w:rsidP="00BA3B37">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF5B7D">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
-      <w:t xml:space="preserve">Herausgeber: DMSB-Deutscher Motorsport Bund e.V., </w:t>
-[...17 lines deleted...]
-      <w:t>. 70, 60528 Frankfurt, www.dmsb.de</w:t>
+      <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7BF951EF" w14:textId="77777777" w:rsidR="00A1016D" w:rsidRPr="001A0D4B" w:rsidRDefault="00A1016D" w:rsidP="009B7D48">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="165C21F6" w14:textId="77777777" w:rsidR="00C91576" w:rsidRDefault="00C91576">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0827B5D1" w14:textId="77777777" w:rsidR="00C91576" w:rsidRDefault="00C91576">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3D75CF76" w14:textId="77777777" w:rsidR="00D0764A" w:rsidRDefault="00D0764A" w:rsidP="00EF4AF0">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7414E610" w14:textId="0A7ECC71" w:rsidR="00A1016D" w:rsidRPr="00395BF1" w:rsidRDefault="00D0764A" w:rsidP="00EF4AF0">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B06BD82" wp14:editId="4CA10C27">
           <wp:extent cx="1543050" cy="242266"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:docPr id="1" name="Grafik 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -17674,60 +17203,50 @@
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1566500" cy="245948"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03284401"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5338FA44"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1428" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2148" w:hanging="360"/>
@@ -19412,58 +18931,58 @@
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1099984552">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1419517412">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="743065019">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1278297950">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="752319831">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="106892975">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="168961"/>
+    <o:shapedefaults v:ext="edit" spidmax="171009"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B7D48"/>
     <w:rsid w:val="00004683"/>
     <w:rsid w:val="00006B28"/>
     <w:rsid w:val="00006E75"/>
     <w:rsid w:val="00017A65"/>
     <w:rsid w:val="00027523"/>
     <w:rsid w:val="0004172F"/>
@@ -19518,50 +19037,51 @@
     <w:rsid w:val="00256573"/>
     <w:rsid w:val="002670D7"/>
     <w:rsid w:val="00271505"/>
     <w:rsid w:val="00272219"/>
     <w:rsid w:val="002747C9"/>
     <w:rsid w:val="00275437"/>
     <w:rsid w:val="00276052"/>
     <w:rsid w:val="0029688F"/>
     <w:rsid w:val="002A505A"/>
     <w:rsid w:val="002A5A6F"/>
     <w:rsid w:val="002B5672"/>
     <w:rsid w:val="002B7AE4"/>
     <w:rsid w:val="002C1965"/>
     <w:rsid w:val="002C3DDA"/>
     <w:rsid w:val="002C6A8D"/>
     <w:rsid w:val="002C6C9F"/>
     <w:rsid w:val="002C7758"/>
     <w:rsid w:val="002E46AD"/>
     <w:rsid w:val="002E5D18"/>
     <w:rsid w:val="002F097D"/>
     <w:rsid w:val="002F46C6"/>
     <w:rsid w:val="00302426"/>
     <w:rsid w:val="00306617"/>
     <w:rsid w:val="003130F6"/>
     <w:rsid w:val="00313648"/>
+    <w:rsid w:val="00330676"/>
     <w:rsid w:val="003468E9"/>
     <w:rsid w:val="0035451E"/>
     <w:rsid w:val="00356559"/>
     <w:rsid w:val="00361947"/>
     <w:rsid w:val="00365B21"/>
     <w:rsid w:val="00367103"/>
     <w:rsid w:val="0036782D"/>
     <w:rsid w:val="00377E4C"/>
     <w:rsid w:val="00381D90"/>
     <w:rsid w:val="00395BF1"/>
     <w:rsid w:val="00396F9E"/>
     <w:rsid w:val="003A3669"/>
     <w:rsid w:val="003B5F1E"/>
     <w:rsid w:val="003C23D6"/>
     <w:rsid w:val="003C67F0"/>
     <w:rsid w:val="003D0EE2"/>
     <w:rsid w:val="003D1244"/>
     <w:rsid w:val="003D30CE"/>
     <w:rsid w:val="003E3578"/>
     <w:rsid w:val="003F3BBB"/>
     <w:rsid w:val="00422B66"/>
     <w:rsid w:val="00424603"/>
     <w:rsid w:val="0043713A"/>
     <w:rsid w:val="004401FE"/>
     <w:rsid w:val="004402C0"/>
@@ -19683,50 +19203,51 @@
     <w:rsid w:val="0093521B"/>
     <w:rsid w:val="00950929"/>
     <w:rsid w:val="009757CF"/>
     <w:rsid w:val="0097699E"/>
     <w:rsid w:val="009807EF"/>
     <w:rsid w:val="00981EB6"/>
     <w:rsid w:val="00983690"/>
     <w:rsid w:val="009871B7"/>
     <w:rsid w:val="009905F2"/>
     <w:rsid w:val="00990CA0"/>
     <w:rsid w:val="00994E2E"/>
     <w:rsid w:val="00996673"/>
     <w:rsid w:val="009A5FDD"/>
     <w:rsid w:val="009B3072"/>
     <w:rsid w:val="009B7D48"/>
     <w:rsid w:val="009C3E0B"/>
     <w:rsid w:val="009C52A0"/>
     <w:rsid w:val="009C7F37"/>
     <w:rsid w:val="009D2B5D"/>
     <w:rsid w:val="009E02A0"/>
     <w:rsid w:val="009E45C0"/>
     <w:rsid w:val="009F1F0E"/>
     <w:rsid w:val="009F46E1"/>
     <w:rsid w:val="009F6078"/>
     <w:rsid w:val="00A00A1A"/>
+    <w:rsid w:val="00A0370B"/>
     <w:rsid w:val="00A1016D"/>
     <w:rsid w:val="00A2142E"/>
     <w:rsid w:val="00A23216"/>
     <w:rsid w:val="00A252C1"/>
     <w:rsid w:val="00A304C6"/>
     <w:rsid w:val="00A33A83"/>
     <w:rsid w:val="00A34438"/>
     <w:rsid w:val="00A4355B"/>
     <w:rsid w:val="00A43A37"/>
     <w:rsid w:val="00A4591B"/>
     <w:rsid w:val="00A62AA7"/>
     <w:rsid w:val="00A66EB3"/>
     <w:rsid w:val="00A67715"/>
     <w:rsid w:val="00A72683"/>
     <w:rsid w:val="00A73DD9"/>
     <w:rsid w:val="00A8225C"/>
     <w:rsid w:val="00A84568"/>
     <w:rsid w:val="00A91891"/>
     <w:rsid w:val="00A92818"/>
     <w:rsid w:val="00A95235"/>
     <w:rsid w:val="00AA3363"/>
     <w:rsid w:val="00AA6351"/>
     <w:rsid w:val="00AC1893"/>
     <w:rsid w:val="00AD1828"/>
     <w:rsid w:val="00AD1D09"/>
@@ -19737,50 +19258,51 @@
     <w:rsid w:val="00B224F4"/>
     <w:rsid w:val="00B3204F"/>
     <w:rsid w:val="00B35AED"/>
     <w:rsid w:val="00B427E3"/>
     <w:rsid w:val="00B519EF"/>
     <w:rsid w:val="00B52BFB"/>
     <w:rsid w:val="00B62D46"/>
     <w:rsid w:val="00B66771"/>
     <w:rsid w:val="00B82C8D"/>
     <w:rsid w:val="00B87B12"/>
     <w:rsid w:val="00BA3B37"/>
     <w:rsid w:val="00BB3EE2"/>
     <w:rsid w:val="00BC1859"/>
     <w:rsid w:val="00BC6E8E"/>
     <w:rsid w:val="00BD0626"/>
     <w:rsid w:val="00BD6837"/>
     <w:rsid w:val="00BE081D"/>
     <w:rsid w:val="00BE422F"/>
     <w:rsid w:val="00BE6838"/>
     <w:rsid w:val="00BF4EA3"/>
     <w:rsid w:val="00C06207"/>
     <w:rsid w:val="00C103DA"/>
     <w:rsid w:val="00C12E2F"/>
     <w:rsid w:val="00C14AD5"/>
     <w:rsid w:val="00C14B69"/>
+    <w:rsid w:val="00C17643"/>
     <w:rsid w:val="00C17B26"/>
     <w:rsid w:val="00C24A8C"/>
     <w:rsid w:val="00C26CE1"/>
     <w:rsid w:val="00C41291"/>
     <w:rsid w:val="00C416C8"/>
     <w:rsid w:val="00C43FFE"/>
     <w:rsid w:val="00C45C86"/>
     <w:rsid w:val="00C53702"/>
     <w:rsid w:val="00C55BBF"/>
     <w:rsid w:val="00C56C16"/>
     <w:rsid w:val="00C6243D"/>
     <w:rsid w:val="00C647EC"/>
     <w:rsid w:val="00C66D3A"/>
     <w:rsid w:val="00C830E0"/>
     <w:rsid w:val="00C91576"/>
     <w:rsid w:val="00C93C86"/>
     <w:rsid w:val="00C95C06"/>
     <w:rsid w:val="00CA318C"/>
     <w:rsid w:val="00CB063C"/>
     <w:rsid w:val="00CB5FA3"/>
     <w:rsid w:val="00CC1E2C"/>
     <w:rsid w:val="00CD17C8"/>
     <w:rsid w:val="00CD1979"/>
     <w:rsid w:val="00CD47AB"/>
     <w:rsid w:val="00CD6B78"/>
@@ -19879,51 +19401,51 @@
     <w:rsid w:val="00FC2002"/>
     <w:rsid w:val="00FD76EC"/>
     <w:rsid w:val="00FE2673"/>
     <w:rsid w:val="00FE784B"/>
     <w:rsid w:val="00FE7EED"/>
     <w:rsid w:val="00FF77D9"/>
     <w:rsid w:val="00FF7D9A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="168961"/>
+    <o:shapedefaults v:ext="edit" spidmax="171009"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0DFFC4A0"/>
   <w15:docId w15:val="{5005E12D-26E8-45D5-8C41-D4E738D8335D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
@@ -20738,54 +20260,54 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2031836674">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Dokumente%20und%20Einstellungen\kistner\Lokale%20Einstellungen\Temporary%20Internet%20Files\OLK74\Ausschreibung%202010.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -21039,75 +20561,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Ausschreibung 2010</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1608</Words>
-  <Characters>10774</Characters>
+  <Words>1614</Words>
+  <Characters>10795</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>89</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DMSB - Ausschreibung Bergrennen</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Langenselbold</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12358</CharactersWithSpaces>
+  <CharactersWithSpaces>12385</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DMSB - Ausschreibung Bergrennen</dc:title>
   <dc:creator>Renate Kistner</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>489616150</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Ausschreibung Berg</vt:lpwstr>