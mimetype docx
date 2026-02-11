--- v0 (2025-11-02)
+++ v1 (2026-02-11)
@@ -5,98 +5,98 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2DDEC663" w14:textId="2CF5A5CA" w:rsidR="005B7246" w:rsidRPr="00A31CDE" w:rsidRDefault="005B7246" w:rsidP="005B7246">
+    <w:p w14:paraId="2DDEC663" w14:textId="5891E80F" w:rsidR="005B7246" w:rsidRPr="00A31CDE" w:rsidRDefault="005B7246" w:rsidP="005B7246">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A31CDE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Nennformular für Berg</w:t>
       </w:r>
       <w:r w:rsidR="0073264C" w:rsidRPr="00A31CDE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>rennen</w:t>
       </w:r>
       <w:r w:rsidR="006F3C0C" w:rsidRPr="00A31CDE">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F3C0C" w:rsidRPr="00F0566A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00993710" w:rsidRPr="00F0566A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00A145A0">
+      <w:r w:rsidR="0042397E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566D8F31" w14:textId="77777777" w:rsidR="005B7246" w:rsidRPr="00A31CDE" w:rsidRDefault="005B7246" w:rsidP="005B7246">
       <w:r w:rsidRPr="00A31CDE">
         <w:t>Anschrift</w:t>
       </w:r>
       <w:r w:rsidR="003C107B" w:rsidRPr="00A31CDE">
         <w:t xml:space="preserve"> und Kontaktdaten</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31CDE">
         <w:t xml:space="preserve"> des Veranstalters</w:t>
       </w:r>
       <w:r w:rsidRPr="00A31CDE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="003C107B" w:rsidRPr="00A31CDE">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A31CDE">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -1266,64 +1266,65 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8249" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5CD64D73" w14:textId="77777777" w:rsidR="001B4D4D" w:rsidRPr="00A31CDE" w:rsidRDefault="001B4D4D" w:rsidP="0073264C"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A31CDE" w:rsidRPr="00A31CDE" w14:paraId="27106A3D" w14:textId="77777777" w:rsidTr="003C107B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5353" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E2588B5" w14:textId="4BB03405" w:rsidR="001B4D4D" w:rsidRPr="00A31CDE" w:rsidRDefault="001B4D4D" w:rsidP="0073264C">
-[...7 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+          <w:p w14:paraId="7E2588B5" w14:textId="1F92DA64" w:rsidR="001B4D4D" w:rsidRPr="00A31CDE" w:rsidRDefault="001B4D4D" w:rsidP="0073264C">
+            <w:r w:rsidRPr="00A31CDE">
+              <w:t>Eingeschrieben in folgenden Meisterschaft</w:t>
+            </w:r>
+            <w:r w:rsidR="00761E27">
+              <w:t>en</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A31CDE">
               <w:t>/ Cups / Pokal</w:t>
             </w:r>
             <w:r w:rsidR="001B69F2">
               <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00761E27">
+              <w:t>/ Serien</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5272" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00FA8D6E" w14:textId="77777777" w:rsidR="001B4D4D" w:rsidRPr="00A31CDE" w:rsidRDefault="001B4D4D" w:rsidP="0073264C"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BC85F42" w14:textId="77777777" w:rsidR="005B7246" w:rsidRPr="00A31CDE" w:rsidRDefault="005B7246" w:rsidP="00C83116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10598" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2119"/>
@@ -2605,112 +2606,129 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58E4938C" w14:textId="77777777" w:rsidR="001B4D4D" w:rsidRPr="00A31CDE" w:rsidRDefault="001B4D4D" w:rsidP="00E75636"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A31CDE" w:rsidRPr="00A31CDE" w14:paraId="259897AF" w14:textId="77777777" w:rsidTr="0073264C">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="370FFADF" w14:textId="77777777" w:rsidR="001B4D4D" w:rsidRPr="00A31CDE" w:rsidRDefault="001B4D4D" w:rsidP="00E75636">
+          <w:p w14:paraId="1922812B" w14:textId="77777777" w:rsidR="001B4D4D" w:rsidRDefault="001B4D4D" w:rsidP="00E75636">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3210"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="370FFADF" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00A31CDE" w:rsidRDefault="00927CC5" w:rsidP="00E75636">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3210"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3937" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B17FE6C" w14:textId="77777777" w:rsidR="001B4D4D" w:rsidRPr="00A31CDE" w:rsidRDefault="001B4D4D" w:rsidP="00E75636">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2725" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="62886507" w14:textId="77777777" w:rsidR="001B4D4D" w:rsidRPr="00A31CDE" w:rsidRDefault="001B4D4D" w:rsidP="00E75636"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A31CDE" w:rsidRPr="00A31CDE" w14:paraId="179E6A62" w14:textId="77777777" w:rsidTr="00E75636">
         <w:trPr>
           <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="69FFDBC1" w14:textId="77777777" w:rsidR="001B4D4D" w:rsidRPr="00A31CDE" w:rsidRDefault="001B4D4D" w:rsidP="00E75636">
+          <w:p w14:paraId="18B9E5D4" w14:textId="77777777" w:rsidR="001B4D4D" w:rsidRDefault="001B4D4D" w:rsidP="00E75636">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Fahrerlizenz</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="69FFDBC1" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00A31CDE" w:rsidRDefault="00927CC5" w:rsidP="00E75636">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0073264C" w:rsidRPr="00A31CDE" w14:paraId="33424040" w14:textId="77777777" w:rsidTr="0073264C">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2119" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33640154" w14:textId="77777777" w:rsidR="0073264C" w:rsidRPr="00A31CDE" w:rsidRDefault="0073264C" w:rsidP="001B4D4D">
             <w:r w:rsidRPr="00A31CDE">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -2826,328 +2844,363 @@
           <w:b/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1ED6C774" w14:textId="77777777" w:rsidR="00A145A0" w:rsidRDefault="00A145A0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk40254638"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7CB082" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="5906F6C0" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk40256382"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk40254584"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Zutreffendes bitte </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>unbedingt</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ankreuzen</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="698C3CE5" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="7B350348" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="3" w:name="Kontrollkästchen40"/>
-    <w:p w14:paraId="44091CF2" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
-[...2 lines deleted...]
-        <w:ind w:right="-73"/>
+    <w:p w14:paraId="3BCBD1B3" w14:textId="6150DF49" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00320962">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bewerber</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">  Bewerber  </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Kontrollkästchen41"/>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="00320962">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fahrer</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00320962">
+        <w:t xml:space="preserve">  Fahrer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00320962">
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">ist </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00320962">
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00480A35">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>Eigentümer des einzusetzenden Fahrzeuges.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480A35">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00480A35">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00480A35">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Beifahrer ist Eigentümer des einzusetzenden Fahrzeuges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA83E24" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="15389347" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00480A35" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3676B6B4" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -3215,51 +3268,51 @@
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> sind </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>nicht</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eigentümer des einzusetzenden Fahrzeuges. Der Fahrzeugeigentümer gibt die in diesem Formular abgedruckte Haftungsverzichtserklärung ab.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D64B6D5" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="034BDBCE" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Bei falschen Angaben stellen Bewerber und Fahrer/Beifahrer den in der Haftungsverzichtserklärung des Fahrzeugeigentümers aufgeführten Personenkreis von jeglichen Ansprüchen des Fahrzeugeigentümers wegen Schäden</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
@@ -3274,585 +3327,541 @@
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>die im Zusammenhang mit der Veranstaltung (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>ungezeitetes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) entstehen, frei. Dies gilt auch für Kosten des Fahrzeugeigentümers für eine angemessene Rechtsverfolgung. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC6D55C" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="103C1B19" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05F3E4F2" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="6CE83678" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Allgemeine Vertragserklärungen </w:t>
       </w:r>
       <w:r w:rsidRPr="00744026">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>von</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bewerber, Fahrer und Beifahrer (Bewerber, Fahrer und Beifahrer = Teilnehmer)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A2C611" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="237E86C4" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer haften für alle Verpflichtungen aus dem Nennungsvertrag als Gesamtschuldner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1795762F" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00744026" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="4804D9B4" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00744026" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BE3B43A" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="7D20B9AF" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer versichern, dass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4985F607" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="6B8072F8" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">die in dieser Erklärung gemachten Angaben richtig und vollständig sind, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="333C4608" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="39C792CC" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sie uneingeschränkt den Anforderungen der Veranstaltung (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>ungezeitetes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) gewachsen sind, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A57726E" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="38577BF2" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>das Fahrzeug in allen Punkten den einschlägigen technischen Bestimmungen entspricht,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77CDB169" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="0F3AB29B" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>das Fahrzeug in allen Teilen jederzeit durch die Technischen Kommissare untersucht werden kann und</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291C05FA" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="59E2A6EB" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sie das Fahrzeug nur in technisch und optisch einwandfreiem Zustand bei der jeweiligen Veranstaltung einsetzen werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331E12F9" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="672A7191" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">sie von dem Internationalen Sportgesetz (ISG) der FIA (Fédération Internationale de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>l’Automobile</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>) mit Anhängen, dem CIK-Reglement, den Rechts- und Disziplinarbestimmungen der FIA, den Anti-Doping-Regelwerken der FIA und des DMSB sowie den Anti-Doping Codes der Internationalen und Nationalen Anti-Doping Agenturen (WADA/NADA), den DMSB-Reglements, den Allgemeinen Meisterschaftsbestimmungen und den besonderen Serien-Bestimmungen, der Rechts- und Verfahrensordnung des DMSB (</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">), den Kodexen und den sonstigen FIA-, CIK und DMSB-Bestimmungen Kenntnis genommen haben und sie diese als für sich verbindlich anerkennen und sie befolgen werden. </w:t>
+        <w:t xml:space="preserve">) mit Anhängen, dem CIK-Reglement, den Rechts- und Disziplinarbestimmungen der FIA, den Anti-Doping-Regelwerken der FIA und des DMSB sowie den Anti-Doping Codes der Internationalen und Nationalen Anti-Doping Agenturen (WADA/NADA), den DMSB-Reglements, den Allgemeinen Meisterschaftsbestimmungen und den besonderen Serien-Bestimmungen, der Rechts- und Verfahrensordnung des DMSB (RuVO), den Kodexen und den sonstigen FIA-, CIK und DMSB-Bestimmungen Kenntnis genommen haben und sie diese als für sich verbindlich anerkennen und sie befolgen werden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23CABB6B" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="6253AC9A" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">sie gem. Vorgabe zur jeweiligen Disziplin -soweit erforderlich- im Besitz einer gültigen Fahrerlaubnis sind. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3384ACFF" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="3F11837C" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="142" w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03ED842A" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="1DEE0956" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="0" w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk45618746"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Insbesondere erkennen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">ie als verbindlich an, dass </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49F3E459" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="4FE8E130" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>ie Tatsachen in der Person oder dem Verhalten eines Teammitgliedes (Bewerber, Fahrer, Beifahrer, Mechaniker, Helfer usw.), die das Vertragsverhältnis mit dem Veranstalter berühren oder einen Schadensersatzanspruch begründen, für und gegen sich gelten lassen müssen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C8C00CD" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="3413CA13" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">der DMSB, seine Gerichtsbarkeit, die Sportkommissare und die Veranstalter – jeweils im Rahmen ihrer Zuständigkeit – berechtigt sind, neben anderen Maßnahmen auch Strafen bei Verstößen gegen die sportlichen Regeln, sportgesetzlichen Bestimmungen und vertraglichen Pflichten – wie im ISG, der </w:t>
-[...21 lines deleted...]
-        <w:t>, den Wettbewerbsbestimmungen mit Anhängen, den Serien-/Veranstaltungsausschreibungen und sonstigen Bestimmungen vorgesehen – festzusetzen – unbeschadet des Rechts, den im ISG, de</w:t>
+        <w:t>der DMSB, seine Gerichtsbarkeit, die Sportkommissare und die Veranstalter – jeweils im Rahmen ihrer Zuständigkeit – berechtigt sind, neben anderen Maßnahmen auch Strafen bei Verstößen gegen die sportlichen Regeln, sportgesetzlichen Bestimmungen und vertraglichen Pflichten – wie im ISG, der RuVO, den Wettbewerbsbestimmungen mit Anhängen, den Serien-/Veranstaltungsausschreibungen und sonstigen Bestimmungen vorgesehen – festzusetzen – unbeschadet des Rechts, den im ISG, de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk181971252"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
@@ -3862,764 +3871,723 @@
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Rechts- und Disziplinarbestimmungen </w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">der FIA, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">der </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>RuVO</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> und den Reglements geregelten Verbandsrechtsweg zu beschreiten,</w:t>
+        <w:t>RuVO und den Reglements geregelten Verbandsrechtsweg zu beschreiten,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1207837B" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="763C1A5C" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sie keine Substanzen oder Methoden anwenden dürfen, wie sie in der Verbotsliste des Anti-Doping-Codes der WADA/NADA und in den Anti-Doping Bestimmungen der FIA und des DMSB definiert sind.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="454BB257" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="7ACC24FE" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04059757" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="04B421EF" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk45618782"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Protest und Berufungsvollmacht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658B8F03" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="0D867278" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer (auch mehrere für ein Fahrzeug genannte Fahrer) bevollmächtigen sich mit Abgabe dieser Erklärung gegenseitig, den jeweils anderen im Protest- und Berufungsverfahren zu vertreten. Sie bevollmächtigen sich insbesondere gegenseitig zur Abgabe von Protesten, deren Rücknahme, Ankündigung, Einlegung und Bestätigung, zur Rücknahme und zum Verzicht auf die Berufung und zur Stellung aller im Rahmen der Protest- und Berufungsverfahren möglichen Anträge sowie der Abgabe bzw. Entgegennahme von Erklärungen.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="35FA5EF3" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="79E2123F" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61196997" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="70E304FA" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk45618884"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Erklärungen der Teilnehmer zum Ausschluss der Haftung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26F4B37A" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="5042E208" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Teilnehmer nehmen auf eigene Gefahr an der Veranstaltung teil. Sie tragen die alleinige zivil- und strafrechtliche Verantwortung für alle von ihnen verursachten Schäden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14961F32" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="30E62672" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Sie erklären den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E378CC4" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="085DBF94" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den eigenen Teilnehmern (anderslautende Vereinbarungen zwischen den Teilnehmern gehen vor!) und Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14201F9C" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="0F8B5448" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge und deren Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F69666F" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="6F2CF484" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>der FIA, der CIK, dem DMSB, den Mitgliedsorganisationen des DMSB, deren Präsidenten, Organen, Geschäftsführern und Generalsekretären,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00320962">
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären der FIA, CIK und des DMSB und der DMSB-Mitgliedsorganisationen,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798B8417" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="2AAD6C28" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">dem ADAC e. V., den ADAC Regionalclubs, den </w:t>
+        <w:t xml:space="preserve">den Präsidenten, Organen, Geschäftsführern und Generalsekretären des ADAC e. V., der ADAC Regionalclubs, der </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>ADAC Ortsclubs</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> und den mit dem ADAC e. V. verbundenen Unternehmen, deren Präsidenten, Organen, Geschäftsführern, Generalsekretären, </w:t>
+        <w:t xml:space="preserve"> und der mit dem ADAC e. V. verbundenen Unternehmen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78576967" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="5A1B0C47" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk45620789"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">den sonstigen </w:t>
-[...21 lines deleted...]
-        <w:t>, deren Präsidenten, Organen, Geschäftsführern, Generalsekretären,</w:t>
+        <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:p w14:paraId="4C7388C8" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="5AB2E026" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
+        <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07533DF2" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="1B4E0246" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
+        <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F7C25DD" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="1ABA038F" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">den Erfüllungs- und Verrichtungsgehilfen, den gesetzlichen Vertretern, den haupt- und ehrenamtlichen Mitarbeitern aller zuvor genannten Personen und Stellen sowie deren Mitgliedern. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p w14:paraId="42E40168" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="6D274D67" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4016DC81" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
-[...21 lines deleted...]
-    <w:p w14:paraId="48162604" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="17D15B10" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk45619085"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:strike/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt. Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
+        <w:t xml:space="preserve"> und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">vorhersehbaren Schaden beschränkt. Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="559F24FE" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="555AF63E" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Stillschweigende</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Haftungsausschlüsse bleiben von vorstehender Haftungsausschlussklausel unberührt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA59DCA" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75A30C1F" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Hlk45619122"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk182225805"/>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Mit Abgabe dieser Erklärung nehmen die Teilnehmer davon Kenntnis, dass Versicherungsschutz im Rahmen der Kraftverkehrsversicherungen in der Regel (Kfz-Haftpflicht, Kasko- und Insassen-Unfall-Versicherung) für Schäden, die aus dem Gebrauch des Fahrzeugs bei einer Motorsportveranstaltung oder Motorsportaktivität, einschließlich Rennen, Wettbewerben, Trainings, Test und Demonstrationen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>-Fahrten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>, wenn das Fahrzeug in einem hierfür abgegrenzten Gebiet mi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Zugangsbeschränkung gebraucht wird und für diesen Gebrauch des Fahrzeugs eine Motorsporthaftpflichtversicherung nach Maßgabe des § 5d PflVG besteht, nicht gewährt wird. Sie verpflichten sich, auch den Halter und den Eigentümer des eingesetzten Fahrzeugs davon zu unterrichten.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p w14:paraId="14BD498A" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
-[...86 lines deleted...]
-    <w:p w14:paraId="64185484" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="0B14F4E1" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="146F3B26" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="3E0319B4" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Hlk45619181"/>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk45619181"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Entbindung von der Schweigepflicht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A3CE990" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="17FDF08D" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Im Falle einer im Laufe der Veranstaltung eintretenden oder festgestellten Verletzung bzw. im Falle von gesundheitlichen Schäden, die die motorsportliche Tauglichkeit auf Dauer oder vorübergehend in Frage stellen können, entbindet der/die Unterzeichnende alle behandelnden Ärzte – im Hinblick auf das sich daraus nicht nur für ihn/sie selbst sondern auch für Dritte ergebende Sicherheitsrisiko – von der ärztlichen Schweigepflicht untereinander sowie gegenüber dem Renn-/Fahrtleiter, Sportkommissar, Schiedsrichter, Leitende</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -4652,226 +4620,304 @@
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, DMSB-Verbandsarzt, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">der </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Koordination Automobilsport (DMSB) und dem Versicherungs-Schadensbüro. Die Verarbeitung Ihrer Daten erfolgt aufgrund eines berechtigten Interesses des DMSB. Zweck ist der Schutz der Lizenznehmer bei Sportveranstaltungen. Dieser Verarbeitung können Sie jederzeit mit Wirkung für die Zukunft widersprechen.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:p w14:paraId="5DD8FB19" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w14:paraId="040202C1" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6825DA5A" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="5C305C0F" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der DMSB, seine Mitgliedsorganisationen, die ADAC Regionalclubs und Veranstalter nehmen nicht an einem Streitbeilegungsverfahren vor einer Verbraucherschlichtungsstelle nach dem Verbraucherstreitbeilegungsgesetz teil.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F369A98" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="4648A342" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CD58246" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00E93CD5" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="6BAC05D2" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00E93CD5" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>Fahrer/Beifahrer mit einer Nationalen Lizenz Stufe B, Stufe C oder Race Card</w:t>
+        <w:t xml:space="preserve">Fahrer/Beifahrer mit einer Nationalen Lizenz Stufe B, Stufe C oder </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93CD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Race</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93CD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Card</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F39517" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00E93CD5" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="41684A3E" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00E93CD5" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ich erkläre mit meiner Unterschrift ausdrücklich, dass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CAB6F24" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00E93CD5" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="58F4F73A" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00E93CD5" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>mir zum Zeitpunkt der Nennung zur Veranstaltung und bei Veranstaltungsteilnahme keine gesundheitlichen Mängel oder körperlichen Einschränkungen bekannt sind, die eine Teilnahme an der Veranstaltung ausschließen bzw. ich umgehend bei Bekanntwerden den Veranstalter hierüber unterrichten werden und von einer Teilnahme an der Veranstaltung absehen werde,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67D3A579" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="48BD4995" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E93CD5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>ich zum Zeitpunkt der Beantragung der Race Card nicht Inhaber einer</w:t>
+        <w:t xml:space="preserve">ich </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">im Falle der Beantragung </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93CD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zum Zeitpunkt der Beantragung </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">und Nutzung </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E93CD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E93CD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Race</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E93CD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Card nicht Inhaber einer</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> anderen Fahrerlizenz (Jahreslizenz) des DMSB oder einer anderen Mitgliedsföderation (ASN) der FIA für das laufende Jahr bin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D7FF44A" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="20BCA6FB" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70CB92D9" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="005EBA76" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:spacing w:before="58"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk45619448"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk45619448"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FREISTELLUNGSERKLÄRUNG</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
@@ -4982,1095 +5028,1125 @@
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PRODUKTIONEN und Datenschutzhinweise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CCD721D" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="4D23FB16" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Teilnehmer erklärt sein Einverständnis zur Durchführung von Foto- und Filmarbeiten während der Veranstaltung sowie zur Einräumung der unentgeltlichen Sende-, öffentlichen Wiedergabe-, Aufzeichnungs-, Vervielfältigungs- und Bearbeitungsrechte hinsichtlich der von seiner Person, etwaigen Begleitpersonen oder der von seinen Fahrzeugen gefertigten Film- oder Fotoaufnahmen gegenüber dem DMSB, den DMSB-Mitgliedsorganisationen, den ADAC-Regional-/Ortsclubs, dem Promotor und dem Veranstalter. Die Rechteeinräumung umfasst neben der Nutzung für die Berichterstattung über das Rennen, die Teilnehmerdaten und die Ergebnisse und Ergebnislisten in Print-, Radio-, TV- und Onlinemedien, wie insbesondere auch die Internet-/Facebook und sonstigen Online-Auftritte des DMSB, der DMSB-Mitgliedsorganisationen, der ADAC-Regional-/Ortsclubs und des Veranstalters sowie Promotors zu veröffentlich. Im Weiteren auch die Nutzung der Aufnahmen zu Zwecken der Eigenwerbung oder der Veranstaltungsbewerbung. Sendet der Teilnehmer Bildmaterial an den Veranstalter erklärt der Teilnehmer darüber hinaus sein Einverständnis zur uneingeschränkten honorarfreien Verwendung, Verwertung oder Veröffentlichung durch den DMSB, den DMSB-Mitgliedsorganisationen, den ADAC Regional-/Ortsclubs, dem Promotor und Veranstalter.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78645A00" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CDDA684" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ich willige ferner ein, dass eine Veröffentlichung (auch im Internet) von Entscheidungen - unter Angabe der Teilnehmerdaten - des Renn-/Fahrtleiters sowie der Sportkommissare und ggf. in Folge der Verbandsgerichte erfolgen kann sowie eine Übermittlung der Entscheidungen an die DMSB-Mitgliedsorganisationen, die ADAC-Regional-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und Ortsclubs, an den Promotor/Veranstalter/Serienausschreiber sowie an die Sportwarte des DMSB erfolgen kann.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E49DAD1" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125C34A2" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
-          <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
-[...8 lines deleted...]
-          <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Veröffentlichung (auch im Internet) von Teilnehmer- und Ergebnislisten und von Entscheidungen des Renn-/Rallyeleiters sowie der Sportkommissare und ggf. in Folge der Verbandsgerichte sowie Übermittlung der Unterlagen an den DMSB, die Mitgliedsorganisationen, die ADAC Regional-/und Ortsclubs sowie den Serienausschreiber/Veranstalter</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009F8FF1" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="765BE0DF" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0461B605" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
-[...91 lines deleted...]
-    <w:p w14:paraId="773A6511" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="3DCEC9CA" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Hlk45619509"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk45619509"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Hinweis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1644422D" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="4120311C" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Veranstaltung widerrufen wird, ist eine Teilnahme an diesem Rennen (Vorgaben zur Veranstaltung) nicht möglich. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53AB7BB5" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="0B08DA23" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74B5B3E7" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
-      <w:pPr>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="6DA537D2" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00320962">
+        <w:r w:rsidRPr="00C96BA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – unter Angabe der Veranstaltung und des Veranstaltungsdatums - widerrufen. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="765B5B96" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29D583B4" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00D76FBA" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:strike/>
+          <w:color w:val="EE0000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Wenn der Teilnehmer/in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>minderjährig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>oder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nicht</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>voll</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>geschäftsfähig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ist,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>versichert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>alleinige Unterzeichner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dass</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – unter Angaben der Veranstaltung und des Veranstaltungsdatums - widerrufen. Wenn der Teilnehmer/in noch</w:t>
+        <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>minderjährig</w:t>
+        <w:t>das</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-2"/>
+          <w:w w:val="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>alleinige</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sorgerecht</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>hat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>oder</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>nicht</w:t>
+        <w:t>berechtigt</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-2"/>
+          <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>voll</w:t>
+        <w:t>ist,</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>geschäftsfähig</w:t>
+        <w:t>diese</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>ist,</w:t>
+        <w:t>Erklärung</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-2"/>
+          <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>versichert</w:t>
+        <w:t>auch</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>im</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Namen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>etwaiger</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>weiterer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sorge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>erechtigter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:w w:val="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>verbindlich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>abzugeben.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>der</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-2"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Sorgeberechtigte,</w:t>
+        <w:t>Unterzeichnung</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>dass</w:t>
+        <w:t>durch</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-2"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>er</w:t>
+        <w:t>Sorgeberechtigte ist</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="-3"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>das</w:t>
+        <w:t>die</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:w w:val="99"/>
+          <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>alleinige</w:t>
+        <w:t>Angabe</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="15"/>
+          <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Sorgerecht</w:t>
+        <w:t>des</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="15"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vollständigen </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>hat</w:t>
+        <w:t>Namens</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="16"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und Anschrift </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>oder</w:t>
+        <w:t>erforderlic</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:spacing w:val="15"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>berechtigt</w:t>
-[...435 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00320962">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:p w14:paraId="79C3AD5C" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="7F2A4DC1" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62DE99C8" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="14F5DC41" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10BE7523" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00911A76" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="370F55E6" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00911A76" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911A76">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75A06D45" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="625F1971" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ort/</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
@@ -6095,109 +6171,92 @@
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Name </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>des  Fahrers</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Blockschrift und Unterschrift bzw. bei Minderjährigen des/r gesetzlichen Vertreter(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="268CDAB1" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="755FE96D" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04AE7E10" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
-[...16 lines deleted...]
-    <w:p w14:paraId="3526E369" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="7B8AF195" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Unterschrift durch einen gesetzlichen Vertreter bitte ankreuzen (nur möglich bei Jahreslizenz): </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FEF0471" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="1C62CC0E" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -6241,51 +6300,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Obige Unterschrift erfolgte nicht nur im eigenen </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Namen</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> sondern auch im Namen des anderen Elternteils</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8A3FF5" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="153AF05B" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -6311,799 +6370,787 @@
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bzw. ich bin zur alleinigen Vertretung meines Kindes berechtigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75C4A332" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="1123A08A" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13B5A57C" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00911A76" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="1ED27A91" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00911A76" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00911A76">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________________________________________</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>__________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9A4450" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="0BB4DB81" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Name des Bewerbers in Blockschrift und Unterschrift - falls nicht personengleich-</w:t>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="_Hlk40256408"/>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="4B3B88BA" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
-[...19 lines deleted...]
-    <w:p w14:paraId="0480286B" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="34559AA3" w14:textId="64E4BADD" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk40256408"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Nur erforderlich, wenn Bewerber, Fahrer und Beifahrer nicht Eigentümer des einzusetzenden Fahrzeugs sind.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="439B543B" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="531A3096" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38FB4096" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="2EC6CE5F" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk45619772"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk45619772"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Verzichtserklärung des Fahrzeugeigentümers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19E99C93" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="1BE7F139" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ich bin mit der Beteiligung des in der Erklärung näher bezeichneten Fahrzeuges an der Veranstaltung (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>ungezeitetes</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) einverstanden und erkläre den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
+        <w:t xml:space="preserve"> und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) einverstanden und erkläre den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32288453" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="2C1DE1F6" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den eigenen Teilnehmern und Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57694495" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="1172746F" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge (soweit die Veranstaltung auf einer permanenten oder temporär geschlossenen Strecke stattfindet) und deren Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C78FF90" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="6EE98689" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">der FIA, dem DMSB, den Mitgliedsorganisationen des DMSB, deren Präsidenten, Organen, Geschäftsführern und Generalsekretären, </w:t>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären der FIA, CIK und des DMSB und der DMSB-Mitgliedsorganisationen,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F125AF" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="0FDB292A" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">dem ADAC e. V., den ADAC Regionalclubs, den </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> und den mit dem ADAC e. V. verbundenen Unternehmen, deren Präsidenten, Organen, Geschäftsführern, Generalsekretären,</w:t>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären des ADAC e. V., der ADAC Regional-/Ortsclubs und der mit dem ADAC e. V. verbundenen Unternehmen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="663F737A" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="65C6D93E" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">den sonstigen </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">, deren Präsidenten, Organen, Geschäftsführern, Generalsekretären, </w:t>
+        <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B3E0569" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="18890714" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
+        <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05624AD0" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="5BE13ECA" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
+        <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26DCD3D9" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="6B32B1E2" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
+        <w:t xml:space="preserve">den Erfüllungs- und Verrichtungsgehilfen, den gesetzlichen Vertretern, den haupt- und ehrenamtlichen Mitarbeitern aller zuvor genannten Personen und Stellen sowie deren Mitgliedern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B7EDD9" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
-[...27 lines deleted...]
-    <w:p w14:paraId="2B2C5249" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="12DF1787" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E5D73B1" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="1396433A" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:strike/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="422C22FB" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="069DCFDB" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3246D8E4" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="6F3BB87B" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62FB7745" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="6121422A" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Hlk45621259"/>
-      <w:r w:rsidRPr="00320962">
+      <w:bookmarkStart w:id="17" w:name="_Hlk45621259"/>
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Ich willige ein, dass meine personenbezogenen Daten (Vor- und Zuname, ggf. amtl. Kennzeichen, Fahrgestellnummer) verarbeitet werden, damit das genannte Fahrzeug an der gegenständlichen Veranstaltung teilnehmen kann. Die Daten werden, sofern dies erforderlich ist an den Veranstalter und die </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>DMSB Mitgliedsorganisationen</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> sowie den DMSB weitergeleitet. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="00320962">
+        <w:r w:rsidRPr="00C96BA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> unter Angabe der Veranstaltung und des Veranstaltungsdatums - widerrufen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641B871A" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="53F42C49" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F1AE603" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="5953BCFE" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Hinweis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F6B458" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="7C863942" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00320962">
+      <w:r w:rsidRPr="00C96BA0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Rennveranstaltung widerrufen wird, ist eine Teilnahme an diesem Rennen (Vorgaben zur Veranstaltung) nicht möglich. </w:t>
+        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Rennveranstaltung widerrufen wird, ist eine Teilnahme an dieser Veranstaltung (Vorgaben zur Veranstaltung) nicht möglich. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkEnd w:id="18"/>
-    <w:p w14:paraId="347150BD" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="444F82C6" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00C96BA0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>datenschutz@dmsb.de</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – unter Angaben der Veranstaltung und des Veranstaltungsdatums - widerrufen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C96BA0">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7A33220C" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="3958D20D" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00C96BA0" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16AE19D4" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00911A76" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="1F7F1AAF" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A2F7CDF" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00911A76" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30218A0C" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00911A76" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="3AD653EC" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00911A76" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Hlk182497495"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk182497495"/>
       <w:r w:rsidRPr="00911A76">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_____________________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B9B266" w14:textId="77777777" w:rsidR="00F13B09" w:rsidRPr="00320962" w:rsidRDefault="00F13B09" w:rsidP="00F13B09">
+    <w:p w14:paraId="4B5E6790" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ort/Datum</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
@@ -7131,76 +7178,325 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00320962">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Name und Anschrift des Eigentümers in Blockschrift</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkEnd w:id="16"/>
-[...20 lines deleted...]
-      </w:r>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w14:paraId="7FB7EF8D" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29BEB0D0" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ECB3B8C" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58E1BD82" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A070342" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BBC6D07" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6896832A" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45357C6C" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C3FC2C8" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5151CAC2" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25F4313C" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="510BB3BC" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63C63747" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AECB1AC" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3423694F" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08A89F84" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32755953" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A6C9AD3" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AEB08F5" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="073385D1" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ECCFB77" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2212295E" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EA451A2" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55ADCE12" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0801AA4F" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7252A01E" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CE0B336" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3772FBF3" w14:textId="77777777" w:rsidR="0042397E" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BD64C63" w14:textId="77777777" w:rsidR="0042397E" w:rsidRPr="00320962" w:rsidRDefault="0042397E" w:rsidP="0042397E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="6ACD31D4" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00272ACD" w:rsidP="00175B07">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="10"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
@@ -9122,195 +9418,195 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Kontrollkästchen3"/>
+            <w:bookmarkStart w:id="19" w:name="Kontrollkästchen3"/>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16FD8241" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00272ACD" w:rsidP="00E100A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>G**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="167ABC1A" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00272ACD" w:rsidP="00E100A1">
+          <w:p w14:paraId="167ABC1A" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="0011699E" w:rsidRDefault="00272ACD" w:rsidP="00E100A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A31CDE">
+            <w:r w:rsidRPr="0011699E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00A31CDE">
+            <w:r w:rsidRPr="0011699E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00A31CDE">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00A31CDE">
+            <w:r w:rsidRPr="0011699E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="0011699E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00A31CDE">
+            <w:r w:rsidRPr="0011699E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D8EE5AB" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00D42614" w:rsidP="00E100A1">
+          <w:p w14:paraId="7D8EE5AB" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="0011699E" w:rsidRDefault="00D42614" w:rsidP="00E100A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A31CDE">
+            <w:r w:rsidRPr="0011699E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>E1-</w:t>
             </w:r>
-            <w:r w:rsidR="00272ACD" w:rsidRPr="00A31CDE">
+            <w:r w:rsidR="00272ACD" w:rsidRPr="0011699E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>FIA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E0DC21C" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00272ACD" w:rsidP="00E100A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
@@ -10691,58 +10987,66 @@
             </w:r>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="644A43D4" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00272ACD" w:rsidP="00E100A1">
+          <w:p w14:paraId="644A43D4" w14:textId="46A69BBB" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00BE527F" w:rsidP="00E100A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>GT1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10191361" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00272ACD" w:rsidP="00E100A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
@@ -11145,59 +11449,67 @@
             </w:r>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="044DFF16" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00272ACD" w:rsidP="00E100A1">
+          <w:p w14:paraId="044DFF16" w14:textId="3E66E362" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00BE527F" w:rsidP="00E100A1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="14"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>GT2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F3F9402" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00272ACD" w:rsidP="00E100A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
@@ -11593,59 +11905,66 @@
             </w:r>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1587" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="667EBBDE" w14:textId="77777777" w:rsidR="006F0320" w:rsidRPr="00A31CDE" w:rsidRDefault="006F0320" w:rsidP="006F0320">
+          <w:p w14:paraId="667EBBDE" w14:textId="4C1BC9FF" w:rsidR="006F0320" w:rsidRPr="00BE527F" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="14"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>GT3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26FA2877" w14:textId="6DFF32DE" w:rsidR="006F0320" w:rsidRPr="00A31CDE" w:rsidRDefault="006F0320" w:rsidP="006F0320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A31CDE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen3"/>
@@ -11722,95 +12041,494 @@
           <w:p w14:paraId="206655A9" w14:textId="77777777" w:rsidR="006F0320" w:rsidRPr="00A31CDE" w:rsidRDefault="006F0320" w:rsidP="006F0320">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="600" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10F0F00A" w14:textId="77777777" w:rsidR="006F0320" w:rsidRPr="00A31CDE" w:rsidRDefault="006F0320" w:rsidP="006F0320">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00BE527F" w:rsidRPr="00A31CDE" w14:paraId="0F621F9C" w14:textId="77777777" w:rsidTr="009576F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B02E958" w14:textId="20D97EE7" w:rsidR="00BE527F" w:rsidRPr="00A31CDE" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59BE9854" w14:textId="53B41A4A" w:rsidR="00BE527F" w:rsidRPr="00A31CDE" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>G-Elektro</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE6B3AA" w14:textId="448C062D" w:rsidR="00BE527F" w:rsidRPr="00A31CDE" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50878934" w14:textId="212FE1AD" w:rsidR="00BE527F" w:rsidRPr="006F0320" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>NSU</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA760E3" w14:textId="09C128B2" w:rsidR="00BE527F" w:rsidRPr="00A31CDE" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1587" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="023CCBDF" w14:textId="38222C8F" w:rsidR="00BE527F" w:rsidRPr="00BE527F" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>TCR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7165D099" w14:textId="484EDB04" w:rsidR="00BE527F" w:rsidRPr="00A31CDE" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen3"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00A31CDE">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2577" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A006C53" w14:textId="44AA0AE8" w:rsidR="00BE527F" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>R-GT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D48AEE7" w14:textId="77777777" w:rsidR="00BE527F" w:rsidRPr="00A31CDE" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="600" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="586AAC55" w14:textId="77777777" w:rsidR="00BE527F" w:rsidRPr="00A31CDE" w:rsidRDefault="00BE527F" w:rsidP="006F0320">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4C86540C" w14:textId="35D3A444" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00020CFB">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A31CDE">
+    <w:p w14:paraId="4C86540C" w14:textId="35D3A444" w:rsidR="00272ACD" w:rsidRDefault="00020CFB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>*Für die Gruppen CTC/CTG/</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00272ACD" w:rsidRPr="00A31CDE">
+      </w:pPr>
+      <w:r w:rsidRPr="00A31CDE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>CSC und alle Fahrzeuge nach Anhang K bitte die zusätzlichen Angaben auf der</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E100A1" w:rsidRPr="00A31CDE">
+        <w:t>*Für die Gruppen CTC/CTG/</w:t>
+      </w:r>
+      <w:r w:rsidR="00272ACD" w:rsidRPr="00A31CDE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nächsten Seite</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00272ACD" w:rsidRPr="00A31CDE">
+        <w:t>CSC und alle Fahrzeuge nach Anhang K bitte die zusätzlichen Angaben auf der</w:t>
+      </w:r>
+      <w:r w:rsidR="00E100A1" w:rsidRPr="00A31CDE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:t xml:space="preserve"> nächsten Seite</w:t>
+      </w:r>
+      <w:r w:rsidR="00272ACD" w:rsidRPr="00A31CDE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
         <w:t xml:space="preserve"> beachten!</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="645B2C93" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00A31CDE" w:rsidRDefault="00927CC5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="5853210E" w14:textId="77777777" w:rsidR="00272ACD" w:rsidRPr="00A31CDE" w:rsidRDefault="00272ACD" w:rsidP="00272ACD">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10773" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5385"/>
         <w:gridCol w:w="5388"/>
       </w:tblGrid>
       <w:tr w:rsidR="001707E6" w:rsidRPr="001707E6" w14:paraId="006AED45" w14:textId="77777777" w:rsidTr="00120172">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
@@ -11830,65 +12548,99 @@
             </w:pPr>
             <w:r w:rsidRPr="001707E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">FIA Performance ID </w:t>
             </w:r>
             <w:r w:rsidRPr="001707E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>(bitte hier eintragen)</w:t>
             </w:r>
             <w:r w:rsidRPr="001707E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0525EE46" w14:textId="77777777" w:rsidR="001707E6" w:rsidRPr="001707E6" w:rsidRDefault="001707E6" w:rsidP="00120172">
+          <w:p w14:paraId="0525EE46" w14:textId="6DF3123A" w:rsidR="001707E6" w:rsidRPr="001707E6" w:rsidRDefault="001707E6" w:rsidP="00120172">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001707E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:t>Hinweis: nur für Fahrzeuge der Division 1 zutreffend</w:t>
+              <w:t>Hinweis: nur für Fahrzeuge der Division 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00761E27">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00761E27">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00761E27">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>-Klassen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001707E6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zutreffend</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B32A183" w14:textId="77777777" w:rsidR="001707E6" w:rsidRPr="001707E6" w:rsidRDefault="001707E6" w:rsidP="00120172">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001707E6" w:rsidRPr="001707E6" w14:paraId="3C7944C9" w14:textId="77777777" w:rsidTr="00120172">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
@@ -11928,65 +12680,99 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001707E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001707E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>(bitte hier eintragen)</w:t>
             </w:r>
             <w:r w:rsidRPr="001707E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74512F88" w14:textId="77777777" w:rsidR="001707E6" w:rsidRPr="001707E6" w:rsidRDefault="001707E6" w:rsidP="00120172">
+          <w:p w14:paraId="74512F88" w14:textId="0D4D4BFC" w:rsidR="001707E6" w:rsidRPr="001707E6" w:rsidRDefault="001707E6" w:rsidP="00120172">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001707E6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:t>Hinweis: nur für Fahrzeuge der Division 1 zutreffend</w:t>
+              <w:t>Hinweis: nur für Fahrzeuge der Division 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00761E27">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00761E27">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>Pf</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00761E27">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>-Klassen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001707E6">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> zutreffend</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5388" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69996309" w14:textId="77777777" w:rsidR="001707E6" w:rsidRPr="001707E6" w:rsidRDefault="001707E6" w:rsidP="00120172">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="29E6C20D" w14:textId="77777777" w:rsidR="001440A6" w:rsidRDefault="001440A6" w:rsidP="001440A6">
@@ -12009,7289 +12795,5918 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="573B6F2C" w14:textId="1E24D1CA" w:rsidR="00421592" w:rsidRDefault="001440A6" w:rsidP="00421592">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00195C38">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Zusatzangaben für Fahrzeuge der Gruppen CTC / CGT, und Anhang K</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10740" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="493"/>
         <w:gridCol w:w="890"/>
         <w:gridCol w:w="3970"/>
-        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="738"/>
         <w:gridCol w:w="850"/>
-        <w:gridCol w:w="3828"/>
+        <w:gridCol w:w="3799"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="00195C38" w14:paraId="78320D68" w14:textId="77777777" w:rsidTr="001F0528">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="78320D68" w14:textId="77777777" w:rsidTr="001F0528">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5353" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17F95C81" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="17F95C81" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00927CC5" w:rsidRDefault="001440A6" w:rsidP="001F0528">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="21" w:name="_Hlk153543072"/>
-            <w:r w:rsidRPr="00195C38">
+            <w:bookmarkStart w:id="20" w:name="_Hlk153543072"/>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tourenwagen und GT-Fahrzeuge</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="545E6D5F" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="545E6D5F" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00927CC5" w:rsidRDefault="001440A6" w:rsidP="001F0528">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>gemäß DMSB-Bestimmungen für die Gruppe CTC und CGT:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4596AB4E" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="4596AB4E" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00927CC5" w:rsidRDefault="001440A6" w:rsidP="001F0528">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4036A85A" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="4036A85A" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00927CC5" w:rsidRDefault="001440A6" w:rsidP="001F0528">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Tourenwagen und GT-Fahrzeuge</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0BE55672" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="0BE55672" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00927CC5" w:rsidRDefault="001440A6" w:rsidP="001F0528">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>gemäß DMSB-Bestimmungen für die Gruppe CTC und CGT:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="00195C38" w14:paraId="66E52153" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="66E52153" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33393F40" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="33393F40" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Kontrollkästchen23"/>
-            <w:r w:rsidRPr="00195C38">
+            <w:bookmarkStart w:id="21" w:name="Kontrollkästchen23"/>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="363C4674" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00195C38">
+          <w:p w14:paraId="363C4674" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 1.1:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41679F91" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00195C38">
+          <w:p w14:paraId="41679F91" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe 1-Tourenwagen</w:t>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>der Homologationsjahre 1966 bis inkl. 1971</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3F6145D5" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6145D5" w14:textId="4A0FD311" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00195C38">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11C0D326" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...44 lines deleted...]
-              <w:t>Gruppe R1-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2016</w:t>
+          <w:p w14:paraId="11C0D326" w14:textId="5AE2E643" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D711952" w14:textId="72BD3CE7" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe R4-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2012</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="00195C38" w14:paraId="7DEE1D43" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="7DEE1D43" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3C5260" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="7F3C5260" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48313C4A" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00195C38">
+          <w:p w14:paraId="48313C4A" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 1.2:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23E2AFD6" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00195C38">
+          <w:p w14:paraId="23E2AFD6" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe 1-Tourenwagen</w:t>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>der Homologationsjahre 1972 bis inkl. 1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4A806D1F" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A806D1F" w14:textId="2101D612" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00195C38">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE729EF" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...61 lines deleted...]
-              <w:t>-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2016</w:t>
+          <w:p w14:paraId="3BE729EF" w14:textId="0DB88ACA" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E409057" w14:textId="3C409A07" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe R1-Fahrzeuge der Homologationsjahre 2011 bis inkl</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="00195C38" w14:paraId="72072854" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="72072854" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E5945E" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="32E5945E" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C79ABE6" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00195C38">
+          <w:p w14:paraId="2C79ABE6" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 1.3:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52C4508C" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00195C38">
+          <w:p w14:paraId="52C4508C" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe 1-Tourenwagen</w:t>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>der Homologationsjahre 1976 bis inkl. 1981</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5052FB53" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5052FB53" w14:textId="20267435" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00195C38">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A8091A5" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00195C38" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="000B6276">
+          <w:p w14:paraId="1A8091A5" w14:textId="3B756B07" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Div. </w:t>
-[...46 lines deleted...]
-              <w:t>-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2016</w:t>
+              <w:t>Div. 18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51602F65" w14:textId="12E6B619" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe R2-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="006230F4" w14:paraId="43FA4404" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="43FA4404" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17A31B46" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="17A31B46" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="675A108A" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="675A108A" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 2.1:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05395C3F" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="05395C3F" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe 2-Tourenwagen</w:t>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>der Homologationsjahre 1966 bis inkl. 1971</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="049495C3" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="049495C3" w14:textId="047276AF" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53420825" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...51 lines deleted...]
-              <w:t>-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2016</w:t>
+          <w:p w14:paraId="53420825" w14:textId="4232AAF1" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="273F5706" w14:textId="15FC2465" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe R3-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="006230F4" w14:paraId="534A7C23" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="3F9E7B61" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73102830" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="61247C2A" w14:textId="544FA210" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DE2B85E" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="4FBC4E8B" w14:textId="0E09287E" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 2.2:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC7BC9A" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="061E0AEF" w14:textId="106313BD" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe 2-Tourenwagen</w:t>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>der Homologationsjahre 1972 bis inkl. 1975</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="6B892CB8" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49961D88" w14:textId="15A40D50" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="890" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF7D8C7" w14:textId="2555C9E6" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25441320" w14:textId="3EA6E234" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe R5-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2018</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="006230F4" w14:paraId="067A3731" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="5D8F588B" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F85E178" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="6FD469B3" w14:textId="43F8E259" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E27A252" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...13 lines deleted...]
-              <w:t>Div. 3.1:</w:t>
+          <w:p w14:paraId="42E7D95C" w14:textId="3E103C03" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 2.3:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="418AF995" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="538A7676" w14:textId="0FDB041A" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe 2-Tourenwagen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>der Homologationsjahre 1966 bis inkl. 1971</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="0B95A226" w14:textId="43FD4C98" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+              <w:t>der Homologationsjahre 1976 bis inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01EF771F" w14:textId="032FFCA6" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:b/>
-[...35 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB9831A" w14:textId="6614ACB6" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19E7680C" w14:textId="02807B05" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="006230F4" w14:paraId="1CE1A29F" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="574FE2B4" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19A40CCC" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="5183BDD0" w14:textId="60391815" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="458BB837" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...13 lines deleted...]
-              <w:t>Div. 3.2:</w:t>
+          <w:p w14:paraId="4615AEED" w14:textId="095DD824" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 3.1:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C26E21C" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="48E4962F" w14:textId="1561D95C" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe 3-GT-</w:t>
+            </w:r>
+            <w:r w:rsidR="00B37380" w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fahrzeuge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>der Homologationsjahre 1972 bis inkl. 1975</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="1ABD14A1" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+              <w:t>der Homologationsjahre 1966 bis inkl. 1971</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04626BFC" w14:textId="2340ACC0" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED54D08" w14:textId="76F80E9E" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F9055E" w14:textId="0DE8FFB8" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="125CAA2C" w14:textId="77777777" w:rsidTr="00927CC5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15170CA2" w14:textId="6B518A6B" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="304C6C6F" w14:textId="3238296D" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 3.2:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE8A008" w14:textId="65DC5797" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe 3-GT-</w:t>
+            </w:r>
+            <w:r w:rsidR="00B37380" w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fahrzeuge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>der Homologationsjahre 1972 bis inkl. 1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D505E93" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62CD30C3" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...22 lines deleted...]
-          <w:p w14:paraId="74D4A598" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="4F48F70E" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3AC321" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:strike/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="006230F4" w14:paraId="4DFD0E13" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="534A7C23" w14:textId="77777777" w:rsidTr="001440A6">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17285E8B" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="73102830" w14:textId="43DE2C11" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02BFB77E" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="4DE2B85E" w14:textId="3D4D7067" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 3.3:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FEF0AB5" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="0DC7BC9A" w14:textId="51192C66" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe 3-GT-</w:t>
+            </w:r>
+            <w:r w:rsidR="00B37380" w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fahrzeuge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>der Homologationsjahre 1976 bis inkl. 1981</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="607A827E" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="429B1A3D" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="028265BE" w14:textId="77777777" w:rsidTr="001440A6">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B892CB8" w14:textId="02BEE107" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...40 lines deleted...]
-            </w:r>
+            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08857F2A" w14:textId="6FCB6C9B" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 4.1:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="046C2C87" w14:textId="4DC91826" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe 4-GT-</w:t>
+            </w:r>
+            <w:r w:rsidR="00B37380" w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fahrzeuge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>der Homologationsjahre 1970 bis inkl. 1971</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44F4E859" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="006230F4" w14:paraId="4410F9C2" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="067A3731" w14:textId="77777777" w:rsidTr="001440A6">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0011D76E" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="5F85E178" w14:textId="6164E7BF" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47825959" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...13 lines deleted...]
-              <w:t>Div. 4.1:</w:t>
+          <w:p w14:paraId="2E27A252" w14:textId="771B7096" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 4.2:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EAA829F" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="418AF995" w14:textId="36B05481" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe 4-GT-</w:t>
+            </w:r>
+            <w:r w:rsidR="00B37380" w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fahrzeuge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>der Homologationsjahre 1970 bis inkl. 1971</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="1E620CB1" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+              <w:t>der Homologationsjahre 1972 bis inkl. 1975</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B95A226" w14:textId="43FD4C98" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Historische Fahrzeuge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>nach Anhang K zum ISG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="1CE1A29F" w14:textId="77777777" w:rsidTr="00927CC5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A40CCC" w14:textId="0FFD5073" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...50 lines deleted...]
-            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A4A697C" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="458BB837" w14:textId="04041224" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 4.3:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C26E21C" w14:textId="25A6A584" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe 4-GT-</w:t>
+            </w:r>
+            <w:r w:rsidR="00B37380" w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fahrzeuge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>der Homologationsjahre 1976 bis inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABD14A1" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62CD30C3" w14:textId="7AD8A54B" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Periode F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D7E7B8" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.1.1962 – 31.12.1965 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74D4A598" w14:textId="59E159B4" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(ab 1.1.1961 für einsitzige und zweisitzige Rennwagen und bis 31.12.1966 für Formel 2), ausgenommen Formel 3 und Formeln mit einheitlichen Motorenmarken</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="4DFD0E13" w14:textId="77777777" w:rsidTr="00927CC5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73BD8F76" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...57 lines deleted...]
-          <w:p w14:paraId="06FED9A2" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="17285E8B" w14:textId="343A305B" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...50 lines deleted...]
-            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6349578A" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="02BFB77E" w14:textId="375DF2F8" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78AD9E4E" w14:textId="77777777" w:rsidR="00B37380" w:rsidRPr="00927CC5" w:rsidRDefault="00B37380" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe 5-Spezial-Produktionswagen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FEF0AB5" w14:textId="379EFE30" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00B37380" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>der Homologationsjahre 1976 bis inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="607A827E" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56ED0A37" w14:textId="3B29E4BC" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Periode GR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="089B067D" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.1.1966 - 31.12.1971</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EADD624" w14:textId="3E54A61A" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>für einsitzige und zweisitzige Rennwagen (1.1.1964 – 31.12.1970 für Formel 3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="4410F9C2" w14:textId="77777777" w:rsidTr="00927CC5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FB0455E" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...57 lines deleted...]
-          <w:p w14:paraId="5DF8B331" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00777572" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="0011D76E" w14:textId="2A3EDAC1" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...58 lines deleted...]
-            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16024976" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="47825959" w14:textId="485ADC9A" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EAA829F" w14:textId="60CDEC84" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe N-Tourenwagen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>der Homologationsjahre 1982 bis inkl. 1990</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E620CB1" w14:textId="77777777" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00952210" w:rsidP="00952210">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="890" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="328DB0C0" w14:textId="572764BA" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:strike/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
-[...17 lines deleted...]
-          <w:p w14:paraId="6773E039" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Periode HR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A25B6AB" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.1.1972 – 31.12.1976</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00C29669" w14:textId="43DDA7EC" w:rsidR="00952210" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:strike/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
-[...42 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>für einsitzige und zweisitzige Rennwagen (1.1.1971 – 31.12.1976 für Formel 3)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001440A6" w:rsidRPr="006230F4" w14:paraId="1CED51E0" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="377D76F5" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="140078E6" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="5A4A697C" w14:textId="5F4E9CA4" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="712ADD67" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="73BD8F76" w14:textId="65DC264E" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 6.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="147CAE0F" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="4A35A4C4" w14:textId="49B6594C" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe N-Tourenwagen</w:t>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>der Homologationsjahre 1991 bis inkl. 1996</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
-[...27 lines deleted...]
-          <w:p w14:paraId="576AB5E5" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FED9A2" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79EFDAF0" w14:textId="56651131" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Periode IR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E487B54" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.1.1977 – 31.12.1982</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01AF2725" w14:textId="1DB037C9" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>für einsitzige und zweisitzige Rennwagen (ausgenommen Gruppe C und 3-Liter Formel-1-Fahrzeuge)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="0AB32796" w14:textId="77777777" w:rsidTr="00927CC5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33D102E2" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...57 lines deleted...]
-          <w:p w14:paraId="66FBEFCE" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="00777572" w:rsidRDefault="001440A6" w:rsidP="00C822FD">
+          <w:p w14:paraId="6349578A" w14:textId="738CA614" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
-[...68 lines deleted...]
-            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59D8B658" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
+          <w:p w14:paraId="0FB0455E" w14:textId="75CC3590" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 6.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7861E0C4" w14:textId="05288BD4" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe N-Tourenwagen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>der Homologationsjahre 1997 bis inkl. 2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF8B331" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FF3F89" w14:textId="53DCFEA5" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Periode IR1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3DAEEB" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.1.1977 – 31.12.1985</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6335315A" w14:textId="0B6C517B" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>für 3-Liter Formel-1-Fahrzeuge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="1580FB47" w14:textId="77777777" w:rsidTr="00927CC5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51165E90" w14:textId="6339050B" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69D8439B" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="6236ACE0" w14:textId="1D836E22" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28A671E5" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="006230F4" w:rsidRDefault="001440A6" w:rsidP="001F0528">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="66930329" w14:textId="5624E0D9" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe A Tourenwagen</w:t>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
               <w:t>der Homologationsjahre 1982 bis inkl. 1990</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="709" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="146C16D7" w14:textId="6DC303F0" w:rsidR="001440A6" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00C822FD">
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="576A935E" w14:textId="1FC91147" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA45078" w14:textId="25233BA0" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Periode IC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="430B1BF1" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.1.1982 – 31.12.1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30ED2A6A" w14:textId="1C3BB2FC" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>für Gruppe-C- und IMSA-Fahrzeuge.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="394B2CBF" w14:textId="77777777" w:rsidTr="00927CC5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16024976" w14:textId="5FD2BE25" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Kontrollkästchen23"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C8EE89" w14:textId="32D57F10" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 7.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6773E039" w14:textId="437858B0" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe A-Tourenwagen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>der Homologationsjahre 1991 bis inkl. 1996</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A035EB5" w14:textId="4CC5A3D7" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11B4F5DF" w14:textId="07DCBB98" w:rsidR="001440A6" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="001F0528">
-[...53 lines deleted...]
-              <w:t>für einsitzige und zweisitzige Rennwagen (1.1.1964 – 31.12.1970 für Formel 3)</w:t>
+          <w:p w14:paraId="2E551ED8" w14:textId="2E4017F9" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Periode JR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C9996F" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.1.1983 – 31.12.1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09025388" w14:textId="79100612" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>für einsitzige und zweisitzige Rennwagen (ausgenommen F1, Gruppe C und IMSA-Fahrzeuge)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E24EDF" w:rsidRPr="006230F4" w14:paraId="72E86CEA" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="1CED51E0" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="132BECDC" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
+          <w:p w14:paraId="140078E6" w14:textId="7AEF2389" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="172A7C9B" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...13 lines deleted...]
-              <w:t>Div. 7.1</w:t>
+          <w:p w14:paraId="712ADD67" w14:textId="43334989" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 7.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53FB0120" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="147CAE0F" w14:textId="7F88F371" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe A-Tourenwagen</w:t>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>der Homologationsjahre 1991 bis inkl. 1996</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="5F671904" w14:textId="235102F8" w:rsidR="00E24EDF" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00C822FD">
+              <w:t>der Homologationsjahre 1997 bis inkl. 2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57704AB9" w14:textId="7F8274DE" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="113799FA" w14:textId="47C5177A" w:rsidR="00E24EDF" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...53 lines deleted...]
-              <w:t xml:space="preserve">für homologierte Tourenwagen und GT-Fahrzeuge </w:t>
+          <w:p w14:paraId="4F42A062" w14:textId="48DBEA81" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Periode</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09EF737A" w14:textId="4A0FA339" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JR1T</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2E2FD2" w14:textId="4CA129E1" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.1.1977 – 31.12.1988 für F1-Fahrzeuge mit Turbolader</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E24EDF" w:rsidRPr="006230F4" w14:paraId="4F99BECB" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="257A248B" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59A74C03" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
+          <w:p w14:paraId="576AB5E5" w14:textId="041E25F7" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="021BE470" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...13 lines deleted...]
-              <w:t>Div. 7.2</w:t>
+          <w:p w14:paraId="33D102E2" w14:textId="13A32B0E" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03174BE5" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="74687921" w14:textId="43F0356E" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe B-GT-Fahrzeuge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>der Homologationsjahre 1997 bis inkl. 2016</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="2FC7544E" w14:textId="18BB43D9" w:rsidR="00E24EDF" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00C822FD">
+              <w:t>der Homologationsjahre 1982 bis inkl. 1990</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66FBEFCE" w14:textId="321F5EAF" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00777572">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...8 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CFA0316" w14:textId="63269AEB" w:rsidR="00E24EDF" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...53 lines deleted...]
-              <w:t xml:space="preserve">für homologierte Tourenwagen und GT-Fahrzeuge </w:t>
+          <w:p w14:paraId="7096D860" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Periode</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A2BA5BF" w14:textId="0CE858B3" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>JR2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A7C7CD" w14:textId="77777777" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1.1.1985 – 31.12.1995</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56EEE2A8" w14:textId="1DA8F930" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>für F3000 Fahrzeuge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E24EDF" w:rsidRPr="006230F4" w14:paraId="10845A94" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="23E494C4" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="583953AD" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
+          <w:p w14:paraId="59D8B658" w14:textId="1C9CF756" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A4BFD33" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...13 lines deleted...]
-              <w:t>Div. 8</w:t>
+          <w:p w14:paraId="69D8439B" w14:textId="4CC9546A" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 8.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="403D4FD7" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="28A671E5" w14:textId="713E8EB4" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe B-GT-Fahrzeuge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>der Homologationsjahre 1982 bis inkl. 1990</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="0B2CBB6F" w14:textId="3B047F4C" w:rsidR="00E24EDF" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00C822FD">
+              <w:t>der Homologationsjahre 1991 bis inkl. 2001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="146C16D7" w14:textId="4FA98ADB" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00777572">
-[...47 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E1F3A02" w14:textId="4D15616C" w:rsidR="00E24EDF" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...54 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="11B4F5DF" w14:textId="28C8D1EB" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2199C9EF" w14:textId="2FA2837C" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E24EDF" w:rsidRPr="006230F4" w14:paraId="72C140CB" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="72E86CEA" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40939E68" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
+          <w:p w14:paraId="132BECDC" w14:textId="53697268" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A30CFEC" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...13 lines deleted...]
-              <w:t>Div. 8.1</w:t>
+          <w:p w14:paraId="172A7C9B" w14:textId="0F56DB7F" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DA59043" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="53FB0120" w14:textId="122F5734" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe GTN-Fahrzeuge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>der Homologationsjahre 1991 bis inkl. 2001</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="139C3A2D" w14:textId="3042A0A8" w:rsidR="00E24EDF" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00C822FD">
+              <w:t>der Homologationsjahre 1989 bis inkl. 2007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F671904" w14:textId="725C07F1" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00777572">
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="113799FA" w14:textId="313DFEC8" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EC8CF5" w14:textId="326402EB" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="4F99BECB" w14:textId="77777777" w:rsidTr="00927CC5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A74C03" w14:textId="3BD97F89" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="890" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="021BE470" w14:textId="21FE81B0" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3970" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03174BE5" w14:textId="59465441" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Gruppe WRC der Homologationsjahre bis inkl. 2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC7544E" w14:textId="7207D911" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B709009" w14:textId="071A2381" w:rsidR="00E24EDF" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...53 lines deleted...]
-              <w:t>für homologierte Tourenwagen und GT-Fahrzeuge</w:t>
+          <w:p w14:paraId="0CFA0316" w14:textId="2E69F08C" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B122753" w14:textId="27B0383B" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E550B27" w14:textId="361A5358" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E24EDF" w:rsidRPr="006230F4" w14:paraId="32485174" w14:textId="77777777" w:rsidTr="001440A6">
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="10845A94" w14:textId="77777777" w:rsidTr="00927CC5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7ADF97A4" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
+          <w:p w14:paraId="583953AD" w14:textId="3BC20B63" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EC95DFE" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...13 lines deleted...]
-              <w:t>Div. 9</w:t>
+          <w:p w14:paraId="2A4BFD33" w14:textId="1E3BB5A0" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E27DD5F" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...15 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+          <w:p w14:paraId="403D4FD7" w14:textId="73B37ABC" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe Super 1600</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:br/>
-              <w:t>der Homologationsjahre 1989 bis inkl. 2007</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="1A646858" w14:textId="311017E3" w:rsidR="00E24EDF" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00C822FD">
+              <w:t>der Homologationsjahre bis 2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2CBB6F" w14:textId="72798FB1" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00777572">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E1F3A02" w14:textId="7EC7EEF7" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F0150C5" w14:textId="3683677B" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927CC5" w:rsidRPr="00927CC5" w14:paraId="72C140CB" w14:textId="77777777" w:rsidTr="00927CC5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="493" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40939E68" w14:textId="477886AB" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00777572">
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00777572">
-[...134 lines deleted...]
-            <w:r w:rsidRPr="006230F4">
+            <w:r w:rsidRPr="00927CC5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="890" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40958A92" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...14 lines deleted...]
-              <w:t>Div. 11</w:t>
+          <w:p w14:paraId="7A30CFEC" w14:textId="75D31813" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Div. 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43F1D490" w14:textId="77777777" w:rsidR="00E24EDF" w:rsidRPr="006230F4" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-            <w:pPr>
+          <w:p w14:paraId="3DA59043" w14:textId="07F5961E" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Gruppe A-Kit (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>VK Nachtrag</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00927CC5">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>der Homologationsjahre bis 2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="738" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="139C3A2D" w14:textId="25021839" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:strike/>
-                <w:sz w:val="18"/>
-[...84 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F242CAC" w14:textId="7AB1FEF9" w:rsidR="00E24EDF" w:rsidRPr="00777572" w:rsidRDefault="00E24EDF" w:rsidP="00E24EDF">
-[...54 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6B709009" w14:textId="738CA0C9" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3799" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5852923E" w14:textId="75013F72" w:rsidR="00927CC5" w:rsidRPr="00927CC5" w:rsidRDefault="00927CC5" w:rsidP="00927CC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E24EDF" w:rsidRPr="006230F4" w14:paraId="73C213D0" w14:textId="77777777" w:rsidTr="008B7D8D">
-[...1896 lines deleted...]
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:tbl>
     <w:p w14:paraId="0F4CFFAE" w14:textId="77777777" w:rsidR="001440A6" w:rsidRPr="001440A6" w:rsidRDefault="001440A6" w:rsidP="001440A6">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001440A6" w:rsidRPr="001440A6" w:rsidSect="00E75636">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="709" w:right="424" w:bottom="426" w:left="851" w:header="135" w:footer="117" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="267D09F9" w14:textId="77777777" w:rsidR="003159E9" w:rsidRDefault="003159E9" w:rsidP="00CA1A18">
+    <w:p w14:paraId="4914AAB8" w14:textId="77777777" w:rsidR="00301540" w:rsidRDefault="00301540" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B72FE66" w14:textId="77777777" w:rsidR="003159E9" w:rsidRDefault="003159E9" w:rsidP="00CA1A18">
+    <w:p w14:paraId="70469081" w14:textId="77777777" w:rsidR="00301540" w:rsidRDefault="00301540" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -19326,115 +18741,115 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FranklinGothicLTCom-Bk">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="47657E71" w14:textId="64A510A7" w:rsidR="00B87B07" w:rsidRPr="00124B90" w:rsidRDefault="00B87B07" w:rsidP="00993710">
+  <w:p w14:paraId="47657E71" w14:textId="33609012" w:rsidR="00B87B07" w:rsidRPr="00124B90" w:rsidRDefault="00B87B07" w:rsidP="00993710">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9214"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Nennformular für Bergrennen </w:t>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">– </w:t>
     </w:r>
     <w:r w:rsidRPr="00F0566A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Stand 0</w:t>
     </w:r>
-    <w:r w:rsidR="00F13B09">
+    <w:r w:rsidR="0042397E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00F0566A">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00A145A0">
+    <w:r w:rsidR="0042397E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
@@ -19555,58 +18970,58 @@
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>Hahnstr</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6E85A11A" w14:textId="77777777" w:rsidR="00B87B07" w:rsidRDefault="00B87B07">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77E6159D" w14:textId="77777777" w:rsidR="003159E9" w:rsidRDefault="003159E9" w:rsidP="00CA1A18">
+    <w:p w14:paraId="6D12A2AF" w14:textId="77777777" w:rsidR="00301540" w:rsidRDefault="00301540" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1047556E" w14:textId="77777777" w:rsidR="003159E9" w:rsidRDefault="003159E9" w:rsidP="00CA1A18">
+    <w:p w14:paraId="0B24AD2F" w14:textId="77777777" w:rsidR="00301540" w:rsidRDefault="00301540" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7026989F" w14:textId="77777777" w:rsidR="00B87B07" w:rsidRDefault="00B87B07">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="190C303E" wp14:editId="03A36803">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4736465</wp:posOffset>
           </wp:positionH>
@@ -21313,198 +20728,219 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="910847948">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1169716393">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="388846950">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="430392901">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1315797177">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1526601602">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA1A18"/>
     <w:rsid w:val="00001F23"/>
     <w:rsid w:val="00017718"/>
     <w:rsid w:val="00020CFB"/>
     <w:rsid w:val="000344D3"/>
     <w:rsid w:val="000361C6"/>
     <w:rsid w:val="00047FBB"/>
     <w:rsid w:val="000929A2"/>
     <w:rsid w:val="00094E9A"/>
     <w:rsid w:val="0009701D"/>
     <w:rsid w:val="000A0DD9"/>
     <w:rsid w:val="000B29E5"/>
     <w:rsid w:val="000B3B23"/>
     <w:rsid w:val="000D5810"/>
     <w:rsid w:val="000F5501"/>
+    <w:rsid w:val="00104CAA"/>
+    <w:rsid w:val="0011699E"/>
     <w:rsid w:val="001228BF"/>
     <w:rsid w:val="00135E9B"/>
     <w:rsid w:val="00141086"/>
     <w:rsid w:val="00141DAC"/>
     <w:rsid w:val="001440A6"/>
     <w:rsid w:val="00153237"/>
     <w:rsid w:val="001707E6"/>
     <w:rsid w:val="00175B07"/>
     <w:rsid w:val="00192380"/>
     <w:rsid w:val="001B0C0C"/>
     <w:rsid w:val="001B4D4D"/>
     <w:rsid w:val="001B6860"/>
     <w:rsid w:val="001B69F2"/>
     <w:rsid w:val="001C19F5"/>
     <w:rsid w:val="00202445"/>
     <w:rsid w:val="0020309D"/>
     <w:rsid w:val="00214425"/>
     <w:rsid w:val="00235B43"/>
     <w:rsid w:val="00251085"/>
     <w:rsid w:val="00272ACD"/>
     <w:rsid w:val="002905D6"/>
     <w:rsid w:val="002A0B75"/>
+    <w:rsid w:val="002A4654"/>
     <w:rsid w:val="002B5CF6"/>
     <w:rsid w:val="002C3989"/>
     <w:rsid w:val="002C3B0F"/>
+    <w:rsid w:val="002E03A5"/>
     <w:rsid w:val="002E1F58"/>
+    <w:rsid w:val="002E3DC6"/>
     <w:rsid w:val="002E76DA"/>
     <w:rsid w:val="002F6576"/>
+    <w:rsid w:val="00301540"/>
     <w:rsid w:val="00304F1E"/>
     <w:rsid w:val="003159E9"/>
     <w:rsid w:val="00341878"/>
+    <w:rsid w:val="003472F7"/>
     <w:rsid w:val="003859C7"/>
     <w:rsid w:val="00393C79"/>
     <w:rsid w:val="003C107B"/>
     <w:rsid w:val="003D300A"/>
     <w:rsid w:val="004005FA"/>
+    <w:rsid w:val="0040529D"/>
     <w:rsid w:val="00410484"/>
     <w:rsid w:val="00421592"/>
+    <w:rsid w:val="0042397E"/>
     <w:rsid w:val="00466DE1"/>
     <w:rsid w:val="004A07C2"/>
     <w:rsid w:val="004D2F38"/>
     <w:rsid w:val="004D5883"/>
     <w:rsid w:val="004F15CF"/>
     <w:rsid w:val="00533DBC"/>
+    <w:rsid w:val="00552497"/>
     <w:rsid w:val="00553BAC"/>
     <w:rsid w:val="005B7246"/>
     <w:rsid w:val="005C4ED7"/>
     <w:rsid w:val="00642666"/>
     <w:rsid w:val="00684B7A"/>
     <w:rsid w:val="006B16B7"/>
     <w:rsid w:val="006C1AE3"/>
     <w:rsid w:val="006C7C5E"/>
     <w:rsid w:val="006F0320"/>
     <w:rsid w:val="006F3C0C"/>
     <w:rsid w:val="007256D0"/>
     <w:rsid w:val="0073264C"/>
+    <w:rsid w:val="00761E27"/>
     <w:rsid w:val="00777572"/>
     <w:rsid w:val="0078773D"/>
     <w:rsid w:val="007A1745"/>
     <w:rsid w:val="00806246"/>
     <w:rsid w:val="00832CA0"/>
     <w:rsid w:val="00846751"/>
     <w:rsid w:val="008B46A6"/>
+    <w:rsid w:val="008B73B9"/>
+    <w:rsid w:val="008E6642"/>
     <w:rsid w:val="008E7CE1"/>
+    <w:rsid w:val="00910B88"/>
     <w:rsid w:val="009136F3"/>
+    <w:rsid w:val="00927CC5"/>
     <w:rsid w:val="009442DA"/>
+    <w:rsid w:val="00952210"/>
     <w:rsid w:val="009576F7"/>
     <w:rsid w:val="00993710"/>
     <w:rsid w:val="009A15C7"/>
     <w:rsid w:val="00A1242F"/>
     <w:rsid w:val="00A145A0"/>
     <w:rsid w:val="00A15F0A"/>
     <w:rsid w:val="00A23F4C"/>
     <w:rsid w:val="00A31CDE"/>
     <w:rsid w:val="00A34D1A"/>
     <w:rsid w:val="00A542AB"/>
     <w:rsid w:val="00A61948"/>
+    <w:rsid w:val="00AB3B12"/>
     <w:rsid w:val="00AD25C4"/>
     <w:rsid w:val="00AF486E"/>
     <w:rsid w:val="00B11612"/>
+    <w:rsid w:val="00B37380"/>
     <w:rsid w:val="00B37C73"/>
     <w:rsid w:val="00B503CF"/>
     <w:rsid w:val="00B628DA"/>
     <w:rsid w:val="00B825C6"/>
     <w:rsid w:val="00B836A5"/>
     <w:rsid w:val="00B87B07"/>
     <w:rsid w:val="00BB1C4D"/>
     <w:rsid w:val="00BB41FD"/>
     <w:rsid w:val="00BD6AAE"/>
     <w:rsid w:val="00BD791E"/>
+    <w:rsid w:val="00BE527F"/>
     <w:rsid w:val="00BE7369"/>
     <w:rsid w:val="00C20CE4"/>
     <w:rsid w:val="00C358E6"/>
     <w:rsid w:val="00C44712"/>
     <w:rsid w:val="00C54D4B"/>
     <w:rsid w:val="00C56D89"/>
     <w:rsid w:val="00C822FD"/>
     <w:rsid w:val="00C83116"/>
     <w:rsid w:val="00C91138"/>
     <w:rsid w:val="00CA1A18"/>
+    <w:rsid w:val="00CB672A"/>
     <w:rsid w:val="00CD5857"/>
     <w:rsid w:val="00CE1D5E"/>
     <w:rsid w:val="00CE4E7D"/>
     <w:rsid w:val="00D0728D"/>
     <w:rsid w:val="00D42614"/>
+    <w:rsid w:val="00D601DF"/>
     <w:rsid w:val="00D7405D"/>
     <w:rsid w:val="00DA24A0"/>
     <w:rsid w:val="00DB4FC1"/>
     <w:rsid w:val="00DE1D92"/>
     <w:rsid w:val="00E100A1"/>
     <w:rsid w:val="00E241C1"/>
     <w:rsid w:val="00E24EDF"/>
     <w:rsid w:val="00E36DBF"/>
     <w:rsid w:val="00E75636"/>
     <w:rsid w:val="00E84EAC"/>
     <w:rsid w:val="00EB24D0"/>
     <w:rsid w:val="00EF0813"/>
     <w:rsid w:val="00F0566A"/>
     <w:rsid w:val="00F132F7"/>
     <w:rsid w:val="00F13B09"/>
     <w:rsid w:val="00F771E4"/>
     <w:rsid w:val="00F86B80"/>
     <w:rsid w:val="00FA3818"/>
     <w:rsid w:val="00FB7B2A"/>
     <w:rsid w:val="00FC7943"/>
     <w:rsid w:val="00FD3696"/>
     <w:rsid w:val="00FF004A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -22121,50 +21557,140 @@
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B87B07"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00304F1E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Kommentarzeichen">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E6642"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentartext">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KommentartextZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E6642"/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentartextZchn">
+    <w:name w:val="Kommentartext Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kommentartext"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008E6642"/>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarthema">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Kommentartext"/>
+    <w:next w:val="Kommentartext"/>
+    <w:link w:val="KommentarthemaZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008E6642"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
+    <w:name w:val="Kommentarthema Zchn"/>
+    <w:basedOn w:val="KommentartextZchn"/>
+    <w:link w:val="Kommentarthema"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008E6642"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HBTEXT11pMITTAB">
+    <w:name w:val="HB TEXT 11p MIT TAB"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="HBTEXT11pMITTABZchn"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A4654"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1134"/>
+      </w:tabs>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HBTEXT11pMITTABZchn">
+    <w:name w:val="HB TEXT 11p MIT TAB Zchn"/>
+    <w:link w:val="HBTEXT11pMITTAB"/>
+    <w:rsid w:val="002A4654"/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="190534584">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="434249929">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -22186,51 +21712,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1938902889">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -22480,70 +22006,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>20889</Characters>
+  <Pages>6</Pages>
+  <Words>3262</Words>
+  <Characters>20551</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>174</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>171</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Nennformular Bergrennen</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24156</CharactersWithSpaces>
+  <CharactersWithSpaces>23766</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nennformular Bergrennen</dc:title>
   <dc:creator>Jana Haböck</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>