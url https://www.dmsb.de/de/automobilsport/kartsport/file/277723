--- v0 (2025-10-12)
+++ v1 (2026-01-23)
@@ -1,173 +1,169 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10098"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="66A59F12" w14:textId="77777777" w:rsidTr="00FD322A">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F72EAC7" w14:textId="7D8E488D" w:rsidR="00C40446" w:rsidRPr="008D01CA" w:rsidRDefault="00C40446" w:rsidP="004066A9">
+          <w:p w14:paraId="2F72EAC7" w14:textId="3994C5DD" w:rsidR="00C40446" w:rsidRPr="008D01CA" w:rsidRDefault="00C40446" w:rsidP="004066A9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D01CA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB - Ausschreibung </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004066A9" w:rsidRPr="008D01CA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Kart</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008D01CA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="00FD322A" w:rsidRPr="008D01CA">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009B2049">
+            <w:r w:rsidR="00F32921">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7AD45A04" w14:textId="6FD44A30" w:rsidR="003B6639" w:rsidRPr="008D01CA" w:rsidRDefault="00834D76" w:rsidP="003B6639">
+    <w:p w14:paraId="7AD45A04" w14:textId="6FD44A30" w:rsidR="003B6639" w:rsidRDefault="00834D76" w:rsidP="003B6639">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008D01CA">
         <w:t>Vom DMSB genehmigte Kartrennen werden nach dem Internationalen Sportgesetz der FIA (ISG) mit Anhängen, den Sportlichen und Technischen Bestimmungen der CIK-FIA, dem DMSB-Veranstaltungsreglement, dem DMSB-Kart-Reglement, den DMSB-Lizenzbestimmungen, der Rechts- und Verfahrensordnung des DMSB (RuVO), den Beschlüssen und Bestimmungen des DMSB, den Umweltrichtlinien des DMSB</w:t>
       </w:r>
       <w:r w:rsidR="006B5D65">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008D01CA">
         <w:t xml:space="preserve">den Anti-Doping Regelwerk der nationalen und internationalen Anti-Doping Agentur (WADA/NADA-Code) sowie den Anti-Dopingbestimmungen der FIA, den Sportlichen und Technischen Reglement einer DMSB-genehmigten Serie (falls zutreffend), der Veranstaltungsausschreibung, dem Ethikkodex und Verhaltenskodex der FIA und dem Ethikkodex des DMSB und den sonstigen Bestimmungen der FIA, CIK-FIA und des DMSB durchgeführt. Für DMSB-Prädikate gelten zusätzlich die allgemeinen und besonderen Prädikatsbestimmungen des DMSB. </w:t>
       </w:r>
       <w:r w:rsidR="003B6639" w:rsidRPr="008D01CA">
         <w:t xml:space="preserve">Soweit durch diese Ausschreibung keine anderweitige Regelung getroffen ist, gelten die Regelungen der o.a. Reglements. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F8E3B8C" w14:textId="77777777" w:rsidR="006E60E9" w:rsidRPr="008D01CA" w:rsidRDefault="006E60E9" w:rsidP="00E43E93">
+    <w:p w14:paraId="65407B8B" w14:textId="243C9F0C" w:rsidR="00D40E0B" w:rsidRPr="008D01CA" w:rsidRDefault="00D40E0B" w:rsidP="003B6639">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="008D01CA">
-[...3 lines deleted...]
-        <w:t>Das Zutreffende ist angekreuzt bzw. ausgefüllt.</w:t>
+      <w:r w:rsidRPr="00D40E0B">
+        <w:t>Sollten Pyrotechnische Gegenstände zum Einsatz gebracht werden, sind die Vorgaben der lokalen Behörden zu berücksichtigen und weitere Angaben unter dem Artikel „Weitere Bestimmungen“ der Ausschreibung aufzuführen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E8F3982" w14:textId="77777777" w:rsidR="00733444" w:rsidRPr="006B5D65" w:rsidRDefault="00733444" w:rsidP="006E60E9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="679E0D49" w14:textId="77777777" w:rsidR="005D0698" w:rsidRPr="008D01CA" w:rsidRDefault="00C40446" w:rsidP="006E60E9">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D01CA">
@@ -1587,65 +1583,83 @@
     <w:p w14:paraId="494F503B" w14:textId="77777777" w:rsidR="00174546" w:rsidRDefault="00174546" w:rsidP="00174546">
       <w:pPr>
         <w:pStyle w:val="berschrift5"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1416" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk149738083"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Zeitpunkt der Veröffentlichung von Ergebnissen gemäß Veranstaltungsreglement Art. 23)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="5A8FCD56" w14:textId="77777777" w:rsidR="00733444" w:rsidRPr="008D01CA" w:rsidRDefault="00733444" w:rsidP="00B623E7"/>
-    <w:p w14:paraId="59C554BA" w14:textId="5682448E" w:rsidR="00D461D7" w:rsidRPr="008D01CA" w:rsidRDefault="00D461D7" w:rsidP="00D461D7">
+    <w:p w14:paraId="2FF6F114" w14:textId="77777777" w:rsidR="005907C9" w:rsidRDefault="005907C9">
       <w:pPr>
-        <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D01CA">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C554BA" w14:textId="7D57E4F1" w:rsidR="00D461D7" w:rsidRPr="008D01CA" w:rsidRDefault="00D461D7" w:rsidP="00D461D7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D01CA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="00733444" w:rsidRPr="008D01CA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r w:rsidR="00131D68" w:rsidRPr="008D01CA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Wettbewerbe, die während der Veranstaltung zur Durchführung kommen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -2502,51 +2516,103 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5775F148" w14:textId="77777777" w:rsidR="00D461D7" w:rsidRPr="008D01CA" w:rsidRDefault="00D461D7" w:rsidP="00800F72"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62B63651" w14:textId="77777777" w:rsidR="00D461D7" w:rsidRPr="008D01CA" w:rsidRDefault="00D461D7" w:rsidP="00800F72">
             <w:r w:rsidRPr="008D01CA">
               <w:t xml:space="preserve">Uhr </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="798D7289" w14:textId="77777777" w:rsidR="005D0698" w:rsidRPr="008D01CA" w:rsidRDefault="005D0698" w:rsidP="006E60E9"/>
+    <w:p w14:paraId="75CA1AA9" w14:textId="77777777" w:rsidR="000642E6" w:rsidRDefault="000642E6" w:rsidP="000642E6">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="798D7289" w14:textId="62085C4F" w:rsidR="005D0698" w:rsidRPr="00922AB7" w:rsidRDefault="000642E6" w:rsidP="00922AB7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32921" w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nach Absolvieren der Technischen Abnahme dürfen Fahrzeuge im Rahmen der Veranstaltung </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gemäß DMSB-Veranstaltungsreglement Art. 16 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32921" w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ausschließlich an den in der Veranstaltungsausschreibung aufgeführten Wettbewerben teilnehmen.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2802"/>
         <w:gridCol w:w="1787"/>
         <w:gridCol w:w="622"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="1529"/>
         <w:gridCol w:w="1022"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="0CD9842D" w14:textId="77777777" w:rsidTr="00E43E93">
@@ -4131,62 +4197,69 @@
               <w:t>EUR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="481BD6E7" w14:textId="77777777" w:rsidR="00E455F6" w:rsidRPr="008D01CA" w:rsidRDefault="00E455F6" w:rsidP="001B3605">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5AA653C3" w14:textId="77777777" w:rsidR="00E455F6" w:rsidRPr="008D01CA" w:rsidRDefault="00E455F6" w:rsidP="006E60E9"/>
-    <w:p w14:paraId="39E83EA0" w14:textId="77777777" w:rsidR="00026BF0" w:rsidRPr="008D01CA" w:rsidRDefault="00026BF0" w:rsidP="00026BF0">
+    <w:p w14:paraId="4A513B63" w14:textId="156AD174" w:rsidR="005907C9" w:rsidRDefault="005907C9">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39E83EA0" w14:textId="5A92BC5E" w:rsidR="00026BF0" w:rsidRPr="008D01CA" w:rsidRDefault="00026BF0" w:rsidP="00026BF0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D01CA">
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Kontoverbindung des Veranstalters:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4644"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="70DCF961" w14:textId="77777777" w:rsidTr="00B95DCC">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4644" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
@@ -4632,55 +4705,53 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="643FDA45" w14:textId="6246ACBB" w:rsidR="008A7336" w:rsidRPr="008A5944" w:rsidRDefault="008A7336" w:rsidP="008A7336">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Die</w:t>
       </w:r>
       <w:r w:rsidRPr="008A5944">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Veranstaltung</w:t>
       </w:r>
       <w:r w:rsidRPr="008A5944">
         <w:t xml:space="preserve"> w</w:t>
       </w:r>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="008A5944">
         <w:t xml:space="preserve">rd auf der </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B15C54">
         <w:t>Kartstrecke</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008A5944">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005543A0">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="......."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="005543A0">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -6241,64 +6312,62 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D01CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
       <w:r w:rsidR="00834D76" w:rsidRPr="008D01CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Parc</w:t>
       </w:r>
       <w:r w:rsidR="00FD322A" w:rsidRPr="008D01CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C7716F" w:rsidRPr="008D01CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="008D01CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ermé</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00F667AC" w:rsidRPr="008D01CA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> befindet sich </w:t>
       </w:r>
       <w:r w:rsidR="005543A0">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="......."/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="005543A0">
         <w:rPr>
           <w:bCs/>
@@ -6515,78 +6584,82 @@
           <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E57F837" w14:textId="77777777" w:rsidR="0038346D" w:rsidRPr="008D01CA" w:rsidRDefault="0038346D" w:rsidP="006E60E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FDA4938" w14:textId="11249EF1" w:rsidR="00C86AA7" w:rsidRPr="008D01CA" w:rsidRDefault="00C86AA7" w:rsidP="00C86AA7">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D01CA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="000A15B1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="008D01CA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bereich zum Starten/Anlassen der Karts</w:t>
       </w:r>
       <w:r w:rsidRPr="008D01CA">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Probe- bzw. Testlauf)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2437D11F" w14:textId="77777777" w:rsidR="00C86AA7" w:rsidRPr="008D01CA" w:rsidRDefault="00C86AA7" w:rsidP="00C86AA7">
-[...1 lines deleted...]
-        <w:t>Nach Freigabe durch einen Technischen Kommissar kann das Kart für einen Probe- bzw. Testlauf in dem folgenden Bereich gestartet werden:</w:t>
+    <w:p w14:paraId="2437D11F" w14:textId="54D436C9" w:rsidR="00C86AA7" w:rsidRPr="008D01CA" w:rsidRDefault="00D40E0B" w:rsidP="00C86AA7">
+      <w:r>
+        <w:t>Ausschließlich n</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86AA7" w:rsidRPr="008D01CA">
+        <w:t>ach Freigabe durch einen Technischen Kommissar kann das Kart für einen Probe- bzw. Testlauf in dem folgenden Bereich gestartet werden:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C5E5BC5" w14:textId="77777777" w:rsidR="00C86AA7" w:rsidRPr="008D01CA" w:rsidRDefault="00C86AA7" w:rsidP="00C86AA7"/>
     <w:p w14:paraId="1AF34F50" w14:textId="0394428D" w:rsidR="00C86AA7" w:rsidRPr="008D01CA" w:rsidRDefault="00C86AA7" w:rsidP="00C86AA7">
       <w:r w:rsidRPr="008D01CA">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008D01CA">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="008D01CA">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008D01CA">
         <w:fldChar w:fldCharType="end"/>
@@ -6774,101 +6847,94 @@
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Die Wertung erfolgt gemäß </w:t>
       </w:r>
       <w:r w:rsidRPr="00FB48C6">
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="005543A0">
         <w:t>B16</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB48C6">
         <w:t xml:space="preserve"> des DMSB-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005543A0">
         <w:t>Kart</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00FB48C6">
         <w:t xml:space="preserve"> Reglements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30DA8039" w14:textId="77777777" w:rsidR="00174546" w:rsidRPr="00FB48C6" w:rsidRDefault="00174546" w:rsidP="00174546">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="4975C91F" w14:textId="01746AF2" w:rsidR="00174546" w:rsidRDefault="00174546" w:rsidP="00174546">
       <w:r w:rsidRPr="00FB48C6">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FB48C6">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00FB48C6">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FB48C6">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00FB48C6">
         <w:t xml:space="preserve"> Die Wertung erfolgt gemäß DMSB-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005543A0">
-        <w:t>Kart</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Kart </w:t>
       </w:r>
       <w:r>
         <w:t>Prädikatsbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46B18FDD" w14:textId="77777777" w:rsidR="00174546" w:rsidRPr="00C50CC6" w:rsidRDefault="00174546" w:rsidP="00174546">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24E8F6D1" w14:textId="6A376CE0" w:rsidR="00174546" w:rsidRPr="004D0046" w:rsidRDefault="00174546" w:rsidP="00174546">
       <w:r w:rsidRPr="00EE1373">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
@@ -7350,57 +7416,52 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="2DD01963" w14:textId="77777777" w:rsidTr="00E87173">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3472" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="711ED677" w14:textId="77777777" w:rsidR="005D0698" w:rsidRPr="008D01CA" w:rsidRDefault="005D0698" w:rsidP="006E60E9">
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008D01CA">
-              <w:t>Stellvertr</w:t>
-[...3 lines deleted...]
-              <w:t>. Rennleiter</w:t>
+              <w:t>Stellvertr. Rennleiter</w:t>
             </w:r>
             <w:r w:rsidR="00AD4D3F" w:rsidRPr="008D01CA">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4716917C" w14:textId="77777777" w:rsidR="005D0698" w:rsidRPr="008D01CA" w:rsidRDefault="005D0698" w:rsidP="006E60E9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8049,51 +8110,51 @@
               <w:t>Liz.-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FF2408A" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00B95DCC" w:rsidP="006E60E9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="6A8E356E" w14:textId="77777777" w:rsidTr="00E43E93">
+      <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="6A8E356E" w14:textId="77777777" w:rsidTr="00922AB7">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3472" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4EE14D00" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00B95DCC" w:rsidP="006E60E9">
             <w:r w:rsidRPr="008D01CA">
               <w:t>Leitender Rennarzt</w:t>
             </w:r>
             <w:r w:rsidR="00AD4D3F" w:rsidRPr="008D01CA">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8127,51 +8188,51 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E1CFBAB" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00B95DCC" w:rsidP="006E60E9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08EF975B" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00B95DCC" w:rsidP="006E60E9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="068A84F2" w14:textId="77777777" w:rsidTr="00E87173">
+      <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="068A84F2" w14:textId="77777777" w:rsidTr="00922AB7">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3472" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6CA49FB7" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00B95DCC" w:rsidP="006E60E9">
             <w:r w:rsidRPr="008D01CA">
               <w:t>Umweltbeauftragter</w:t>
             </w:r>
             <w:r w:rsidR="00AD4D3F" w:rsidRPr="008D01CA">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8182,74 +8243,78 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="029018C2" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00B95DCC" w:rsidP="006E60E9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6D1285E4" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00B95DCC" w:rsidP="006E60E9"/>
+          <w:p w14:paraId="6D1285E4" w14:textId="7FB5F503" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="002129F5" w:rsidP="006E60E9">
+            <w:r w:rsidRPr="002129F5">
+              <w:t>Liz.-Nr.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7AA77D9A" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00B95DCC" w:rsidP="006E60E9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="4579BED3" w14:textId="77777777" w:rsidTr="00E87173">
+      <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="4579BED3" w14:textId="77777777" w:rsidTr="00922AB7">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3472" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0B1ADF1B" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00C86AA7" w:rsidP="006E60E9">
             <w:r w:rsidRPr="008D01CA">
               <w:t>Race Control:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -8263,51 +8328,51 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5C405C52" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00B95DCC" w:rsidP="006E60E9"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C22934D" w14:textId="77777777" w:rsidR="00B95DCC" w:rsidRPr="008D01CA" w:rsidRDefault="00B95DCC" w:rsidP="006E60E9">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008D01CA" w:rsidRPr="008D01CA" w14:paraId="0983A68A" w14:textId="77777777" w:rsidTr="00E87173">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3472" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -8705,50 +8770,51 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BAAA5CD" w14:textId="77777777" w:rsidR="0038346D" w:rsidRPr="008D01CA" w:rsidRDefault="0038346D" w:rsidP="00A50B05">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CA77F6A" w14:textId="6EDF07A7" w:rsidR="005D0698" w:rsidRPr="008D01CA" w:rsidRDefault="00F667AC" w:rsidP="00A50B05">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D01CA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="000A15B1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00C40446" w:rsidRPr="008D01CA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D0698" w:rsidRPr="008D01CA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Weitere Bestimmungen</w:t>
@@ -8846,58 +8912,50 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C7716F" w:rsidRPr="008D01CA" w14:paraId="4441E3B5" w14:textId="77777777" w:rsidTr="00A24F92">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9709" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="36A071FE" w14:textId="77777777" w:rsidR="005D0698" w:rsidRPr="008D01CA" w:rsidRDefault="005D0698" w:rsidP="006E60E9">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2EC966B4" w14:textId="77777777" w:rsidR="005D0698" w:rsidRPr="008D01CA" w:rsidRDefault="005D0698" w:rsidP="006E60E9">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7F75D9F5" w14:textId="77777777" w:rsidR="00FD49C7" w:rsidRPr="008D01CA" w:rsidRDefault="00FD49C7" w:rsidP="006E60E9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="673792A6" w14:textId="77777777" w:rsidR="007D5E03" w:rsidRPr="008D01CA" w:rsidRDefault="007D5E03" w:rsidP="006E60E9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A01D3E1" w14:textId="7D359337" w:rsidR="00B84DE4" w:rsidRPr="008D01CA" w:rsidRDefault="00B84DE4" w:rsidP="00B84DE4">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D01CA">
@@ -8907,357 +8965,628 @@
         </w:rPr>
         <w:t>Art.</w:t>
       </w:r>
       <w:r w:rsidR="0038346D" w:rsidRPr="008D01CA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="000A15B1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00AB0BA8" w:rsidRPr="008D01CA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Protest und Berufung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="132A35F5" w14:textId="77777777" w:rsidR="008C632D" w:rsidRPr="008D01CA" w:rsidRDefault="008C632D" w:rsidP="008C632D">
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="3D212C4D" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk218524328"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t>Bei Protesten und Berufung gelten das Internationale Sportgesetz der FIA, das Veranstaltungsreglement des DMSB, die Rechts- und Verfahrensordnung des DMSB sowie bei Berufungen zur FIA die Rechts- und Verfahrensordnung der FIA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5564BBF6" w14:textId="77777777" w:rsidR="008C632D" w:rsidRPr="008D01CA" w:rsidRDefault="008C632D" w:rsidP="008C632D"/>
-    <w:p w14:paraId="148BC2E8" w14:textId="77777777" w:rsidR="008C632D" w:rsidRPr="008D01CA" w:rsidRDefault="008C632D" w:rsidP="008C632D">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="3CAD4955" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EE32708" w14:textId="64AA95B9" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D01CA">
-        <w:rPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-        </w:rPr>
-        <w:t xml:space="preserve">Protestkaution - zahlbar am den DMSB: </w:t>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Für DMSB-genehmigte Serien</w:t>
+      </w:r>
+      <w:r w:rsidR="00D40E0B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>/ Wettbewerbe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gelten folgende Kautionen (mehrwertsteuerfrei)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50C0FF65" w14:textId="77777777" w:rsidR="008C632D" w:rsidRPr="008D01CA" w:rsidRDefault="008C632D" w:rsidP="008C632D">
+    <w:p w14:paraId="4B5D3FFD" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D01CA">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Berufungskaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="536C9DD5" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08EFD4D1" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Status National A</w:t>
       </w:r>
-      <w:r w:rsidRPr="008D01CA">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008D01CA">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008D01CA">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.000,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41593539" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="165B949D" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Protestkaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52611AC2" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="724C6881" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Status National A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>300,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1712999D" w14:textId="77777777" w:rsidR="008C632D" w:rsidRPr="008D01CA" w:rsidRDefault="008C632D" w:rsidP="008C632D">
+    <w:p w14:paraId="7E43A8C0" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D01CA">
-[...7 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w14:paraId="04ADB694" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ausschließlich für Serien mit Status International (gem. 14.1.1 ISG) beträgt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174203BD" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>die Revisionskaution:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008D01CA">
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008D01CA">
-[...84 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>1.500,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5483D053" w14:textId="77777777" w:rsidR="008C632D" w:rsidRPr="008D01CA" w:rsidRDefault="008C632D" w:rsidP="008C632D">
-[...2 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="5A96376F" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FDBDEA3" w14:textId="77777777" w:rsidR="008C632D" w:rsidRPr="008D01CA" w:rsidRDefault="008C632D" w:rsidP="008C632D"/>
-    <w:p w14:paraId="10F8EEEE" w14:textId="77777777" w:rsidR="008C632D" w:rsidRPr="008D01CA" w:rsidRDefault="008C632D" w:rsidP="008C632D">
+    <w:p w14:paraId="4FD98BFE" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:eastAsia="NewsGoth for Porsche Com"/>
-          <w:szCs w:val="22"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D01CA">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="NewsGoth for Porsche Com"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Berufungskaution – zahlbar an die FIA:</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>Internationales Berufungsgericht</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DC73FA" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="22"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:t>Berufungsgebühr und Berufungskaution – zahlbar an die FIA gem. Voraussetzungen und in Abhängigkeit der Serie / Veranstaltung gelistet unter Art.13.1.2.a Kapitel 5 Rechts- und Verfahrensregeln der FIA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F5A1C75" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F0277CB" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(DMSB-Protest- und Berufungskautionen sind an den DMSB zu entrichten)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBA5E91" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44CAC6E1" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Für andere ASN-genehmigte Serien gelten folgende Kautionen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="323C764A" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:ind w:left="3544" w:hanging="3544"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protest-/Berufung-/Revisionskaution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(zahlbar an ASN der Serie):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5492B279" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:ind w:left="3544" w:hanging="3544"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk216862847"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t xml:space="preserve">Höhe Kaution gem. ASN-Serienreglement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD5B1A3" w14:textId="77777777" w:rsidR="00F32921" w:rsidRPr="00922AB7" w:rsidRDefault="00F32921" w:rsidP="00F32921">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Status National</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E87173" w:rsidRPr="008D01CA">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E87173" w:rsidRPr="008D01CA">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="008D01CA">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00922AB7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> €</w:t>
+        <w:tab/>
+        <w:t>Höhe Kaution gem. ASN-Serienreglement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589C5A22" w14:textId="77777777" w:rsidR="008C632D" w:rsidRPr="008D01CA" w:rsidRDefault="008C632D" w:rsidP="008C632D"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7CDC067B" w14:textId="1FF199E4" w:rsidR="008A7336" w:rsidRDefault="008A7336" w:rsidP="008C632D"/>
+    <w:p w14:paraId="589C5A22" w14:textId="35EEE414" w:rsidR="008C632D" w:rsidRPr="008D01CA" w:rsidRDefault="008C632D" w:rsidP="008C632D"/>
+    <w:p w14:paraId="013AA1F2" w14:textId="04C41FDE" w:rsidR="008C632D" w:rsidRDefault="008C632D" w:rsidP="008C632D"/>
     <w:p w14:paraId="0FF7AA23" w14:textId="77777777" w:rsidR="008A7336" w:rsidRDefault="008A7336" w:rsidP="008A7336">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk149738331"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk149738331"/>
     </w:p>
     <w:p w14:paraId="3ABF6277" w14:textId="3E75EF59" w:rsidR="008A7336" w:rsidRDefault="008A7336" w:rsidP="008A7336">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
@@ -9359,519 +9688,455 @@
     <w:p w14:paraId="0CFB0725" w14:textId="77777777" w:rsidR="008A7336" w:rsidRPr="00C50CC6" w:rsidRDefault="008A7336" w:rsidP="00E43E93">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C50CC6">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="154DD443" w14:textId="77777777" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="009B2049">
+    <w:p w14:paraId="154DD443" w14:textId="76BC1492" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="009B2049">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSB-Veranstaltungsreglement 2024 Art. 3</w:t>
+        <w:t>DMSB-Veranstaltungsreglement Art. 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>5 versichert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65D4BC32" w14:textId="77777777" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="009B2049">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D44AA4C" w14:textId="77777777" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="00E43E93">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E46012C" w14:textId="7D214FDB" w:rsidR="008A7336" w:rsidRPr="00712107" w:rsidRDefault="008A7336" w:rsidP="009B2049">
+    <w:p w14:paraId="3E46012C" w14:textId="1A5F4FDD" w:rsidR="008A7336" w:rsidRPr="00712107" w:rsidRDefault="008A7336" w:rsidP="009B2049">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement </w:t>
-[...15 lines deleted...]
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement</w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Art. 36</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EA7CD7A" w14:textId="77777777" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="009B2049">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="268288A7" w14:textId="77777777" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="00E43E93">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Freistellung von Ansprüchen des Fahrzeugeigentümers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C14582" w14:textId="02017A20" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="009B2049">
+    <w:p w14:paraId="78C14582" w14:textId="08490923" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="009B2049">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement </w:t>
-[...15 lines deleted...]
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement</w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Art. 37</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29947A13" w14:textId="77777777" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="009B2049">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="401BE978" w14:textId="77777777" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="00E43E93">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">d) </w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Verantwortlichkeit, Änderung der Ausschreibung, Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09D86DC6" w14:textId="0DB6D0F4" w:rsidR="008A7336" w:rsidRPr="00A81614" w:rsidRDefault="008A7336" w:rsidP="009B2049">
+    <w:p w14:paraId="12A98763" w14:textId="1678FD38" w:rsidR="008A7336" w:rsidRPr="008D01CA" w:rsidRDefault="008A7336" w:rsidP="008C632D">
       <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>gemäß</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A81614">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement</w:t>
+      </w:r>
+      <w:r w:rsidR="002129F5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Art. 39</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Art. 39</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> und Art. 40</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="4163815A" w14:textId="77777777" w:rsidR="00754EE4" w:rsidRPr="008D01CA" w:rsidRDefault="00754EE4" w:rsidP="00754EE4">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D01CA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Veranstalter erklärt, dass die Veranstaltung nach den Bestimmungen des ISG, des DMSB und dieser Ausschreibung durchgeführt wird.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21663BA1" w14:textId="77777777" w:rsidR="00301D30" w:rsidRPr="008D01CA" w:rsidRDefault="00301D30" w:rsidP="00301D30">
+    <w:p w14:paraId="6A0A5DF0" w14:textId="554FF8E4" w:rsidR="00754EE4" w:rsidRPr="008D01CA" w:rsidRDefault="00301D30" w:rsidP="00301D30">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D01CA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIA, der CIK und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A0A5DF0" w14:textId="77777777" w:rsidR="00754EE4" w:rsidRPr="008D01CA" w:rsidRDefault="00754EE4" w:rsidP="00301D30">
-[...12 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00754EE4" w:rsidRPr="008D01CA" w:rsidSect="00066E39">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1096" w:right="709" w:bottom="568" w:left="1134" w:header="426" w:footer="191" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1CB96DFE" w14:textId="77777777" w:rsidR="004F6277" w:rsidRDefault="00D7184D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4FFD10FC" w14:textId="77777777" w:rsidR="004F6277" w:rsidRDefault="00D7184D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewsGoth for Porsche Com">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="00BE5745" w14:textId="77777777" w:rsidR="008B699D" w:rsidRDefault="008B699D">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0311C045" w14:textId="77777777" w:rsidR="005A7A06" w:rsidRPr="005A7A06" w:rsidRDefault="005A7A06" w:rsidP="001311C2">
     <w:pPr>
       <w:ind w:left="-142"/>
       <w:rPr>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
@@ -9957,59 +10222,65 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2235"/>
       <w:gridCol w:w="1984"/>
       <w:gridCol w:w="851"/>
       <w:gridCol w:w="3685"/>
     </w:tblGrid>
     <w:tr w:rsidR="00174546" w14:paraId="55E4C579" w14:textId="77777777" w:rsidTr="00E43E93">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2235" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
           <w:hideMark/>
         </w:tcPr>
-        <w:p w14:paraId="5B8D8584" w14:textId="77777777" w:rsidR="00174546" w:rsidRDefault="00174546" w:rsidP="00174546">
+        <w:p w14:paraId="5B8D8584" w14:textId="030E5CCE" w:rsidR="00174546" w:rsidRDefault="008B699D" w:rsidP="00174546">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="9" w:name="_Hlk149742485"/>
+          <w:bookmarkStart w:id="11" w:name="_Hlk149742485"/>
           <w:r>
+            <w:rPr>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="00174546">
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1984" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="5F4805F9" w14:textId="77777777" w:rsidR="00174546" w:rsidRDefault="00174546" w:rsidP="00174546">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
@@ -10113,164 +10384,144 @@
         <w:tcPr>
           <w:tcW w:w="3685" w:type="dxa"/>
           <w:hideMark/>
         </w:tcPr>
         <w:p w14:paraId="56F0A95F" w14:textId="57F93D1E" w:rsidR="00174546" w:rsidRDefault="00174546" w:rsidP="00174546">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">Koordination </w:t>
           </w:r>
           <w:r w:rsidR="009B2049">
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Sport</w:t>
           </w:r>
         </w:p>
       </w:tc>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="357B472B" w14:textId="77777777" w:rsidR="00C40446" w:rsidRPr="00C40446" w:rsidRDefault="00C40446" w:rsidP="00C40446">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3BE0D0B2" w14:textId="0FAA9958" w:rsidR="00FD322A" w:rsidRPr="00455871" w:rsidRDefault="00FD322A" w:rsidP="00FD322A">
+  <w:p w14:paraId="3BE0D0B2" w14:textId="245699B7" w:rsidR="00FD322A" w:rsidRPr="00455871" w:rsidRDefault="00FD322A" w:rsidP="00FD322A">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">MSB-Ausschreibung </w:t>
-[...19 lines deleted...]
-      <w:t xml:space="preserve"> –</w:t>
+      <w:t>MSB-Ausschreibung Kart –</w:t>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="00A55AC2">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="009B2049">
+    <w:r w:rsidR="00F32921">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
@@ -10384,71 +10635,91 @@
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00BF5B7D">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="191D377F" w14:textId="77777777" w:rsidR="008A0F15" w:rsidRPr="00CF2E6F" w:rsidRDefault="008A0F15" w:rsidP="00C40446">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40303CF0" w14:textId="77777777" w:rsidR="008B699D" w:rsidRDefault="008B699D">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2AC2A0D9" w14:textId="77777777" w:rsidR="004F6277" w:rsidRDefault="00D7184D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="55974B6B" w14:textId="77777777" w:rsidR="004F6277" w:rsidRDefault="00D7184D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0EF50594" w14:textId="77777777" w:rsidR="008B699D" w:rsidRDefault="008B699D">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B2D9A5B" w14:textId="77777777" w:rsidR="00BD4FF9" w:rsidRDefault="00BD4FF9" w:rsidP="00BD4FF9">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="12D83A6F" w14:textId="0A57F3B8" w:rsidR="008A0F15" w:rsidRPr="00BD4FF9" w:rsidRDefault="00BD4FF9" w:rsidP="00BD4FF9">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="650D65BC" wp14:editId="4E04C705">
           <wp:extent cx="1543050" cy="242266"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:docPr id="1" name="Grafik 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -10466,52 +10737,62 @@
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1566500" cy="245948"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63A0CC0C" w14:textId="77777777" w:rsidR="008B699D" w:rsidRDefault="008B699D">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DAB3164"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA702A30"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10588,60 +10869,60 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1214191252">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="117761"/>
+    <o:shapedefaults v:ext="edit" spidmax="128001"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E6136A"/>
     <w:rsid w:val="00000241"/>
     <w:rsid w:val="00000332"/>
     <w:rsid w:val="00000CED"/>
     <w:rsid w:val="000011BF"/>
     <w:rsid w:val="0000129C"/>
     <w:rsid w:val="00001BB2"/>
     <w:rsid w:val="000036BC"/>
@@ -10759,50 +11040,51 @@
     <w:rsid w:val="000524F7"/>
     <w:rsid w:val="00052799"/>
     <w:rsid w:val="00053002"/>
     <w:rsid w:val="000532D5"/>
     <w:rsid w:val="00053D52"/>
     <w:rsid w:val="000543E8"/>
     <w:rsid w:val="00055112"/>
     <w:rsid w:val="00055808"/>
     <w:rsid w:val="00055EEA"/>
     <w:rsid w:val="00056327"/>
     <w:rsid w:val="0005730D"/>
     <w:rsid w:val="0006005E"/>
     <w:rsid w:val="000600D5"/>
     <w:rsid w:val="00060588"/>
     <w:rsid w:val="00060984"/>
     <w:rsid w:val="00060EE8"/>
     <w:rsid w:val="000612A0"/>
     <w:rsid w:val="00061803"/>
     <w:rsid w:val="00061982"/>
     <w:rsid w:val="00061B05"/>
     <w:rsid w:val="000620F6"/>
     <w:rsid w:val="00062672"/>
     <w:rsid w:val="00063BED"/>
     <w:rsid w:val="00063ECA"/>
     <w:rsid w:val="0006427A"/>
+    <w:rsid w:val="000642E6"/>
     <w:rsid w:val="00064626"/>
     <w:rsid w:val="000650E1"/>
     <w:rsid w:val="0006523B"/>
     <w:rsid w:val="00065342"/>
     <w:rsid w:val="00065561"/>
     <w:rsid w:val="00065725"/>
     <w:rsid w:val="00065E15"/>
     <w:rsid w:val="00065FC0"/>
     <w:rsid w:val="0006632F"/>
     <w:rsid w:val="000669C8"/>
     <w:rsid w:val="00066C48"/>
     <w:rsid w:val="00066DEE"/>
     <w:rsid w:val="00066E39"/>
     <w:rsid w:val="00067588"/>
     <w:rsid w:val="00067DEA"/>
     <w:rsid w:val="000708F8"/>
     <w:rsid w:val="00070931"/>
     <w:rsid w:val="00071204"/>
     <w:rsid w:val="00071382"/>
     <w:rsid w:val="00071594"/>
     <w:rsid w:val="00071984"/>
     <w:rsid w:val="00071C65"/>
     <w:rsid w:val="0007217A"/>
     <w:rsid w:val="00072495"/>
     <w:rsid w:val="00073BE3"/>
@@ -11063,50 +11345,51 @@
     <w:rsid w:val="00134FE0"/>
     <w:rsid w:val="0013589C"/>
     <w:rsid w:val="00135B3A"/>
     <w:rsid w:val="00136916"/>
     <w:rsid w:val="001371C3"/>
     <w:rsid w:val="001375A4"/>
     <w:rsid w:val="00137952"/>
     <w:rsid w:val="00137BE0"/>
     <w:rsid w:val="0014081A"/>
     <w:rsid w:val="00140E43"/>
     <w:rsid w:val="00140F03"/>
     <w:rsid w:val="00141016"/>
     <w:rsid w:val="001417CF"/>
     <w:rsid w:val="00141DB9"/>
     <w:rsid w:val="00142010"/>
     <w:rsid w:val="0014208D"/>
     <w:rsid w:val="00142562"/>
     <w:rsid w:val="001428A2"/>
     <w:rsid w:val="001429A2"/>
     <w:rsid w:val="00143651"/>
     <w:rsid w:val="00143A0C"/>
     <w:rsid w:val="00144593"/>
     <w:rsid w:val="00145384"/>
     <w:rsid w:val="00145AE4"/>
     <w:rsid w:val="00145BB1"/>
+    <w:rsid w:val="00145BF5"/>
     <w:rsid w:val="00145EC7"/>
     <w:rsid w:val="00145FB6"/>
     <w:rsid w:val="0014641A"/>
     <w:rsid w:val="00146639"/>
     <w:rsid w:val="00146A04"/>
     <w:rsid w:val="00147725"/>
     <w:rsid w:val="001477BC"/>
     <w:rsid w:val="00147999"/>
     <w:rsid w:val="00147F53"/>
     <w:rsid w:val="0015024D"/>
     <w:rsid w:val="00150923"/>
     <w:rsid w:val="00151957"/>
     <w:rsid w:val="00151CF9"/>
     <w:rsid w:val="001520ED"/>
     <w:rsid w:val="00152227"/>
     <w:rsid w:val="0015279B"/>
     <w:rsid w:val="00156925"/>
     <w:rsid w:val="00156D0F"/>
     <w:rsid w:val="001570D3"/>
     <w:rsid w:val="00157318"/>
     <w:rsid w:val="0015731E"/>
     <w:rsid w:val="0015740A"/>
     <w:rsid w:val="001577BB"/>
     <w:rsid w:val="00157AE0"/>
     <w:rsid w:val="00160651"/>
@@ -11207,50 +11490,51 @@
     <w:rsid w:val="001B761D"/>
     <w:rsid w:val="001C069B"/>
     <w:rsid w:val="001C1562"/>
     <w:rsid w:val="001C176E"/>
     <w:rsid w:val="001C19E2"/>
     <w:rsid w:val="001C1D8E"/>
     <w:rsid w:val="001C2161"/>
     <w:rsid w:val="001C241B"/>
     <w:rsid w:val="001C2500"/>
     <w:rsid w:val="001C2CA4"/>
     <w:rsid w:val="001C31A6"/>
     <w:rsid w:val="001C34BC"/>
     <w:rsid w:val="001C3DDA"/>
     <w:rsid w:val="001C40A8"/>
     <w:rsid w:val="001C4BAC"/>
     <w:rsid w:val="001C5487"/>
     <w:rsid w:val="001C59D4"/>
     <w:rsid w:val="001C6004"/>
     <w:rsid w:val="001C6A73"/>
     <w:rsid w:val="001C6B66"/>
     <w:rsid w:val="001C71FA"/>
     <w:rsid w:val="001C725E"/>
     <w:rsid w:val="001C774A"/>
     <w:rsid w:val="001C7B6B"/>
     <w:rsid w:val="001D0FED"/>
+    <w:rsid w:val="001D115E"/>
     <w:rsid w:val="001D3352"/>
     <w:rsid w:val="001D33C2"/>
     <w:rsid w:val="001D3CD7"/>
     <w:rsid w:val="001D4BFB"/>
     <w:rsid w:val="001D4F1C"/>
     <w:rsid w:val="001D51D4"/>
     <w:rsid w:val="001D54F7"/>
     <w:rsid w:val="001D5720"/>
     <w:rsid w:val="001D663C"/>
     <w:rsid w:val="001D664B"/>
     <w:rsid w:val="001D67C1"/>
     <w:rsid w:val="001D6C62"/>
     <w:rsid w:val="001D6CDE"/>
     <w:rsid w:val="001D7F20"/>
     <w:rsid w:val="001D7F7B"/>
     <w:rsid w:val="001E08BC"/>
     <w:rsid w:val="001E0A2D"/>
     <w:rsid w:val="001E12A8"/>
     <w:rsid w:val="001E1BE4"/>
     <w:rsid w:val="001E4A04"/>
     <w:rsid w:val="001E576E"/>
     <w:rsid w:val="001E689D"/>
     <w:rsid w:val="001E6B95"/>
     <w:rsid w:val="001E6DD9"/>
     <w:rsid w:val="001E764B"/>
@@ -11276,50 +11560,51 @@
     <w:rsid w:val="001F65B3"/>
     <w:rsid w:val="001F7840"/>
     <w:rsid w:val="00200403"/>
     <w:rsid w:val="00200465"/>
     <w:rsid w:val="00200632"/>
     <w:rsid w:val="00200F0D"/>
     <w:rsid w:val="002017A6"/>
     <w:rsid w:val="002027F5"/>
     <w:rsid w:val="002031AE"/>
     <w:rsid w:val="00203B7A"/>
     <w:rsid w:val="00204123"/>
     <w:rsid w:val="0020531F"/>
     <w:rsid w:val="00205763"/>
     <w:rsid w:val="00206B75"/>
     <w:rsid w:val="00206CD2"/>
     <w:rsid w:val="0020719B"/>
     <w:rsid w:val="00207406"/>
     <w:rsid w:val="00207703"/>
     <w:rsid w:val="00207B12"/>
     <w:rsid w:val="00207B75"/>
     <w:rsid w:val="00207DA6"/>
     <w:rsid w:val="00211274"/>
     <w:rsid w:val="00211801"/>
     <w:rsid w:val="002123BB"/>
     <w:rsid w:val="00212695"/>
+    <w:rsid w:val="002129F5"/>
     <w:rsid w:val="00212C4B"/>
     <w:rsid w:val="00212C80"/>
     <w:rsid w:val="002131C9"/>
     <w:rsid w:val="0021334D"/>
     <w:rsid w:val="002136D2"/>
     <w:rsid w:val="00213EE9"/>
     <w:rsid w:val="0021490B"/>
     <w:rsid w:val="00215B15"/>
     <w:rsid w:val="0021603E"/>
     <w:rsid w:val="00216341"/>
     <w:rsid w:val="002163F6"/>
     <w:rsid w:val="0021779E"/>
     <w:rsid w:val="00217999"/>
     <w:rsid w:val="0022029D"/>
     <w:rsid w:val="002207F5"/>
     <w:rsid w:val="00220E4F"/>
     <w:rsid w:val="002210E4"/>
     <w:rsid w:val="00221405"/>
     <w:rsid w:val="00221933"/>
     <w:rsid w:val="00221A62"/>
     <w:rsid w:val="00221AB6"/>
     <w:rsid w:val="00221E4C"/>
     <w:rsid w:val="00221E63"/>
     <w:rsid w:val="0022210D"/>
     <w:rsid w:val="00223639"/>
@@ -11723,50 +12008,51 @@
     <w:rsid w:val="00356DF0"/>
     <w:rsid w:val="00357194"/>
     <w:rsid w:val="003572C5"/>
     <w:rsid w:val="00357A61"/>
     <w:rsid w:val="0036024E"/>
     <w:rsid w:val="00360856"/>
     <w:rsid w:val="00362344"/>
     <w:rsid w:val="003628D4"/>
     <w:rsid w:val="00362988"/>
     <w:rsid w:val="00363613"/>
     <w:rsid w:val="00364153"/>
     <w:rsid w:val="003646BA"/>
     <w:rsid w:val="003647BC"/>
     <w:rsid w:val="00364E6A"/>
     <w:rsid w:val="0036579C"/>
     <w:rsid w:val="003671ED"/>
     <w:rsid w:val="00367C2C"/>
     <w:rsid w:val="00367FF0"/>
     <w:rsid w:val="0037026E"/>
     <w:rsid w:val="0037073B"/>
     <w:rsid w:val="00370A2F"/>
     <w:rsid w:val="00370AB0"/>
     <w:rsid w:val="00371060"/>
     <w:rsid w:val="00371D3A"/>
     <w:rsid w:val="00371D94"/>
+    <w:rsid w:val="00371DB7"/>
     <w:rsid w:val="00372A6A"/>
     <w:rsid w:val="003735C2"/>
     <w:rsid w:val="00373A3F"/>
     <w:rsid w:val="00373D1C"/>
     <w:rsid w:val="003741E8"/>
     <w:rsid w:val="003742F2"/>
     <w:rsid w:val="0037460D"/>
     <w:rsid w:val="0037472A"/>
     <w:rsid w:val="00374F30"/>
     <w:rsid w:val="003755DE"/>
     <w:rsid w:val="00375EC4"/>
     <w:rsid w:val="0037649D"/>
     <w:rsid w:val="00377D0B"/>
     <w:rsid w:val="00377D5D"/>
     <w:rsid w:val="00377DB3"/>
     <w:rsid w:val="00377FC7"/>
     <w:rsid w:val="00380AB9"/>
     <w:rsid w:val="003810F3"/>
     <w:rsid w:val="00381748"/>
     <w:rsid w:val="0038346D"/>
     <w:rsid w:val="00383E32"/>
     <w:rsid w:val="0038431E"/>
     <w:rsid w:val="003853F0"/>
     <w:rsid w:val="0038540A"/>
     <w:rsid w:val="00385A90"/>
@@ -12377,50 +12663,51 @@
     <w:rsid w:val="00573A22"/>
     <w:rsid w:val="00573D22"/>
     <w:rsid w:val="0057427E"/>
     <w:rsid w:val="00575197"/>
     <w:rsid w:val="0057571D"/>
     <w:rsid w:val="00575729"/>
     <w:rsid w:val="00575745"/>
     <w:rsid w:val="00576482"/>
     <w:rsid w:val="00576709"/>
     <w:rsid w:val="005773EB"/>
     <w:rsid w:val="00580053"/>
     <w:rsid w:val="005800BC"/>
     <w:rsid w:val="00580225"/>
     <w:rsid w:val="00580A21"/>
     <w:rsid w:val="00580A5E"/>
     <w:rsid w:val="005827D1"/>
     <w:rsid w:val="00582CA5"/>
     <w:rsid w:val="00582D64"/>
     <w:rsid w:val="00582EBE"/>
     <w:rsid w:val="00583677"/>
     <w:rsid w:val="0058387A"/>
     <w:rsid w:val="00584363"/>
     <w:rsid w:val="00584B9C"/>
     <w:rsid w:val="00585968"/>
     <w:rsid w:val="00585EB2"/>
+    <w:rsid w:val="005907C9"/>
     <w:rsid w:val="005908B2"/>
     <w:rsid w:val="0059160F"/>
     <w:rsid w:val="00591AB8"/>
     <w:rsid w:val="00591E23"/>
     <w:rsid w:val="00592154"/>
     <w:rsid w:val="00592B75"/>
     <w:rsid w:val="00592F3E"/>
     <w:rsid w:val="005934F7"/>
     <w:rsid w:val="00593DD8"/>
     <w:rsid w:val="00594C0A"/>
     <w:rsid w:val="00594DB0"/>
     <w:rsid w:val="005959C8"/>
     <w:rsid w:val="00595DEC"/>
     <w:rsid w:val="00596126"/>
     <w:rsid w:val="00596462"/>
     <w:rsid w:val="00596C2D"/>
     <w:rsid w:val="005973A2"/>
     <w:rsid w:val="005976A6"/>
     <w:rsid w:val="005976C1"/>
     <w:rsid w:val="00597A29"/>
     <w:rsid w:val="00597E24"/>
     <w:rsid w:val="005A023A"/>
     <w:rsid w:val="005A074A"/>
     <w:rsid w:val="005A0CB6"/>
     <w:rsid w:val="005A0DB5"/>
@@ -12508,50 +12795,51 @@
     <w:rsid w:val="005D55DD"/>
     <w:rsid w:val="005D57BC"/>
     <w:rsid w:val="005D5BDC"/>
     <w:rsid w:val="005D6386"/>
     <w:rsid w:val="005D6914"/>
     <w:rsid w:val="005D69C3"/>
     <w:rsid w:val="005D6BDE"/>
     <w:rsid w:val="005D75A6"/>
     <w:rsid w:val="005D7DA2"/>
     <w:rsid w:val="005E0858"/>
     <w:rsid w:val="005E0A5C"/>
     <w:rsid w:val="005E107F"/>
     <w:rsid w:val="005E1081"/>
     <w:rsid w:val="005E126E"/>
     <w:rsid w:val="005E17CC"/>
     <w:rsid w:val="005E18E0"/>
     <w:rsid w:val="005E258C"/>
     <w:rsid w:val="005E2B79"/>
     <w:rsid w:val="005E3CE2"/>
     <w:rsid w:val="005E4938"/>
     <w:rsid w:val="005E519E"/>
     <w:rsid w:val="005E5486"/>
     <w:rsid w:val="005E5552"/>
     <w:rsid w:val="005E55DC"/>
     <w:rsid w:val="005E5CA5"/>
+    <w:rsid w:val="005E5DFE"/>
     <w:rsid w:val="005E75E9"/>
     <w:rsid w:val="005F0938"/>
     <w:rsid w:val="005F2CF9"/>
     <w:rsid w:val="005F335C"/>
     <w:rsid w:val="005F3C36"/>
     <w:rsid w:val="005F40D9"/>
     <w:rsid w:val="005F464E"/>
     <w:rsid w:val="005F58F3"/>
     <w:rsid w:val="005F5D88"/>
     <w:rsid w:val="005F612F"/>
     <w:rsid w:val="005F62F3"/>
     <w:rsid w:val="005F6838"/>
     <w:rsid w:val="005F6D1D"/>
     <w:rsid w:val="005F7166"/>
     <w:rsid w:val="005F7241"/>
     <w:rsid w:val="005F7249"/>
     <w:rsid w:val="005F7856"/>
     <w:rsid w:val="005F7BBB"/>
     <w:rsid w:val="006008B0"/>
     <w:rsid w:val="00600A9B"/>
     <w:rsid w:val="00600BBA"/>
     <w:rsid w:val="00601C4B"/>
     <w:rsid w:val="00601F82"/>
     <w:rsid w:val="006020CA"/>
     <w:rsid w:val="00602254"/>
@@ -12634,50 +12922,51 @@
     <w:rsid w:val="00630DA0"/>
     <w:rsid w:val="00631613"/>
     <w:rsid w:val="00631DA2"/>
     <w:rsid w:val="00631E22"/>
     <w:rsid w:val="00632441"/>
     <w:rsid w:val="006329F5"/>
     <w:rsid w:val="00633B40"/>
     <w:rsid w:val="00633E4D"/>
     <w:rsid w:val="0063465E"/>
     <w:rsid w:val="006349F0"/>
     <w:rsid w:val="00634F73"/>
     <w:rsid w:val="00635AA0"/>
     <w:rsid w:val="006369C2"/>
     <w:rsid w:val="00636A0C"/>
     <w:rsid w:val="00636B46"/>
     <w:rsid w:val="00637542"/>
     <w:rsid w:val="006378C0"/>
     <w:rsid w:val="0064027F"/>
     <w:rsid w:val="006402D1"/>
     <w:rsid w:val="00641113"/>
     <w:rsid w:val="006417AC"/>
     <w:rsid w:val="0064252C"/>
     <w:rsid w:val="006437AD"/>
     <w:rsid w:val="0064394D"/>
     <w:rsid w:val="00643C6D"/>
+    <w:rsid w:val="00643E36"/>
     <w:rsid w:val="0064450E"/>
     <w:rsid w:val="006468C7"/>
     <w:rsid w:val="00646EFB"/>
     <w:rsid w:val="00646F37"/>
     <w:rsid w:val="006472D8"/>
     <w:rsid w:val="006473A2"/>
     <w:rsid w:val="00647C6D"/>
     <w:rsid w:val="00647EA4"/>
     <w:rsid w:val="00650E1B"/>
     <w:rsid w:val="00651152"/>
     <w:rsid w:val="0065163C"/>
     <w:rsid w:val="00651F8A"/>
     <w:rsid w:val="00652E6C"/>
     <w:rsid w:val="006532C4"/>
     <w:rsid w:val="006538BA"/>
     <w:rsid w:val="006543B2"/>
     <w:rsid w:val="0065443E"/>
     <w:rsid w:val="00654AB6"/>
     <w:rsid w:val="00655381"/>
     <w:rsid w:val="00656479"/>
     <w:rsid w:val="006566CA"/>
     <w:rsid w:val="006569AE"/>
     <w:rsid w:val="006574FF"/>
     <w:rsid w:val="00657599"/>
     <w:rsid w:val="00661E79"/>
@@ -12893,86 +13182,88 @@
     <w:rsid w:val="00702474"/>
     <w:rsid w:val="00702690"/>
     <w:rsid w:val="00702D81"/>
     <w:rsid w:val="00703188"/>
     <w:rsid w:val="00703627"/>
     <w:rsid w:val="00703D9E"/>
     <w:rsid w:val="00704D89"/>
     <w:rsid w:val="00705029"/>
     <w:rsid w:val="00705530"/>
     <w:rsid w:val="007056B9"/>
     <w:rsid w:val="007057FE"/>
     <w:rsid w:val="00705836"/>
     <w:rsid w:val="007061C5"/>
     <w:rsid w:val="00706738"/>
     <w:rsid w:val="00706836"/>
     <w:rsid w:val="007069E4"/>
     <w:rsid w:val="00706AF4"/>
     <w:rsid w:val="007070D3"/>
     <w:rsid w:val="007073C7"/>
     <w:rsid w:val="007107E4"/>
     <w:rsid w:val="00710C74"/>
     <w:rsid w:val="00710D99"/>
     <w:rsid w:val="00710F8A"/>
     <w:rsid w:val="007110C9"/>
     <w:rsid w:val="00711FF3"/>
+    <w:rsid w:val="007120EB"/>
     <w:rsid w:val="00712FF8"/>
     <w:rsid w:val="007130FF"/>
     <w:rsid w:val="00713AA7"/>
     <w:rsid w:val="00713ACD"/>
     <w:rsid w:val="0071437D"/>
     <w:rsid w:val="00715BBB"/>
     <w:rsid w:val="0071645B"/>
     <w:rsid w:val="00716596"/>
     <w:rsid w:val="0071690D"/>
     <w:rsid w:val="007179DB"/>
     <w:rsid w:val="007201A2"/>
     <w:rsid w:val="00720285"/>
     <w:rsid w:val="00720A84"/>
     <w:rsid w:val="00720D57"/>
     <w:rsid w:val="00721497"/>
     <w:rsid w:val="00721E5A"/>
     <w:rsid w:val="00722323"/>
     <w:rsid w:val="007232B0"/>
     <w:rsid w:val="00723DEC"/>
     <w:rsid w:val="00723F16"/>
     <w:rsid w:val="00724E97"/>
     <w:rsid w:val="00725D32"/>
     <w:rsid w:val="007267E6"/>
     <w:rsid w:val="0072685D"/>
     <w:rsid w:val="0073106A"/>
     <w:rsid w:val="007314C5"/>
     <w:rsid w:val="00731CEB"/>
     <w:rsid w:val="0073275F"/>
     <w:rsid w:val="0073277A"/>
     <w:rsid w:val="00732A94"/>
     <w:rsid w:val="007330FB"/>
     <w:rsid w:val="0073329D"/>
     <w:rsid w:val="007332E3"/>
     <w:rsid w:val="00733444"/>
     <w:rsid w:val="00733C36"/>
     <w:rsid w:val="00734AE1"/>
+    <w:rsid w:val="00735177"/>
     <w:rsid w:val="0073518D"/>
     <w:rsid w:val="007359F3"/>
     <w:rsid w:val="00735CD8"/>
     <w:rsid w:val="00735FFB"/>
     <w:rsid w:val="0073653B"/>
     <w:rsid w:val="00736A64"/>
     <w:rsid w:val="00736C85"/>
     <w:rsid w:val="007370B0"/>
     <w:rsid w:val="007376D4"/>
     <w:rsid w:val="0073773E"/>
     <w:rsid w:val="007377E3"/>
     <w:rsid w:val="00737E53"/>
     <w:rsid w:val="0074009B"/>
     <w:rsid w:val="00740FCD"/>
     <w:rsid w:val="007415C8"/>
     <w:rsid w:val="00741670"/>
     <w:rsid w:val="007417F2"/>
     <w:rsid w:val="00742F59"/>
     <w:rsid w:val="00743123"/>
     <w:rsid w:val="00743203"/>
     <w:rsid w:val="00743BD2"/>
     <w:rsid w:val="00743D42"/>
     <w:rsid w:val="00743E30"/>
     <w:rsid w:val="00743E70"/>
     <w:rsid w:val="007444DA"/>
@@ -13155,50 +13446,51 @@
     <w:rsid w:val="007D14EC"/>
     <w:rsid w:val="007D23CC"/>
     <w:rsid w:val="007D2567"/>
     <w:rsid w:val="007D325E"/>
     <w:rsid w:val="007D3D1C"/>
     <w:rsid w:val="007D4690"/>
     <w:rsid w:val="007D4C94"/>
     <w:rsid w:val="007D4EF4"/>
     <w:rsid w:val="007D55D6"/>
     <w:rsid w:val="007D5E03"/>
     <w:rsid w:val="007D611F"/>
     <w:rsid w:val="007D66AA"/>
     <w:rsid w:val="007D6842"/>
     <w:rsid w:val="007D777B"/>
     <w:rsid w:val="007D7F4D"/>
     <w:rsid w:val="007E01BE"/>
     <w:rsid w:val="007E0655"/>
     <w:rsid w:val="007E082E"/>
     <w:rsid w:val="007E0C2D"/>
     <w:rsid w:val="007E0C37"/>
     <w:rsid w:val="007E0C6F"/>
     <w:rsid w:val="007E2FBC"/>
     <w:rsid w:val="007E3589"/>
     <w:rsid w:val="007E393B"/>
     <w:rsid w:val="007E4536"/>
+    <w:rsid w:val="007E4948"/>
     <w:rsid w:val="007E4ABC"/>
     <w:rsid w:val="007E5AB5"/>
     <w:rsid w:val="007E5EE4"/>
     <w:rsid w:val="007E6100"/>
     <w:rsid w:val="007E682B"/>
     <w:rsid w:val="007E69EB"/>
     <w:rsid w:val="007E6A8D"/>
     <w:rsid w:val="007E6C1F"/>
     <w:rsid w:val="007E6CE0"/>
     <w:rsid w:val="007E7917"/>
     <w:rsid w:val="007E791F"/>
     <w:rsid w:val="007E7CD3"/>
     <w:rsid w:val="007F05F1"/>
     <w:rsid w:val="007F0E01"/>
     <w:rsid w:val="007F10EF"/>
     <w:rsid w:val="007F150A"/>
     <w:rsid w:val="007F1B65"/>
     <w:rsid w:val="007F24D7"/>
     <w:rsid w:val="007F366D"/>
     <w:rsid w:val="007F5310"/>
     <w:rsid w:val="007F601C"/>
     <w:rsid w:val="007F7769"/>
     <w:rsid w:val="007F7C18"/>
     <w:rsid w:val="00800073"/>
     <w:rsid w:val="008002A0"/>
@@ -13235,50 +13527,51 @@
     <w:rsid w:val="0081414F"/>
     <w:rsid w:val="00814588"/>
     <w:rsid w:val="008145DD"/>
     <w:rsid w:val="00815C16"/>
     <w:rsid w:val="0081605D"/>
     <w:rsid w:val="00816182"/>
     <w:rsid w:val="00816E2C"/>
     <w:rsid w:val="0082008F"/>
     <w:rsid w:val="00820238"/>
     <w:rsid w:val="00820817"/>
     <w:rsid w:val="00820B77"/>
     <w:rsid w:val="00820ECA"/>
     <w:rsid w:val="00821570"/>
     <w:rsid w:val="008217F1"/>
     <w:rsid w:val="00821B43"/>
     <w:rsid w:val="00822222"/>
     <w:rsid w:val="0082226D"/>
     <w:rsid w:val="00822353"/>
     <w:rsid w:val="00822D11"/>
     <w:rsid w:val="00822F92"/>
     <w:rsid w:val="00823CAA"/>
     <w:rsid w:val="00824857"/>
     <w:rsid w:val="00825027"/>
     <w:rsid w:val="008251F1"/>
     <w:rsid w:val="008265F8"/>
+    <w:rsid w:val="0082665F"/>
     <w:rsid w:val="00826AC0"/>
     <w:rsid w:val="00826C8C"/>
     <w:rsid w:val="00826DF4"/>
     <w:rsid w:val="00826E7F"/>
     <w:rsid w:val="008275B1"/>
     <w:rsid w:val="00827B48"/>
     <w:rsid w:val="00827E30"/>
     <w:rsid w:val="00830231"/>
     <w:rsid w:val="0083068A"/>
     <w:rsid w:val="0083176A"/>
     <w:rsid w:val="00831C0B"/>
     <w:rsid w:val="0083254E"/>
     <w:rsid w:val="008328E4"/>
     <w:rsid w:val="00832E6D"/>
     <w:rsid w:val="0083301C"/>
     <w:rsid w:val="00833B3D"/>
     <w:rsid w:val="0083404C"/>
     <w:rsid w:val="008344CA"/>
     <w:rsid w:val="00834940"/>
     <w:rsid w:val="00834A8C"/>
     <w:rsid w:val="00834D76"/>
     <w:rsid w:val="0083557E"/>
     <w:rsid w:val="008358EF"/>
     <w:rsid w:val="00835BCD"/>
     <w:rsid w:val="00835F03"/>
@@ -13416,50 +13709,51 @@
     <w:rsid w:val="008A4070"/>
     <w:rsid w:val="008A4E23"/>
     <w:rsid w:val="008A51EF"/>
     <w:rsid w:val="008A5B11"/>
     <w:rsid w:val="008A62E8"/>
     <w:rsid w:val="008A7336"/>
     <w:rsid w:val="008A7E32"/>
     <w:rsid w:val="008B0046"/>
     <w:rsid w:val="008B0405"/>
     <w:rsid w:val="008B05ED"/>
     <w:rsid w:val="008B0D16"/>
     <w:rsid w:val="008B1320"/>
     <w:rsid w:val="008B16CA"/>
     <w:rsid w:val="008B1769"/>
     <w:rsid w:val="008B1EB9"/>
     <w:rsid w:val="008B23A1"/>
     <w:rsid w:val="008B241F"/>
     <w:rsid w:val="008B2DAE"/>
     <w:rsid w:val="008B3DE1"/>
     <w:rsid w:val="008B42D8"/>
     <w:rsid w:val="008B47FE"/>
     <w:rsid w:val="008B4B56"/>
     <w:rsid w:val="008B5742"/>
     <w:rsid w:val="008B5E58"/>
     <w:rsid w:val="008B605E"/>
+    <w:rsid w:val="008B699D"/>
     <w:rsid w:val="008B6BE2"/>
     <w:rsid w:val="008B6D6D"/>
     <w:rsid w:val="008B7D42"/>
     <w:rsid w:val="008C007D"/>
     <w:rsid w:val="008C0FB5"/>
     <w:rsid w:val="008C108A"/>
     <w:rsid w:val="008C14FD"/>
     <w:rsid w:val="008C1701"/>
     <w:rsid w:val="008C1FF1"/>
     <w:rsid w:val="008C20C7"/>
     <w:rsid w:val="008C218E"/>
     <w:rsid w:val="008C22D6"/>
     <w:rsid w:val="008C2C47"/>
     <w:rsid w:val="008C2DBD"/>
     <w:rsid w:val="008C44DD"/>
     <w:rsid w:val="008C47CD"/>
     <w:rsid w:val="008C55F1"/>
     <w:rsid w:val="008C632D"/>
     <w:rsid w:val="008C68DE"/>
     <w:rsid w:val="008C695A"/>
     <w:rsid w:val="008C6CB2"/>
     <w:rsid w:val="008C71AC"/>
     <w:rsid w:val="008C71B6"/>
     <w:rsid w:val="008C7268"/>
     <w:rsid w:val="008C7753"/>
@@ -13560,50 +13854,51 @@
     <w:rsid w:val="00906AAB"/>
     <w:rsid w:val="00907796"/>
     <w:rsid w:val="00907AC8"/>
     <w:rsid w:val="009103C3"/>
     <w:rsid w:val="009106A5"/>
     <w:rsid w:val="00910B9F"/>
     <w:rsid w:val="00912964"/>
     <w:rsid w:val="00912ABB"/>
     <w:rsid w:val="00912CB4"/>
     <w:rsid w:val="00912D6E"/>
     <w:rsid w:val="00913185"/>
     <w:rsid w:val="009134FD"/>
     <w:rsid w:val="009135F4"/>
     <w:rsid w:val="00913862"/>
     <w:rsid w:val="00913A87"/>
     <w:rsid w:val="00914B67"/>
     <w:rsid w:val="00915557"/>
     <w:rsid w:val="00915957"/>
     <w:rsid w:val="00915BD2"/>
     <w:rsid w:val="009162CB"/>
     <w:rsid w:val="009164C4"/>
     <w:rsid w:val="00917BD1"/>
     <w:rsid w:val="00920E2D"/>
     <w:rsid w:val="00921724"/>
     <w:rsid w:val="0092295C"/>
+    <w:rsid w:val="00922AB7"/>
     <w:rsid w:val="00922FFF"/>
     <w:rsid w:val="0092351B"/>
     <w:rsid w:val="00923FDA"/>
     <w:rsid w:val="00924367"/>
     <w:rsid w:val="00925206"/>
     <w:rsid w:val="0092531C"/>
     <w:rsid w:val="00926194"/>
     <w:rsid w:val="00926CE5"/>
     <w:rsid w:val="00926D8C"/>
     <w:rsid w:val="00927485"/>
     <w:rsid w:val="0092768F"/>
     <w:rsid w:val="009276E2"/>
     <w:rsid w:val="00927C84"/>
     <w:rsid w:val="0093005A"/>
     <w:rsid w:val="00930112"/>
     <w:rsid w:val="00930248"/>
     <w:rsid w:val="009309F6"/>
     <w:rsid w:val="00930EE5"/>
     <w:rsid w:val="00930F46"/>
     <w:rsid w:val="00931458"/>
     <w:rsid w:val="00931CAA"/>
     <w:rsid w:val="00931EAB"/>
     <w:rsid w:val="009320EC"/>
     <w:rsid w:val="00932819"/>
     <w:rsid w:val="00932B7B"/>
@@ -13906,50 +14201,51 @@
     <w:rsid w:val="00A110B4"/>
     <w:rsid w:val="00A11116"/>
     <w:rsid w:val="00A13230"/>
     <w:rsid w:val="00A13369"/>
     <w:rsid w:val="00A145FB"/>
     <w:rsid w:val="00A148F6"/>
     <w:rsid w:val="00A156D5"/>
     <w:rsid w:val="00A159EF"/>
     <w:rsid w:val="00A161EB"/>
     <w:rsid w:val="00A170F6"/>
     <w:rsid w:val="00A1710E"/>
     <w:rsid w:val="00A204F8"/>
     <w:rsid w:val="00A20872"/>
     <w:rsid w:val="00A20966"/>
     <w:rsid w:val="00A21030"/>
     <w:rsid w:val="00A21159"/>
     <w:rsid w:val="00A211E6"/>
     <w:rsid w:val="00A21564"/>
     <w:rsid w:val="00A21B82"/>
     <w:rsid w:val="00A21EF2"/>
     <w:rsid w:val="00A22567"/>
     <w:rsid w:val="00A22DCE"/>
     <w:rsid w:val="00A24337"/>
     <w:rsid w:val="00A2468F"/>
     <w:rsid w:val="00A24F92"/>
+    <w:rsid w:val="00A252C1"/>
     <w:rsid w:val="00A2557D"/>
     <w:rsid w:val="00A25C51"/>
     <w:rsid w:val="00A270FA"/>
     <w:rsid w:val="00A272A6"/>
     <w:rsid w:val="00A27438"/>
     <w:rsid w:val="00A27450"/>
     <w:rsid w:val="00A2750A"/>
     <w:rsid w:val="00A27531"/>
     <w:rsid w:val="00A27783"/>
     <w:rsid w:val="00A303A7"/>
     <w:rsid w:val="00A30A46"/>
     <w:rsid w:val="00A322CB"/>
     <w:rsid w:val="00A32BA5"/>
     <w:rsid w:val="00A3380C"/>
     <w:rsid w:val="00A348B7"/>
     <w:rsid w:val="00A34A8E"/>
     <w:rsid w:val="00A357E5"/>
     <w:rsid w:val="00A35C3D"/>
     <w:rsid w:val="00A36115"/>
     <w:rsid w:val="00A362AF"/>
     <w:rsid w:val="00A370BB"/>
     <w:rsid w:val="00A37115"/>
     <w:rsid w:val="00A37BB5"/>
     <w:rsid w:val="00A4142E"/>
     <w:rsid w:val="00A4170C"/>
@@ -14873,50 +15169,51 @@
     <w:rsid w:val="00CF6FCE"/>
     <w:rsid w:val="00CF7473"/>
     <w:rsid w:val="00CF7A42"/>
     <w:rsid w:val="00CF7C5D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D007C4"/>
     <w:rsid w:val="00D007FC"/>
     <w:rsid w:val="00D00A5D"/>
     <w:rsid w:val="00D01310"/>
     <w:rsid w:val="00D02261"/>
     <w:rsid w:val="00D024D1"/>
     <w:rsid w:val="00D02F07"/>
     <w:rsid w:val="00D03257"/>
     <w:rsid w:val="00D0337A"/>
     <w:rsid w:val="00D0354B"/>
     <w:rsid w:val="00D038F9"/>
     <w:rsid w:val="00D03C32"/>
     <w:rsid w:val="00D03E41"/>
     <w:rsid w:val="00D0493C"/>
     <w:rsid w:val="00D05114"/>
     <w:rsid w:val="00D05431"/>
     <w:rsid w:val="00D05A09"/>
     <w:rsid w:val="00D05C48"/>
     <w:rsid w:val="00D05D06"/>
     <w:rsid w:val="00D06109"/>
+    <w:rsid w:val="00D0628E"/>
     <w:rsid w:val="00D06E62"/>
     <w:rsid w:val="00D0766C"/>
     <w:rsid w:val="00D07AA9"/>
     <w:rsid w:val="00D07EF7"/>
     <w:rsid w:val="00D10041"/>
     <w:rsid w:val="00D10ED6"/>
     <w:rsid w:val="00D11426"/>
     <w:rsid w:val="00D1180C"/>
     <w:rsid w:val="00D11A60"/>
     <w:rsid w:val="00D132B7"/>
     <w:rsid w:val="00D133D6"/>
     <w:rsid w:val="00D1375F"/>
     <w:rsid w:val="00D13D0D"/>
     <w:rsid w:val="00D13E4F"/>
     <w:rsid w:val="00D13E69"/>
     <w:rsid w:val="00D14CFB"/>
     <w:rsid w:val="00D15234"/>
     <w:rsid w:val="00D16594"/>
     <w:rsid w:val="00D16BB6"/>
     <w:rsid w:val="00D20620"/>
     <w:rsid w:val="00D20926"/>
     <w:rsid w:val="00D20E8D"/>
     <w:rsid w:val="00D21684"/>
     <w:rsid w:val="00D216A2"/>
     <w:rsid w:val="00D21927"/>
@@ -14944,50 +15241,51 @@
     <w:rsid w:val="00D316D0"/>
     <w:rsid w:val="00D3186F"/>
     <w:rsid w:val="00D31BDD"/>
     <w:rsid w:val="00D31C04"/>
     <w:rsid w:val="00D31C38"/>
     <w:rsid w:val="00D31FC3"/>
     <w:rsid w:val="00D33241"/>
     <w:rsid w:val="00D33405"/>
     <w:rsid w:val="00D33CF0"/>
     <w:rsid w:val="00D33EF0"/>
     <w:rsid w:val="00D34134"/>
     <w:rsid w:val="00D342FC"/>
     <w:rsid w:val="00D34805"/>
     <w:rsid w:val="00D34EC5"/>
     <w:rsid w:val="00D35C63"/>
     <w:rsid w:val="00D36178"/>
     <w:rsid w:val="00D36B5D"/>
     <w:rsid w:val="00D36C9B"/>
     <w:rsid w:val="00D37193"/>
     <w:rsid w:val="00D3789E"/>
     <w:rsid w:val="00D37EA4"/>
     <w:rsid w:val="00D40264"/>
     <w:rsid w:val="00D40547"/>
     <w:rsid w:val="00D4054B"/>
     <w:rsid w:val="00D40880"/>
+    <w:rsid w:val="00D40E0B"/>
     <w:rsid w:val="00D419DE"/>
     <w:rsid w:val="00D42ADD"/>
     <w:rsid w:val="00D42CA9"/>
     <w:rsid w:val="00D42E14"/>
     <w:rsid w:val="00D43923"/>
     <w:rsid w:val="00D43A03"/>
     <w:rsid w:val="00D43BF3"/>
     <w:rsid w:val="00D44210"/>
     <w:rsid w:val="00D455EC"/>
     <w:rsid w:val="00D45668"/>
     <w:rsid w:val="00D457F0"/>
     <w:rsid w:val="00D461D7"/>
     <w:rsid w:val="00D46751"/>
     <w:rsid w:val="00D467AC"/>
     <w:rsid w:val="00D46A94"/>
     <w:rsid w:val="00D46CD8"/>
     <w:rsid w:val="00D46E16"/>
     <w:rsid w:val="00D46E5A"/>
     <w:rsid w:val="00D46FD6"/>
     <w:rsid w:val="00D4743D"/>
     <w:rsid w:val="00D47472"/>
     <w:rsid w:val="00D4792B"/>
     <w:rsid w:val="00D5064C"/>
     <w:rsid w:val="00D50BCC"/>
     <w:rsid w:val="00D51819"/>
@@ -15250,50 +15548,51 @@
     <w:rsid w:val="00E43E93"/>
     <w:rsid w:val="00E440B6"/>
     <w:rsid w:val="00E44C8D"/>
     <w:rsid w:val="00E45019"/>
     <w:rsid w:val="00E455E0"/>
     <w:rsid w:val="00E455F6"/>
     <w:rsid w:val="00E457AF"/>
     <w:rsid w:val="00E458B0"/>
     <w:rsid w:val="00E46513"/>
     <w:rsid w:val="00E465B9"/>
     <w:rsid w:val="00E46998"/>
     <w:rsid w:val="00E4739C"/>
     <w:rsid w:val="00E475B2"/>
     <w:rsid w:val="00E4768D"/>
     <w:rsid w:val="00E478D2"/>
     <w:rsid w:val="00E479ED"/>
     <w:rsid w:val="00E47ACA"/>
     <w:rsid w:val="00E47C22"/>
     <w:rsid w:val="00E500E4"/>
     <w:rsid w:val="00E50167"/>
     <w:rsid w:val="00E50512"/>
     <w:rsid w:val="00E512A4"/>
     <w:rsid w:val="00E51D11"/>
     <w:rsid w:val="00E51D6F"/>
     <w:rsid w:val="00E5255D"/>
+    <w:rsid w:val="00E5295D"/>
     <w:rsid w:val="00E53180"/>
     <w:rsid w:val="00E53719"/>
     <w:rsid w:val="00E540BB"/>
     <w:rsid w:val="00E544AF"/>
     <w:rsid w:val="00E5526B"/>
     <w:rsid w:val="00E552C9"/>
     <w:rsid w:val="00E5616B"/>
     <w:rsid w:val="00E56987"/>
     <w:rsid w:val="00E56B5A"/>
     <w:rsid w:val="00E5788E"/>
     <w:rsid w:val="00E578C0"/>
     <w:rsid w:val="00E57B3D"/>
     <w:rsid w:val="00E57E90"/>
     <w:rsid w:val="00E60B52"/>
     <w:rsid w:val="00E61212"/>
     <w:rsid w:val="00E612EB"/>
     <w:rsid w:val="00E6136A"/>
     <w:rsid w:val="00E61DB1"/>
     <w:rsid w:val="00E625FF"/>
     <w:rsid w:val="00E62EFD"/>
     <w:rsid w:val="00E63AE2"/>
     <w:rsid w:val="00E63CFC"/>
     <w:rsid w:val="00E63F28"/>
     <w:rsid w:val="00E643E4"/>
     <w:rsid w:val="00E64FD8"/>
@@ -15536,50 +15835,51 @@
     <w:rsid w:val="00F22217"/>
     <w:rsid w:val="00F225DE"/>
     <w:rsid w:val="00F22DB5"/>
     <w:rsid w:val="00F22DC9"/>
     <w:rsid w:val="00F22EC6"/>
     <w:rsid w:val="00F243B7"/>
     <w:rsid w:val="00F246B7"/>
     <w:rsid w:val="00F24B92"/>
     <w:rsid w:val="00F24DC5"/>
     <w:rsid w:val="00F24F24"/>
     <w:rsid w:val="00F257DD"/>
     <w:rsid w:val="00F25B31"/>
     <w:rsid w:val="00F25C67"/>
     <w:rsid w:val="00F2607C"/>
     <w:rsid w:val="00F26326"/>
     <w:rsid w:val="00F26466"/>
     <w:rsid w:val="00F26BF4"/>
     <w:rsid w:val="00F271F8"/>
     <w:rsid w:val="00F27263"/>
     <w:rsid w:val="00F307DC"/>
     <w:rsid w:val="00F30A6A"/>
     <w:rsid w:val="00F30EFE"/>
     <w:rsid w:val="00F31457"/>
     <w:rsid w:val="00F314FC"/>
     <w:rsid w:val="00F31AB7"/>
+    <w:rsid w:val="00F32921"/>
     <w:rsid w:val="00F32DBA"/>
     <w:rsid w:val="00F33386"/>
     <w:rsid w:val="00F33AF3"/>
     <w:rsid w:val="00F33D27"/>
     <w:rsid w:val="00F33D73"/>
     <w:rsid w:val="00F3400E"/>
     <w:rsid w:val="00F34534"/>
     <w:rsid w:val="00F3454D"/>
     <w:rsid w:val="00F3470F"/>
     <w:rsid w:val="00F34BBA"/>
     <w:rsid w:val="00F3543F"/>
     <w:rsid w:val="00F35474"/>
     <w:rsid w:val="00F358EE"/>
     <w:rsid w:val="00F35A4A"/>
     <w:rsid w:val="00F35C9A"/>
     <w:rsid w:val="00F36600"/>
     <w:rsid w:val="00F36B45"/>
     <w:rsid w:val="00F37C5E"/>
     <w:rsid w:val="00F4019A"/>
     <w:rsid w:val="00F408FB"/>
     <w:rsid w:val="00F40BD0"/>
     <w:rsid w:val="00F40D1C"/>
     <w:rsid w:val="00F40D28"/>
     <w:rsid w:val="00F40FE9"/>
     <w:rsid w:val="00F41088"/>
@@ -15755,50 +16055,51 @@
     <w:rsid w:val="00FB7271"/>
     <w:rsid w:val="00FB72FC"/>
     <w:rsid w:val="00FB7B21"/>
     <w:rsid w:val="00FB7F56"/>
     <w:rsid w:val="00FC0FC5"/>
     <w:rsid w:val="00FC19F6"/>
     <w:rsid w:val="00FC1E7D"/>
     <w:rsid w:val="00FC1FED"/>
     <w:rsid w:val="00FC2229"/>
     <w:rsid w:val="00FC29F7"/>
     <w:rsid w:val="00FC31C7"/>
     <w:rsid w:val="00FC3287"/>
     <w:rsid w:val="00FC373E"/>
     <w:rsid w:val="00FC37DF"/>
     <w:rsid w:val="00FC47DA"/>
     <w:rsid w:val="00FC49EB"/>
     <w:rsid w:val="00FC63CD"/>
     <w:rsid w:val="00FC708C"/>
     <w:rsid w:val="00FC75AB"/>
     <w:rsid w:val="00FC76FA"/>
     <w:rsid w:val="00FC7BA7"/>
     <w:rsid w:val="00FC7BE9"/>
     <w:rsid w:val="00FD0165"/>
     <w:rsid w:val="00FD0308"/>
     <w:rsid w:val="00FD0784"/>
+    <w:rsid w:val="00FD07B8"/>
     <w:rsid w:val="00FD0837"/>
     <w:rsid w:val="00FD0F19"/>
     <w:rsid w:val="00FD1101"/>
     <w:rsid w:val="00FD1942"/>
     <w:rsid w:val="00FD1C95"/>
     <w:rsid w:val="00FD25C0"/>
     <w:rsid w:val="00FD2B1D"/>
     <w:rsid w:val="00FD2FA9"/>
     <w:rsid w:val="00FD322A"/>
     <w:rsid w:val="00FD3424"/>
     <w:rsid w:val="00FD3B3F"/>
     <w:rsid w:val="00FD48C7"/>
     <w:rsid w:val="00FD49C7"/>
     <w:rsid w:val="00FD4B80"/>
     <w:rsid w:val="00FD5045"/>
     <w:rsid w:val="00FD5FBA"/>
     <w:rsid w:val="00FE074B"/>
     <w:rsid w:val="00FE078B"/>
     <w:rsid w:val="00FE0934"/>
     <w:rsid w:val="00FE0BCB"/>
     <w:rsid w:val="00FE0C87"/>
     <w:rsid w:val="00FE1246"/>
     <w:rsid w:val="00FE173A"/>
     <w:rsid w:val="00FE18D8"/>
     <w:rsid w:val="00FE1CD1"/>
@@ -15824,64 +16125,64 @@
     <w:rsid w:val="00FF36B9"/>
     <w:rsid w:val="00FF4501"/>
     <w:rsid w:val="00FF5629"/>
     <w:rsid w:val="00FF5A3A"/>
     <w:rsid w:val="00FF5CFA"/>
     <w:rsid w:val="00FF61ED"/>
     <w:rsid w:val="00FF6285"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="117761"/>
+    <o:shapedefaults v:ext="edit" spidmax="128001"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7992D62C"/>
   <w15:docId w15:val="{9694124B-5AE2-42C3-BB9C-E6DC1F9E0A94}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16574,51 +16875,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00174546"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B15C54"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="435684706">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="457575985">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16660,54 +16961,54 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1734543566">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -16957,75 +17258,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1086</Words>
-  <Characters>6842</Characters>
+  <Words>1213</Words>
+  <Characters>7642</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>63</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>DMSB - Ausschreibung Automobil-Slalom 2010</vt:lpstr>
+      <vt:lpstr>DMSB - Ausschreibung Kart</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7913</CharactersWithSpaces>
+  <CharactersWithSpaces>8838</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DMSB - Ausschreibung Kart</dc:title>
   <dc:creator>Renate Kistner</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>1640007615</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Ausschreibung und  Slalom 2013 f. Internet</vt:lpwstr>