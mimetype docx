--- v0 (2025-12-29)
+++ v1 (2026-01-20)
@@ -131,58 +131,61 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sowie die Sportlichen und Technischen Serienbestimmungen (falls zutreffend)</w:t>
       </w:r>
       <w:r w:rsidR="001911EF" w:rsidRPr="00BE5BDF">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001911EF" w:rsidRPr="00BE5BDF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dem Ethikkodex und dem Verhaltenskodex der FIA und dem Ethikkodex des DMSB sowie den sonstigen Bestimmungen der FIA und des DMSB</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE5BDF">
         <w:t>. Soweit durch diese Ausschreibung keine anderweitige Regelung getroffen ist, gelten die Regelungen der o.a. Reglemen</w:t>
       </w:r>
       <w:r w:rsidRPr="0073212B">
         <w:t xml:space="preserve">ts. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05B2417B" w14:textId="77777777" w:rsidR="009D4CA4" w:rsidRPr="0073212B" w:rsidRDefault="009D4CA4" w:rsidP="006F4EF9">
+    <w:p w14:paraId="05B2417B" w14:textId="745D7D82" w:rsidR="009D4CA4" w:rsidRPr="0073212B" w:rsidRDefault="000F65B9" w:rsidP="006F4EF9">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="000F65B9">
+        <w:t>Sollten Pyrotechnische Gegenstände zum Einsatz gebracht werden, sind die Vorgaben der lokalen Behörden zu berücksichtigen und weitere Angaben unter dem Artikel „Weitere Bestimmungen“ der Ausschreibung aufzuführen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374E47EA" w14:textId="77777777" w:rsidR="000F763C" w:rsidRPr="0073212B" w:rsidRDefault="000F763C" w:rsidP="00DA71D6">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073212B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Das Zutreffende ist angekreuzt bzw. ausgefüllt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5129B925" w14:textId="77777777" w:rsidR="00774B52" w:rsidRPr="0073212B" w:rsidRDefault="00774B52" w:rsidP="00774B52">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48B091D0" w14:textId="77777777" w:rsidR="00774B52" w:rsidRPr="0073212B" w:rsidRDefault="00E040EF" w:rsidP="00FF7EC5">
       <w:pPr>
         <w:spacing w:after="120"/>
@@ -4149,127 +4152,150 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> w</w:t>
             </w:r>
             <w:r w:rsidR="00611130">
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>ird bei der Fahrerbesprechung bekannt gegeben</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C5132CA" w14:textId="77777777" w:rsidR="00EC0C0C" w:rsidRDefault="00EC0C0C" w:rsidP="00774B52">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D905A11" w14:textId="5E38ED89" w:rsidR="00774B52" w:rsidRPr="00A5325F" w:rsidRDefault="00F246EF" w:rsidP="00774B52">
-      <w:pPr>
+    <w:p w14:paraId="0D905A11" w14:textId="5E38ED89" w:rsidR="00774B52" w:rsidRDefault="00F246EF" w:rsidP="00774B52">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A5325F">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A5325F">
+        <w:t xml:space="preserve">Die Teilnahme der </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A5325F" w:rsidRPr="00A5325F">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Teilnahme der </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>erst</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A5325F" w:rsidRPr="00A5325F">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>erst</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00A5325F" w:rsidRPr="00A5325F">
+        <w:t xml:space="preserve"> bis Drittplatzierten im Rennanzug </w:t>
+      </w:r>
+      <w:r w:rsidR="009D108F">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> bis Drittplatzierten im Rennanzug </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009D108F">
+        <w:t xml:space="preserve">und Nutzung vom Promoter zur Verfügung gestellte Kopfbedeckungen </w:t>
+      </w:r>
+      <w:r w:rsidR="009D108F" w:rsidRPr="00A5325F">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">und Nutzung vom Promoter zur Verfügung gestellte Kopfbedeckungen </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009D108F" w:rsidRPr="00A5325F">
+        <w:t>ist verpflichtend</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54F06">
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>ist verpflichtend</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F54F06" w:rsidRPr="0073212B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(DMSB Rallycross Reglement </w:t>
+      </w:r>
+      <w:r w:rsidR="00D97AAB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="00F54F06" w:rsidRPr="0073212B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00F54F06">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A3660C" w14:textId="77777777" w:rsidR="00DA71D6" w:rsidRDefault="00DA71D6" w:rsidP="00774B52">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62095020" w14:textId="7049AFC3" w:rsidR="00DA71D6" w:rsidRPr="00DA71D6" w:rsidRDefault="00DA71D6" w:rsidP="00DA71D6">
+      <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        <w:t>.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA71D6">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Nach Absolvieren der Technischen Abnahme dürfen Fahrzeuge im Rahmen der Veranstaltung gemäß DMSB-Veranstaltungsreglement Art. 16 ausschließlich an den in der Veranstaltungsausschreibung aufgeführten Wettbewerben teilnehmen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD257F9" w14:textId="77777777" w:rsidR="00F246EF" w:rsidRDefault="00F246EF" w:rsidP="00FF7EC5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75DBFADD" w14:textId="417B21F4" w:rsidR="00774B52" w:rsidRPr="0073212B" w:rsidRDefault="00774B52" w:rsidP="00FF7EC5">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -4963,50 +4989,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0042017E" w:rsidRPr="0042017E" w14:paraId="73EF20EC" w14:textId="77777777" w:rsidTr="004015C8">
         <w:trPr>
           <w:trHeight w:val="586"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2548" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EF1964A" w14:textId="77777777" w:rsidR="00B7130E" w:rsidRPr="0042017E" w:rsidRDefault="00B7130E" w:rsidP="004015C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0042017E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>dmsj</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0042017E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Rallycross</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="551F6BCC" w14:textId="18E0A622" w:rsidR="00B7130E" w:rsidRPr="0042017E" w:rsidRDefault="00B7130E" w:rsidP="004015C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042017E">
               <w:rPr>
@@ -5112,51 +5139,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B7130E" w:rsidRPr="0042017E" w14:paraId="22F06181" w14:textId="77777777" w:rsidTr="004015C8">
         <w:trPr>
           <w:trHeight w:val="571"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2548" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37CEE24A" w14:textId="77777777" w:rsidR="00B7130E" w:rsidRPr="0042017E" w:rsidRDefault="00B7130E" w:rsidP="004015C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042017E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Mini Buggy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2549" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16CC01BC" w14:textId="5BFAF260" w:rsidR="00B7130E" w:rsidRPr="0042017E" w:rsidRDefault="00B7130E" w:rsidP="004015C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042017E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Eingeschrieben: 1</w:t>
             </w:r>
             <w:r w:rsidR="00590997" w:rsidRPr="0042017E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -6339,87 +6365,87 @@
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0042017E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">DRXN1 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E47CD69" w14:textId="77777777" w:rsidR="00D97AAB" w:rsidRDefault="00D97AAB" w:rsidP="00D97AAB">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0042017E">
+        <w:lastRenderedPageBreak/>
         <w:t>Zugelassene DRXN1 Fahrzeuge gemäß dem Technischen DMSB – Reglement Rallycross (Art. 1.5 DRXN2).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08E0B36A" w14:textId="77777777" w:rsidR="0042017E" w:rsidRPr="0042017E" w:rsidRDefault="0042017E" w:rsidP="00D97AAB">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23A025EA" w14:textId="77777777" w:rsidR="00D97AAB" w:rsidRPr="0042017E" w:rsidRDefault="00D97AAB" w:rsidP="00D97AAB">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="-720" w:firstLine="60"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51DB43B8" w14:textId="77777777" w:rsidR="00D97AAB" w:rsidRPr="0042017E" w:rsidRDefault="00D97AAB" w:rsidP="00D97AAB">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0042017E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>DRXN2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63C1CF25" w14:textId="77777777" w:rsidR="00D97AAB" w:rsidRPr="00191ABE" w:rsidRDefault="00D97AAB" w:rsidP="00D97AAB">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk118921117"/>
       <w:r w:rsidRPr="00191ABE">
         <w:t>Zugelassene DRXN2 Fahrzeuge gemäß dem Technischen DMSB – Reglement Rallycross (Art. 1.6 DRXN2).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D34AE76" w14:textId="77777777" w:rsidR="00D97AAB" w:rsidRPr="00191ABE" w:rsidRDefault="00D97AAB" w:rsidP="00D97AAB">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4071C887" w14:textId="77777777" w:rsidR="00D97AAB" w:rsidRDefault="00D97AAB" w:rsidP="00D97AAB">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
@@ -7146,68 +7172,59 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00263CF4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00E040EF" w:rsidRPr="0073212B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EB174E" w:rsidRPr="0073212B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Parc </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00EB174E" w:rsidRPr="0073212B">
+        <w:t>Parc F</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03255" w:rsidRPr="0073212B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>F</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>ermé</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="50DF5854" w14:textId="77777777" w:rsidR="00D03255" w:rsidRPr="0073212B" w:rsidRDefault="00D03255" w:rsidP="00D03255">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073212B">
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
       <w:r w:rsidR="00EB174E" w:rsidRPr="0073212B">
         <w:t xml:space="preserve">Parc </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00EB174E" w:rsidRPr="0073212B">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="0073212B">
         <w:t>ermé</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00EB174E" w:rsidRPr="0073212B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0073212B">
@@ -7348,50 +7365,51 @@
       </w:pPr>
       <w:r w:rsidRPr="0073212B">
         <w:t>Alle Fahrzeuge dürfen vor Ablauf der Protestfrist gemäß ISG nicht entfernt werden. Sie müssen für Nachuntersuchungen zur Verfügung stehen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57C0330C" w14:textId="77777777" w:rsidR="00C86CB9" w:rsidRPr="0073212B" w:rsidRDefault="00C86CB9" w:rsidP="00D03255">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="549932AF" w14:textId="221A3611" w:rsidR="00687764" w:rsidRPr="0073212B" w:rsidRDefault="00E040EF" w:rsidP="00E53205">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0073212B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00263CF4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="0073212B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D03255" w:rsidRPr="0073212B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Preise</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -7454,51 +7472,50 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Prämieng</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">utscheinen </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0073212B" w:rsidRPr="0073212B" w14:paraId="7BA873EF" w14:textId="77777777" w:rsidTr="00886743">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="052DD21A" w14:textId="77777777" w:rsidR="00EB65C2" w:rsidRPr="0073212B" w:rsidRDefault="00EB65C2" w:rsidP="00886743">
             <w:r w:rsidRPr="0073212B">
-              <w:lastRenderedPageBreak/>
               <w:t>Ehrenpreise:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8679" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49E1EF5C" w14:textId="2D3B6AFB" w:rsidR="00EB65C2" w:rsidRPr="0073212B" w:rsidRDefault="008076BD" w:rsidP="00886743">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Platz 1-3 pro Klasse</w:t>
             </w:r>
@@ -9258,51 +9275,60 @@
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D97AAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>*Bei Veranstaltungen mit mehr als zwei Rettungsmitteln, bei denen kein MEL vorgeschrieben ist, ist seitens des Veranstalters ein Einsatzleiter der beauftragten Rettungsmittel zu benennen</w:t>
       </w:r>
       <w:r w:rsidR="00BE5BDF" w:rsidRPr="00D97AAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE0A5F0" w14:textId="221F4BEE" w:rsidR="00F12B7F" w:rsidRPr="00D97AAB" w:rsidRDefault="00F12B7F" w:rsidP="00F12B7F">
+    <w:p w14:paraId="67C9B256" w14:textId="77777777" w:rsidR="000F65B9" w:rsidRDefault="000F65B9" w:rsidP="00F12B7F">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DE0A5F0" w14:textId="4461676E" w:rsidR="00F12B7F" w:rsidRPr="00D97AAB" w:rsidRDefault="00F12B7F" w:rsidP="00F12B7F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D97AAB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00263CF4" w:rsidRPr="00D97AAB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00D97AAB">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -9977,558 +10003,588 @@
         <w:t>Protest- und Berufungsgebühr</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C911EF0" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk149738331"/>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bei Protesten und Berufung gelten das Internationale Sportgesetz der FIA, das Veranstaltungsreglement des DMSB, die Rechts- und Verfahrensordnung des DMSB sowie bei Berufungen zur FIA die Rechts- und Verfahrensordnung der FIA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E2AEC23" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
       <w:pPr>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FB1CF4F" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+    <w:p w14:paraId="3FB1CF4F" w14:textId="41A4CE66" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Für DMSB-genehmigte Veranstaltungen geltenden folgende Kautionen (mehrwertsteuerfrei)</w:t>
-[...437 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Für DMSB-genehmigte </w:t>
+      </w:r>
+      <w:r w:rsidR="000F65B9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003B3B40">
+        <w:t>Serien/ Wettbewerbe</w:t>
+      </w:r>
+      <w:r w:rsidR="000F65B9" w:rsidRPr="003B3B40">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Für andere ASN-genehmigte Serien gelten folgende Kautionen</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003B3B40">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>geltenden folgende Kautionen (mehrwertsteuerfrei)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236AE650" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(zahlbar an ASN der Serie):</w:t>
-[...5 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Berufungskaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57125205" w14:textId="3E2CC36D" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1.500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E1642D" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.000,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A3B917" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F007F2C" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Protestkaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611B9053" w14:textId="243C73A2" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797CBC15" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>300,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10022FA2" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EEA19B1" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ausschließlich für Serien mit Status International (gem. 14.1.1 ISG) beträgt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E86BDA" w14:textId="56520191" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>die Revisionskaution:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1.500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307E47CA" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7794CFB2" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Internationales Berufungsgericht</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F0CC2A" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Berufungsgebühr und Berufungskaution – zahlbar an die FIA gem. Voraussetzungen und in Abhängigkeit der Serie / Veranstaltung gelistet unter Art.13.1.2.a Kapitel 5 Rechts- und Verfahrensregeln der FIA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AD51B56" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C866EF0" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(DMSB-Protest- und Berufungskautionen sind an den DMSB zu entrichten)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C5AA59C" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C9022E4" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Für andere ASN-genehmigte Serien gelten folgende Kautionen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40978122" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:ind w:left="3544" w:hanging="3544"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protest-/Berufung-/Revisionskaution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(zahlbar an ASN der Serie):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F41DC62" w14:textId="77777777" w:rsidR="0006001B" w:rsidRPr="003B3B40" w:rsidRDefault="0006001B" w:rsidP="0006001B">
+      <w:pPr>
+        <w:ind w:left="3544" w:hanging="3544"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk216862847"/>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Status International</w:t>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Höhe Kaution gem. ASN-Serienreglement </w:t>
       </w:r>
     </w:p>
@@ -10625,278 +10681,215 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Versicherung, Haftungsausschluss und Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65F182A0" w14:textId="77777777" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00263CF4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>a) Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D2D282F" w14:textId="197511E4" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
+    <w:p w14:paraId="7D2D282F" w14:textId="0C286143" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00263CF4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Veranstaltung ist gemäß DMSB-Veranstaltungsreglement </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Art. 35 versichert.</w:t>
+        <w:t>Die Veranstaltung ist gemäß DMSB-Veranstaltungsreglement Art. 35 versichert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486BA123" w14:textId="77777777" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6411A48A" w14:textId="77777777" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00263CF4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">b) Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13E22065" w14:textId="08C709CE" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
+    <w:p w14:paraId="13E22065" w14:textId="0B300839" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="00263CF4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement </w:t>
       </w:r>
-      <w:r w:rsidR="00D97AAB">
-[...12 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00263CF4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 36</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6501897F" w14:textId="77777777" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0704BFEE" w14:textId="77777777" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00263CF4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>c) Freistellung von Ansprüchen des Fahrzeugeigentümers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C43CB6D" w14:textId="5895C8D6" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
+    <w:p w14:paraId="5C43CB6D" w14:textId="523E4C7C" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="00263CF4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D97AAB">
+        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement Art. 37</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDFF6C1" w14:textId="77777777" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
-          <w:szCs w:val="18"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00263CF4">
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E0A2201" w14:textId="77777777" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Art. 37</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00263CF4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:spacing w:after="120"/>
+        <w:t>d) Verantwortlichkeit, Änderung der Ausschreibung, Absage der Veranstaltung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C75CAD" w14:textId="641901F7" w:rsidR="00263CF4" w:rsidRPr="00263CF4" w:rsidRDefault="00263CF4" w:rsidP="00263CF4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>gemäß</w:t>
+      </w:r>
       <w:r w:rsidRPr="00263CF4">
-        <w:rPr>
-[...14 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>gemäß</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement </w:t>
-      </w:r>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00263CF4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 39 und Art. 40</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="6F75F1BD" w14:textId="77777777" w:rsidR="00263CF4" w:rsidRPr="0073212B" w:rsidRDefault="00263CF4" w:rsidP="009A2839">
       <w:pPr>
         <w:rPr>
           <w:strike/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55BE0545" w14:textId="1C554B37" w:rsidR="00BE5BDF" w:rsidRDefault="00CC2EE1" w:rsidP="00C866B3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -10939,65 +10932,65 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E354B3" w:rsidRPr="0071710F" w:rsidSect="00C86CB9">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="849" w:bottom="851" w:left="1134" w:header="426" w:footer="14" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FAA556D" w14:textId="77777777" w:rsidR="00C114C7" w:rsidRDefault="00C114C7" w:rsidP="00774B52">
+    <w:p w14:paraId="4DFA7009" w14:textId="77777777" w:rsidR="00FD1CAB" w:rsidRDefault="00FD1CAB" w:rsidP="00774B52">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="702FC160" w14:textId="77777777" w:rsidR="00C114C7" w:rsidRDefault="00C114C7" w:rsidP="00774B52">
+    <w:p w14:paraId="3B148436" w14:textId="77777777" w:rsidR="00FD1CAB" w:rsidRDefault="00FD1CAB" w:rsidP="00774B52">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5B5149C5" w14:textId="77777777" w:rsidR="00C114C7" w:rsidRDefault="00C114C7"/>
+    <w:p w14:paraId="13265EA2" w14:textId="77777777" w:rsidR="00FD1CAB" w:rsidRDefault="00FD1CAB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -11148,62 +11141,68 @@
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2235"/>
       <w:gridCol w:w="1559"/>
       <w:gridCol w:w="709"/>
       <w:gridCol w:w="4252"/>
     </w:tblGrid>
     <w:tr w:rsidR="001D7A11" w:rsidRPr="001D7A11" w14:paraId="6DB54E72" w14:textId="77777777" w:rsidTr="00856A69">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2235" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="7CA49597" w14:textId="77777777" w:rsidR="001D7A11" w:rsidRPr="001D7A11" w:rsidRDefault="001D7A11" w:rsidP="001D7A11">
+        <w:p w14:paraId="7CA49597" w14:textId="401824E8" w:rsidR="001D7A11" w:rsidRPr="001D7A11" w:rsidRDefault="00B2749F" w:rsidP="001D7A11">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:bookmarkStart w:id="9" w:name="_Hlk149742485"/>
-          <w:r w:rsidRPr="001D7A11">
+          <w:r>
+            <w:rPr>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="001D7A11" w:rsidRPr="001D7A11">
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1559" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="510BC6C7" w14:textId="77777777" w:rsidR="001D7A11" w:rsidRPr="001D7A11" w:rsidRDefault="001D7A11" w:rsidP="001D7A11">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
@@ -11337,108 +11336,108 @@
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Koordination Automobil- und Motorradsport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="9"/>
   </w:tbl>
   <w:p w14:paraId="53CE2696" w14:textId="61299E82" w:rsidR="00194402" w:rsidRDefault="00194402"/>
   <w:p w14:paraId="1703EA9E" w14:textId="77777777" w:rsidR="00E040EF" w:rsidRDefault="00E040EF" w:rsidP="00E040EF">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3FBA5E65" w14:textId="3F5DC8A9" w:rsidR="00D273BD" w:rsidRPr="00455871" w:rsidRDefault="00D273BD" w:rsidP="00D273BD">
+  <w:p w14:paraId="3FBA5E65" w14:textId="4C5502E9" w:rsidR="00D273BD" w:rsidRPr="00455871" w:rsidRDefault="00D273BD" w:rsidP="00D273BD">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>D</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>MSB-Ausschreibung Rallycross –</w:t>
     </w:r>
     <w:r w:rsidRPr="00455871">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Stand 0</w:t>
     </w:r>
-    <w:r w:rsidR="00993AEC">
+    <w:r w:rsidR="00DA71D6">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00455519">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
     <w:r w:rsidR="00D97AAB">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -11599,67 +11598,67 @@
     <w:r w:rsidRPr="00BF5B7D">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B2280C1" w14:textId="77777777" w:rsidR="00917304" w:rsidRPr="00E040EF" w:rsidRDefault="00917304" w:rsidP="00E040EF">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37F87F6B" w14:textId="77777777" w:rsidR="00C114C7" w:rsidRDefault="00C114C7" w:rsidP="00774B52">
+    <w:p w14:paraId="1161AEBC" w14:textId="77777777" w:rsidR="00FD1CAB" w:rsidRDefault="00FD1CAB" w:rsidP="00774B52">
       <w:bookmarkStart w:id="0" w:name="_Hlk27055376"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64E621BF" w14:textId="77777777" w:rsidR="00C114C7" w:rsidRDefault="00C114C7" w:rsidP="00774B52">
+    <w:p w14:paraId="1E22CBAA" w14:textId="77777777" w:rsidR="00FD1CAB" w:rsidRDefault="00FD1CAB" w:rsidP="00774B52">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="634E1105" w14:textId="77777777" w:rsidR="00C114C7" w:rsidRDefault="00C114C7"/>
+    <w:p w14:paraId="75A693DB" w14:textId="77777777" w:rsidR="00FD1CAB" w:rsidRDefault="00FD1CAB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2C648644" w14:textId="5932CFDF" w:rsidR="00347ECB" w:rsidRPr="00347ECB" w:rsidRDefault="00347ECB" w:rsidP="00965F78">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00347ECB">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
@@ -13831,63 +13830,65 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00774B52"/>
     <w:rsid w:val="00007E18"/>
     <w:rsid w:val="00011EF9"/>
+    <w:rsid w:val="00014027"/>
     <w:rsid w:val="00022756"/>
     <w:rsid w:val="00041A8A"/>
     <w:rsid w:val="00051CCA"/>
     <w:rsid w:val="000558D6"/>
     <w:rsid w:val="0006001B"/>
     <w:rsid w:val="00063BE9"/>
     <w:rsid w:val="00075634"/>
     <w:rsid w:val="00080A14"/>
     <w:rsid w:val="000A4576"/>
     <w:rsid w:val="000A63F5"/>
     <w:rsid w:val="000C530A"/>
     <w:rsid w:val="000D2541"/>
     <w:rsid w:val="000F5F1A"/>
+    <w:rsid w:val="000F65B9"/>
     <w:rsid w:val="000F763C"/>
     <w:rsid w:val="0012740A"/>
     <w:rsid w:val="0014320C"/>
     <w:rsid w:val="00143AEA"/>
     <w:rsid w:val="00155F77"/>
     <w:rsid w:val="00162109"/>
     <w:rsid w:val="00174B08"/>
     <w:rsid w:val="00181F67"/>
     <w:rsid w:val="001911EF"/>
     <w:rsid w:val="00194402"/>
     <w:rsid w:val="001A6EC1"/>
     <w:rsid w:val="001B2D0E"/>
     <w:rsid w:val="001B78FF"/>
     <w:rsid w:val="001D6405"/>
     <w:rsid w:val="001D7A11"/>
     <w:rsid w:val="001E3594"/>
     <w:rsid w:val="00201355"/>
     <w:rsid w:val="0020490D"/>
     <w:rsid w:val="00211E8D"/>
     <w:rsid w:val="002266A2"/>
     <w:rsid w:val="00230934"/>
     <w:rsid w:val="00233C70"/>
     <w:rsid w:val="00234216"/>
     <w:rsid w:val="00262ACE"/>
     <w:rsid w:val="00263CF4"/>
@@ -14028,66 +14029,68 @@
     <w:rsid w:val="009521A2"/>
     <w:rsid w:val="0095780B"/>
     <w:rsid w:val="00964E3E"/>
     <w:rsid w:val="009658E8"/>
     <w:rsid w:val="00965F78"/>
     <w:rsid w:val="009663CD"/>
     <w:rsid w:val="00984282"/>
     <w:rsid w:val="00984993"/>
     <w:rsid w:val="00993AEC"/>
     <w:rsid w:val="0099573D"/>
     <w:rsid w:val="00995FE9"/>
     <w:rsid w:val="009A2839"/>
     <w:rsid w:val="009A29A9"/>
     <w:rsid w:val="009A3EEF"/>
     <w:rsid w:val="009A50F7"/>
     <w:rsid w:val="009B7A66"/>
     <w:rsid w:val="009C0D92"/>
     <w:rsid w:val="009D108F"/>
     <w:rsid w:val="009D4CA4"/>
     <w:rsid w:val="009E15C3"/>
     <w:rsid w:val="009E68F7"/>
     <w:rsid w:val="009F2007"/>
     <w:rsid w:val="009F5241"/>
     <w:rsid w:val="00A172D8"/>
     <w:rsid w:val="00A1760A"/>
+    <w:rsid w:val="00A252C1"/>
     <w:rsid w:val="00A521DD"/>
     <w:rsid w:val="00A5325F"/>
     <w:rsid w:val="00A618B3"/>
     <w:rsid w:val="00A62F15"/>
     <w:rsid w:val="00A668C0"/>
     <w:rsid w:val="00A714A2"/>
     <w:rsid w:val="00A91721"/>
     <w:rsid w:val="00A94499"/>
     <w:rsid w:val="00A95073"/>
     <w:rsid w:val="00AA1AEC"/>
     <w:rsid w:val="00AA3D4F"/>
     <w:rsid w:val="00AA62A5"/>
     <w:rsid w:val="00AA62EF"/>
     <w:rsid w:val="00AB484D"/>
     <w:rsid w:val="00AF27DF"/>
     <w:rsid w:val="00B23A46"/>
+    <w:rsid w:val="00B2749F"/>
     <w:rsid w:val="00B42514"/>
     <w:rsid w:val="00B43188"/>
     <w:rsid w:val="00B452BF"/>
     <w:rsid w:val="00B7130E"/>
     <w:rsid w:val="00B77623"/>
     <w:rsid w:val="00B857BA"/>
     <w:rsid w:val="00B861E2"/>
     <w:rsid w:val="00B87085"/>
     <w:rsid w:val="00B924EC"/>
     <w:rsid w:val="00BA545A"/>
     <w:rsid w:val="00BA7E24"/>
     <w:rsid w:val="00BB735C"/>
     <w:rsid w:val="00BC344D"/>
     <w:rsid w:val="00BD4A0C"/>
     <w:rsid w:val="00BD6B95"/>
     <w:rsid w:val="00BD7407"/>
     <w:rsid w:val="00BE5BDF"/>
     <w:rsid w:val="00C03124"/>
     <w:rsid w:val="00C05E0E"/>
     <w:rsid w:val="00C114C7"/>
     <w:rsid w:val="00C124FB"/>
     <w:rsid w:val="00C129AA"/>
     <w:rsid w:val="00C175BC"/>
     <w:rsid w:val="00C27C32"/>
     <w:rsid w:val="00C34B3A"/>
@@ -14110,52 +14113,54 @@
     <w:rsid w:val="00CE1D5E"/>
     <w:rsid w:val="00CE298B"/>
     <w:rsid w:val="00CE3436"/>
     <w:rsid w:val="00CE5286"/>
     <w:rsid w:val="00CF15FA"/>
     <w:rsid w:val="00CF3B04"/>
     <w:rsid w:val="00CF40EE"/>
     <w:rsid w:val="00CF7234"/>
     <w:rsid w:val="00D01FA2"/>
     <w:rsid w:val="00D03255"/>
     <w:rsid w:val="00D07C37"/>
     <w:rsid w:val="00D111B1"/>
     <w:rsid w:val="00D1207E"/>
     <w:rsid w:val="00D1610B"/>
     <w:rsid w:val="00D204CE"/>
     <w:rsid w:val="00D273BD"/>
     <w:rsid w:val="00D27A65"/>
     <w:rsid w:val="00D3318E"/>
     <w:rsid w:val="00D37DE9"/>
     <w:rsid w:val="00D413E0"/>
     <w:rsid w:val="00D77321"/>
     <w:rsid w:val="00D81BEA"/>
     <w:rsid w:val="00D81C01"/>
     <w:rsid w:val="00D97AAB"/>
     <w:rsid w:val="00DA337B"/>
+    <w:rsid w:val="00DA71D6"/>
     <w:rsid w:val="00DA7EC2"/>
     <w:rsid w:val="00DB28CC"/>
+    <w:rsid w:val="00DB29B6"/>
     <w:rsid w:val="00DB367D"/>
     <w:rsid w:val="00DC422D"/>
     <w:rsid w:val="00DE28E4"/>
     <w:rsid w:val="00DE3F98"/>
     <w:rsid w:val="00DF77A4"/>
     <w:rsid w:val="00DF7D8E"/>
     <w:rsid w:val="00E0329F"/>
     <w:rsid w:val="00E040EF"/>
     <w:rsid w:val="00E11575"/>
     <w:rsid w:val="00E305B5"/>
     <w:rsid w:val="00E34263"/>
     <w:rsid w:val="00E354B3"/>
     <w:rsid w:val="00E3569B"/>
     <w:rsid w:val="00E53205"/>
     <w:rsid w:val="00E56E39"/>
     <w:rsid w:val="00E83D0A"/>
     <w:rsid w:val="00E9561C"/>
     <w:rsid w:val="00EB174E"/>
     <w:rsid w:val="00EB65C2"/>
     <w:rsid w:val="00EC0C0C"/>
     <w:rsid w:val="00EC7511"/>
     <w:rsid w:val="00ED4917"/>
     <w:rsid w:val="00EF19A4"/>
     <w:rsid w:val="00EF31FA"/>
     <w:rsid w:val="00EF4B6E"/>
@@ -14165,50 +14170,51 @@
     <w:rsid w:val="00F06B5F"/>
     <w:rsid w:val="00F12B7F"/>
     <w:rsid w:val="00F131F7"/>
     <w:rsid w:val="00F164E3"/>
     <w:rsid w:val="00F246EF"/>
     <w:rsid w:val="00F26F47"/>
     <w:rsid w:val="00F30B27"/>
     <w:rsid w:val="00F340B4"/>
     <w:rsid w:val="00F36013"/>
     <w:rsid w:val="00F36C27"/>
     <w:rsid w:val="00F41B27"/>
     <w:rsid w:val="00F5393B"/>
     <w:rsid w:val="00F54F06"/>
     <w:rsid w:val="00F619F1"/>
     <w:rsid w:val="00F63A37"/>
     <w:rsid w:val="00F661F2"/>
     <w:rsid w:val="00F871DF"/>
     <w:rsid w:val="00F95E1E"/>
     <w:rsid w:val="00FA1669"/>
     <w:rsid w:val="00FA23EA"/>
     <w:rsid w:val="00FA3818"/>
     <w:rsid w:val="00FA7308"/>
     <w:rsid w:val="00FB6253"/>
     <w:rsid w:val="00FC315C"/>
     <w:rsid w:val="00FC723D"/>
+    <w:rsid w:val="00FD1CAB"/>
     <w:rsid w:val="00FD4A90"/>
     <w:rsid w:val="00FF203D"/>
     <w:rsid w:val="00FF20AB"/>
     <w:rsid w:val="00FF6FB9"/>
     <w:rsid w:val="00FF7EC5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -14710,51 +14716,50 @@
   <w:style w:type="paragraph" w:styleId="berschrift8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift8Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00D03255"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
@@ -15576,50 +15581,65 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C6768279B99AB043A549E6E3CFA260CA" ma:contentTypeVersion="7" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6294ae32d8551ba8ec606ba621886699">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="dfba44ad-b709-4e8c-8327-9536f3818169" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="70561beefec3e5fb9eae78d038b43ffd" ns2:_="">
     <xsd:import namespace="dfba44ad-b709-4e8c-8327-9536f3818169"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dfba44ad-b709-4e8c-8327-9536f3818169" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -15737,135 +15757,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B34B6BE-6A4A-416A-A051-6564926BADB1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6B07936-7725-4B46-83D3-9C38CA8203BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BC148C1-16F7-4193-A962-693334CAC125}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="dfba44ad-b709-4e8c-8327-9536f3818169"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...15 lines deleted...]
-
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{00955bf4-4ecf-4487-b74f-fd0ba8510045}" enabled="0" method="" siteId="{00955bf4-4ecf-4487-b74f-fd0ba8510045}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1740</Words>
-  <Characters>10962</Characters>
+  <Words>1797</Words>
+  <Characters>11328</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12677</CharactersWithSpaces>
+  <CharactersWithSpaces>13099</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jana Haböck</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C6768279B99AB043A549E6E3CFA260CA</vt:lpwstr>
   </property>
 </Properties>
 </file>