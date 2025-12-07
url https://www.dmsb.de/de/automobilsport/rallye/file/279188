--- v0 (2025-11-02)
+++ v1 (2025-12-07)
@@ -1,118 +1,117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00815B68" w:rsidRPr="004E6866" w:rsidRDefault="00815B68" w:rsidP="00815B68">
+    <w:p w14:paraId="17734B22" w14:textId="77777777" w:rsidR="00815B68" w:rsidRPr="004E6866" w:rsidRDefault="00815B68" w:rsidP="00815B68">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2603"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00815B68" w:rsidRPr="00E428BA" w:rsidRDefault="00815B68" w:rsidP="00E428BA">
+    <w:p w14:paraId="3D161F0F" w14:textId="77777777" w:rsidR="00815B68" w:rsidRPr="00E428BA" w:rsidRDefault="00815B68" w:rsidP="00E428BA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2603"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="50"/>
           <w:szCs w:val="50"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F670DB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="50"/>
           <w:szCs w:val="50"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>DMSB-Strecken</w:t>
       </w:r>
       <w:r w:rsidR="00E428BA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="50"/>
           <w:szCs w:val="50"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>gutachten</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00815B68" w:rsidRPr="00E428BA" w:rsidRDefault="00E428BA" w:rsidP="00E428BA">
+    <w:p w14:paraId="14B255C6" w14:textId="77777777" w:rsidR="00815B68" w:rsidRPr="00E428BA" w:rsidRDefault="00E428BA" w:rsidP="00E428BA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2603"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="50"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E428BA">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve">  gem</w:t>
       </w:r>
       <w:r w:rsidR="00FF06E5">
         <w:rPr>
@@ -121,525 +120,523 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006527EC">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E428BA">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="50"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="50"/>
         </w:rPr>
         <w:t>VWV zu § 29 StVO im Rallyesport</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00815B68" w:rsidRDefault="00815B68" w:rsidP="00815B68">
+    <w:p w14:paraId="18913FCF" w14:textId="77777777" w:rsidR="00815B68" w:rsidRDefault="00815B68" w:rsidP="00815B68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRPr="00FF06E5" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
+    <w:p w14:paraId="1749A87E" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00FF06E5" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF06E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Streckengutachter</w:t>
       </w:r>
       <w:r w:rsidR="00FF06E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
+    <w:p w14:paraId="7FD19767" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Name: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRPr="00992E5F" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
+    <w:p w14:paraId="26AA3C03" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00992E5F" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Adresse</w:t>
       </w:r>
       <w:r w:rsidR="00FF06E5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRPr="00992E5F" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
+    <w:p w14:paraId="6BCD00A6" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00992E5F" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
+    <w:p w14:paraId="329EDE09" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00992E5F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tel.: </w:t>
       </w:r>
       <w:r w:rsidR="00FF06E5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                   Email:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
+    <w:p w14:paraId="13B8D152" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00FF06E5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DMSB Sportwart-Lizenz</w:t>
       </w:r>
       <w:r w:rsidR="00FF06E5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     Nr.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00FF06E5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                Gültig bis:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00815B68">
+    <w:p w14:paraId="3442E64B" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00815B68">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00815B68" w:rsidRPr="00F670DB" w:rsidRDefault="00815B68" w:rsidP="00616D3B">
+    <w:p w14:paraId="0589AB3C" w14:textId="77777777" w:rsidR="00815B68" w:rsidRPr="00F670DB" w:rsidRDefault="00815B68" w:rsidP="00616D3B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00992E5F" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+    <w:p w14:paraId="0D7AC410" w14:textId="77777777" w:rsidR="00992E5F" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF06E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bezeichnung/Name der Wertungsprüfung</w:t>
       </w:r>
       <w:r w:rsidR="00FF06E5" w:rsidRPr="00FF06E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF06E5" w:rsidRDefault="00FF06E5" w:rsidP="00616D3B">
+    <w:p w14:paraId="39C0542F" w14:textId="77777777" w:rsidR="00FF06E5" w:rsidRDefault="00FF06E5" w:rsidP="00616D3B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00FF06E5" w:rsidRPr="00FF06E5" w:rsidRDefault="00FF06E5" w:rsidP="00616D3B">
+    <w:p w14:paraId="226A55A9" w14:textId="77777777" w:rsidR="00FF06E5" w:rsidRPr="00FF06E5" w:rsidRDefault="00FF06E5" w:rsidP="00616D3B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00815B68" w:rsidRDefault="00FF06E5" w:rsidP="00616D3B">
+    <w:p w14:paraId="6464EBEA" w14:textId="77777777" w:rsidR="00815B68" w:rsidRDefault="00FF06E5" w:rsidP="00616D3B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Abnahme am:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00815B68" w:rsidRPr="00992E5F" w:rsidRDefault="00815B68" w:rsidP="00616D3B">
+    <w:p w14:paraId="0EBB60B4" w14:textId="77777777" w:rsidR="00815B68" w:rsidRPr="00992E5F" w:rsidRDefault="00815B68" w:rsidP="00616D3B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00815B68" w:rsidRPr="00853C64" w:rsidRDefault="00815B68" w:rsidP="00FF06E5">
+    <w:p w14:paraId="4579940F" w14:textId="77777777" w:rsidR="00815B68" w:rsidRPr="00853C64" w:rsidRDefault="00815B68" w:rsidP="00FF06E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00815B68" w:rsidRPr="00616D3B" w:rsidRDefault="00815B68" w:rsidP="00FF06E5">
+    <w:p w14:paraId="6431E5E7" w14:textId="77777777" w:rsidR="00815B68" w:rsidRPr="00616D3B" w:rsidRDefault="00815B68" w:rsidP="00FF06E5">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="1416"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00815B68" w:rsidRPr="00853C64" w:rsidRDefault="00815B68" w:rsidP="00FF06E5">
+    <w:p w14:paraId="694DC2AE" w14:textId="77777777" w:rsidR="00815B68" w:rsidRPr="00853C64" w:rsidRDefault="00815B68" w:rsidP="00FF06E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A7973" w:rsidRPr="003628DC" w:rsidRDefault="00100677" w:rsidP="003628DC">
+    <w:p w14:paraId="67327F66" w14:textId="77777777" w:rsidR="008A7973" w:rsidRPr="003628DC" w:rsidRDefault="00100677" w:rsidP="003628DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003628DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Streckenbeschreibung</w:t>
       </w:r>
       <w:r w:rsidR="00616D3B" w:rsidRPr="003628DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> gem. Streckenplan (siehe Anlage)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF06E5" w:rsidRPr="00FF06E5" w:rsidRDefault="00FF06E5" w:rsidP="00FF06E5">
+    <w:p w14:paraId="174E655E" w14:textId="77777777" w:rsidR="00FF06E5" w:rsidRPr="00FF06E5" w:rsidRDefault="00FF06E5" w:rsidP="00FF06E5">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="1065"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="646"/>
         <w:gridCol w:w="4728"/>
         <w:gridCol w:w="3523"/>
         <w:gridCol w:w="283"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00146094" w:rsidTr="00FF06E5">
+      <w:tr w:rsidR="00146094" w14:paraId="5A929AB6" w14:textId="77777777" w:rsidTr="00FF06E5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="35937D8C" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="764438C0" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Streckenlänge:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3523" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="3242163C" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
@@ -702,97 +699,97 @@
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="2C5BD8A2" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00146094" w:rsidTr="00FF06E5">
+      <w:tr w:rsidR="00146094" w14:paraId="3B4C5B58" w14:textId="77777777" w:rsidTr="00FF06E5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="45462C7B" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="003628DC">
+          <w:p w14:paraId="302547E5" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="003628DC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Straßenklassen (</w:t>
             </w:r>
             <w:r w:rsidR="003628DC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> z.B. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -806,51 +803,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="003628DC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3523" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="2143F489" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
@@ -913,131 +910,121 @@
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="4708E52A" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00146094" w:rsidTr="00FF06E5">
+      <w:tr w:rsidR="00146094" w14:paraId="6A7CBB7D" w14:textId="77777777" w:rsidTr="00FF06E5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00100677">
+          <w:p w14:paraId="7B5905B3" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00100677">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="213C8FDA" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Streckenbelag</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> (Zustand):</w:t>
+              <w:t>Streckenbelag (Zustand):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3523" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="2B67605C" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
@@ -1100,121 +1087,121 @@
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="37E86BCF" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00146094" w:rsidTr="00FF06E5">
+      <w:tr w:rsidR="00146094" w14:paraId="259E5972" w14:textId="77777777" w:rsidTr="00FF06E5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00100677">
+          <w:p w14:paraId="4E319BB4" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00100677">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00100677">
+          <w:p w14:paraId="602F1471" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Beschaffenheit der Strecke: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3523" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="09301AE8" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
@@ -1277,273 +1264,273 @@
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="1584E052" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00146094" w:rsidTr="00FF06E5">
+      <w:tr w:rsidR="00146094" w14:paraId="394EE8BB" w14:textId="77777777" w:rsidTr="00FF06E5">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00100677">
+          <w:p w14:paraId="46DA31F8" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00100677">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+          <w:p w14:paraId="3BBBE2D7" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Besonderheiten:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3523" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="31FA3397" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="283" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
+          <w:p w14:paraId="6699E765" w14:textId="77777777" w:rsidR="00146094" w:rsidRPr="00300CB6" w:rsidRDefault="00146094" w:rsidP="00100677">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003628DC" w:rsidRDefault="003628DC" w:rsidP="003628DC">
+    <w:p w14:paraId="23431C03" w14:textId="77777777" w:rsidR="003628DC" w:rsidRDefault="003628DC" w:rsidP="003628DC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003628DC" w:rsidRDefault="003628DC" w:rsidP="003628DC">
+    <w:p w14:paraId="60965CE7" w14:textId="77777777" w:rsidR="003628DC" w:rsidRDefault="003628DC" w:rsidP="003628DC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein Streckenplan mit Angaben zur Lage von ZK, Start, Ziel und </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Stop</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ist als Anlage beizulegen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008A7973" w:rsidRDefault="008A7973" w:rsidP="008A7973">
+    <w:p w14:paraId="03770481" w14:textId="77777777" w:rsidR="008A7973" w:rsidRDefault="008A7973" w:rsidP="008A7973">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A7973" w:rsidRPr="003628DC" w:rsidRDefault="008A7973" w:rsidP="003628DC">
+    <w:p w14:paraId="07F482A3" w14:textId="77777777" w:rsidR="008A7973" w:rsidRPr="003628DC" w:rsidRDefault="008A7973" w:rsidP="003628DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003628DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Streckensicherung</w:t>
       </w:r>
       <w:r w:rsidR="003628DC" w:rsidRPr="003628DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003628DC" w:rsidRPr="003628DC" w:rsidRDefault="003628DC" w:rsidP="003628DC">
+    <w:p w14:paraId="4A445C6A" w14:textId="77777777" w:rsidR="003628DC" w:rsidRPr="003628DC" w:rsidRDefault="003628DC" w:rsidP="003628DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A7973" w:rsidRPr="003628DC" w:rsidRDefault="008A7973" w:rsidP="003628DC">
+    <w:p w14:paraId="3B9A2700" w14:textId="77777777" w:rsidR="008A7973" w:rsidRPr="003628DC" w:rsidRDefault="008A7973" w:rsidP="003628DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003628DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Streckenposten</w:t>
       </w:r>
       <w:r w:rsidR="003628DC" w:rsidRPr="003628DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00100677" w:rsidRPr="00100677" w:rsidRDefault="00100677" w:rsidP="00100677">
+    <w:p w14:paraId="23D6F255" w14:textId="77777777" w:rsidR="00100677" w:rsidRPr="00100677" w:rsidRDefault="00100677" w:rsidP="00100677">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00100677">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
       <w:r w:rsidR="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rallyeleiter </w:t>
       </w:r>
       <w:r w:rsidRPr="00100677">
@@ -1573,51 +1560,51 @@
       <w:r w:rsidR="00616D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> der Streckenposten</w:t>
       </w:r>
       <w:r w:rsidR="003628DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00100677">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00100677" w:rsidRDefault="0048506C" w:rsidP="0048506C">
+    <w:p w14:paraId="081B7DB9" w14:textId="77777777" w:rsidR="00100677" w:rsidRDefault="0048506C" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Mindestanzahl an Funk- und Streckenposten ist </w:t>
       </w:r>
       <w:r w:rsidR="003628DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>nach den</w:t>
       </w:r>
       <w:r w:rsidRPr="0048506C">
@@ -1707,643 +1694,643 @@
       <w:r w:rsidRPr="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>völlig verkehrsfrei zu halten</w:t>
       </w:r>
       <w:r w:rsidR="003628DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> festzulegen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+    <w:p w14:paraId="21B2E9B1" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003628DC" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+    <w:p w14:paraId="67BBE9B7" w14:textId="77777777" w:rsidR="003628DC" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00616D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Erforderliche Sportwarte Mindestanzahl:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+    <w:p w14:paraId="2F01F716" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00616D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="661"/>
         <w:gridCol w:w="5973"/>
         <w:gridCol w:w="2546"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidTr="00EB5E97">
+      <w:tr w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w14:paraId="1A7D3F65" w14:textId="77777777" w:rsidTr="00EB5E97">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
+          <w:p w14:paraId="7970C627" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
+          <w:p w14:paraId="766ECB16" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidRDefault="00EB5E97" w:rsidP="003628DC">
+          <w:p w14:paraId="13721430" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidRDefault="00EB5E97" w:rsidP="003628DC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Anzahl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00EB5E97">
+      <w:tr w:rsidR="00616D3B" w14:paraId="62B53E6F" w14:textId="77777777" w:rsidTr="00EB5E97">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="51F5C3E2" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B" w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="5C6885CC" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>WP Leiter</w:t>
             </w:r>
             <w:r w:rsidR="003628DC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="30E1D500" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00EB5E97">
+      <w:tr w:rsidR="00616D3B" w14:paraId="4D7E3AF0" w14:textId="77777777" w:rsidTr="00EB5E97">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="5E291591" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B" w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="692D556F" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sportwarte der Streckensicherung</w:t>
             </w:r>
             <w:r w:rsidR="003628DC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="0B336389" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00EB5E97">
+      <w:tr w:rsidR="00616D3B" w14:paraId="7AD723CD" w14:textId="77777777" w:rsidTr="00EB5E97">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="7EA7DD8E" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="08EB7EA9" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Funkposten</w:t>
             </w:r>
             <w:r w:rsidR="003628DC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="4D66C66D" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00EB5E97">
+      <w:tr w:rsidR="00616D3B" w14:paraId="7E795363" w14:textId="77777777" w:rsidTr="00EB5E97">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="2A85785E" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="5D678297" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sonstige Sportwarte z.B. Zuschauermarshalls</w:t>
             </w:r>
             <w:r w:rsidR="003628DC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="6709CFE4" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+    <w:p w14:paraId="0F80FCF2" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+    <w:p w14:paraId="62748CAE" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+    <w:p w14:paraId="2C45D4F7" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+    <w:p w14:paraId="0E07D4D6" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+    <w:p w14:paraId="5D7CC5B2" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0048506C" w:rsidRDefault="0048506C" w:rsidP="0048506C">
+    <w:p w14:paraId="16B92119" w14:textId="77777777" w:rsidR="0048506C" w:rsidRDefault="0048506C" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+    <w:p w14:paraId="573770FB" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A7973" w:rsidRPr="0048506C" w:rsidRDefault="008A7973" w:rsidP="008A7973">
+    <w:p w14:paraId="04F6302B" w14:textId="77777777" w:rsidR="008A7973" w:rsidRPr="0048506C" w:rsidRDefault="008A7973" w:rsidP="008A7973">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2.2</w:t>
       </w:r>
       <w:r w:rsidRPr="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CE611A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Art und A</w:t>
       </w:r>
       <w:r w:rsidR="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>nzahl der Hilfsdienste</w:t>
       </w:r>
       <w:r w:rsidR="00CE611A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0048506C" w:rsidRDefault="0048506C" w:rsidP="0048506C">
+    <w:p w14:paraId="73A29312" w14:textId="77777777" w:rsidR="0048506C" w:rsidRDefault="0048506C" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art und Anzahl der Hilfsdienste sowie deren Standorte sind nach den Vorgaben des DMSB Rallyereglements (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Anh</w:t>
       </w:r>
@@ -2353,842 +2340,842 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. III), sowie des Internationalen Sportgesetzes der FIA (ISG), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Anh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0048506C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. H festzulegen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
+    <w:p w14:paraId="3EF1153F" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="0048506C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+    <w:p w14:paraId="41C8E788" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00616D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Erforderliche </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Hilfsdienste</w:t>
       </w:r>
       <w:r w:rsidRPr="00616D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Mindestanzahl: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="661"/>
         <w:gridCol w:w="5973"/>
         <w:gridCol w:w="2546"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w14:paraId="7D457AE2" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="5367177C" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="34FCCA09" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
+          <w:p w14:paraId="60DF9AE0" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Anzahl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w14:paraId="56336360" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="6D882570" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B" w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="1B1124EA" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00616D3B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>edical Intervention Car (MIC)</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="7BC1D5C8" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w14:paraId="434BA7A6" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="0C782E53" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B" w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="7995CE76" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Bergefahrzeug</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="031E7A6F" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w14:paraId="4AEB15C2" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="486B7568" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="5D83E90D" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Rettungswagen (RTW)</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="2890827F" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w14:paraId="28A1E82D" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="37AE823A" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="3CC6C13D" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Arzt mit Notfallkoffer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="2FF016A8" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w14:paraId="054DCB6F" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="6654C237" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="5CAB96D7" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abschleppfahrzeug</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="3DC68E4C" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w14:paraId="6F973019" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="1482224A" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="5F6A36DD" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Löschfahrzeug (wasserführend)</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="08C7AF27" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w14:paraId="1DD3256C" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="161D337C" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.2</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="794CCE05" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Löschmittel (Handfeuerlöscher)</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="12889BF1" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="008A7973" w:rsidRPr="008A7973" w:rsidRDefault="008A7973" w:rsidP="008A7973">
+    <w:p w14:paraId="484F74E7" w14:textId="77777777" w:rsidR="008A7973" w:rsidRPr="008A7973" w:rsidRDefault="008A7973" w:rsidP="008A7973">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A7973" w:rsidRPr="008A7973" w:rsidRDefault="008A7973" w:rsidP="008A7973">
+    <w:p w14:paraId="2B44A580" w14:textId="77777777" w:rsidR="008A7973" w:rsidRPr="008A7973" w:rsidRDefault="008A7973" w:rsidP="008A7973">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A7973">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00815B68" w:rsidRPr="00110222" w:rsidRDefault="00110222" w:rsidP="00815B68">
+    <w:p w14:paraId="038DE257" w14:textId="77777777" w:rsidR="00815B68" w:rsidRPr="00110222" w:rsidRDefault="00110222" w:rsidP="00815B68">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">2.3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00110222">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Kommunikationsmittel</w:t>
       </w:r>
       <w:r w:rsidR="00CE611A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00110222" w:rsidRDefault="00110222" w:rsidP="00562378">
+    <w:p w14:paraId="7530D7FA" w14:textId="77777777" w:rsidR="00110222" w:rsidRDefault="00110222" w:rsidP="00562378">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00562378">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art und Anzahl der mindestens vorzuhaltenden Kommunikationsmittel sind nach den Vorgaben des DMSB Rallyereglements (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00562378">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Anh</w:t>
       </w:r>
@@ -3198,1003 +3185,993 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. III), sowie des Internationalen Sportgesetzes der FIA (ISG), </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00562378">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Anh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00562378">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. H, festzulegen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRPr="00562378" w:rsidRDefault="00616D3B" w:rsidP="00562378">
+    <w:p w14:paraId="6DDA90BF" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00562378" w:rsidRDefault="00616D3B" w:rsidP="00562378">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+    <w:p w14:paraId="74EFE432" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00616D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Erforderliche </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Kommunikationsmittel</w:t>
       </w:r>
       <w:r w:rsidRPr="00616D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Mindestanzahl: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="661"/>
         <w:gridCol w:w="5972"/>
         <w:gridCol w:w="2547"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w14:paraId="0A0F83FC" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="32125943" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="04F72600" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00CE611A">
+          <w:p w14:paraId="18798C7E" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00CE611A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Anzahl</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w14:paraId="4E92D632" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
+          <w:p w14:paraId="10471598" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B" w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="121420CB" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Festnetztelefon</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="293AC48B" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w14:paraId="334A4701" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
+          <w:p w14:paraId="723023DD" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B" w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="3BDCBE1C" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mobilfunktelefon</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="1E761682" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w:rsidRPr="00616D3B" w14:paraId="3EE6843E" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="4392B9AB" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="6EE9B9D2" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Orga</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-Funk</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="178AB24A" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w14:paraId="09FCAC0A" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
+          <w:p w14:paraId="2C6C23AE" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="4BA185EE" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Streckenfunk</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="0E9BCC63" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00616D3B" w:rsidTr="00616D3B">
+      <w:tr w:rsidR="00616D3B" w14:paraId="3411DF6D" w14:textId="77777777" w:rsidTr="00616D3B">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="646" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="3D60A658" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.3</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5983" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
+          <w:p w14:paraId="3FDA45FA" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00616D3B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>onstige</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
+          <w:p w14:paraId="33BB50A7" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00300CB6" w:rsidRDefault="00616D3B" w:rsidP="00616D3B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00562378" w:rsidRDefault="00562378" w:rsidP="00815B68">
+    <w:p w14:paraId="2CB51A63" w14:textId="77777777" w:rsidR="00562378" w:rsidRDefault="00562378" w:rsidP="00815B68">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="00815B68">
+    <w:p w14:paraId="3AC20DE0" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="00815B68">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.4 </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>2.4 Rettungsleitstelle</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE611A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Rettungsleitstelle</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="00815B68">
+    <w:p w14:paraId="419B0FE9" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="00815B68">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="661"/>
         <w:gridCol w:w="3030"/>
         <w:gridCol w:w="5489"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidTr="00EB5E97">
+      <w:tr w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w14:paraId="61B0C358" w14:textId="77777777" w:rsidTr="00EB5E97">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
+          <w:p w14:paraId="74BE26B2" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.4.</w:t>
             </w:r>
             <w:r w:rsidR="00EB5E97" w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
+          <w:p w14:paraId="3DDF7EB0" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Adresse</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5523" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
+          <w:p w14:paraId="420C01E0" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5E97" w:rsidTr="00EB5E97">
+      <w:tr w:rsidR="00EB5E97" w14:paraId="1DBF359E" w14:textId="77777777" w:rsidTr="00EB5E97">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
+          <w:p w14:paraId="5542E00F" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00CE611A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.4</w:t>
             </w:r>
             <w:r w:rsidR="00EB5E97" w:rsidRPr="00300CB6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
+          <w:p w14:paraId="019A782B" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Telefonnummer</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5523" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
+          <w:p w14:paraId="1E00BF7F" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5E97" w:rsidRPr="00EB5E97" w:rsidTr="00EB5E97">
+      <w:tr w:rsidR="00EB5E97" w:rsidRPr="00EB5E97" w14:paraId="55F06558" w14:textId="77777777" w:rsidTr="00EB5E97">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="625" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00DB6CAB">
+          <w:p w14:paraId="4B78C281" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00300CB6" w:rsidRDefault="00CE611A" w:rsidP="00DB6CAB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.4</w:t>
             </w:r>
             <w:r w:rsidR="00EB5E97">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3032" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidRDefault="00EB5E97" w:rsidP="00CE611A">
+          <w:p w14:paraId="72CAB7B9" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00616D3B" w:rsidRDefault="00EB5E97" w:rsidP="00CE611A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Empfehlungen zum Ablauf der Rettungskette/Empfehlungen zur Einsatzleitung</w:t>
             </w:r>
             <w:r w:rsidR="00CE611A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5523" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5E97" w:rsidRPr="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
+          <w:p w14:paraId="65F72918" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="00DB6CAB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00562378" w:rsidRPr="00562378" w:rsidRDefault="00562378" w:rsidP="00815B68">
+    <w:p w14:paraId="026CC2D4" w14:textId="77777777" w:rsidR="00562378" w:rsidRPr="00562378" w:rsidRDefault="00562378" w:rsidP="00815B68">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00562378" w:rsidRDefault="00815B68" w:rsidP="00562378">
+    <w:p w14:paraId="217AFB09" w14:textId="77777777" w:rsidR="00562378" w:rsidRDefault="00815B68" w:rsidP="00562378">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:autoSpaceDN w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00562378">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="008A7973">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00562378">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Allgemeine Eignung der Wertungsprüfung</w:t>
       </w:r>
       <w:r w:rsidR="00CE611A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A6DDC" w:rsidRPr="000A6DDC" w:rsidRDefault="000A6DDC" w:rsidP="000A6DDC">
+    <w:p w14:paraId="05FD4EB5" w14:textId="77777777" w:rsidR="000A6DDC" w:rsidRPr="000A6DDC" w:rsidRDefault="000A6DDC" w:rsidP="000A6DDC">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A6DDC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Feststellungen zur allgemeinen Eignung der Strecke als Wertungsprüfung im DMSB Rallyesport sind zu machen. Dabei sind die V</w:t>
       </w:r>
       <w:r w:rsidR="00CE611A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>orgaben des DMSB Rallyereglemen</w:t>
       </w:r>
       <w:r w:rsidR="00A77AA5">
@@ -4208,581 +4185,566 @@
       <w:r w:rsidR="00CE611A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00A77AA5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A6DDC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zu beachten. Es muss ausreichender Sicherheitsabstand zu nicht gesperrten öffentlichen Verkehrsflächen vorhanden sein, die erwarteten Höchstgeschwindigkeiten der Teilnehmerfahrzeuge sollten der Wettbewerbsart Rallye entsprechen.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00912500" w:rsidRDefault="00EB5E97" w:rsidP="0077010E">
+    <w:p w14:paraId="61C13657" w14:textId="77777777" w:rsidR="00912500" w:rsidRDefault="00EB5E97" w:rsidP="0077010E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Swis721 BT" w:hAnsi="Swis721 BT"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Die begutachtete Strecke ist für die Sportart Rallye</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00912500" w:rsidRDefault="00912500" w:rsidP="0077010E">
+    <w:p w14:paraId="4C4E9779" w14:textId="77777777" w:rsidR="00912500" w:rsidRDefault="00912500" w:rsidP="0077010E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Swis721 BT" w:hAnsi="Swis721 BT"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB5E97" w:rsidRPr="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="00EB5E97">
+    <w:p w14:paraId="7E15DE10" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRPr="008538CC" w:rsidRDefault="00EB5E97" w:rsidP="00EB5E97">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB5E97">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Kontrollkästchen26"/>
+      <w:bookmarkStart w:id="0" w:name="Kontrollkästchen26"/>
+      <w:r w:rsidRPr="008538CC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00EB5E97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB5E97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
       <w:r w:rsidRPr="00EB5E97">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidR="00563BF1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008538CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:r>
-      <w:r w:rsidR="00563BF1">
+        <w:t xml:space="preserve"> International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008538CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...26 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EB5E97">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
+      <w:r w:rsidRPr="008538CC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00EB5E97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB5E97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
       <w:r w:rsidRPr="00EB5E97">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidR="00563BF1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008538CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:r>
-      <w:r w:rsidR="00563BF1">
+        <w:t xml:space="preserve"> National A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008538CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...25 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB5E97">
+      <w:r w:rsidRPr="008538CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EB5E97">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
+      <w:r w:rsidRPr="008538CC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00EB5E97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB5E97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
       <w:r w:rsidRPr="00EB5E97">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidR="00563BF1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008538CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:r>
-      <w:r w:rsidR="00563BF1">
+        <w:t xml:space="preserve"> Rallye 70</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008538CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EB5E97">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008538CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="en-US"/>
-[...26 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00EB5E97">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
+      <w:r w:rsidRPr="008538CC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00EB5E97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00EB5E97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
       <w:r w:rsidRPr="00EB5E97">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
-[...1 lines deleted...]
-      <w:r w:rsidR="00563BF1">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008538CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:r>
-      <w:r w:rsidR="00563BF1">
+        <w:t xml:space="preserve"> Rallye 35</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008538CC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:fldChar w:fldCharType="separate"/>
-[...25 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="0077010E">
+    <w:p w14:paraId="27F4F53D" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="0077010E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="0077010E">
+    <w:p w14:paraId="7B70EE83" w14:textId="77777777" w:rsidR="00EB5E97" w:rsidRDefault="00EB5E97" w:rsidP="0077010E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">geeignet und erfüllt alle Voraussetzungen des </w:t>
       </w:r>
       <w:r w:rsidR="00A77AA5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">jeweiligen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Wettbewerbsreglements.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A77AA5" w:rsidRDefault="00A77AA5" w:rsidP="0077010E">
+    <w:p w14:paraId="367B1120" w14:textId="77777777" w:rsidR="00A77AA5" w:rsidRDefault="00A77AA5" w:rsidP="0077010E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A77AA5" w:rsidRDefault="00A77AA5" w:rsidP="0077010E">
+    <w:p w14:paraId="2A4CC414" w14:textId="77777777" w:rsidR="00A77AA5" w:rsidRDefault="00A77AA5" w:rsidP="0077010E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A77AA5" w:rsidRDefault="00A77AA5" w:rsidP="0077010E">
+    <w:p w14:paraId="5E0B09BB" w14:textId="77777777" w:rsidR="00A77AA5" w:rsidRDefault="00A77AA5" w:rsidP="0077010E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ort, Datum, Unterschrift:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A77AA5" w:rsidRPr="00EB5E97" w:rsidRDefault="00A77AA5" w:rsidP="0077010E">
+    <w:p w14:paraId="68813C4C" w14:textId="77777777" w:rsidR="00A77AA5" w:rsidRPr="00EB5E97" w:rsidRDefault="00A77AA5" w:rsidP="0077010E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0077010E" w:rsidRPr="00EB5E97" w:rsidRDefault="0077010E" w:rsidP="00016CE5">
+    <w:p w14:paraId="40F328FE" w14:textId="77777777" w:rsidR="0077010E" w:rsidRPr="00EB5E97" w:rsidRDefault="0077010E" w:rsidP="00016CE5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0077010E" w:rsidRPr="00EB5E97" w:rsidSect="00300CB6">
-      <w:headerReference w:type="even" r:id="rId9"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1242" w:right="1417" w:bottom="851" w:left="1418" w:header="426" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005F44E1" w:rsidRDefault="005F44E1" w:rsidP="00D74286">
+    <w:p w14:paraId="711B6580" w14:textId="77777777" w:rsidR="005F44E1" w:rsidRDefault="005F44E1" w:rsidP="00D74286">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005F44E1" w:rsidRDefault="005F44E1" w:rsidP="00D74286">
+    <w:p w14:paraId="1D9DA6B6" w14:textId="77777777" w:rsidR="005F44E1" w:rsidRDefault="005F44E1" w:rsidP="00D74286">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swis721 BT">
-    <w:panose1 w:val="020B0504020202020204"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000087" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00616D3B" w:rsidRPr="00E16C94" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7DA29308" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00E16C94" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E16C94">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Deutscher Motor Sport Bund e.V. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -4795,51 +4757,51 @@
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Hahnstraße 70 </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>▪</w:t>
     </w:r>
     <w:r w:rsidRPr="00E16C94">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> D-60528 Frankfurt</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
+  <w:p w14:paraId="60EFA50C" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E16C94">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Telefon: +49</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -4973,51 +4935,51 @@
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> E-Mail: dmsb@dmsb.de </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>▪</w:t>
     </w:r>
     <w:r w:rsidRPr="00164C21">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
+  <w:p w14:paraId="649BA309" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2017/1</w:t>
     </w:r>
     <w:r w:rsidRPr="005557E6">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="005557E6">
@@ -5105,100 +5067,100 @@
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00563BF1">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00C736A4">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00616D3B" w:rsidRPr="009B110F" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
+  <w:p w14:paraId="41CA7CC4" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="009B110F" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Automobil Rallye</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>Strecke/Variante</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00616D3B" w:rsidRPr="006E611E" w:rsidRDefault="00616D3B">
+  <w:p w14:paraId="102145A5" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="006E611E" w:rsidRDefault="00616D3B">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00616D3B" w:rsidRPr="00E16C94" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="122BD4A2" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="00E16C94" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="exact"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E16C94">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Deutscher Motor Sport Bund e.V. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -5211,51 +5173,51 @@
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Hahnstraße 70 </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>▪</w:t>
     </w:r>
     <w:r w:rsidRPr="00E16C94">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> D-60528 Frankfurt</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
+  <w:p w14:paraId="36890B71" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E16C94">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Telefon: +49</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -5389,66 +5351,82 @@
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> E-Mail: dmsb@dmsb.de </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="4D4D4D"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>▪</w:t>
     </w:r>
     <w:r w:rsidRPr="00164C21">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
+  <w:p w14:paraId="4288B78E" w14:textId="39FB210D" w:rsidR="00616D3B" w:rsidRDefault="00616D3B" w:rsidP="005838DE">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>2017/1</w:t>
+      <w:t>20</w:t>
+    </w:r>
+    <w:r w:rsidR="008538CC">
+      <w:rPr>
+        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>26/</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="005557E6">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="005557E6">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00C736A4">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
@@ -5521,439 +5499,383 @@
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00563BF1">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00C736A4">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00616D3B" w:rsidRPr="005838DE" w:rsidRDefault="00616D3B" w:rsidP="006E611E">
+  <w:p w14:paraId="11F6A3B2" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRPr="005838DE" w:rsidRDefault="00616D3B" w:rsidP="006E611E">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Automobil </w:t>
     </w:r>
     <w:r w:rsidR="00563BF1" w:rsidRPr="00563BF1">
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>DMSB-Streckengutachten</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
       <w:t>Strecke/Variante</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00616D3B" w:rsidRDefault="00616D3B">
+  <w:p w14:paraId="3DF2A6BA" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="00616D3B">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="005F44E1" w:rsidRDefault="005F44E1" w:rsidP="00D74286">
+    <w:p w14:paraId="683A0322" w14:textId="77777777" w:rsidR="005F44E1" w:rsidRDefault="005F44E1" w:rsidP="00D74286">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="005F44E1" w:rsidRDefault="005F44E1" w:rsidP="00D74286">
+    <w:p w14:paraId="05EE78F0" w14:textId="77777777" w:rsidR="005F44E1" w:rsidRDefault="005F44E1" w:rsidP="00D74286">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00616D3B" w:rsidRDefault="00563BF1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="694A1D7B" w14:textId="77777777" w:rsidR="00616D3B" w:rsidRDefault="008538CC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
+      <w:pict w14:anchorId="02AB797C">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject9567573" o:spid="_x0000_s2050" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:532.85pt;height:106.55pt;rotation:315;z-index:-251644928;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="Arbeitskopie"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w:rsidR="00616D3B" w:rsidRDefault="00563BF1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="20436DCB" w14:textId="17846FB2" w:rsidR="00616D3B" w:rsidRDefault="008538CC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
+    <w:r w:rsidRPr="00665A7E">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E52143F" wp14:editId="40D7A912">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>3909695</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>81915</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1857375" cy="295275"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1993819306" name="Grafik 1" descr="C:\Users\mfend\AppData\Local\Temp\wzcfdf\dmsb_vollton_internet.jpg"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Grafik 1" descr="C:\Users\mfend\AppData\Local\Temp\wzcfdf\dmsb_vollton_internet.jpg"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1857375" cy="295275"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
+      <w:pict w14:anchorId="07602BD8">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject9567574" o:spid="_x0000_s2051" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:532.85pt;height:106.55pt;rotation:315;z-index:-251642880;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="Arbeitskopie"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
-    <w:r w:rsidR="00616D3B">
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C5530A3" w14:textId="40112AB7" w:rsidR="00616D3B" w:rsidRDefault="008538CC">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00665A7E">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="42AB6C1A" wp14:editId="455F06D3">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C29219D" wp14:editId="3B24F9B8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4064000</wp:posOffset>
+            <wp:posOffset>3976370</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-8890</wp:posOffset>
+            <wp:posOffset>91440</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1972310" cy="460375"/>
-[...13 lines deleted...]
-          <wp:docPr id="28" name="Bild 4" descr="Y:\Automobilsport\Automobil\Haböck\eigene Vorlagen\Logos\DMSB neu.jpg"/>
+          <wp:extent cx="1857375" cy="295275"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+          <wp:wrapNone/>
+          <wp:docPr id="8" name="Grafik 1" descr="C:\Users\mfend\AppData\Local\Temp\wzcfdf\dmsb_vollton_internet.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 4" descr="Y:\Automobilsport\Automobil\Haböck\eigene Vorlagen\Logos\DMSB neu.jpg"/>
+                  <pic:cNvPr id="0" name="Grafik 1" descr="C:\Users\mfend\AppData\Local\Temp\wzcfdf\dmsb_vollton_internet.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
-                    <a:clrChange>
-[...8 lines deleted...]
-                    </a:clrChange>
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1972310" cy="460375"/>
+                    <a:ext cx="1857375" cy="295275"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict>
+      <w:pict w14:anchorId="21A94BB0">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="PowerPlusWaterMarkObject9567572" o:spid="_x0000_s2049" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:532.85pt;height:106.55pt;rotation:315;z-index:-251646976;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="silver" stroked="f">
           <v:fill opacity=".5"/>
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="Arbeitskopie"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
-    <w:r w:rsidR="00616D3B">
-[...87 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="104843D9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2612FECE"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6022,51 +5944,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="201450FF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E71E060C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6143,51 +6065,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="237868B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F51E0FEA"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6256,51 +6178,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24D0074A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D0365128"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
@@ -6369,51 +6291,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3A27367D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFF84354"/>
     <w:lvl w:ilvl="0" w:tplc="C6AC59BA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -6481,51 +6403,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="419F2776"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4D2ABB7E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="705" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
@@ -6602,51 +6524,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45022961"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54F6B6FA"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6715,51 +6637,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="46EE4F67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="363E3086"/>
     <w:lvl w:ilvl="0" w:tplc="AFE6B99C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -6804,51 +6726,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="474A31F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7B2B18E"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6917,51 +6839,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50A50C14"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="541E5FB2"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7030,51 +6952,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51310682"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB38E89C"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7143,51 +7065,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="53FC3AD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1B609F72"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7256,848 +7178,601 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="203715788">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1490054849">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1777872114">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="855118704">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1157265906">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="428701149">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="920405275">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="283003047">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="908422119">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="719718133">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="451559661">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1803763710">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D74286"/>
     <w:rsid w:val="00016CE5"/>
     <w:rsid w:val="0005162A"/>
     <w:rsid w:val="00072614"/>
     <w:rsid w:val="000A6DDC"/>
     <w:rsid w:val="000B29E5"/>
     <w:rsid w:val="000F1077"/>
     <w:rsid w:val="00100677"/>
     <w:rsid w:val="00110222"/>
     <w:rsid w:val="00146094"/>
     <w:rsid w:val="001A1558"/>
     <w:rsid w:val="00226DC5"/>
     <w:rsid w:val="002356F5"/>
     <w:rsid w:val="00282D11"/>
     <w:rsid w:val="002C3989"/>
     <w:rsid w:val="00300CB6"/>
     <w:rsid w:val="003628DC"/>
     <w:rsid w:val="0048506C"/>
     <w:rsid w:val="00485E6C"/>
     <w:rsid w:val="004C0F02"/>
     <w:rsid w:val="004C4DA7"/>
     <w:rsid w:val="00562378"/>
     <w:rsid w:val="00563BF1"/>
     <w:rsid w:val="005838DE"/>
     <w:rsid w:val="005D73E2"/>
     <w:rsid w:val="005F44E1"/>
     <w:rsid w:val="006012FA"/>
     <w:rsid w:val="00616D3B"/>
     <w:rsid w:val="006527EC"/>
     <w:rsid w:val="00693541"/>
     <w:rsid w:val="006E611E"/>
     <w:rsid w:val="0071277D"/>
     <w:rsid w:val="00714DE2"/>
     <w:rsid w:val="0077010E"/>
     <w:rsid w:val="007A1887"/>
     <w:rsid w:val="00815B68"/>
     <w:rsid w:val="00832CA0"/>
+    <w:rsid w:val="008538CC"/>
     <w:rsid w:val="00885877"/>
     <w:rsid w:val="008A7973"/>
     <w:rsid w:val="00912500"/>
     <w:rsid w:val="00992E5F"/>
     <w:rsid w:val="009C7691"/>
     <w:rsid w:val="00A57686"/>
     <w:rsid w:val="00A77AA5"/>
     <w:rsid w:val="00B9032A"/>
+    <w:rsid w:val="00B94DA8"/>
     <w:rsid w:val="00C1629E"/>
     <w:rsid w:val="00C41B12"/>
     <w:rsid w:val="00C454CE"/>
     <w:rsid w:val="00CE1D5E"/>
     <w:rsid w:val="00CE611A"/>
     <w:rsid w:val="00D078C9"/>
     <w:rsid w:val="00D735DC"/>
     <w:rsid w:val="00D74286"/>
     <w:rsid w:val="00E428BA"/>
     <w:rsid w:val="00EB5E97"/>
     <w:rsid w:val="00ED5564"/>
     <w:rsid w:val="00F86B80"/>
     <w:rsid w:val="00FA3818"/>
     <w:rsid w:val="00FF06E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="38C92851"/>
+  <w15:docId w15:val="{7DB72BE3-F668-4675-B6DB-D421C494FDD8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...627 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005D73E2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00282D11"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
@@ -8389,51 +8064,51 @@
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
     <w:name w:val="Überschrift 3 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="0071277D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="112486741">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="484859361">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8464,51 +8139,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1917323724">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -8784,51 +8459,51 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23F4BEA8-319B-41EA-940D-6D556497E8C9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>434</Words>
   <Characters>2741</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3169</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>