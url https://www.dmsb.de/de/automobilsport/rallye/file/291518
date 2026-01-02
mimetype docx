--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -4,51 +4,51 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0D0A0D0E" w14:textId="77777777" w:rsidR="0062389F" w:rsidRPr="00944A30" w:rsidRDefault="0062389F" w:rsidP="0062389F">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55A388A2" w14:textId="77777777" w:rsidR="0062389F" w:rsidRPr="00944A30" w:rsidRDefault="0062389F" w:rsidP="00DD585E">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
@@ -288,81 +288,89 @@
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9322"/>
       </w:tblGrid>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="44A24302" w14:textId="77777777" w:rsidTr="00124B90">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3451E3F0" w14:textId="24F4EE1A" w:rsidR="00EE1BB0" w:rsidRPr="00944A30" w:rsidRDefault="00EE1BB0" w:rsidP="00EE1BB0">
+          <w:p w14:paraId="3451E3F0" w14:textId="138E4240" w:rsidR="00EE1BB0" w:rsidRPr="00944A30" w:rsidRDefault="00EE1BB0" w:rsidP="00EE1BB0">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB - Ausschreibung Rallye </w:t>
             </w:r>
             <w:r w:rsidR="00B55B26">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2025</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00926F59">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1FF16EE2" w14:textId="77777777" w:rsidR="00556920" w:rsidRPr="00944A30" w:rsidRDefault="00556920" w:rsidP="00905186">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C378EB3" w14:textId="77777777" w:rsidR="00252E64" w:rsidRPr="00944A30" w:rsidRDefault="00F52335" w:rsidP="00905186">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -2563,68 +2571,50 @@
       </w:r>
       <w:r w:rsidRPr="00E45C26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E45C26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E45C26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Die Wertung erfolgt gemäß folgender Serienausschreibung: siehe oben.</w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="0D7909E5" w14:textId="77777777" w:rsidR="00F3450A" w:rsidRPr="00944A30" w:rsidRDefault="00F3450A" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32CC54DE" w14:textId="331FE3B8" w:rsidR="00E718D4" w:rsidRPr="00944A30" w:rsidRDefault="00E718D4" w:rsidP="00E718D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -4286,65 +4276,51 @@
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A1BF5AD" w14:textId="77777777" w:rsidR="0041140F" w:rsidRPr="00AC1E11" w:rsidRDefault="0041140F" w:rsidP="00AB140C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">DMSB </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">DMSB Safety </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Delegate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7DACE308" w14:textId="77777777" w:rsidR="0041140F" w:rsidRPr="00AC1E11" w:rsidRDefault="0041140F" w:rsidP="00AB140C">
             <w:pPr>
               <w:ind w:left="0"/>
@@ -5737,51 +5713,50 @@
       </w:tr>
       <w:tr w:rsidR="00AB140C" w:rsidRPr="00944A30" w14:paraId="05AA2FEE" w14:textId="49B45A33" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49944AF9" w14:textId="77777777" w:rsidR="00AB140C" w:rsidRPr="00AC1E11" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007252FC">
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Teilnehmerverbindungsperson:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="590D17AF" w14:textId="77777777" w:rsidR="00AB140C" w:rsidRPr="00AC1E11" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
@@ -5959,50 +5934,51 @@
       </w:tr>
       <w:tr w:rsidR="00AB140C" w:rsidRPr="00944A30" w14:paraId="63F30E20" w14:textId="666D6D9A" w:rsidTr="00386625">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0062B9D9" w14:textId="77777777" w:rsidR="00AB140C" w:rsidRPr="00AC1E11" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1E11">
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
               <w:t>Pressebetreuung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="668061C4" w14:textId="77777777" w:rsidR="00AB140C" w:rsidRPr="00AC1E11" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -6171,64 +6147,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BC1C5FD" w14:textId="3DB4787E" w:rsidR="00F35962" w:rsidRPr="001F39A7" w:rsidRDefault="00A52104" w:rsidP="001F39A7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:right="282"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF2212">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>*Bei Veranstaltungen mit mehr als zwei Rettungsmitteln, bei denen kein MEL vorgeschrieben ist, ist seitens des Veranstalters ein Einsatzleiter der beauftragten Rettungsmittel zu benennen</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6EEBF9B2" w14:textId="77777777" w:rsidR="00386625" w:rsidRDefault="00386625" w:rsidP="00C65B29">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03D573D9" w14:textId="2EFE5ABE" w:rsidR="004C0505" w:rsidRPr="00944A30" w:rsidRDefault="00E718D4" w:rsidP="00C65B29">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -7333,120 +7295,116 @@
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E30EE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zeit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="0384EF37" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A9D426D" w14:textId="51F7CEB2" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nennbeginn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E0A1F40" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="055D90F4" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="718E84AE" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002972BC" w:rsidRPr="00CB064A" w14:paraId="6BFB3F5B" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           </w:tblBorders>
         </w:tblPrEx>
@@ -7655,51 +7613,50 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BC1B9A7" w14:textId="77777777" w:rsidR="002972BC" w:rsidRPr="00CB064A" w:rsidRDefault="002972BC" w:rsidP="002972BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00892803" w:rsidRPr="00892803" w14:paraId="52550BE3" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="563278EE" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Pressekonferenz vor der Rallye (</w:t>
             </w:r>
             <w:r w:rsidR="009C4045">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -7713,537 +7670,514 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ptional</w:t>
             </w:r>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69562C1C" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29E70C5C" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FD1E543" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="002972BC" w14:paraId="1369F045" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23B5E76C" w14:textId="0613DDDD" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="002972BC" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E40E2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Veröffentlichung der Nennliste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="147BD98D" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="003E40E2" w:rsidRDefault="006F64D9" w:rsidP="003E40E2">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E55BC5A" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="003E40E2" w:rsidRDefault="006F64D9" w:rsidP="003E40E2">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A27C97F" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="003E40E2" w:rsidRDefault="006F64D9" w:rsidP="003E40E2">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="257ACADA" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62334674" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ROAD-BOOK-Ausgabe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6422C39A" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24B6E7A1" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17E0C88F" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="30A18924" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72C4C9CF" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Beginn der Besichtigung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="027F0862" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E714694" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AAD97B3" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="085C36F1" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4016FF1F" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ende der Besichtigung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D462852" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1785A663" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D4CDA36" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00892803" w:rsidRPr="002972BC" w14:paraId="21B57F5E" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54B46FA0" w14:textId="507E7A96" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="002972BC" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E40E2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Öffnung des Serviceparks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="292B302F" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="003E40E2" w:rsidRDefault="006F64D9" w:rsidP="003E40E2">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78E4337E" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="003E40E2" w:rsidRDefault="006F64D9" w:rsidP="003E40E2">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6598605B" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="003E40E2" w:rsidRDefault="006F64D9" w:rsidP="003E40E2">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="649016F8" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AE3F9BC" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dokumentenabnahme</w:t>
             </w:r>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
@@ -8256,833 +8190,797 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(Prüfung der </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dokumente ,</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ausgabe der Startnummern, Rallyeschilder, Serviceunterlagen und sonstiger Unterlagen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F0912B" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75FDD95D" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2688AE36" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E034B5" w:rsidRPr="00944A30" w14:paraId="226EE8E8" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06CE21A2" w14:textId="77777777" w:rsidR="00E034B5" w:rsidRPr="00944A30" w:rsidRDefault="00E034B5" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E034B5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technische Abnahme für Teilnehmer am Shakedown</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (o</w:t>
             </w:r>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ptional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CECE8CB" w14:textId="77777777" w:rsidR="00E034B5" w:rsidRPr="00944A30" w:rsidRDefault="00E034B5" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17AB7C48" w14:textId="77777777" w:rsidR="00E034B5" w:rsidRPr="00944A30" w:rsidRDefault="00E034B5" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28CB830A" w14:textId="77777777" w:rsidR="00E034B5" w:rsidRPr="00944A30" w:rsidRDefault="00E034B5" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="518F0B79" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13E9D0B2" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technische Abnahme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BF7E9ED" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40D5D17C" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65D25836" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="084313BD" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77B80475" w14:textId="6A38F32E" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nennschluss Mannschaften</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69900519" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55206F04" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="584FCB9C" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00892803" w:rsidRPr="00892803" w14:paraId="0872A08A" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1058FB00" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="009C4045" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ausgabe des Trackingsystems (o</w:t>
             </w:r>
             <w:r w:rsidR="006F64D9" w:rsidRPr="00892803">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ptional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40A1F176" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FB91A21" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B2C2ACC" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00892803" w:rsidRPr="00892803" w14:paraId="35EEAAB8" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30858C1A" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="009C4045" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Shakedown (o</w:t>
             </w:r>
             <w:r w:rsidR="006F64D9" w:rsidRPr="00892803">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ptional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E5C7D3E" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D3D650E" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="075A800A" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00892803" w:rsidRPr="00892803" w14:paraId="432B1068" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20181955" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="009C4045" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fahrerbesprechung (o</w:t>
             </w:r>
             <w:r w:rsidR="006F64D9" w:rsidRPr="00892803">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>ptional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5790861A" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E758470" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D66933A" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="45B764A2" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="662134AE" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Erste Sitzung der Sportkommissare</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22EEDB51" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40607FAD" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="510EF41A" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="30DB2FFB" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="279C76DE" w14:textId="1F31BCD0" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="002972BC" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E40E2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Aushang der geänderten Nennliste und der Startliste </w:t>
             </w:r>
             <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">für die Etappe 1. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3888D839" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74DBD7AC" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30EDE0F0" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C1033" w:rsidRPr="00892803" w14:paraId="3473D3CC" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63CC6D06" w14:textId="779C21F9" w:rsidR="001C1033" w:rsidRPr="00892803" w:rsidRDefault="001C1033" w:rsidP="005472D7">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="005472D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -9094,990 +8992,948 @@
             </w:r>
             <w:r w:rsidR="002972BC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (optional)</w:t>
             </w:r>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Startzone Einfahrt</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="347F6BE7" w14:textId="77777777" w:rsidR="001C1033" w:rsidRPr="00892803" w:rsidRDefault="001C1033" w:rsidP="004F51C7">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="175B45E7" w14:textId="77777777" w:rsidR="001C1033" w:rsidRPr="00892803" w:rsidRDefault="001C1033" w:rsidP="004F51C7">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23955F40" w14:textId="77777777" w:rsidR="001C1033" w:rsidRPr="00892803" w:rsidRDefault="001C1033" w:rsidP="004F51C7">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00892803" w:rsidRPr="00892803" w14:paraId="6E6D2D9E" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A90FFC4" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="00DB3CEA" w:rsidP="001C1033">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Startpark </w:t>
             </w:r>
             <w:r w:rsidR="009C4045">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schließung (o</w:t>
             </w:r>
             <w:r w:rsidR="001C1033">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ptional) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07B0E70F" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="289CF0A9" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27C93E71" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="001C1033" w14:paraId="44F86DEB" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D7C0BEB" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="001C1033" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C1033">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Start Etappe 1 – 1. Fahrzeug</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AE22A96" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="001C1033" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61888BD7" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="001C1033" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E699EA8" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="001C1033" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="3B764326" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="099DB6E0" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ziel Etappe 1 – 1. Fahrzeug</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="027D7570" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="220EF6CC" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="331EB0ED" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="7AB8B9A9" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42FAD47B" w14:textId="522535C1" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="002972BC" w:rsidP="00E034B5">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E40E2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aushang der Startliste</w:t>
             </w:r>
             <w:r w:rsidRPr="00C63A3F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">für die Etappe 2. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BB65E0F" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E432418" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40CC5A80" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="590E5197" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BB78E72" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Start Etappe 2 – 1. Fahrzeug</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BE05D3D" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1965E559" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="751C484B" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="24C0C101" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="155D00E0" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Ziel der Veranstaltung – 1. Fahrzeug</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BF73DE2" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="470DDCE5" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79E01634" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="39506933" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11B8FD70" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Technische Schlusskontrolle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00DF5C67" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13E87D10" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="591297A5" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="00DB3CEA" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nach Zielankunft</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="03AB5765" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CE09A00" w14:textId="788BFDCF" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Aushang der vorläufigen </w:t>
             </w:r>
             <w:r w:rsidR="002972BC" w:rsidRPr="003E40E2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Endergebnisse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F80CEFD" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B918358" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1868B318" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB3CEA" w:rsidRPr="00944A30" w14:paraId="286B550E" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F446F98" w14:textId="2D94E017" w:rsidR="00DB3CEA" w:rsidRPr="00944A30" w:rsidRDefault="00DB3CEA" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Aushang der </w:t>
             </w:r>
             <w:r w:rsidR="002972BC" w:rsidRPr="003E40E2">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Endergebnisse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F79F302" w14:textId="77777777" w:rsidR="00DB3CEA" w:rsidRPr="00944A30" w:rsidRDefault="00DB3CEA" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="646C76EE" w14:textId="77777777" w:rsidR="00DB3CEA" w:rsidRPr="00944A30" w:rsidRDefault="00DB3CEA" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="301B752F" w14:textId="77777777" w:rsidR="00DB3CEA" w:rsidRPr="007026D1" w:rsidRDefault="00DB3CEA" w:rsidP="000324F5">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Nach Ablauf der Protestfristen und gemäß Entscheidung der </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Spokos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB3CEA" w:rsidRPr="00944A30" w14:paraId="34CC58B0" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38AAD0C7" w14:textId="77777777" w:rsidR="00DB3CEA" w:rsidRPr="00944A30" w:rsidRDefault="00DB3CEA" w:rsidP="00EB11BC">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Siegerehrung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C184234" w14:textId="77777777" w:rsidR="00DB3CEA" w:rsidRPr="00944A30" w:rsidRDefault="00DB3CEA" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19B08B8D" w14:textId="77777777" w:rsidR="00DB3CEA" w:rsidRPr="00944A30" w:rsidRDefault="00DB3CEA" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E65EB7" w14:textId="77777777" w:rsidR="00DB3CEA" w:rsidRPr="00944A30" w:rsidRDefault="00DB3CEA" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1E733959" w14:textId="77777777" w:rsidR="00F64734" w:rsidRPr="00944A30" w:rsidRDefault="00F64734" w:rsidP="00905186">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -10615,719 +10471,671 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1BD74621" w14:textId="77777777" w:rsidR="004F51C7" w:rsidRPr="00892803" w:rsidRDefault="004F51C7" w:rsidP="00484990">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="8221"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E45C26" w:rsidRPr="007D3B23" w14:paraId="49BC6B57" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="0B5C407E" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="22993F8C" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="00E830EE" w:rsidRDefault="00E45C26" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="4DF1D0A9" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="00525BCF" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk55894241"/>
-            <w:r w:rsidRPr="00E830EE">
+            <w:r w:rsidRPr="00525BCF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6C27B0F4" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+          <w:p w14:paraId="50DEB896" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>FIA-Gruppen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45C26" w:rsidRPr="007D3B23" w14:paraId="6F968A31" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="39068D50" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5C6EB541" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="00E830EE" w:rsidRDefault="00E45C26" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="6D22C7C2" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>RC2</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E2C77DA" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="00E830EE" w:rsidRDefault="00E45C26" w:rsidP="00E830EE">
+          <w:p w14:paraId="6A566133" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2AFE95A0" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+          <w:p w14:paraId="0EDBC7F5" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="03BEF425" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally2 (VR5) gem. 2026 Anhang J der FIA Art. 261</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2092C119" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="007D3B23">
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NR4 über 2000 ccm gem. 2019 Anhang J der FIA Art. 254</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FA8DAD3" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
-[...27 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45C26" w:rsidRPr="007D3B23" w14:paraId="7EF062BD" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="2CF8CE86" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7D406C4A" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="00E830EE" w:rsidRDefault="00E45C26" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="4B67F680" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>R-GT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B8741B4" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+          <w:p w14:paraId="6E686E6E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...3 lines deleted...]
-              <w:t>Gruppe R-GT gem. 2019 oder 2025 Anhang J der FIA Art. 256</w:t>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Gruppe R-GT gem. 2019 oder 2026 Anhang J der FIA Art. 256</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37615B50" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Klasse Rally-GT gemäß Gruppe Rally-GT Reglement des RACB 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45C26" w:rsidRPr="007D3B23" w14:paraId="1B8BE000" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="770971D8" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6708F062" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="00E830EE" w:rsidRDefault="00E45C26" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="6017C8F0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>RC3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5CFAC607" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+          <w:p w14:paraId="0B848C5D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...3 lines deleted...]
-              <w:t>Rally3 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1620 ccm) – homologiert ab 01.01.2021 gem. 2025 Anhang J der FIA Art. 260</w:t>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally3 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1620 ccm) – homologiert ab 01.01.2021 gem. 2026 Anhang J der FIA Art. 260</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45C26" w:rsidRPr="007D3B23" w14:paraId="18708A87" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="70F741B8" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="601D113A" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="00E830EE" w:rsidRDefault="00E45C26" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="40617629" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>RC4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="562AC4DF" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+          <w:p w14:paraId="75FEE51F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="41CF80F1" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rally4 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1333 ccm) - homologiert ab 01.01.2019 gem. 2026 Anhang J der FIA Art. 260, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EA8DB7C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="509286E6" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>R3 (Saug-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Motoren  über</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EF8FC63" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...34 lines deleted...]
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>R3 (Turbomotoren bis 1620 ccm / nominal) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260D</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D84BDC1" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E45C26" w:rsidRPr="007D3B23" w14:paraId="7D03E746" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="509D6315" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="307F28CC" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="00E830EE" w:rsidRDefault="00E45C26" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="58A1354A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...12 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>RC5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="194CE617" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="00E830EE">
+          <w:p w14:paraId="3B86450E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3623BAE0" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+          <w:p w14:paraId="2913F684" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="13C4F7E6" w14:textId="1BA37821" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rally5 (Saug-Motoren bis 1600 ccm und Turbomotoren bis 1333 ccm) - homologiert ab dem 01.01. 2019 gem. 2026 Anhang J der FIA Art. 260 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7DE4E3EA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45C26">
-[...36 lines deleted...]
-          <w:p w14:paraId="0666E1D7" w14:textId="77777777" w:rsidR="00E45C26" w:rsidRPr="007D3B23" w:rsidRDefault="00E45C26" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Rally5-Kit (Saug- oder Turbomotoren bis 1600 ccm) - homologiert ab dem 01.01.2024 gem. 2024 Anhang J der FIA Art. 260B </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51089087" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E45C26">
-[...18 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rally5 (Saug-Motoren bis 1600 ccm und Turbomotoren bis 1067 ccm) - homologiert vor dem 31.12.2018 gem. 2018 Anhang J der FIA Art. 260 </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="62966859" w14:textId="77777777" w:rsidTr="0066605E">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40EF06E1" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>RC6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2CE7AEF2" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally6 (Turbomotoren bis 1620 ccm und Saug-Motoren bis 2000 ccm) gem. homologiert ab dem 01.01.2024 (FIA-Regularien in Entwicklung)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F2F3F26" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally6 Fahrzeuge gem. technischen Serienbestimmungen ADAC Rallye Junior Cup 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E540472" w14:textId="77777777" w:rsidR="00C9256F" w:rsidRPr="00F647AC" w:rsidRDefault="00C9256F" w:rsidP="00D377BD">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="783B74EF" w14:textId="51C622CB" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="00812507" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidR="004F51C7" w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
@@ -11350,1775 +11158,1610 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="39319E9D" w14:textId="3F9EB0D8" w:rsidR="009F1F52" w:rsidRDefault="009F1F52" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="8221"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="6EBC9840" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="2CCF8140" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="13F6B938" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="557B4B4D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="00525BCF" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
+            <w:r w:rsidRPr="00525BCF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7B2C54C2" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="7604AF8C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Gruppen/Divisionen/ Hubraumklassen (national verbessert)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="1C94E24E" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="147FDDAA" w14:textId="77777777" w:rsidTr="00525BCF">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F9E439A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>NC 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65942C22" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:t xml:space="preserve">S2000 Rally: 2.0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:t>Saug</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:t xml:space="preserve"> Motoren gem. 2013 Anhang J der Art. 254A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="006DEF3E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:t>CTC/CGT Division 20 Gruppe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066605E">
+              <w:t>R5-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="7E8E6001" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5429C02B" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="086788D2" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">NC 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="60BE0145" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="06F898E7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe F über 3000 ccm </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="74439120" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="0A0E7F05" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5F236964" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="692B9B46" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe N über 2000 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C8F0967" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="48F0B451" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="466899B9" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="55426E87" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 3000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 3000 ccm Homol.-jahre 1966–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7097087B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D2D55E9" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="35DE17DD" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>CTC/CGT Division 4.1, 4.2 und 4.3 über 3000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F45B5F7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="244641F8" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
-[...35 lines deleted...]
-          <w:p w14:paraId="3C4DB80A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="3062BB58" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk23943649"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8 über 3000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8 über 3000 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56B9E720" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="34E48D65" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CTC/CGT Division 9, 10,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B42E4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+              <w:t xml:space="preserve">13, 14 Homol.-jahre bis inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0C9A1CCC" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F111C34" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0F4F6453" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="0E73DFCB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>CTC/CGT Division 9, 10,</w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CTC/CGT Division 16 Homol.-jahre bis inkl. 2012 </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="0E5D2D9D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27ABA2B9" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">13, 14 </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>E-K Klassen</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...82 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> T, CT, GT, GTS über 3000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="323CBBC2" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="7B5E025D" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16BA8E73" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="37060D89" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0DF78987" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="7E420E51" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT11pMITTAB"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe F über 2000 ccm bis 3000 ccm </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C63B8E9" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="472C398E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT11pMITTAB"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="48B9BDAD" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="06A8C771" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT11pMITTAB"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 2000 ccm bis 3000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 2000 ccm bis 3000 ccm Homol.-jahre 1966–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13F7FF23" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C03A753" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CTC/CGT Division 4.1, 4.2 und 4.3 über 2000 ccm bis 3000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2336EB2E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CE8F6E4" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>.-jahre 1966–inkl. 1981</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="18AE7994" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8 über 2000 ccm bis 3000 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60543EA0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT11pMITTAB"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="787AF389" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="1AF36A00" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT11pMITTAB"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 4.1, 4.2 und 4.3 über 2000 ccm bis 3000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">CTC/CGT Division 12 über 1600 ccm bis 2000 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07364EBB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49770F69" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B42E4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 19 Gruppe R3-Fahrzeuge der Homol.-jahre 2011 bis inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="779700D0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77072B50" w14:textId="77777777" w:rsidR="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>E-K Klassen</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>.-jahre 1970–inkl. 1981</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1FDDC7A2" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t xml:space="preserve"> T, CT, GT, GTS über 2000 ccm bis 3000 ccm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="691590B9" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="00525BCF" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT11pMITTAB"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A4044E1" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
-[...172 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="70F8DC40" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="5D4E1981" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5EFBDB77" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="608D9EF9" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7F1F43D6" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="34189398" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F über 1600 ccm bis 2000 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6D7A6040" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2DE2FF98" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0ACB6CAB" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="787427BB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3, über 1600 ccm bis 2000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3, über 1600 ccm bis 2000 ccm Homol.-jahre 1966–inkl.1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B253602" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D95B4FA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...42 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1970–inkl. </w:t>
+              <w:t xml:space="preserve">CTC/CGT Division 4.1, 4.2 und 4.3 über 1600 ccm bis 2000 ccm Homol.-jahre 1970–inkl. </w:t>
             </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1981</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="796E7D8E" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="734CDB3F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1ED3AB78" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="6683E69D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3965F03D" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="6D32F012" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">über 1600 ccm bis 2000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">über 1600 ccm bis 2000 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5630D6FA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2AB41927" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">CTC/CGT Division 11 bis 1600 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A35A8F6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="579FBD42" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+              <w:t xml:space="preserve">CTC/CGT Division 12 über 1400 ccm bis 1600 ccm Homol.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="16BE1F3E" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="262C694A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="16C14127" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="10D00D55" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B42E4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 18 Gruppe R2-Fahrzeuge der Homol.-jahre 2011 bis inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="189C3A5E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C77DC60" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 11 bis 1600 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>E-K Klassen</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...134 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> T, CT, GT, GTS über 1600 ccm bis 2000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="234296C8" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="26BE1ADA" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="16267106" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="18354069" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>NC 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5BCAAAB3" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="4DF4A7C1" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F über 1400 ccm bis 1600 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="090385B9" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="3DD46603" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="672DC4E0" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="185A6532" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 1400 ccm bis 1600 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1966–inkl.1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EE8FC6A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B2852C3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CTC/CGT Division 4.1, 4.2 und 4.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FBDE07" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D818E8F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>.-jahre 1966–inkl.1981</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="61E6A7D4" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E46B986" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="68C163C7" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Über 1400 ccm bis 1600 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A481EA6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BCC9F64" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 4.1, 4.2 und 4.3 über 1400 ccm bis 1600 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">CTC/CGT Division 12 bis 1400 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="740BBE67" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01947806" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B42E4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 17 Gruppe R1-Fahrzeuge der Homol.-jahre 2011 bis inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37CD225F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="53AC6616" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>E-K Klassen</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>.-jahre 1970–inkl. 1981</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5E1DBB7B" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t xml:space="preserve"> T, CT, GT, GTS über 1400 ccm bis 1600 ccm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17D53B8D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="35AE56FE" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="6A5A56BA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+            <w:r w:rsidRPr="002B42E4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Opel ADAM Cup Fahrzeuge gem. technischen Serienbestimmungen ADAC Rallye Cup 2019 inkl. Bulletins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...144 lines deleted...]
-              <w:t>Opel ADAM Cup Fahrzeuge gem. technischen Serienbestimmungen ADAC Rallye Cup 2019 inkl. Bulletins</w:t>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="0FD455D9" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="495031CC" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4C9F4960" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="6618EBA5" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="15CED619" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="6514F999" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F bis 1400 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AF837FA" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="70B8488F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5F8842D1" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="68C477F4" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 bis 1400 ccm </w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="09783355" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 bis 1400 ccm Homol.-jahre 1966–inkl.1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="543ABBF5" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6355EA77" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="6C498A8E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Division  4.1</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">, 4.2 und 4.3 bis 1400 ccm </w:t>
+              <w:t>, 4.2 und 4.3 bis 1400 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C5560A5" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52698BE8" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="362927B0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bis 1400 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63E44DB2" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48859FCC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>E-K Klassen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> T, CT, GT, GTS bis 1400 ccm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="596E601B" w14:textId="77777777" w:rsidTr="00525BCF">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="24932D09" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>NC E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3D338883" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opel e-Corsa Cup gem. techn. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007D3B23">
-[...3 lines deleted...]
-              <w:t>Homol</w:t>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Serienbestimmungen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="7210C5F9" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ADAC Opel</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Electric Rally Cup 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D08E60C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> T, CT, GT, GTS bis 1400 ccm</w:t>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Gruppe G-Elektro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="76180EA5" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00F647AC" w:rsidRDefault="00E830EE" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="272C2F20" w14:textId="267116B6" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="004F51C7" w:rsidP="009F1F52">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -13209,63 +12852,59 @@
               <w:t>Gruppen/Leistungsgewichtsklassen (Seriennah)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F1F52" w:rsidRPr="00F647AC" w14:paraId="2489CD8A" w14:textId="77777777" w:rsidTr="00070C98">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="000D37DE" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00E830EE" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
+          <w:p w14:paraId="000D37DE" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="0066605E" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NC 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="16250050" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
@@ -13281,63 +12920,59 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F1F52" w:rsidRPr="00F647AC" w14:paraId="1684E760" w14:textId="77777777" w:rsidTr="00070C98">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="559EEB69" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00E830EE" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
+          <w:p w14:paraId="559EEB69" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="0066605E" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NC 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4CB9FF53" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
@@ -13353,63 +12988,59 @@
               <w:t>Gruppe G LG ab 9 - kleiner 11 („LG 2“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F1F52" w:rsidRPr="00F647AC" w14:paraId="65EACD5A" w14:textId="77777777" w:rsidTr="00070C98">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="03AD07A6" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00E830EE" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
+          <w:p w14:paraId="03AD07A6" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="0066605E" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NC 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="200B2082" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
@@ -13425,63 +13056,59 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F1F52" w:rsidRPr="00F647AC" w14:paraId="583E418A" w14:textId="77777777" w:rsidTr="00070C98">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7BD4E363" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00E830EE" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
+          <w:p w14:paraId="7BD4E363" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="0066605E" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NC 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="31244A2C" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
@@ -13500,78 +13127,84 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="67E609E0" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06DB9144" w14:textId="5813CD0A" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fahrzeuge der Gruppe F sind nur zugelassen, wenn dessen Getriebe den Ziffern 1.-6. der Allgemeinen Bestimmungen, Definitionen und Klarstellungen zu technischen Reglements </w:t>
+        <w:t xml:space="preserve">Fahrzeuge der Gruppe F sind nur zugelassen, wenn dessen Getriebe den Ziffern 1.-6. der Allgemeinen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F647AC">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Bestimmungen, Definitionen und Klarstellungen zu technischen Reglements </w:t>
       </w:r>
       <w:r w:rsidR="00B55B26">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Absatz 2.7 (DMSB-Handbuch, blauer Teil) entspricht. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0077643D" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Nicht zugelassen sind übliche sequenzielle Sportgetriebe gem. Ziffer 7 vorgenannter Bestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="250C32EF" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="023D1415" w14:textId="600AC9DF" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="004F51C7" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
@@ -13735,605 +13368,548 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="8221"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="64BCD615" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="3746D4BF" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3BEF93C6" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="0F95F733" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
+            <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7104EB1E" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="07392B82" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>FIA-Gruppen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="56E81384" w14:textId="77777777" w:rsidTr="00E830EE">
-[...100 lines deleted...]
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="40B774F8" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="6CA5532C" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="204193F5" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="335C77E8" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>RC3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0ED5F227" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="7D70D4EC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Rally3 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1620 ccm) – homologiert ab 01.01.2021 gem. 2025 Anhang J der FIA Art. 260</w:t>
+              <w:t xml:space="preserve">Rally3 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1620 ccm) – homologiert ab 01.01.2021 gem. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anhang J der FIA Art. 260</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="65AFC6EB" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="416062A4" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="590F2DC7" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="1D74BF7D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>RC4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="365C0369" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="22E2E5AB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rally4 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1333 ccm) – homologiert ab 01.01.2019 gem. 2025 Anhang J der FIA Art. 260, </w:t>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Rally4 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1333 ccm) – homologiert ab 01.01.2019 gem. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>R2 homologiert bis 31.12.2018 gem. 2018 Anhang J der FIA Art. 260</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="09E92B16" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t xml:space="preserve"> Anhang J der FIA Art. 260, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7591A0FE" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>R3 (Saug-</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Motoren  über</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) – homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5126B09A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="6EDA223D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>R3 (Turbomotoren bis 1620 ccm / nominal) – homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260D</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5451EAF6" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="2E82A6E3" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="0FC8F084" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="236F0043" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="29B4F762" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>RC5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7469CA7A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          <w:p w14:paraId="1E834139" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="198996BF" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2C69DA49" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="4E68CA91" w14:textId="6B326E8F" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rally5 (Saug-Motoren bis 1600 ccm und Turbomotoren bis 1333 ccm) – homologiert ab dem 01.01. 2019 gem. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anhang J der FIA Art. 260 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73E7ED4C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="00525BCF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally5-Kit (Saug- oder Turbomotoren bis 1600 ccm) - homologiert ab dem 01.01.2024 gem. 2024 Anhang J der FIA Art. 260B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25300AD3" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="23876117" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
+            <w:r w:rsidRPr="00525BCF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Rally5</w:t>
             </w:r>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Saug-Motoren bis 1600 ccm und Turbomotoren bis 1067 ccm) – homologiert vor dem 31.12.2018 gem. 2018 Anhang J der FIA Art. 260 </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F1BF494" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="1BA4792A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="35EFC251" w14:textId="77777777" w:rsidTr="00525BCF">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2ABFAA88" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>RC6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="15FDEE30" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally6 (Turbomotoren bis 1620 ccm und Saug-Motoren bis 2000 ccm) gem. homologiert ab dem 01.01.2024 (FIA-Regularien in Entwicklung)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49A7658E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally6 Fahrzeuge gem. technischen Serienbestimmungen ADAC Rallye Junior Cup 2026</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A37E91C" w14:textId="422E78C8" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="004F51C7" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DF684F5" w14:textId="77777777" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="00812507" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
@@ -14366,1696 +13942,1534 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4973E2CB" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRDefault="004A4EEB" w:rsidP="00E830EE">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="8221"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="296376C9" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="20EFCBD3" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="184B4E58" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="41C1E86B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
+            <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1C093C85" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="46FE32CD" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Gruppen/Divisionen/ Hubraumklassen (national verbessert)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="1F7FF7B4" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="669F4322" w14:textId="77777777" w:rsidTr="00525BCF">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2A6B1FF7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>NC 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6AB6170D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:t xml:space="preserve">S2000 Rally: 2.0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:t>Saug</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:t xml:space="preserve"> Motoren gem. 2013 Anhang J der Art. 254A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="79048E35" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="67D0C6E6" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="06DF6165" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">NC 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4F6B4324" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="42A824B3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe F über 3000 ccm bis 3500 ccm </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60FB90E5" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="4794CC08" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2DF292B6" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="3264230D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe N über 2000 ccm bis 3500 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DF30AB6" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="46A182E3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7FEEC39A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="3D271E26" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 3000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 3000 ccm Homol.-jahre 1966–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20BC6FEC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="781E7B96" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CTC/CGT Division 4.1, 4.2 und 4.3 über 3000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="447814F0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4DC8274F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>.-jahre 1966–inkl. 1981</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="05D2E2D6" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8 über 3000 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1298DFAA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0654D0D6" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="0DC927B2" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 4.1, 4.2 und 4.3 über 3000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>E-K Klassen</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...81 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> T, CT, GT, GTS über 3000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="0D1D57C9" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="65DA844C" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0B4E8744" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="3ED09073" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>NC 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5EA7EB22" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="624255BB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe F über 2000 ccm bis 3000 ccm </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AF4505D" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="25DFCB7D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="39BBF7E5" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="158E4B1C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 2000 ccm bis 3000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 2000 ccm bis 3000 ccm Homol.-jahre 1966–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0EE43CB4" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64F97C76" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CTC/CGT Division 4.1, 4.2 und 4.3 über 2000 ccm bis 3000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5228A81D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CC633ED" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>.-jahre 1966–inkl. 1981</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7B21EC9F" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC311AB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="5F7F8732" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">über 2000 ccm bis 3000 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0889AFA8" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25246E0A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 4.1, 4.2 und 4.3 über 2000 ccm bis 3000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">CTC/CGT Division 12 über 1600 ccm bis 2000 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="019E3D58" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2EA405ED" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B42E4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 19 Gruppe R3-Fahrzeuge der Homol.-jahre 2011 bis inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65842E56" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1AF28B66" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>E-K Klassen</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>.-jahre 1970–inkl. 1981</w:t>
-[...177 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> T, CT, GT, GTS über 2000 ccm bis 3000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="7196C0BF" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="593B75D0" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="39BD7DAE" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="0B1232F3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="358B56E0" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="543957DD" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F über 1600 ccm bis 2000 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D90A0F9" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="36EC8CFB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="707C42E0" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2BE94EE7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3, über 1600 ccm bis 2000 ccm </w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="6A1E8415" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3, über 1600 ccm bis 2000 ccm Homol.-jahre 1966–inkl.1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3084C5F7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2FBE0B72" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="70AB6A98" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Division  4.1</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">, 4.2 und 4.3 über 1600 ccm bis 2000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>, 4.2 und 4.3 über 1600 ccm bis 2000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B254F90" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="616A3B60" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4374B9A7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>.-jahre 1970–inkl. 1981</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="28C9EAE2" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t xml:space="preserve">über 1600 ccm bis 2000 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70030518" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6544AB1A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="3EE76A39" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="1664FDD5" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t xml:space="preserve">CTC/CGT Division 11 bis 1600 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EE2D3F7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EEA7A9A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">über 1600 ccm bis 2000 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">CTC/CGT Division 12 über 1400 ccm bis 1600 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="346E57EA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="082F6A21" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B42E4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 18 Gruppe R2 der Homol.-jahre 2011 bis inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E07175B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1117CDB6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>E-K Klassen</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
-[...170 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> T, CT, GT, GTS über 1600 ccm bis 2000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="1480878C" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="54DDE616" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3F6D5DA4" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="59239D54" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="61AE38F7" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="46578784" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F über 1400 ccm bis 1600 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73CC3425" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="26F6B14A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BF9562A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="60FC31A8" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 1400 ccm bis 1600 ccm </w:t>
-[...16 lines deleted...]
-          <w:p w14:paraId="276B8AA9" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1966–inkl.1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4609E8B3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="63B3438B" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="0530FFBC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Division  4.1</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">, 4.2 und 4.3 über 1400 ccm bis 1600 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>, 4.2 und 4.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43CF8791" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B90AF54" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48A2E156" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>.-jahre 1970–inkl. 1981</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6F3316A4" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t xml:space="preserve">Über 1400 ccm bis 1600 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BAB8672" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="15F8880B" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="6E5193F6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8  </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7A87C836" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t xml:space="preserve">CTC/CGT Division 12 bis 1400 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AA62852" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6365B79D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT11pMITTAB"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B42E4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 17 Gruppe R1-Fahrzeuge der Homol.-jahre 2011 bis inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5041FC78" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E7F59CB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Über 1400 ccm bis 1600 ccm </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>E-K Klassen</w:t>
+            </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+              <w:t xml:space="preserve"> T, CT, GT, GTS über 1400 ccm bis 1600 ccm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46A47E30" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F89CF2E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="002B42E4" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B42E4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Opel ADAM Cup Fahrzeuge gem. technischen Serienbestimmungen ADAC Rallye Cup 2019 inkl. Bulletins</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...144 lines deleted...]
-              <w:t>Opel ADAM Cup Fahrzeuge gem. technischen Serienbestimmungen ADAC Rallye Cup 2019 inkl. Bulletins</w:t>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="389B95BB" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="50C0C170" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="21DCCB05" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="5FD0B3AE" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2E654B65" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="648A044F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F bis 1400 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F0A2D97" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="1DD42C55" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4483FA22" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="6FB5865A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 bis 1400 ccm </w:t>
-[...23 lines deleted...]
-          <w:p w14:paraId="161FC2FF" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 bis 1400 ccm Homol.-jahre 1966–inkl.1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F023DB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5B885F8A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="149C5776" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Division  4.1</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">, 4.2 und 4.3 bis 1400 ccm </w:t>
+              <w:t>, 4.2 und 4.3 bis 1400 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CD4079C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D34B8EB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AA719FC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bis 1400 ccm Homol.-jahre 1982–inkl. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="279CDA40" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="476D8CD6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>E-K Klassen</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> T, CT, GT, GTS bis 1400 ccm</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="339F3616" w14:textId="77777777" w:rsidTr="00525BCF">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0DC9BB69" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>NC E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F2756D5" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opel e-Corsa Cup gem. techn. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007D3B23">
-[...3 lines deleted...]
-              <w:t>Homol</w:t>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Serienbestimmungen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="19C62619" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ADAC Opel</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Electric Rally Cup 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="733AD8E1" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...79 lines deleted...]
-              <w:t xml:space="preserve"> T, CT, GT, GTS bis 1400 ccm</w:t>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Gruppe G-Elektro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="466B2A87" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00F647AC" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DD06D38" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
@@ -16142,63 +15556,59 @@
               <w:t>Gruppen/Leistungsgewichtsklassen (Seriennah)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F1F52" w:rsidRPr="00F647AC" w14:paraId="3A5D646C" w14:textId="77777777" w:rsidTr="00070C98">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4C0C6934" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00E830EE" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
+          <w:p w14:paraId="4C0C6934" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00926F59" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00926F59">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NC 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="132CD7BF" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
@@ -16214,63 +15624,59 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F1F52" w:rsidRPr="00F647AC" w14:paraId="416C8F5E" w14:textId="77777777" w:rsidTr="00070C98">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2BE25941" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00E830EE" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
+          <w:p w14:paraId="2BE25941" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00926F59" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00926F59">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NC 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2586DA2C" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
@@ -16286,63 +15692,59 @@
               <w:t>Gruppe G LG ab 9 - kleiner 11 („LG 2“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F1F52" w:rsidRPr="00F647AC" w14:paraId="63D0BF5D" w14:textId="77777777" w:rsidTr="00070C98">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7CC4EAA0" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00E830EE" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
+          <w:p w14:paraId="7CC4EAA0" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00926F59" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00926F59">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NC 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="296A0864" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
@@ -16358,63 +15760,59 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F1F52" w:rsidRPr="00F647AC" w14:paraId="54088DAF" w14:textId="77777777" w:rsidTr="00070C98">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5A4A4739" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00E830EE" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
+          <w:p w14:paraId="5A4A4739" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00926F59" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00926F59">
+              <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NC 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6E9B39E2" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
@@ -16672,2983 +16070,2782 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69846974" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="00FE1384">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fahrzeuge aller Gruppen nennen für die Veranstaltung entsprechend nachfolgender Tabelle:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17CE7956" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9211" w:type="dxa"/>
-        <w:tblInd w:w="65" w:type="dxa"/>
+        <w:tblW w:w="9527" w:type="dxa"/>
+        <w:tblInd w:w="119" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="985"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8217"/>
+        <w:gridCol w:w="213"/>
+        <w:gridCol w:w="780"/>
+        <w:gridCol w:w="214"/>
+        <w:gridCol w:w="8009"/>
+        <w:gridCol w:w="311"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="731F314A" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="7936572B" w14:textId="77777777" w:rsidTr="0066605E">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="311" w:type="dxa"/>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="985" w:type="dxa"/>
-[...37 lines deleted...]
-            <w:tcW w:w="8226" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21DB3F7C" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="4FD1CDE4" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:tcW w:w="985" w:type="dxa"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Klasse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8223" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0EB2DB66" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="3ED47FC4" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...6 lines deleted...]
-            <w:tcW w:w="8226" w:type="dxa"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>FIA-Gruppen</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="36D92282" w14:textId="77777777" w:rsidTr="0066605E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="311" w:type="dxa"/>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7E9780BD" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="34BB0C13" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="1532C4B4" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>RC2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8223" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06CB0DB2" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="00525BCF" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk90548235"/>
-[...47 lines deleted...]
-              <w:t>CTC/CGT Division 20 Gruppe R5-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2017</w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rally2 (VR5) gem. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anhang J der FIA Art. 261</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="6468D872" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="08FE02A7" w14:textId="77777777" w:rsidTr="0066605E">
         <w:tblPrEx>
           <w:jc w:val="center"/>
           <w:tblInd w:w="0" w:type="dxa"/>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="213" w:type="dxa"/>
           <w:trHeight w:val="60"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="994" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="05A2FFCB" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="430D9B96" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>R-GT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8217" w:type="dxa"/>
+            <w:tcW w:w="8320" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="593BC106" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="7C169278" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...3 lines deleted...]
-              <w:t>Gruppe R-GT gem. 2019 oder 2025 Anhang J der FIA Art. 256</w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gruppe R-GT gem. 2019 oder </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anhang J der FIA Art. 256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="56D55854" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="328FF9F6" w14:textId="77777777" w:rsidTr="0066605E">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="311" w:type="dxa"/>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="985" w:type="dxa"/>
-[...37 lines deleted...]
-            <w:tcW w:w="8226" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="504A8B78" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="13B87A4A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...14 lines deleted...]
-            <w:tcW w:w="985" w:type="dxa"/>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>RC3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8223" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="51AA7145" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="27383683" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...18 lines deleted...]
-            <w:tcW w:w="8226" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rally3 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1620 ccm) – homologiert ab 01.01.2021 gem. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anhang J der FIA Art. 260</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="6E6E8322" w14:textId="77777777" w:rsidTr="0066605E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="311" w:type="dxa"/>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="12C84D58" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="587518F3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="294BE450" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>RC4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8223" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1F4B002A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="5F82A581" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rally4 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1333 ccm) - homologiert ab 01.01.2019 gem. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anhang J der FIA Art. 260, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B521597" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>R3 (Saug-</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Motoren  über</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32143AE7" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="3712FC86" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>R3 (Turbomotoren bis 1620 ccm / nominal) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260D</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D247F1E" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
-[...12 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="252BA024" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="12797292" w14:textId="77777777" w:rsidTr="0066605E">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="308" w:type="dxa"/>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="985" w:type="dxa"/>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="47E833B8" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="20A9A31E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>RC5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3214FF99" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          <w:p w14:paraId="26E381CD" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8226" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6A9E5DAE" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="00F76F64" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...6 lines deleted...]
-          <w:p w14:paraId="587CD8E4" w14:textId="0D5B4B5C" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rally5 (Saug-Motoren bis 1600 ccm und Turbomotoren bis 1333 ccm) - homologiert ab dem 01.01. 2019 gem. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Anhang J der FIA Art. 260 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F79019B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...30 lines deleted...]
-          <w:p w14:paraId="48998642" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="00525BCF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally5-Kit (Saug- oder Turbomotoren bis 1600 ccm) - homologiert ab dem 01.01.2024 gem. 2024 Anhang J der FIA Art. 260B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503F6C94" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
-[...12 lines deleted...]
-          <w:p w14:paraId="44C06D3D" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="00525BCF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Saug-Motoren bis 1600 ccm und Turbomotoren bis 1067 ccm) - homologiert vor dem 31.12.2018 gem. 2018 Anhang J der FIA Art. 260 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C3543DE" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="3761B55C" w14:textId="77777777" w:rsidTr="0066605E">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="308" w:type="dxa"/>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="582CF320" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>RC6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8226" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4F77F348" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally6 (Turbomotoren bis 1620 ccm und Saug-Motoren bis 2000 ccm) gem. homologiert ab dem 01.01.2024 (FIA-Regularien in Entwicklung)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47BCF722" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Rally6 Fahrzeuge gem. technischen Serienbestimmungen ADAC Rallye Junior Cup 2026</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5EB0DE60" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="001C6A26">
-[...14 lines deleted...]
-    </w:p>
     <w:p w14:paraId="06105D24" w14:textId="77777777" w:rsidR="004C6DC4" w:rsidRPr="00F647AC" w:rsidRDefault="004C6DC4" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5AEF1864" w14:textId="4955A811" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="00812507" w:rsidP="004F51C7">
+    <w:p w14:paraId="5AEF1864" w14:textId="523BE4F8" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="00812507" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidR="004F51C7" w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">.2 Fahrzeuge gemäß nationalen technischen </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="004F51C7" w:rsidRPr="00F647AC">
+        <w:t>.2 Fahrzeuge gemäß nationalen technischen DMSB</w:t>
+      </w:r>
+      <w:r w:rsidR="0066605E">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>DMSB Bestimmungen</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>-</w:t>
+      </w:r>
       <w:r w:rsidR="004F51C7" w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sowie Historische Fahrzeuge gemäß Anhang K zum ISG</w:t>
+        <w:t>Bestimmungen sowie Historische Fahrzeuge gemäß Anhang K zum ISG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761D69F7" w14:textId="6177281B" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1260"/>
-        <w:gridCol w:w="7954"/>
+        <w:gridCol w:w="1254"/>
+        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="8"/>
+        <w:gridCol w:w="7946"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="1E32F11A" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="4ADD6A38" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="098320E5" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="7E4A5358" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
+            <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0691B0A9" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="046C53F4" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Gruppen/Divisionen/Hubraumklassen (national verbessert)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="0A55EDA5" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="4867BBC3" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="1268" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B40B120" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>NC 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6BD7D6BD" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:t xml:space="preserve">S2000 Rally: 2.0 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:t>Saug</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:t xml:space="preserve"> Motoren gem. 2013 Anhang J der Art. 254A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="525600C1" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:t>CTC/CGT Division 20 Gruppe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0066605E">
+              <w:t>R5-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2018</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="17858AA5" w14:textId="77777777" w:rsidTr="00525BCF">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="235844A5" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="4E9B04E6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">NC 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0C4E2B63" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2C17DC53" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe F über 3000 ccm bis 3500 ccm </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DE32658" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2A6C1DCB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E42CC57" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="10BFACB9" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe N über 2000 ccm bis 3500 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63A625A8" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2451DC9F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="77FF8834" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="73898811" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...20 lines deleted...]
-          <w:p w14:paraId="21191B7E" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 3000 ccm Homol.-jahre 1966–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E35D8E0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5B407A20" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="72CE0E5F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Division  4.1</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="007D3B23">
-[...20 lines deleted...]
-          <w:p w14:paraId="539A1728" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, 4.2 und 4.3 über 3000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="660A3C3C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59774B32" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="31B5AF07" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="508CAC0F" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2208623B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">über 3000 </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007D3B23">
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ccm  Homol</w:t>
+            </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3FB18EB2" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36AD3E3C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="19BC14F0" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2F39649B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...20 lines deleted...]
-          <w:p w14:paraId="5F7BFF98" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 16 Homol.-jahre bis inkl. 2012 </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47D55BDC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="33096434" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="5F31E0AF" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> T, CT, GT, GTS über 3000 ccm</w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>FIA Anhang K: Perioden E-K Klassen T, CT, GT, GTS über 3000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="2D586AC8" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="6D793754" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D8A82C0" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="79249316" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65C6AEE1" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="0B2BA736" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe F über 2000 ccm bis 3000 ccm </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="122FD13F" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="24BA6B9B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4F7B19C1" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="1EBEDA80" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...20 lines deleted...]
-          <w:p w14:paraId="4097DFF9" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 2000 ccm bis 3000 ccm Homol.-jahre 1966–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AD11507" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1D782BA6" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="62206DAE" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...20 lines deleted...]
-          <w:p w14:paraId="262F5121" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>CTC/CGT Division 4.1, 4.2 und 4.3 über 2000 ccm bis 3000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="111C98A3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00481FF5" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="11185253" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69FE999F" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="6D1AFAF7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">über 2000 ccm bis 3000 ccm Homol.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="67585BA0" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F1AB424" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43C002CF" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="7E7D9DD2" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 12 über 1600 ccm bis 2000 ccm Homol.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="38389871" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="341C6BD7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E3CE756" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="4161D5F8" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT11pMITTAB"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E66F0">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 19 Gruppe R3-Fahrzeuge der </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002E66F0">
+              <w:t xml:space="preserve">CTC/CGT Division 19 Gruppe R3-Fahrzeuge der Homol.-jahre 2011 bis inkl. </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...17 lines deleted...]
-          <w:p w14:paraId="3183C89A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="615A7424" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="27B38740" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="66267C3E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> T, CT, GT, GTS über 2000 ccm bis 3000 ccm</w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>FIA Anhang K: Perioden E-K Klassen T, CT, GT, GTS über 2000 ccm bis 3000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="788C0EBA" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="03284E67" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="34054DE7" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="5E4C856E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4A8A6930" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="38A7A6CD" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F über 1600 ccm bis 2000 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3AF24136" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="12B6D826" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7ABC883C" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="0B8EDCD6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3, über 1600 ccm bis 2000 ccm </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...14 lines deleted...]
-          <w:p w14:paraId="2DC35AE9" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Homol.-jahre 1966–inkl.1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02BAA59C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3A8372E3" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="4D6FF710" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Division  4.1</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="007D3B23">
-[...20 lines deleted...]
-          <w:p w14:paraId="5FDB4AED" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, 4.2 und 4.3 über 1600 ccm bis 2000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B65ECCA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7AD6457A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="7039F944" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
               <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0934624B" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="7B1C9784" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">über 1600 ccm bis 2000 ccm Homol.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="39AB8C39" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12ED9FDD" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="052F2A4C" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="411A8CF8" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 11 bis 1600 ccm Homol.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7D7652F0" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="329EDBF6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F58BD45" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="13694C5A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 12 über 1400 ccm bis 1600 ccm Homol.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="4A61D21D" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49A2E652" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="25C67868" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="096AB886" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT11pMITTAB"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E66F0">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 18 Gruppe R2-Fahrzeuge der </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002E66F0">
+              <w:t xml:space="preserve">CTC/CGT Division 18 Gruppe R2-Fahrzeuge der Homol.-jahre 2011 bis inkl. </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...17 lines deleted...]
-          <w:p w14:paraId="4A05E767" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E35B343" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5F8B280B" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="4D2AEF39" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> T, CT, GT, GTS über 1600 ccm bis 2000 ccm</w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>FIA Anhang K: Perioden E-K Klassen T, CT, GT, GTS über 1600 ccm bis 2000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="3BF39349" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="7BD2FA5D" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="301DE284" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="3C548016" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>NC 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0587BFFE" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="10C2AE74" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F über 1400 ccm bis 1600 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43DD252D" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="17AB562F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="15E80824" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="23160BD6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...20 lines deleted...]
-          <w:p w14:paraId="018D09ED" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1966–inkl.1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FD0E484" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1AC26918" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2BDB5247" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Division  4.1</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="007D3B23">
-[...20 lines deleted...]
-          <w:p w14:paraId="2F4686B4" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, 4.2 und 4.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F03BB9" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3FAA6339" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="762FD815" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="06AD49E7" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2481A075" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Über 1400 ccm bis 1600 ccm Homol.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="40F8E9F3" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BF561AD" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2833F09C" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2FB0F407" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CTC/CGT Division 12 bis 1400 ccm Homol.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6BA268A3" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="328E83A4" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5095187F" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="205CEEEA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT11pMITTAB"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E66F0">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 17 Gruppe R1-Fahrzeuge der </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002E66F0">
+              <w:t xml:space="preserve">CTC/CGT Division 17 Gruppe R1-Fahrzeuge der Homol.-jahre 2011 bis inkl. </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Homol</w:t>
-[...17 lines deleted...]
-          <w:p w14:paraId="02D98D8B" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="284653A9" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F17B2F5" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="2D044D44" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...18 lines deleted...]
-          <w:p w14:paraId="7B395A50" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>FIA Anhang K: Perioden E-K Klassen T, CT, GT, GTS über 1400 ccm bis 1600 ccm</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1914FF80" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="624AA2D3" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="559A8427" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E66F0">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Opel ADAM Cup Fahrzeuge gem. technischen Serienbestimmungen ADAC Rallye Cup 2019 inkl. Bulletins</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64556AEB" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="002E66F0" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="23CC9DEB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="572965E7" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="3EDFF84C" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0A66302A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="67DBB240" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D526A2B" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="725233D0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F bis 1400 ccm</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DBF9BDC" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="569AA859" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2ACB0F28" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="06394CDB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...20 lines deleted...]
-          <w:p w14:paraId="4B1128E7" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 bis 1400 ccm Homol.-jahre 1966–inkl.1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F461DF6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C5B08AC" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="1FF84D3F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Division  4.1</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="007D3B23">
-[...20 lines deleted...]
-          <w:p w14:paraId="7B6897C1" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, 4.2 und 4.3 bis 1400 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13B82C6D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7692CF41" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="1B8D1077" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7925F276" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="0DBD67EC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">bis 1400 ccm Homol.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>2017</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3FD390D4" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+              <w:t>2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36486F2C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3267E783" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="13DDCBCB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> T, CT, GT, GTS bis 1400 ccm</w:t>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>FIA Anhang K: Perioden E-K Klassen T, CT, GT, GTS bis 1400 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="17B14CEC" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="45C66EA5" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcW w:w="1254" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="07E0BC80" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="31455560" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...18 lines deleted...]
-            <w:tcW w:w="7954" w:type="dxa"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>NC E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7960" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="53AC27E8" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="4BE90E94" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:b/>
-[...9 lines deleted...]
-              <w:t>Gruppen/Leistungsgewichtsklassen (Seriennah)</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opel e-Corsa Cup gem. techn. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Serienbestimmungen</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ADAC Opel</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Electric Rally Cup 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46E12147" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0066605E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Gruppe G-Elektro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="49C148FC" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="236EFFEB" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="688F7F37" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="64104190" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5EB01052" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="2C442713" w14:textId="77777777" w:rsidTr="00525BCF">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7134B704" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="745CA3F3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="00926F59" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E830EE">
+            <w:r w:rsidRPr="00926F59">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>NC 6</w:t>
+              <w:t>Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0E5E1110" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="210A895B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Gruppe G LG - kleiner 9 („LG 0 und 1“)</w:t>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Gruppen/Leistungsgewichtsklassen (Seriennah)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="2396B259" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="02D80C82" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D9BD486" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>NC 6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="74" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="74" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6E35039A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Gruppe G LG - kleiner 9 („LG 0 und 1“)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="360E8B32" w14:textId="77777777" w:rsidTr="00525BCF">
+        <w:trPr>
+          <w:trHeight w:val="60"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1719D1E7" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="35647786" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...11 lines deleted...]
-              </w:rPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>NC 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5496430A" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="6A4A0E2C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G LG ab 9 - kleiner 11 („LG 2“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="342C0B09" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="29E5D3D9" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6744C065" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="66FED581" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="5395C825" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="5951959F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G LG ab 11 - kleiner 13 („LG 3“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E830EE" w:rsidRPr="007D3B23" w14:paraId="34D057ED" w14:textId="77777777" w:rsidTr="00E830EE">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="18DE82E1" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1260" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="18B018B6" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00E830EE" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
+          </w:tcPr>
+          <w:p w14:paraId="70FCF290" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
-              <w:jc w:val="left"/>
-[...10 lines deleted...]
-                <w:bCs/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0090281E">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="36B0B9B0" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="007D3B23" w:rsidRDefault="00E830EE" w:rsidP="002E66F0">
+          <w:p w14:paraId="32F26A23" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007D3B23">
+            <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G LG ab 13 („LG 4-6“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33EB7B3D" w14:textId="77777777" w:rsidR="004F51C7" w:rsidRPr="00C6345B" w:rsidRDefault="004F51C7" w:rsidP="00FE1384">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66044A0D" w14:textId="77777777" w:rsidR="004F51C7" w:rsidRPr="00A07696" w:rsidRDefault="004F51C7" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:iCs/>
           <w:sz w:val="22"/>
@@ -19664,59 +18861,51 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00277F39">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Ehemalige Gruppe A CTC/CTG der Div. 7 mit seq. Getriebe werden eine Hubraumklasse hochgestuft. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F62729A" w14:textId="77777777" w:rsidR="004F51C7" w:rsidRPr="00277F39" w:rsidRDefault="004F51C7" w:rsidP="00277F39">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00277F39">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nicht zugelassen sind Fahrzeuge mit der Homologation B-262, B-264, B-275, B-276, B-277, B-279 und </w:t>
-[...7 lines deleted...]
-        <w:t>B-280.</w:t>
+        <w:t>Nicht zugelassen sind Fahrzeuge mit der Homologation B-262, B-264, B-275, B-276, B-277, B-279 und B-280.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ED348F3" w14:textId="77777777" w:rsidR="004F51C7" w:rsidRPr="00277F39" w:rsidRDefault="004F51C7" w:rsidP="00277F39">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AA2654D" w14:textId="77777777" w:rsidR="004F51C7" w:rsidRPr="00277F39" w:rsidRDefault="004F51C7" w:rsidP="00277F39">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00277F39">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
@@ -20875,123 +20064,107 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E-Mail-Adresse zu richten</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1185FED1" w14:textId="77777777" w:rsidR="00F24AB9" w:rsidRDefault="00F24AB9" w:rsidP="00EF2385">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C8D5B82" w14:textId="77777777" w:rsidR="00315688" w:rsidRPr="00315688" w:rsidRDefault="00315688" w:rsidP="00EF2385">
+    <w:p w14:paraId="35FC8449" w14:textId="5ECBD502" w:rsidR="00315688" w:rsidRPr="0066605E" w:rsidRDefault="00315688" w:rsidP="00EF2385">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00315688">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Die Nennung ist verbindlich, wenn der Veranstalter verbindlich dem Teilnehmer gegenüber brieflich oder mit einem anderen Kommunikationsmittel die Nennung bestätigt oder eine verbindliche Nennliste veröffentlicht hat. Das Nenngeld bleibt ab diesem Zeitpunkt zahlbar. (DMSB V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>eranstaltungsreglement</w:t>
       </w:r>
       <w:r w:rsidRPr="00315688">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Art. 6 (4))</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="336BBA3D" w14:textId="77777777" w:rsidR="00C72073" w:rsidRPr="00944A30" w:rsidRDefault="00C72073" w:rsidP="00C72073">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Art. 4.6 Nenn</w:t>
       </w:r>
       <w:r w:rsidR="005B2A6E" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>geld</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>erstattung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D48835" w14:textId="77777777" w:rsidR="0056566A" w:rsidRPr="00944A30" w:rsidRDefault="0056566A" w:rsidP="0056566A">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="18"/>
@@ -21086,51 +20259,50 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Art. 5 </w:t>
       </w:r>
       <w:r w:rsidR="003B4A5E" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Versicherung und Haftungsausschluss </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B27082F" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="003B4A5E" w:rsidP="00C65B29">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
@@ -22139,50 +21311,51 @@
     </w:p>
     <w:p w14:paraId="01736A49" w14:textId="77777777" w:rsidR="00425A21" w:rsidRPr="00425A21" w:rsidRDefault="00425A21" w:rsidP="00425A21">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>„Bei der Streckenbesichtigung sind die Vorschriften der deutschen Straßenverkehrsordnung (StVO) sowie der Straßenverkehrsbehörden, insbesondere im Hinblick auf di</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Geschwindigkeitsbeschränkungen, unbedingt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> einzuhalten. </w:t>
       </w:r>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es wird darauf hingewiesen, dass bei der Streckenbesichtigung die Wertungsprüfungen nicht gesperrt sind und dadurch jederzeit mit anderen Verkehrsteilnehmern zu rechnen ist. Der Veranstalter kann individuell im Road Book und durch entsprechende Kennzeichnung entlang den Wertungsprüfungsstrecken eine reduzierte Geschwindigkeit gegenüber der deutschen Straßenverkehrsordnung (StVO) für die Besichtigung festlegen. Die Einhaltung dieser Vorschrift </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kann</w:t>
       </w:r>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontrolliert</w:t>
@@ -22240,78 +21413,91 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ablaufbeschreibung für die Besichtigung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56436991" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EA4D46">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Die Besichtigungszeiten gemäß Zeitplan sind verbindlich für alle Teilnehmer ei</w:t>
       </w:r>
       <w:r w:rsidR="004341F7" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nzuhalten. </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Besichtigungsfahrzeuge sind freigestellt. Die Fahrzeuge müssen </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>mit einer Abfahrkennzeichnung</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> welche durch den Veranstalter vorgegeben wird gekennzeichnet sein.</w:t>
+        <w:t xml:space="preserve"> welche durch den Veranstalter </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00944A30">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>vorgegeben wird</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00944A30">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gekennzeichnet sein.</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Besichtigungen mit in der Veranstaltung eingesetzten Wettbewerbsfahrzeugen sind nur ohne Startnummern erlaubt. Sollten diese bereits auf dem Fahrzeug angebracht sein, so sind dies</w:t>
       </w:r>
       <w:r w:rsidR="00EF2385" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e mit einem breiten Klebeband (</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>X-Form) abzudecken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7335CF9E" w14:textId="60C70C85" w:rsidR="007F5F7C" w:rsidRPr="00944A30" w:rsidRDefault="007F5F7C" w:rsidP="00EA4D46">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -22771,231 +21957,223 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00892803" w:rsidRPr="00892803" w14:paraId="7213E46A" w14:textId="77777777" w:rsidTr="00B83170">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="05077534" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="007026D1">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Startnummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0A2809B6" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="007026D1">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zeitraum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D0938F9" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="007026D1">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Startnummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="25DB8898" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="007026D1">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zeitraum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00892803" w:rsidRPr="00892803" w14:paraId="61DFC603" w14:textId="77777777" w:rsidTr="00B83170">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="002EB55E" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="007026D1">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 - 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1AF07832" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="007026D1">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11:00 h – 11:20 h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="163FCD9E" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="007026D1">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11 - 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="28BFD1C9" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="007026D1">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11:20 h – 11:40 h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60BC518E" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00905186">
       <w:pPr>
@@ -23281,113 +22459,140 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E034B5">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fahrzeugschein</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205CE96A" w14:textId="77777777" w:rsidR="00847720" w:rsidRPr="00023DDE" w:rsidRDefault="00847720" w:rsidP="00847720">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00074505">
-        <w:t>„DMSB Kraftfahrzeugpass (KFP), für Fahrzeuge mit Zulassung in Deutschland</w:t>
+        <w:t>„</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00074505">
+        <w:t>DMSB Kraftfahrzeugpass</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00074505">
+        <w:t xml:space="preserve"> (KFP), für Fahrzeuge mit Zulassung in Deutschland</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27733D15" w14:textId="77777777" w:rsidR="00023DDE" w:rsidRPr="008E4A0C" w:rsidRDefault="00023DDE" w:rsidP="00023DDE">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008E4A0C">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00023DDE">
         <w:t>DMSB-Identity-Form</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">“ </w:t>
       </w:r>
       <w:r w:rsidRPr="00023DDE">
         <w:t xml:space="preserve">für Fahrzeuge </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">der Gruppe F </w:t>
       </w:r>
       <w:r w:rsidR="00AC1CFB" w:rsidRPr="00023DDE">
         <w:t>mit Straßenzulassung außerhalb Deutschlands</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AFB239A" w14:textId="77777777" w:rsidR="00023DDE" w:rsidRPr="00074505" w:rsidRDefault="00023DDE" w:rsidP="00023DDE">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:ind w:left="1068"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F917DAC" w14:textId="77777777" w:rsidR="00847720" w:rsidRDefault="00847720" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="3BE368CA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRDefault="0066605E" w:rsidP="00905186">
+      <w:pPr>
+        <w:pStyle w:val="Anhangstandard"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="637FF26D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRDefault="0066605E" w:rsidP="00905186">
+      <w:pPr>
+        <w:pStyle w:val="Anhangstandard"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="6B8F0832" w14:textId="1076BD09" w:rsidR="00847720" w:rsidRDefault="00847720" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00F3450A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Abnahme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -23453,231 +22658,223 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00847720" w:rsidRPr="00892803" w14:paraId="559E09EF" w14:textId="77777777" w:rsidTr="00265F81">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="23951BD2" w14:textId="77777777" w:rsidR="00847720" w:rsidRPr="00892803" w:rsidRDefault="00847720" w:rsidP="00265F81">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Startnummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A58FAF4" w14:textId="77777777" w:rsidR="00847720" w:rsidRPr="00892803" w:rsidRDefault="00847720" w:rsidP="00265F81">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zeitraum</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="32A0328E" w14:textId="77777777" w:rsidR="00847720" w:rsidRPr="00892803" w:rsidRDefault="00847720" w:rsidP="00265F81">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Startnummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="46C02D7E" w14:textId="77777777" w:rsidR="00847720" w:rsidRPr="00892803" w:rsidRDefault="00847720" w:rsidP="00265F81">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Zeitraum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00847720" w:rsidRPr="00892803" w14:paraId="4DF283F2" w14:textId="77777777" w:rsidTr="00265F81">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2AEFFF2D" w14:textId="77777777" w:rsidR="00847720" w:rsidRPr="00892803" w:rsidRDefault="00847720" w:rsidP="00265F81">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 - 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="541D23A9" w14:textId="77777777" w:rsidR="00847720" w:rsidRPr="00892803" w:rsidRDefault="00847720" w:rsidP="00265F81">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11:00 h – 11:20 h</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7CEDDAB7" w14:textId="77777777" w:rsidR="00847720" w:rsidRPr="00892803" w:rsidRDefault="00847720" w:rsidP="00265F81">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11 - 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4BEC93E5" w14:textId="77777777" w:rsidR="00847720" w:rsidRPr="00892803" w:rsidRDefault="00847720" w:rsidP="00265F81">
             <w:pPr>
               <w:pStyle w:val="Anhangstandards2"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11:20 h – 11:40 h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BBCA6E4" w14:textId="77777777" w:rsidR="00847720" w:rsidRDefault="00847720" w:rsidP="00905186">
       <w:pPr>
@@ -24218,83 +23415,83 @@
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E2A7D" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Installation des Safety Tracking System</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9288"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00944A30" w:rsidRPr="00B55B26" w14:paraId="5E8DA2E6" w14:textId="77777777" w:rsidTr="007026D1">
+      <w:tr w:rsidR="00944A30" w:rsidRPr="003B3B40" w14:paraId="5E8DA2E6" w14:textId="77777777" w:rsidTr="007026D1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F6EF3D8" w14:textId="77777777" w:rsidR="00C65B29" w:rsidRPr="00944A30" w:rsidRDefault="00C65B29" w:rsidP="007026D1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00944A30" w:rsidRPr="00B55B26" w14:paraId="2D880EB5" w14:textId="77777777" w:rsidTr="007026D1">
+      <w:tr w:rsidR="00944A30" w:rsidRPr="003B3B40" w14:paraId="2D880EB5" w14:textId="77777777" w:rsidTr="007026D1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7AAF2E16" w14:textId="77777777" w:rsidR="00C65B29" w:rsidRPr="00944A30" w:rsidRDefault="00C65B29" w:rsidP="007026D1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
@@ -25240,51 +24437,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> gelber/roter Flaggen</w:t>
       </w:r>
       <w:r w:rsidR="00501B42">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> / weitere Besonderheiten </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="719D93CA" w14:textId="5F6126B9" w:rsidR="0032154B" w:rsidRPr="007D7B24" w:rsidRDefault="0032154B" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Es kommt folgende Flaggenregelung gemäß Rallyereglement </w:t>
       </w:r>
       <w:r w:rsidR="00B55B26">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> zur Anwendung. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="453BA9E3" w14:textId="499B69D8" w:rsidR="0032154B" w:rsidRPr="007D7B24" w:rsidRDefault="0032154B" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -25572,58 +24768,74 @@
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Art. </w:t>
       </w:r>
       <w:r w:rsidR="00C00DD6">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. – Re-Start  </w:t>
+        <w:t>. – Re-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00892803">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Start  </w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>nach Ausfall durchführen.</w:t>
+        <w:t>nach</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006F64D9" w:rsidRPr="00892803">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ausfall durchführen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04906A22" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33445ED6" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="003A7E8F" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
@@ -26375,50 +25587,51 @@
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44185D41" w14:textId="77777777" w:rsidR="005C0964" w:rsidRPr="00944A30" w:rsidRDefault="005C0964" w:rsidP="005C0964">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Kontrollstellenleiter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="75BE5091" w14:textId="77777777" w:rsidR="005C0964" w:rsidRPr="00944A30" w:rsidRDefault="005C0964" w:rsidP="00453E7D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -26879,51 +26092,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ort und Zeit</w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20694F8C" w14:textId="22C35470" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="00A047B5" w:rsidP="006F64D9">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>iehe Programm in c</w:t>
       </w:r>
       <w:r w:rsidR="007A4FEC" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>hronologischer Reihenfolge (RA</w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Art. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -27193,51 +26405,65 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7367C7F9" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="003B02F8">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Teams</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> welche eine Aufforderung zur technischen Schlussabnahme erhalten haben den beauftragten Sportwarten und dem Begleitfahrzeug unverzüglich zur Schlussabnahme zu folgen, auch wenn hierdurch eine oder mehrere Zeitkontrollen (ZKs) nicht angefahren werden können.</w:t>
+        <w:t xml:space="preserve"> welche eine Aufforderung zur technischen Schlussabnahme erhalten </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00944A30">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>haben</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00944A30">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> den beauftragten Sportwarten und dem Begleitfahrzeug unverzüglich zur Schlussabnahme zu folgen, auch wenn hierdurch eine oder mehrere Zeitkontrollen (ZKs) nicht angefahren werden können.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6FA001" w14:textId="77777777" w:rsidR="00F64734" w:rsidRDefault="00F64734" w:rsidP="00133A8D">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30623691" w14:textId="77777777" w:rsidR="00871C1A" w:rsidRPr="003E40E2" w:rsidRDefault="00871C1A" w:rsidP="003E40E2">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E40E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -27399,136 +26625,74 @@
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00F3450A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Protest- und Berufung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD5C36D" w14:textId="77777777" w:rsidR="00B378D1" w:rsidRPr="00944A30" w:rsidRDefault="00B378D1" w:rsidP="00B378D1">
-      <w:pPr>
+    <w:p w14:paraId="3B07E794" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="003B3B40">
+      <w:pPr>
+        <w:widowControl/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00944A30">
-[...29 lines deleted...]
-        <w:spacing w:after="120"/>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bei Protesten und Berufung gelten das Internationale Sportgesetz der FIA, das Veranstaltungsreglement des DMSB, die Rechts- und Verfahrensordnung des DMSB sowie bei Berufungen zur FIA die Rechts- und Verfahrensordnung der FIA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3156799A" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:b/>
-[...44 lines deleted...]
-    <w:p w14:paraId="6F17FF15" w14:textId="62487297" w:rsidR="00D135C2" w:rsidRPr="00D135C2" w:rsidRDefault="00D135C2" w:rsidP="00D135C2">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E27CA86" w14:textId="394BF082" w:rsidR="008A60D6" w:rsidRPr="00D135C2" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -27543,59 +26707,59 @@
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D135C2">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>FIA-Regelung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="273224F4" w14:textId="77777777" w:rsidR="00D135C2" w:rsidRPr="00D135C2" w:rsidRDefault="00D135C2" w:rsidP="00D135C2">
+    <w:p w14:paraId="27913519" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="00D135C2" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06A1C3E4" w14:textId="1060EF56" w:rsidR="00D135C2" w:rsidRPr="00D135C2" w:rsidRDefault="00D135C2" w:rsidP="00D135C2">
+    <w:p w14:paraId="08AEBF53" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="00D135C2" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
@@ -27614,1017 +26778,763 @@
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D135C2">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>DMSB-Regelung: wie FIA-Regelung ausgenommen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E91D9A3" w14:textId="05C73FF3" w:rsidR="00D135C2" w:rsidRPr="00D135C2" w:rsidRDefault="00D135C2" w:rsidP="00D135C2">
+    <w:p w14:paraId="32EE9251" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D135C2">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Proteste gegen die mutmaßliche Nicht-Übereinstimmung eines Automobils mit den Vorschriften sind spätestens 30 Minuten nach Ankunft des letzten Teilnehmers der jeweiligen Klasse einzulegen. </w:t>
-[...11 lines deleted...]
-        <w:spacing w:after="120"/>
+        <w:t xml:space="preserve">Proteste gegen die mutmaßliche Nicht-Übereinstimmung eines Automobils mit den Vorschriften sind </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">spätestens 30 Minuten nach Ankunft des letzten Teilnehmers der jeweiligen Klasse einzulegen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60348D69" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...60 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B21E53C" w14:textId="3536D1CB" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...10 lines deleted...]
-    <w:p w14:paraId="19A949DF" w14:textId="77777777" w:rsidR="00F24AB9" w:rsidRPr="00944A30" w:rsidRDefault="00F24AB9" w:rsidP="00133A8D">
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Für DMSB-genehmigte Veranstaltungen geltenden folgende Kautionen (mehrwertsteuerfrei)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6424CF" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Berufungskaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E4F643" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44C832BE" w14:textId="59C3D313" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.000,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4F8B06" w14:textId="688EFCBB" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National (Rallye 35 /70)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39954384" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E4BECBB" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Protestkaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C58A3E" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02552ADE" w14:textId="488573D1" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>300,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="185A3EEC" w14:textId="64B6C2A7" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National (Rallye 35 / 70)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>100,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="592CA705" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21106002" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ausschließlich für Serien mit Status International (gem. 14.1.1 ISG) beträgt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C3FE381" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>die Revisionskaution:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.500,00 €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0776E0" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B682CE4" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Internationales Berufungsgericht</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468F058A" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Berufungsgebühr und Berufungskaution – zahlbar an die FIA gem. Voraussetzungen und in Abhängigkeit der Serie / Veranstaltung gelistet unter Art.13.1.2.a Kapitel 5 Rechts- und Verfahrensregeln der FIA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D44962" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26103508" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(DMSB-Protest- und Berufungskautionen sind an den DMSB zu entrichten)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CF3445" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66151607" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Für andere ASN-genehmigte Serien gelten folgende Kautionen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51FAF803" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="3544" w:hanging="3544"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protest-/Berufung-/Revisionskaution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(zahlbar an ASN der Serie):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24097364" w14:textId="42B8F2B1" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="3544" w:hanging="3544"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk216862847"/>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Höhe Kaution gem. ASN-Serienreglement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="199C972D" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+      <w:pPr>
+        <w:widowControl/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Status National</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Höhe Kaution gem. ASN-Serienreglement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="682BA68B" w14:textId="77777777" w:rsidR="00F24AB9" w:rsidRPr="003B3B40" w:rsidRDefault="00F24AB9" w:rsidP="009942A1">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
-          <w:bCs/>
-[...857 lines deleted...]
-      </w:r>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="1D254853" w14:textId="77777777" w:rsidR="0074036D" w:rsidRPr="00944A30" w:rsidRDefault="0074036D" w:rsidP="0065145A">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A5451EC" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00132628">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -29104,90 +28014,90 @@
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00746CAC" w:rsidRPr="00944A30" w:rsidSect="003157C7">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1274" w:bottom="1701" w:left="1418" w:header="426" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E0DC79D" w14:textId="77777777" w:rsidR="00070C98" w:rsidRPr="00766668" w:rsidRDefault="00070C98">
+    <w:p w14:paraId="0AC6373D" w14:textId="77777777" w:rsidR="00A91EF8" w:rsidRPr="00766668" w:rsidRDefault="00A91EF8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3C9DB3D2" w14:textId="77777777" w:rsidR="00070C98" w:rsidRPr="00766668" w:rsidRDefault="00070C98">
+    <w:p w14:paraId="0465D276" w14:textId="77777777" w:rsidR="00A91EF8" w:rsidRPr="00766668" w:rsidRDefault="00A91EF8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -29207,62 +28117,55 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewsGoth for Porsche Com">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2D675317" w14:textId="67BA2C03" w:rsidR="00070C98" w:rsidRPr="00556920" w:rsidRDefault="00070C98" w:rsidP="00556920">
     <w:pPr>
       <w:widowControl/>
       <w:ind w:left="-142" w:right="-425"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00556920">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:u w:val="single"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
@@ -29538,108 +28441,116 @@
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:ind w:left="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:szCs w:val="18"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0083122E">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:szCs w:val="18"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
             <w:t xml:space="preserve">   von</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4252" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="292B942F" w14:textId="77777777" w:rsidR="0083122E" w:rsidRPr="0083122E" w:rsidRDefault="0083122E" w:rsidP="0083122E">
+        <w:p w14:paraId="292B942F" w14:textId="13AEAEFE" w:rsidR="0083122E" w:rsidRPr="0083122E" w:rsidRDefault="0083122E" w:rsidP="0083122E">
           <w:pPr>
             <w:widowControl/>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:ind w:left="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:szCs w:val="18"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0083122E">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:szCs w:val="18"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
-            <w:t>Koordination Automobil- und Motorradsport</w:t>
+            <w:t xml:space="preserve">Koordination </w:t>
+          </w:r>
+          <w:r w:rsidR="00A44782">
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:eastAsia="de-DE"/>
+            </w:rPr>
+            <w:t>Sport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="4"/>
   </w:tbl>
   <w:p w14:paraId="6FEB621C" w14:textId="5CE5F60D" w:rsidR="00070C98" w:rsidRPr="00556920" w:rsidRDefault="00070C98" w:rsidP="00556920">
     <w:pPr>
       <w:widowControl/>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="02A391EF" w14:textId="77777777" w:rsidR="00070C98" w:rsidRPr="00556920" w:rsidRDefault="00070C98" w:rsidP="003E40E2">
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:ind w:left="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6C3753B7" w14:textId="75B9E0A6" w:rsidR="00070C98" w:rsidRPr="00124B90" w:rsidRDefault="00070C98" w:rsidP="001725E5">
+  <w:p w14:paraId="6C3753B7" w14:textId="271D100B" w:rsidR="00070C98" w:rsidRPr="00124B90" w:rsidRDefault="00070C98" w:rsidP="001725E5">
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9214"/>
       </w:tabs>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
@@ -29665,58 +28576,58 @@
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="00E45C26">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00E45C26">
+    <w:r w:rsidR="00A44782">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
@@ -29909,90 +28820,90 @@
       <w:rPr>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00766668">
       <w:rPr>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00766668">
       <w:rPr>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:br/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5226F586" w14:textId="77777777" w:rsidR="00070C98" w:rsidRPr="00766668" w:rsidRDefault="00070C98">
+    <w:p w14:paraId="38B41353" w14:textId="77777777" w:rsidR="00A91EF8" w:rsidRPr="00766668" w:rsidRDefault="00A91EF8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AE4F054" w14:textId="77777777" w:rsidR="00070C98" w:rsidRPr="00766668" w:rsidRDefault="00070C98">
+    <w:p w14:paraId="581E17E5" w14:textId="77777777" w:rsidR="00A91EF8" w:rsidRPr="00766668" w:rsidRDefault="00A91EF8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16DF0AC9" w14:textId="77777777" w:rsidR="00070C98" w:rsidRDefault="00070C98" w:rsidP="00746CAC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="214D0D48" w14:textId="54B74BAD" w:rsidR="00070C98" w:rsidRPr="00766668" w:rsidRDefault="00070C98" w:rsidP="00746CAC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
@@ -30025,51 +28936,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1566500" cy="245948"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="018919D9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="000294EE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="15"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="14"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -33818,227 +32729,233 @@
   <w:num w:numId="22" w16cid:durableId="1460294452">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1610967529">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="76442168">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="957031986">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="459305974">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="811675051">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1307246804">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="851"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="165889"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F358C4"/>
     <w:rsid w:val="00003583"/>
     <w:rsid w:val="00011830"/>
     <w:rsid w:val="00023DDE"/>
     <w:rsid w:val="000324F5"/>
     <w:rsid w:val="00047676"/>
     <w:rsid w:val="00053FD9"/>
     <w:rsid w:val="00056381"/>
     <w:rsid w:val="000622BF"/>
     <w:rsid w:val="00070C98"/>
     <w:rsid w:val="00074505"/>
     <w:rsid w:val="0007697A"/>
     <w:rsid w:val="00077A4B"/>
     <w:rsid w:val="00085BFD"/>
     <w:rsid w:val="000A1EAD"/>
     <w:rsid w:val="000D2AB9"/>
     <w:rsid w:val="000D420E"/>
     <w:rsid w:val="000E00B3"/>
     <w:rsid w:val="000E4C36"/>
+    <w:rsid w:val="000F421A"/>
     <w:rsid w:val="000F7E53"/>
     <w:rsid w:val="00104EED"/>
     <w:rsid w:val="0010584C"/>
     <w:rsid w:val="00124B90"/>
     <w:rsid w:val="00132628"/>
     <w:rsid w:val="00133A8D"/>
     <w:rsid w:val="001359A7"/>
     <w:rsid w:val="00136E81"/>
     <w:rsid w:val="0014140B"/>
     <w:rsid w:val="00146436"/>
     <w:rsid w:val="00154B80"/>
     <w:rsid w:val="001563F3"/>
     <w:rsid w:val="00166026"/>
     <w:rsid w:val="001725E5"/>
     <w:rsid w:val="001905A4"/>
     <w:rsid w:val="00195552"/>
     <w:rsid w:val="001A1610"/>
     <w:rsid w:val="001A2245"/>
     <w:rsid w:val="001B0FC8"/>
     <w:rsid w:val="001C1033"/>
     <w:rsid w:val="001C1662"/>
     <w:rsid w:val="001C66D8"/>
     <w:rsid w:val="001C6A26"/>
     <w:rsid w:val="001D0795"/>
     <w:rsid w:val="001D1EB5"/>
     <w:rsid w:val="001D5637"/>
     <w:rsid w:val="001D697D"/>
     <w:rsid w:val="001E30EE"/>
     <w:rsid w:val="001E42AD"/>
     <w:rsid w:val="001E62BC"/>
     <w:rsid w:val="001F39A7"/>
     <w:rsid w:val="00212E68"/>
     <w:rsid w:val="00242358"/>
     <w:rsid w:val="002426EA"/>
     <w:rsid w:val="00252E64"/>
+    <w:rsid w:val="002532F3"/>
     <w:rsid w:val="002637FE"/>
     <w:rsid w:val="00264312"/>
     <w:rsid w:val="002648E4"/>
     <w:rsid w:val="00264C61"/>
     <w:rsid w:val="00265F81"/>
     <w:rsid w:val="002667FB"/>
     <w:rsid w:val="00267A24"/>
     <w:rsid w:val="00277F39"/>
     <w:rsid w:val="00284924"/>
     <w:rsid w:val="002972BC"/>
     <w:rsid w:val="002A1E66"/>
     <w:rsid w:val="002B5432"/>
     <w:rsid w:val="002D3AD4"/>
     <w:rsid w:val="002F701F"/>
     <w:rsid w:val="00312898"/>
     <w:rsid w:val="0031356C"/>
     <w:rsid w:val="00315688"/>
     <w:rsid w:val="003157C7"/>
     <w:rsid w:val="0032005C"/>
     <w:rsid w:val="0032154B"/>
     <w:rsid w:val="00321B16"/>
     <w:rsid w:val="00322D90"/>
     <w:rsid w:val="00347E55"/>
     <w:rsid w:val="00351A4F"/>
     <w:rsid w:val="00360C1D"/>
     <w:rsid w:val="00370BEC"/>
     <w:rsid w:val="00372E80"/>
     <w:rsid w:val="003756FB"/>
     <w:rsid w:val="00377030"/>
     <w:rsid w:val="00385E5F"/>
     <w:rsid w:val="00386625"/>
     <w:rsid w:val="00390EA4"/>
     <w:rsid w:val="003A071B"/>
     <w:rsid w:val="003A2C27"/>
     <w:rsid w:val="003A7E8F"/>
     <w:rsid w:val="003B02F8"/>
+    <w:rsid w:val="003B3B40"/>
     <w:rsid w:val="003B4A5E"/>
     <w:rsid w:val="003D182B"/>
     <w:rsid w:val="003E40E2"/>
     <w:rsid w:val="003F0A59"/>
     <w:rsid w:val="003F222C"/>
     <w:rsid w:val="003F55CC"/>
     <w:rsid w:val="00400F8A"/>
     <w:rsid w:val="0041140F"/>
     <w:rsid w:val="00420260"/>
     <w:rsid w:val="004250F0"/>
     <w:rsid w:val="00425A21"/>
     <w:rsid w:val="004341F7"/>
     <w:rsid w:val="0044671D"/>
     <w:rsid w:val="00447BEA"/>
     <w:rsid w:val="00450C55"/>
     <w:rsid w:val="00453E7D"/>
     <w:rsid w:val="00465589"/>
     <w:rsid w:val="00484990"/>
     <w:rsid w:val="00495109"/>
     <w:rsid w:val="004A0176"/>
     <w:rsid w:val="004A4EEB"/>
     <w:rsid w:val="004A7A38"/>
     <w:rsid w:val="004B2117"/>
     <w:rsid w:val="004C0505"/>
     <w:rsid w:val="004C3CA4"/>
     <w:rsid w:val="004C3DF6"/>
     <w:rsid w:val="004C6DC4"/>
     <w:rsid w:val="004E6170"/>
     <w:rsid w:val="004F2514"/>
     <w:rsid w:val="004F51C7"/>
+    <w:rsid w:val="0050195D"/>
     <w:rsid w:val="00501B42"/>
     <w:rsid w:val="00504739"/>
     <w:rsid w:val="0050651E"/>
     <w:rsid w:val="00515068"/>
     <w:rsid w:val="00522178"/>
     <w:rsid w:val="00526F2D"/>
     <w:rsid w:val="00536530"/>
     <w:rsid w:val="00536F01"/>
     <w:rsid w:val="005461B3"/>
     <w:rsid w:val="005472D7"/>
     <w:rsid w:val="00556920"/>
     <w:rsid w:val="00561E3B"/>
     <w:rsid w:val="0056566A"/>
     <w:rsid w:val="00576B68"/>
     <w:rsid w:val="005A5330"/>
     <w:rsid w:val="005A572A"/>
     <w:rsid w:val="005B1AFC"/>
     <w:rsid w:val="005B2A6E"/>
     <w:rsid w:val="005B7E87"/>
     <w:rsid w:val="005C0964"/>
     <w:rsid w:val="005C54EA"/>
     <w:rsid w:val="005E1D92"/>
+    <w:rsid w:val="005E50F6"/>
     <w:rsid w:val="005E6B83"/>
     <w:rsid w:val="005E7190"/>
     <w:rsid w:val="005F313E"/>
     <w:rsid w:val="00604C95"/>
     <w:rsid w:val="0062389F"/>
     <w:rsid w:val="00643090"/>
     <w:rsid w:val="0065145A"/>
     <w:rsid w:val="0065417F"/>
+    <w:rsid w:val="0066605E"/>
     <w:rsid w:val="00680FD7"/>
     <w:rsid w:val="00685D15"/>
     <w:rsid w:val="00687668"/>
     <w:rsid w:val="006946E2"/>
     <w:rsid w:val="0069739F"/>
     <w:rsid w:val="006A09BB"/>
     <w:rsid w:val="006A2993"/>
     <w:rsid w:val="006B25A7"/>
     <w:rsid w:val="006E1C3E"/>
     <w:rsid w:val="006E7580"/>
     <w:rsid w:val="006F5BF3"/>
     <w:rsid w:val="006F64D9"/>
     <w:rsid w:val="00700013"/>
     <w:rsid w:val="007026D1"/>
     <w:rsid w:val="00710004"/>
     <w:rsid w:val="007125E8"/>
     <w:rsid w:val="007252FC"/>
     <w:rsid w:val="0072769B"/>
     <w:rsid w:val="00737530"/>
     <w:rsid w:val="0074036D"/>
     <w:rsid w:val="0074205A"/>
     <w:rsid w:val="007434F8"/>
     <w:rsid w:val="00746CAC"/>
     <w:rsid w:val="00751A5F"/>
     <w:rsid w:val="007547D1"/>
@@ -34046,116 +32963,122 @@
     <w:rsid w:val="0078771E"/>
     <w:rsid w:val="007A10D4"/>
     <w:rsid w:val="007A4FEC"/>
     <w:rsid w:val="007A7135"/>
     <w:rsid w:val="007D14D4"/>
     <w:rsid w:val="007D68F2"/>
     <w:rsid w:val="007D7B24"/>
     <w:rsid w:val="007F5F7C"/>
     <w:rsid w:val="00801D3C"/>
     <w:rsid w:val="00805DD7"/>
     <w:rsid w:val="008100CC"/>
     <w:rsid w:val="00812507"/>
     <w:rsid w:val="00824C04"/>
     <w:rsid w:val="00825FDF"/>
     <w:rsid w:val="0083122E"/>
     <w:rsid w:val="0083611E"/>
     <w:rsid w:val="00847720"/>
     <w:rsid w:val="008541A9"/>
     <w:rsid w:val="00863DFE"/>
     <w:rsid w:val="008640D0"/>
     <w:rsid w:val="00871C1A"/>
     <w:rsid w:val="00882BF6"/>
     <w:rsid w:val="00882EFD"/>
     <w:rsid w:val="008850C8"/>
     <w:rsid w:val="00892803"/>
+    <w:rsid w:val="008A60D6"/>
     <w:rsid w:val="008B1DCE"/>
     <w:rsid w:val="008B213D"/>
     <w:rsid w:val="008B3E27"/>
     <w:rsid w:val="008C523B"/>
     <w:rsid w:val="008E2A7D"/>
     <w:rsid w:val="00900CE7"/>
     <w:rsid w:val="00903D54"/>
     <w:rsid w:val="00905186"/>
     <w:rsid w:val="00922084"/>
+    <w:rsid w:val="00926F59"/>
     <w:rsid w:val="00941B25"/>
     <w:rsid w:val="00944A30"/>
     <w:rsid w:val="00944A95"/>
     <w:rsid w:val="00954690"/>
     <w:rsid w:val="00960FBB"/>
     <w:rsid w:val="00970A2E"/>
     <w:rsid w:val="009710A1"/>
     <w:rsid w:val="009942A1"/>
     <w:rsid w:val="009944E5"/>
     <w:rsid w:val="00995C45"/>
     <w:rsid w:val="009A682B"/>
     <w:rsid w:val="009B6609"/>
     <w:rsid w:val="009C263D"/>
     <w:rsid w:val="009C4045"/>
     <w:rsid w:val="009D3131"/>
     <w:rsid w:val="009F1F52"/>
     <w:rsid w:val="009F261F"/>
     <w:rsid w:val="009F55D9"/>
     <w:rsid w:val="00A047B5"/>
     <w:rsid w:val="00A16E9E"/>
     <w:rsid w:val="00A3041D"/>
     <w:rsid w:val="00A3571F"/>
     <w:rsid w:val="00A4133F"/>
     <w:rsid w:val="00A42467"/>
+    <w:rsid w:val="00A44782"/>
     <w:rsid w:val="00A52104"/>
     <w:rsid w:val="00A521DD"/>
     <w:rsid w:val="00A6202D"/>
     <w:rsid w:val="00A81446"/>
+    <w:rsid w:val="00A91EF8"/>
     <w:rsid w:val="00A923D3"/>
     <w:rsid w:val="00AA1A62"/>
     <w:rsid w:val="00AA4155"/>
     <w:rsid w:val="00AB140C"/>
     <w:rsid w:val="00AC1CFB"/>
     <w:rsid w:val="00AC1E11"/>
     <w:rsid w:val="00AC2F97"/>
     <w:rsid w:val="00AE4AFA"/>
     <w:rsid w:val="00AE4CF5"/>
     <w:rsid w:val="00B378D1"/>
     <w:rsid w:val="00B55B26"/>
     <w:rsid w:val="00B76A82"/>
     <w:rsid w:val="00B83170"/>
     <w:rsid w:val="00B94585"/>
     <w:rsid w:val="00BB42FC"/>
     <w:rsid w:val="00BC1B33"/>
     <w:rsid w:val="00BC3260"/>
     <w:rsid w:val="00BC75F8"/>
     <w:rsid w:val="00BD18D2"/>
     <w:rsid w:val="00BD49D6"/>
     <w:rsid w:val="00BF4837"/>
     <w:rsid w:val="00C00DD6"/>
+    <w:rsid w:val="00C129AA"/>
     <w:rsid w:val="00C232F0"/>
     <w:rsid w:val="00C5172B"/>
     <w:rsid w:val="00C57017"/>
     <w:rsid w:val="00C6187B"/>
     <w:rsid w:val="00C61A6E"/>
     <w:rsid w:val="00C65B29"/>
     <w:rsid w:val="00C72073"/>
+    <w:rsid w:val="00C732B4"/>
     <w:rsid w:val="00C80B8B"/>
     <w:rsid w:val="00C91E8F"/>
     <w:rsid w:val="00C9256F"/>
     <w:rsid w:val="00CA056F"/>
     <w:rsid w:val="00CB5D15"/>
     <w:rsid w:val="00CB63D9"/>
     <w:rsid w:val="00CC4468"/>
     <w:rsid w:val="00CC6714"/>
     <w:rsid w:val="00CF7386"/>
     <w:rsid w:val="00D043BB"/>
     <w:rsid w:val="00D06453"/>
     <w:rsid w:val="00D135C2"/>
     <w:rsid w:val="00D23593"/>
     <w:rsid w:val="00D25A73"/>
     <w:rsid w:val="00D3758D"/>
     <w:rsid w:val="00D377BD"/>
     <w:rsid w:val="00D45A5C"/>
     <w:rsid w:val="00D50B4E"/>
     <w:rsid w:val="00D611B1"/>
     <w:rsid w:val="00D668ED"/>
     <w:rsid w:val="00D83402"/>
     <w:rsid w:val="00D83419"/>
     <w:rsid w:val="00D83629"/>
     <w:rsid w:val="00D84E5E"/>
     <w:rsid w:val="00D96943"/>
@@ -34205,64 +33128,64 @@
     <w:rsid w:val="00F87D7F"/>
     <w:rsid w:val="00F935E2"/>
     <w:rsid w:val="00FB3DE6"/>
     <w:rsid w:val="00FD6FFF"/>
     <w:rsid w:val="00FE1384"/>
     <w:rsid w:val="00FE431D"/>
     <w:rsid w:val="00FF6A6A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="165889"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3E907536"/>
   <w15:docId w15:val="{9694124B-5AE2-42C3-BB9C-E6DC1F9E0A94}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -35169,51 +34092,51 @@
       </w:tabs>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HBTEXT11pMITTABZchn">
     <w:name w:val="HB TEXT 11p MIT TAB Zchn"/>
     <w:link w:val="HBTEXT11pMITTAB"/>
     <w:rsid w:val="00E05877"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="34620510">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="64184873">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -35724,82 +34647,82 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFCDEB37-E8DF-4B78-A3C2-00094C227B74}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>4817</Words>
-  <Characters>30350</Characters>
+  <Words>4889</Words>
+  <Characters>30807</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>252</Lines>
-  <Paragraphs>70</Paragraphs>
+  <Lines>256</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>INHALTVERZEICHNIS</vt:lpstr>
       <vt:lpstr>INHALTVERZEICHNIS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35097</CharactersWithSpaces>
+  <CharactersWithSpaces>35625</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7798843</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.dmsb.de/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2228344</vt:i4>
       </vt:variant>
       <vt:variant>