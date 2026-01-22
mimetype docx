--- v1 (2026-01-02)
+++ v2 (2026-01-22)
@@ -978,51 +978,51 @@
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Art. 1.1</w:t>
       </w:r>
       <w:r w:rsidR="00905186" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009942A1" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Präambel </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E2F20D" w14:textId="25B8BE68" w:rsidR="00011830" w:rsidRPr="00944A30" w:rsidRDefault="00011830" w:rsidP="00011830">
+    <w:p w14:paraId="31E2F20D" w14:textId="25B8BE68" w:rsidR="00011830" w:rsidRDefault="00011830" w:rsidP="00011830">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Grundlage dieser Ausschreibung sind in der jeweiligen gültigen Fassung das Internationale Sportgesetz der FIA einschließlich der Anhänge, das DMSB-Rallye Reglement mit den technischen Bestimmungen, das DMSB-Veranstaltungsreglement, die DMSB-Lizenzbestimmungen, die allgemeinen und besonderen DMSB-Prädikatsbestimmungen, die DMSB-Umweltrichtlinien, die Dopingbestimmungen der WADA/NADA sowie d</w:t>
       </w:r>
       <w:r w:rsidR="00FF6A6A" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ie FIA-Anti-Doping-Bestimmungen </w:t>
       </w:r>
       <w:r w:rsidR="00FF6A6A" w:rsidRPr="000324F5">
@@ -1058,50 +1058,68 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Des Weiteren die StVO und StVZO</w:t>
       </w:r>
       <w:r w:rsidR="001C1662">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>der Bundesrepublik Deutschland. Soweit durch diese Ausschreibung keine anderweitige Regelung getroffen ist, gelten die Regelungen der o.a. Reglements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68826D11" w14:textId="77777777" w:rsidR="00813542" w:rsidRPr="00813542" w:rsidRDefault="00813542" w:rsidP="00813542">
+      <w:pPr>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813542">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Sollten Pyrotechnische Gegenstände zum Einsatz gebracht werden, sind die Vorgaben der lokalen Behörden zu berücksichtigen und weitere Angaben unter dem Artikel „Weitere Bestimmungen“ der Ausschreibung aufzuführen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6CAF4B" w14:textId="77777777" w:rsidR="00011830" w:rsidRPr="00944A30" w:rsidRDefault="00011830" w:rsidP="00011830">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:strike/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="668DB087" w14:textId="77777777" w:rsidR="00011830" w:rsidRPr="00944A30" w:rsidRDefault="00011830" w:rsidP="00011830">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
@@ -2355,50 +2373,51 @@
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FB3CC6A" w14:textId="04302851" w:rsidR="00F3450A" w:rsidRPr="00E45C26" w:rsidRDefault="00F3450A" w:rsidP="00F3450A">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E45C26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00E45C26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E45C26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
@@ -2519,51 +2538,50 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5866235D" w14:textId="509E891E" w:rsidR="00F3450A" w:rsidRPr="00E45C26" w:rsidRDefault="00F3450A" w:rsidP="00F3450A">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E45C26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00E45C26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E45C26">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="de-DE"/>
@@ -5713,50 +5731,51 @@
       </w:tr>
       <w:tr w:rsidR="00AB140C" w:rsidRPr="00944A30" w14:paraId="05AA2FEE" w14:textId="49B45A33" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49944AF9" w14:textId="77777777" w:rsidR="00AB140C" w:rsidRPr="00AC1E11" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007252FC">
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Teilnehmerverbindungsperson:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="590D17AF" w14:textId="77777777" w:rsidR="00AB140C" w:rsidRPr="00AC1E11" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
@@ -5934,51 +5953,50 @@
       </w:tr>
       <w:tr w:rsidR="00AB140C" w:rsidRPr="00944A30" w14:paraId="63F30E20" w14:textId="666D6D9A" w:rsidTr="00386625">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0062B9D9" w14:textId="77777777" w:rsidR="00AB140C" w:rsidRPr="00AC1E11" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1E11">
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
               <w:t>Pressebetreuung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="668061C4" w14:textId="77777777" w:rsidR="00AB140C" w:rsidRPr="00AC1E11" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
@@ -8957,50 +8975,51 @@
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63CC6D06" w14:textId="779C21F9" w:rsidR="001C1033" w:rsidRPr="00892803" w:rsidRDefault="001C1033" w:rsidP="005472D7">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="005472D7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>tartpark Öffnung</w:t>
             </w:r>
             <w:r w:rsidR="002972BC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (optional)</w:t>
             </w:r>
             <w:r w:rsidRPr="00892803">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
@@ -9068,51 +9087,50 @@
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4395" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A90FFC4" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="00DB3CEA" w:rsidP="001C1033">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Startpark </w:t>
             </w:r>
             <w:r w:rsidR="009C4045">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Schließung (o</w:t>
             </w:r>
             <w:r w:rsidR="001C1033">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="0070C0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ptional) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
@@ -9905,51 +9923,96 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24E65EB7" w14:textId="77777777" w:rsidR="00DB3CEA" w:rsidRPr="00944A30" w:rsidRDefault="00DB3CEA" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1E733959" w14:textId="77777777" w:rsidR="00F64734" w:rsidRPr="00944A30" w:rsidRDefault="00F64734" w:rsidP="00905186">
+    <w:p w14:paraId="1E733959" w14:textId="77777777" w:rsidR="00F64734" w:rsidRDefault="00F64734" w:rsidP="00905186">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C89E8DD" w14:textId="77777777" w:rsidR="006C3288" w:rsidRDefault="006C3288" w:rsidP="00905186">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="340F4338" w14:textId="77777777" w:rsidR="006C3288" w:rsidRPr="006C3288" w:rsidRDefault="006C3288" w:rsidP="006C3288">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C3288">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nach Absolvieren der Technischen Abnahme dürfen Fahrzeuge im Rahmen der Veranstaltung gemäß DMSB-Veranstaltungsreglement Art. 16 ausschließlich an den in der Veranstaltungsausschreibung aufgeführten Wettbewerben teilnehmen.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03903EFC" w14:textId="77777777" w:rsidR="006C3288" w:rsidRPr="00944A30" w:rsidRDefault="006C3288" w:rsidP="00905186">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="456BC3E7" w14:textId="77777777" w:rsidR="009B6609" w:rsidRPr="00944A30" w:rsidRDefault="00C65B29" w:rsidP="00C65B29">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
@@ -10868,50 +10931,51 @@
           <w:p w14:paraId="75FEE51F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Rally4 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1333 ccm) - homologiert ab 01.01.2019 gem. 2026 Anhang J der FIA Art. 260, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EA8DB7C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>R3 (Saug-</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Motoren  über</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EF8FC63" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
@@ -10933,50 +10997,51 @@
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="58A1354A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>RC5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B86450E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
@@ -10986,51 +11051,50 @@
           <w:p w14:paraId="2913F684" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Rally5 (Saug-Motoren bis 1600 ccm und Turbomotoren bis 1333 ccm) - homologiert ab dem 01.01. 2019 gem. 2026 Anhang J der FIA Art. 260 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7DE4E3EA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Rally5-Kit (Saug- oder Turbomotoren bis 1600 ccm) - homologiert ab dem 01.01.2024 gem. 2024 Anhang J der FIA Art. 260B </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="51089087" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Rally5 (Saug-Motoren bis 1600 ccm und Turbomotoren bis 1067 ccm) - homologiert vor dem 31.12.2018 gem. 2018 Anhang J der FIA Art. 260 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="62966859" w14:textId="77777777" w:rsidTr="0066605E">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -11040,51 +11104,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="40EF06E1" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>RC6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="A6A6A6" w:themeFill="background1" w:themeFillShade="A6"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2CE7AEF2" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
@@ -11879,50 +11942,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="608D9EF9" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>NC 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="34189398" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
@@ -11955,58 +12019,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3, über 1600 ccm bis 2000 ccm Homol.-jahre 1966–inkl.1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B253602" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D95B4FA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 4.1, 4.2 und 4.3 über 1600 ccm bis 2000 ccm Homol.-jahre 1970–inkl. </w:t>
-[...6 lines deleted...]
-              <w:t>1981</w:t>
+              <w:t>CTC/CGT Division 4.1, 4.2 und 4.3 über 1600 ccm bis 2000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="734CDB3F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6683E69D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D32F012" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
@@ -12161,51 +12218,50 @@
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="18354069" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>NC 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4DF4A7C1" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -12931,50 +12987,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="559EEB69" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="0066605E" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>NC 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7954" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4CB9FF53" w14:textId="77777777" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="00070C98">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
@@ -13115,76 +13172,69 @@
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F647AC">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Gruppe G LG ab 13 („LG 4-6“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="67E609E0" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06DB9144" w14:textId="5813CD0A" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
+    <w:p w14:paraId="06DB9144" w14:textId="35BF9B60" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fahrzeuge der Gruppe F sind nur zugelassen, wenn dessen Getriebe den Ziffern 1.-6. der Allgemeinen </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F647AC">
+        <w:t xml:space="preserve">Fahrzeuge der Gruppe F sind nur zugelassen, wenn dessen Getriebe den Ziffern 1.-6. der Allgemeinen Bestimmungen, Definitionen und Klarstellungen zu technischen Reglements </w:t>
+      </w:r>
+      <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Absatz 2.7 (DMSB-Handbuch, blauer Teil) entspricht. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0077643D" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nicht zugelassen sind übliche sequenzielle Sportgetriebe gem. Ziffer 7 vorgenannter Bestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="250C32EF" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
@@ -14196,51 +14246,58 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe N über 2000 ccm bis 3500 ccm</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46A182E3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D271E26" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 3000 ccm Homol.-jahre 1966–inkl. 1981</w:t>
+              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 3000 ccm Homol.-jahre </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D3B23">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1966–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20BC6FEC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="781E7B96" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 4.1, 4.2 und 4.3 über 3000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="447814F0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
@@ -14268,51 +14325,50 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1298DFAA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0DC927B2" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">FIA Anhang K: Perioden </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>E-K Klassen</w:t>
             </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> T, CT, GT, GTS über 3000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066605E" w:rsidRPr="007D3B23" w14:paraId="65DA844C" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
@@ -15144,50 +15200,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5FD0B3AE" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>NC 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="648A044F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
@@ -15346,116 +15403,122 @@
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0DC9BB69" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>NC E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F2756D5" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+          <w:p w14:paraId="0F2756D5" w14:textId="3A6C0087" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Opel e-Corsa Cup gem. techn. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Serienbestimmungen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ADAC Opel</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Electric Rally Cup 2025</w:t>
+              <w:t xml:space="preserve"> Electric Rally Cup </w:t>
+            </w:r>
+            <w:r w:rsidR="00974293">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="733AD8E1" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G-Elektro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="466B2A87" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00F647AC" w:rsidRDefault="00E830EE" w:rsidP="00E830EE">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
@@ -15915,69 +15978,69 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Zulassung von Historische Fahrzeuge gemäß Anhang K zum ISG ist ein Technischer Kommissar der Stufe A vorgeschrieben. Darüber hinaus gelten die zusätzlichen Bestimmungen des Art. 4.3 Rallyereglement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D2BC77" w14:textId="1D94EB30" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6748472F" w14:textId="0AD97C5E" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
+    <w:p w14:paraId="6748472F" w14:textId="3EFF8005" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Fahrzeuge der Gruppe F sind nur zugelassen, wenn dessen Getriebe den Ziffern 1.-6. der Allgemeinen Bestimmungen, Definitionen und Klarstellungen zu technischen Reglements </w:t>
       </w:r>
-      <w:r w:rsidR="00B55B26">
+      <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Absatz 2.7 (DMSB-Handbuch, blauer Teil) entspricht. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ADFC80A" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nicht zugelassen sind übliche sequenzielle Sportgetriebe gem. Ziffer 7 vorgenannter Bestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7772E008" w14:textId="77777777" w:rsidR="000D420E" w:rsidRPr="00F647AC" w:rsidRDefault="000D420E" w:rsidP="000D420E">
       <w:pPr>
@@ -16374,50 +16437,51 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="13B87A4A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>RC3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8223" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27383683" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
@@ -16545,92 +16609,90 @@
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Motoren  über</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3712FC86" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>R3 (Turbomotoren bis 1620 ccm / nominal) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260D</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="12797292" w14:textId="77777777" w:rsidTr="0066605E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="308" w:type="dxa"/>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="20A9A31E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>RC5</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26E381CD" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8226" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
@@ -16850,262 +16912,255 @@
         <w:t>Bestimmungen sowie Historische Fahrzeuge gemäß Anhang K zum ISG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761D69F7" w14:textId="6177281B" w:rsidR="009F1F52" w:rsidRPr="00F647AC" w:rsidRDefault="009F1F52" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1254"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="7946"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="8080"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="4ADD6A38" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="4ADD6A38" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="7E4A5358" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="046C53F4" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Gruppen/Divisionen/Hubraumklassen (national verbessert)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="4867BBC3" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="4867BBC3" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1268" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2B40B120" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7946" w:type="dxa"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6BD7D6BD" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:t xml:space="preserve">S2000 Rally: 2.0 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0066605E">
               <w:t>Saug</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0066605E">
               <w:t xml:space="preserve"> Motoren gem. 2013 Anhang J der Art. 254A</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="525600C1" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:t>CTC/CGT Division 20 Gruppe</w:t>
             </w:r>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0066605E">
               <w:t>R5-Fahrzeuge der Homologationsjahre 2011 bis inkl. 2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="17858AA5" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="17858AA5" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4E9B04E6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">NC 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="2C17DC53" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -17273,90 +17328,88 @@
           </w:p>
           <w:p w14:paraId="47D55BDC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5F31E0AF" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>FIA Anhang K: Perioden E-K Klassen T, CT, GT, GTS über 3000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="6D793754" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="6D793754" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="79249316" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="0B2BA736" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe F über 2000 ccm bis 3000 ccm </w:t>
@@ -17509,146 +17562,138 @@
           </w:p>
           <w:p w14:paraId="615A7424" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="66267C3E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>FIA Anhang K: Perioden E-K Klassen T, CT, GT, GTS über 2000 ccm bis 3000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="03284E67" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="03284E67" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5E4C856E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>NC 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="38A7A6CD" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F über 1600 ccm bis 2000 ccm</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12B6D826" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B8EDCD6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3, über 1600 ccm bis 2000 ccm </w:t>
-[...6 lines deleted...]
-              <w:t>Homol.-jahre 1966–inkl.1981</w:t>
+              <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3, über 1600 ccm bis 2000 ccm Homol.-jahre 1966–inkl.1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02BAA59C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D6FF710" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0090281E">
@@ -17797,91 +17842,88 @@
           </w:p>
           <w:p w14:paraId="5E35B343" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D2AEF39" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>FIA Anhang K: Perioden E-K Klassen T, CT, GT, GTS über 1600 ccm bis 2000 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="7BD2FA5D" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="7BD2FA5D" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="3C548016" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>NC 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="10C2AE74" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe F über 1400 ccm bis 1600 ccm</w:t>
@@ -18078,91 +18120,89 @@
           </w:p>
           <w:p w14:paraId="559A8427" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Opel ADAM Cup Fahrzeuge gem. technischen Serienbestimmungen ADAC Rallye Cup 2019 inkl. Bulletins</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23CC9DEB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="3EDFF84C" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="3EDFF84C" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="67DBB240" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="725233D0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -18271,559 +18311,553 @@
           </w:p>
           <w:p w14:paraId="36486F2C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="13DDCBCB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>FIA Anhang K: Perioden E-K Klassen T, CT, GT, GTS bis 1400 ccm</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="45C66EA5" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0066605E" w14:paraId="45C66EA5" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1254" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="31455560" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7960" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="4BE90E94" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+          <w:p w14:paraId="4BE90E94" w14:textId="29298B9D" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Opel e-Corsa Cup gem. techn. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Serienbestimmungen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="0066605E">
+            <w:r w:rsidR="00974293">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ADAC Opel</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Electric Rally Cup 2025</w:t>
+              <w:t xml:space="preserve"> Electric Rally Cup </w:t>
+            </w:r>
+            <w:r w:rsidR="00974293">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46E12147" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G-Elektro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="236EFFEB" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="236EFFEB" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="688F7F37" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="64104190" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5EB01052" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="2C442713" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="2C442713" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="745CA3F3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="00926F59" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00926F59">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="210A895B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Gruppen/Leistungsgewichtsklassen (Seriennah)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="02D80C82" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="02D80C82" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D9BD486" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6E35039A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G LG - kleiner 9 („LG 0 und 1“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="360E8B32" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="360E8B32" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="35647786" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>NC 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6A4A0E2C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G LG ab 9 - kleiner 11 („LG 2“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="29E5D3D9" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="29E5D3D9" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="66FED581" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="5951959F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G LG ab 11 - kleiner 13 („LG 3“)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="18DE82E1" w14:textId="77777777" w:rsidTr="00525BCF">
+      <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="18DE82E1" w14:textId="77777777" w:rsidTr="00974293">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1260" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="70FCF290" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>NC 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7954" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF"/>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="32F26A23" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -18928,69 +18962,69 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00277F39">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Zulassung von Historische Fahrzeuge gemäß Anhang K zum ISG ist ein Technischer Kommissar der Stufe A vorgeschrieben. Darüber hinaus gelten die zusätzlichen Bestimmungen des Art. 4.3 Rallyereglement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148612FD" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRDefault="004A4EEB" w:rsidP="00277F39">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4280D8DE" w14:textId="3B9C28B5" w:rsidR="004A4EEB" w:rsidRPr="004A4EEB" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
+    <w:p w14:paraId="4280D8DE" w14:textId="362CB6CB" w:rsidR="004A4EEB" w:rsidRPr="004A4EEB" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A4EEB">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Fahrzeuge der Gruppe F sind nur zugelassen, wenn dessen Getriebe den Ziffern 1.-6. der Allgemeinen Bestimmungen, Definitionen und Klarstellungen zu technischen Reglements </w:t>
       </w:r>
-      <w:r w:rsidR="00B55B26">
+      <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="004A4EEB">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Absatz 2.7 (DMSB-Handbuch, blauer Teil) entspricht. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="640C9057" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRPr="004A4EEB" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A4EEB">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nicht zugelassen sind übliche sequenzielle Sportgetriebe gem. Ziffer 7 vorgenannter Bestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="686A45BB" w14:textId="77777777" w:rsidR="001E30EE" w:rsidRDefault="001E30EE" w:rsidP="00C65B29">
       <w:pPr>
@@ -20082,89 +20116,95 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35FC8449" w14:textId="5ECBD502" w:rsidR="00315688" w:rsidRPr="0066605E" w:rsidRDefault="00315688" w:rsidP="00EF2385">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00315688">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Die Nennung ist verbindlich, wenn der Veranstalter verbindlich dem Teilnehmer gegenüber brieflich oder mit einem anderen Kommunikationsmittel die Nennung bestätigt oder eine verbindliche Nennliste veröffentlicht hat. Das Nenngeld bleibt ab diesem Zeitpunkt zahlbar. (DMSB V</w:t>
+        <w:t xml:space="preserve">Die Nennung ist verbindlich, wenn der Veranstalter verbindlich dem Teilnehmer gegenüber brieflich </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00315688">
+        <w:rPr>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>oder mit einem anderen Kommunikationsmittel die Nennung bestätigt oder eine verbindliche Nennliste veröffentlicht hat. Das Nenngeld bleibt ab diesem Zeitpunkt zahlbar. (DMSB V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>eranstaltungsreglement</w:t>
       </w:r>
       <w:r w:rsidRPr="00315688">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Art. 6 (4))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="336BBA3D" w14:textId="77777777" w:rsidR="00C72073" w:rsidRPr="00944A30" w:rsidRDefault="00C72073" w:rsidP="00C72073">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Art. 4.6 Nenn</w:t>
       </w:r>
       <w:r w:rsidR="005B2A6E" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>geld</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>erstattung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D48835" w14:textId="77777777" w:rsidR="0056566A" w:rsidRPr="00944A30" w:rsidRDefault="0056566A" w:rsidP="0056566A">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="18"/>
@@ -20366,66 +20406,66 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 5.2</w:t>
       </w:r>
       <w:r w:rsidR="00F52335" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19228108" w14:textId="5752466D" w:rsidR="00F24AB9" w:rsidRDefault="006F64D9" w:rsidP="003E40E2">
+    <w:p w14:paraId="19228108" w14:textId="3B478687" w:rsidR="00F24AB9" w:rsidRDefault="006F64D9" w:rsidP="003E40E2">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">siehe DMSB-Veranstaltungsreglement </w:t>
       </w:r>
-      <w:r w:rsidR="00B55B26">
+      <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="00FF6A6A" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D68F2" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 36</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBCC2C8" w14:textId="77777777" w:rsidR="003756FB" w:rsidRPr="00944A30" w:rsidRDefault="003756FB" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -20445,69 +20485,69 @@
         </w:rPr>
         <w:t>Art. 5.</w:t>
       </w:r>
       <w:r w:rsidR="0062389F" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00F52335" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Freistellung von Ansprüchen des Fahrzeugeigentümers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7733FFB1" w14:textId="532C0A03" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="001A2245">
+    <w:p w14:paraId="7733FFB1" w14:textId="30FF3842" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="001A2245">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">siehe DMSB-Veranstaltungsreglement </w:t>
       </w:r>
-      <w:r w:rsidR="00B55B26">
+      <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="00FF6A6A" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D68F2" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 37</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20E51AF8" w14:textId="77777777" w:rsidR="00F24AB9" w:rsidRPr="00944A30" w:rsidRDefault="00F24AB9" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="104864B4" w14:textId="77777777" w:rsidR="0062389F" w:rsidRPr="00944A30" w:rsidRDefault="0062389F" w:rsidP="00C65B29">
@@ -20519,70 +20559,70 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 5.4</w:t>
       </w:r>
       <w:r w:rsidR="00F52335" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verantwortlichkeit, Änderung der Ausschreibung, Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444C013E" w14:textId="2EE13688" w:rsidR="007D68F2" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00DD585E">
+    <w:p w14:paraId="444C013E" w14:textId="7F54834D" w:rsidR="007D68F2" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00DD585E">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">siehe DMSB-Veranstaltungsreglement </w:t>
       </w:r>
-      <w:r w:rsidR="00B55B26">
+      <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="00FF6A6A" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D68F2" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 39</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D875AD" w14:textId="77777777" w:rsidR="00EA4D46" w:rsidRPr="00944A30" w:rsidRDefault="00EA4D46" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -20837,77 +20877,77 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 7</w:t>
       </w:r>
       <w:r w:rsidR="00F52335" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Bestimmungen für Reifen, die während der Rallye verwendet werden dürfen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30506EC5" w14:textId="408B2F5B" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="00F52335" w:rsidP="007026D1">
+    <w:p w14:paraId="30506EC5" w14:textId="320D12C9" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="00F52335" w:rsidP="007026D1">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">iehe DMSB Rallye Reglement </w:t>
       </w:r>
-      <w:r w:rsidR="00B55B26">
+      <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, Art. </w:t>
       </w:r>
       <w:r w:rsidR="00C00DD6">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Reifen und Felgen, den ergänzenden Bestimmungen für Nationale B Rallye (RALLYE </w:t>
       </w:r>
       <w:r w:rsidR="00B378D1" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>35</w:t>
       </w:r>
@@ -21299,63 +21339,63 @@
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.2 </w:t>
       </w:r>
       <w:r w:rsidR="0062389F" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nationale Regelungen, Maximale Geschwindigkeit auf Wertungsprüfungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01736A49" w14:textId="77777777" w:rsidR="00425A21" w:rsidRPr="00425A21" w:rsidRDefault="00425A21" w:rsidP="00425A21">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>„Bei der Streckenbesichtigung sind die Vorschriften der deutschen Straßenverkehrsordnung (StVO) sowie der Straßenverkehrsbehörden, insbesondere im Hinblick auf di</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Geschwindigkeitsbeschränkungen, unbedingt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> einzuhalten. </w:t>
       </w:r>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es wird darauf hingewiesen, dass bei der Streckenbesichtigung die Wertungsprüfungen nicht gesperrt sind und dadurch jederzeit mit anderen Verkehrsteilnehmern zu rechnen ist. Der Veranstalter kann individuell im Road Book und durch entsprechende Kennzeichnung entlang den Wertungsprüfungsstrecken eine reduzierte Geschwindigkeit gegenüber der deutschen Straßenverkehrsordnung (StVO) für die Besichtigung festlegen. Die Einhaltung dieser Vorschrift </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kann</w:t>
       </w:r>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontrolliert</w:t>
@@ -21475,82 +21515,82 @@
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> gekennzeichnet sein.</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Besichtigungen mit in der Veranstaltung eingesetzten Wettbewerbsfahrzeugen sind nur ohne Startnummern erlaubt. Sollten diese bereits auf dem Fahrzeug angebracht sein, so sind dies</w:t>
       </w:r>
       <w:r w:rsidR="00EF2385" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e mit einem breiten Klebeband (</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>X-Form) abzudecken.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7335CF9E" w14:textId="60C70C85" w:rsidR="007F5F7C" w:rsidRPr="00944A30" w:rsidRDefault="007F5F7C" w:rsidP="00EA4D46">
+    <w:p w14:paraId="7335CF9E" w14:textId="3A8EAA73" w:rsidR="007F5F7C" w:rsidRPr="00944A30" w:rsidRDefault="007F5F7C" w:rsidP="00EA4D46">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Die Einschränkun</w:t>
       </w:r>
       <w:r w:rsidR="007A4FEC" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>gen der Besichtigung siehe DMSB-Rallye-</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Reglement </w:t>
       </w:r>
-      <w:r w:rsidR="00B55B26">
+      <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, Art. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C00DD6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">35 </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sind</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -22548,51 +22588,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="637FF26D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRDefault="0066605E" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B8F0832" w14:textId="1076BD09" w:rsidR="00847720" w:rsidRDefault="00847720" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00F3450A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Abnahme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -23152,75 +23191,75 @@
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.5</w:t>
       </w:r>
       <w:r w:rsidR="005C0964" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Geräuschbestimmungen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30FCEB51" w14:textId="3AD2418B" w:rsidR="008640D0" w:rsidRPr="00944A30" w:rsidRDefault="008640D0" w:rsidP="008640D0">
+    <w:p w14:paraId="30FCEB51" w14:textId="0DE10F27" w:rsidR="008640D0" w:rsidRPr="00944A30" w:rsidRDefault="008640D0" w:rsidP="008640D0">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Es gelten di</w:t>
       </w:r>
       <w:r w:rsidR="005E6B83" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e DMSB-Geräuschvorschriften </w:t>
       </w:r>
-      <w:r w:rsidR="00B55B26">
+      <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="00FF6A6A" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DMSB Handbuch</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -23415,83 +23454,83 @@
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E2A7D" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Installation des Safety Tracking System</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9288"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00944A30" w:rsidRPr="003B3B40" w14:paraId="5E8DA2E6" w14:textId="77777777" w:rsidTr="007026D1">
+      <w:tr w:rsidR="00944A30" w:rsidRPr="00974293" w14:paraId="5E8DA2E6" w14:textId="77777777" w:rsidTr="007026D1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F6EF3D8" w14:textId="77777777" w:rsidR="00C65B29" w:rsidRPr="00944A30" w:rsidRDefault="00C65B29" w:rsidP="007026D1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00944A30" w:rsidRPr="003B3B40" w14:paraId="2D880EB5" w14:textId="77777777" w:rsidTr="007026D1">
+      <w:tr w:rsidR="00944A30" w:rsidRPr="00974293" w14:paraId="2D880EB5" w14:textId="77777777" w:rsidTr="007026D1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7AAF2E16" w14:textId="77777777" w:rsidR="00C65B29" w:rsidRPr="00944A30" w:rsidRDefault="00C65B29" w:rsidP="007026D1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
@@ -24423,71 +24462,71 @@
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0032154B" w:rsidRPr="007D7B24">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verwendung</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0032154B" w:rsidRPr="007D7B24">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> gelber/roter Flaggen</w:t>
       </w:r>
       <w:r w:rsidR="00501B42">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> / weitere Besonderheiten </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="719D93CA" w14:textId="5F6126B9" w:rsidR="0032154B" w:rsidRPr="007D7B24" w:rsidRDefault="0032154B" w:rsidP="00A047B5">
+    <w:p w14:paraId="719D93CA" w14:textId="7328D0A2" w:rsidR="0032154B" w:rsidRPr="007D7B24" w:rsidRDefault="0032154B" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es kommt folgende Flaggenregelung gemäß Rallyereglement </w:t>
       </w:r>
-      <w:r w:rsidR="00B55B26">
-[...3 lines deleted...]
-        <w:t>2025</w:t>
+      <w:r w:rsidR="00974293">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> zur Anwendung. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="453BA9E3" w14:textId="499B69D8" w:rsidR="0032154B" w:rsidRPr="007D7B24" w:rsidRDefault="0032154B" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen26"/>
@@ -25489,50 +25528,51 @@
     <w:p w14:paraId="70C1564B" w14:textId="00E12715" w:rsidR="005C0964" w:rsidRPr="00944A30" w:rsidRDefault="005F313E" w:rsidP="00C65B29">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="005C0964" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00F3450A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="005C0964" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -25587,51 +25627,50 @@
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44185D41" w14:textId="77777777" w:rsidR="005C0964" w:rsidRPr="00944A30" w:rsidRDefault="005C0964" w:rsidP="005C0964">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Kontrollstellenleiter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="75BE5091" w14:textId="77777777" w:rsidR="005C0964" w:rsidRPr="00944A30" w:rsidRDefault="005C0964" w:rsidP="00453E7D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -26813,72 +26852,102 @@
       </w:pPr>
       <w:r w:rsidRPr="00D135C2">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Proteste gegen die mutmaßliche Nicht-Übereinstimmung eines Automobils mit den Vorschriften sind </w:t>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">spätestens 30 Minuten nach Ankunft des letzten Teilnehmers der jeweiligen Klasse einzulegen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60348D69" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B21E53C" w14:textId="3536D1CB" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+    <w:p w14:paraId="5B21E53C" w14:textId="04083FE3" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Für DMSB-genehmigte Veranstaltungen geltenden folgende Kautionen (mehrwertsteuerfrei)</w:t>
+        <w:t xml:space="preserve">Für DMSB-genehmigte </w:t>
+      </w:r>
+      <w:r w:rsidR="00813542">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Serien/ Wettbewerbe</w:t>
+      </w:r>
+      <w:r w:rsidR="00813542" w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B3B40">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>geltenden folgende Kautionen (mehrwertsteuerfrei)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E6424CF" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Berufungskaution</w:t>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
@@ -26909,141 +26978,141 @@
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>1.500,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44C832BE" w14:textId="59C3D313" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+    <w:p w14:paraId="44C832BE" w14:textId="59C3D313" w:rsidR="008A60D6" w:rsidRPr="006C3288" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Status National A</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>1.000,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F4F8B06" w14:textId="688EFCBB" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+    <w:p w14:paraId="4F4F8B06" w14:textId="688EFCBB" w:rsidR="008A60D6" w:rsidRPr="006C3288" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Status National (Rallye 35 /70)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>500,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39954384" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+    <w:p w14:paraId="39954384" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="006C3288" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E4BECBB" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -27083,190 +27152,189 @@
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>500,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02552ADE" w14:textId="488573D1" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+    <w:p w14:paraId="02552ADE" w14:textId="488573D1" w:rsidR="008A60D6" w:rsidRPr="006C3288" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Status National A</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>300,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="185A3EEC" w14:textId="64B6C2A7" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+    <w:p w14:paraId="185A3EEC" w14:textId="64B6C2A7" w:rsidR="008A60D6" w:rsidRPr="006C3288" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Status National (Rallye 35 / 70)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003B3B40">
+      <w:r w:rsidRPr="006C3288">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>100,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="592CA705" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
+    <w:p w14:paraId="592CA705" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="006C3288" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21106002" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ausschließlich für Serien mit Status International (gem. 14.1.1 ISG) beträgt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3FE381" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>die Revisionskaution:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
@@ -28016,68 +28084,68 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00746CAC" w:rsidRPr="00944A30" w:rsidSect="003157C7">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1274" w:bottom="1701" w:left="1418" w:header="426" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AC6373D" w14:textId="77777777" w:rsidR="00A91EF8" w:rsidRPr="00766668" w:rsidRDefault="00A91EF8">
+    <w:p w14:paraId="15F50991" w14:textId="77777777" w:rsidR="00CC20FB" w:rsidRPr="00766668" w:rsidRDefault="00CC20FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0465D276" w14:textId="77777777" w:rsidR="00A91EF8" w:rsidRPr="00766668" w:rsidRDefault="00A91EF8">
+    <w:p w14:paraId="6DC6BE4A" w14:textId="77777777" w:rsidR="00CC20FB" w:rsidRPr="00766668" w:rsidRDefault="00CC20FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -28246,67 +28314,75 @@
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2235"/>
       <w:gridCol w:w="1559"/>
       <w:gridCol w:w="709"/>
       <w:gridCol w:w="4252"/>
     </w:tblGrid>
     <w:tr w:rsidR="0083122E" w:rsidRPr="0083122E" w14:paraId="546DD59B" w14:textId="77777777" w:rsidTr="0083122E">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2235" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="5A1CEC5F" w14:textId="77777777" w:rsidR="0083122E" w:rsidRPr="0083122E" w:rsidRDefault="0083122E" w:rsidP="0083122E">
+        <w:p w14:paraId="5A1CEC5F" w14:textId="218AB123" w:rsidR="0083122E" w:rsidRPr="0083122E" w:rsidRDefault="00577877" w:rsidP="0083122E">
           <w:pPr>
             <w:widowControl/>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:ind w:left="0"/>
             <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:szCs w:val="18"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
           </w:pPr>
           <w:bookmarkStart w:id="4" w:name="_Hlk149742485"/>
-          <w:r w:rsidRPr="0083122E">
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:eastAsia="Times New Roman"/>
+              <w:szCs w:val="18"/>
+              <w:lang w:eastAsia="de-DE"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="0083122E" w:rsidRPr="0083122E">
             <w:rPr>
               <w:rFonts w:eastAsia="Times New Roman"/>
               <w:szCs w:val="18"/>
               <w:lang w:eastAsia="de-DE"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1559" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="22A4E95B" w14:textId="77777777" w:rsidR="0083122E" w:rsidRPr="0083122E" w:rsidRDefault="0083122E" w:rsidP="0083122E">
           <w:pPr>
             <w:widowControl/>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:ind w:left="0"/>
@@ -28506,51 +28582,51 @@
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:u w:val="single"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="02A391EF" w14:textId="77777777" w:rsidR="00070C98" w:rsidRPr="00556920" w:rsidRDefault="00070C98" w:rsidP="003E40E2">
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:ind w:left="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6C3753B7" w14:textId="271D100B" w:rsidR="00070C98" w:rsidRPr="00124B90" w:rsidRDefault="00070C98" w:rsidP="001725E5">
+  <w:p w14:paraId="6C3753B7" w14:textId="37C4629F" w:rsidR="00070C98" w:rsidRPr="00124B90" w:rsidRDefault="00070C98" w:rsidP="001725E5">
     <w:pPr>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9214"/>
       </w:tabs>
       <w:ind w:left="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
@@ -28558,58 +28634,58 @@
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Rallye</w:t>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00E45C26">
+    <w:r w:rsidR="006C3288">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="00A44782">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
@@ -28822,68 +28898,68 @@
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00766668">
       <w:rPr>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00766668">
       <w:rPr>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:br/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38B41353" w14:textId="77777777" w:rsidR="00A91EF8" w:rsidRPr="00766668" w:rsidRDefault="00A91EF8">
+    <w:p w14:paraId="01C112DC" w14:textId="77777777" w:rsidR="00CC20FB" w:rsidRPr="00766668" w:rsidRDefault="00CC20FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="581E17E5" w14:textId="77777777" w:rsidR="00A91EF8" w:rsidRPr="00766668" w:rsidRDefault="00A91EF8">
+    <w:p w14:paraId="18025DBF" w14:textId="77777777" w:rsidR="00CC20FB" w:rsidRPr="00766668" w:rsidRDefault="00CC20FB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16DF0AC9" w14:textId="77777777" w:rsidR="00070C98" w:rsidRDefault="00070C98" w:rsidP="00746CAC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
@@ -32759,103 +32835,106 @@
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F358C4"/>
     <w:rsid w:val="00003583"/>
     <w:rsid w:val="00011830"/>
+    <w:rsid w:val="00014027"/>
     <w:rsid w:val="00023DDE"/>
     <w:rsid w:val="000324F5"/>
     <w:rsid w:val="00047676"/>
     <w:rsid w:val="00053FD9"/>
     <w:rsid w:val="00056381"/>
     <w:rsid w:val="000622BF"/>
     <w:rsid w:val="00070C98"/>
     <w:rsid w:val="00074505"/>
     <w:rsid w:val="0007697A"/>
     <w:rsid w:val="00077A4B"/>
     <w:rsid w:val="00085BFD"/>
     <w:rsid w:val="000A1EAD"/>
+    <w:rsid w:val="000D0457"/>
     <w:rsid w:val="000D2AB9"/>
     <w:rsid w:val="000D420E"/>
     <w:rsid w:val="000E00B3"/>
     <w:rsid w:val="000E4C36"/>
     <w:rsid w:val="000F421A"/>
     <w:rsid w:val="000F7E53"/>
     <w:rsid w:val="00104EED"/>
     <w:rsid w:val="0010584C"/>
     <w:rsid w:val="00124B90"/>
     <w:rsid w:val="00132628"/>
     <w:rsid w:val="00133A8D"/>
     <w:rsid w:val="001359A7"/>
     <w:rsid w:val="00136E81"/>
     <w:rsid w:val="0014140B"/>
     <w:rsid w:val="00146436"/>
     <w:rsid w:val="00154B80"/>
     <w:rsid w:val="001563F3"/>
     <w:rsid w:val="00166026"/>
     <w:rsid w:val="001725E5"/>
     <w:rsid w:val="001905A4"/>
     <w:rsid w:val="00195552"/>
     <w:rsid w:val="001A1610"/>
     <w:rsid w:val="001A2245"/>
     <w:rsid w:val="001B0FC8"/>
     <w:rsid w:val="001C1033"/>
     <w:rsid w:val="001C1662"/>
     <w:rsid w:val="001C66D8"/>
     <w:rsid w:val="001C6A26"/>
     <w:rsid w:val="001D0795"/>
     <w:rsid w:val="001D1EB5"/>
     <w:rsid w:val="001D5637"/>
     <w:rsid w:val="001D697D"/>
     <w:rsid w:val="001E30EE"/>
     <w:rsid w:val="001E42AD"/>
     <w:rsid w:val="001E62BC"/>
     <w:rsid w:val="001F39A7"/>
     <w:rsid w:val="00212E68"/>
     <w:rsid w:val="00242358"/>
     <w:rsid w:val="002426EA"/>
     <w:rsid w:val="00252E64"/>
     <w:rsid w:val="002532F3"/>
+    <w:rsid w:val="00260AB5"/>
     <w:rsid w:val="002637FE"/>
     <w:rsid w:val="00264312"/>
     <w:rsid w:val="002648E4"/>
     <w:rsid w:val="00264C61"/>
     <w:rsid w:val="00265F81"/>
     <w:rsid w:val="002667FB"/>
     <w:rsid w:val="00267A24"/>
     <w:rsid w:val="00277F39"/>
     <w:rsid w:val="00284924"/>
     <w:rsid w:val="002972BC"/>
     <w:rsid w:val="002A1E66"/>
     <w:rsid w:val="002B5432"/>
     <w:rsid w:val="002D3AD4"/>
     <w:rsid w:val="002F701F"/>
     <w:rsid w:val="00312898"/>
     <w:rsid w:val="0031356C"/>
     <w:rsid w:val="00315688"/>
     <w:rsid w:val="003157C7"/>
     <w:rsid w:val="0032005C"/>
     <w:rsid w:val="0032154B"/>
     <w:rsid w:val="00321B16"/>
     <w:rsid w:val="00322D90"/>
     <w:rsid w:val="00347E55"/>
     <w:rsid w:val="00351A4F"/>
     <w:rsid w:val="00360C1D"/>
@@ -32894,197 +32973,204 @@
     <w:rsid w:val="004A4EEB"/>
     <w:rsid w:val="004A7A38"/>
     <w:rsid w:val="004B2117"/>
     <w:rsid w:val="004C0505"/>
     <w:rsid w:val="004C3CA4"/>
     <w:rsid w:val="004C3DF6"/>
     <w:rsid w:val="004C6DC4"/>
     <w:rsid w:val="004E6170"/>
     <w:rsid w:val="004F2514"/>
     <w:rsid w:val="004F51C7"/>
     <w:rsid w:val="0050195D"/>
     <w:rsid w:val="00501B42"/>
     <w:rsid w:val="00504739"/>
     <w:rsid w:val="0050651E"/>
     <w:rsid w:val="00515068"/>
     <w:rsid w:val="00522178"/>
     <w:rsid w:val="00526F2D"/>
     <w:rsid w:val="00536530"/>
     <w:rsid w:val="00536F01"/>
     <w:rsid w:val="005461B3"/>
     <w:rsid w:val="005472D7"/>
     <w:rsid w:val="00556920"/>
     <w:rsid w:val="00561E3B"/>
     <w:rsid w:val="0056566A"/>
     <w:rsid w:val="00576B68"/>
+    <w:rsid w:val="00577877"/>
     <w:rsid w:val="005A5330"/>
     <w:rsid w:val="005A572A"/>
     <w:rsid w:val="005B1AFC"/>
     <w:rsid w:val="005B2A6E"/>
     <w:rsid w:val="005B7E87"/>
     <w:rsid w:val="005C0964"/>
     <w:rsid w:val="005C54EA"/>
     <w:rsid w:val="005E1D92"/>
     <w:rsid w:val="005E50F6"/>
     <w:rsid w:val="005E6B83"/>
     <w:rsid w:val="005E7190"/>
     <w:rsid w:val="005F313E"/>
     <w:rsid w:val="00604C95"/>
     <w:rsid w:val="0062389F"/>
     <w:rsid w:val="00643090"/>
     <w:rsid w:val="0065145A"/>
     <w:rsid w:val="0065417F"/>
     <w:rsid w:val="0066605E"/>
     <w:rsid w:val="00680FD7"/>
     <w:rsid w:val="00685D15"/>
     <w:rsid w:val="00687668"/>
     <w:rsid w:val="006946E2"/>
     <w:rsid w:val="0069739F"/>
     <w:rsid w:val="006A09BB"/>
     <w:rsid w:val="006A2993"/>
     <w:rsid w:val="006B25A7"/>
+    <w:rsid w:val="006C3288"/>
     <w:rsid w:val="006E1C3E"/>
     <w:rsid w:val="006E7580"/>
     <w:rsid w:val="006F5BF3"/>
     <w:rsid w:val="006F64D9"/>
     <w:rsid w:val="00700013"/>
     <w:rsid w:val="007026D1"/>
     <w:rsid w:val="00710004"/>
     <w:rsid w:val="007125E8"/>
     <w:rsid w:val="007252FC"/>
     <w:rsid w:val="0072769B"/>
     <w:rsid w:val="00737530"/>
     <w:rsid w:val="0074036D"/>
     <w:rsid w:val="0074205A"/>
     <w:rsid w:val="007434F8"/>
     <w:rsid w:val="00746CAC"/>
     <w:rsid w:val="00751A5F"/>
     <w:rsid w:val="007547D1"/>
     <w:rsid w:val="00764AD6"/>
     <w:rsid w:val="0078771E"/>
     <w:rsid w:val="007A10D4"/>
     <w:rsid w:val="007A4FEC"/>
     <w:rsid w:val="007A7135"/>
     <w:rsid w:val="007D14D4"/>
     <w:rsid w:val="007D68F2"/>
     <w:rsid w:val="007D7B24"/>
     <w:rsid w:val="007F5F7C"/>
     <w:rsid w:val="00801D3C"/>
     <w:rsid w:val="00805DD7"/>
     <w:rsid w:val="008100CC"/>
     <w:rsid w:val="00812507"/>
+    <w:rsid w:val="00813542"/>
     <w:rsid w:val="00824C04"/>
     <w:rsid w:val="00825FDF"/>
     <w:rsid w:val="0083122E"/>
     <w:rsid w:val="0083611E"/>
     <w:rsid w:val="00847720"/>
     <w:rsid w:val="008541A9"/>
     <w:rsid w:val="00863DFE"/>
     <w:rsid w:val="008640D0"/>
     <w:rsid w:val="00871C1A"/>
     <w:rsid w:val="00882BF6"/>
     <w:rsid w:val="00882EFD"/>
     <w:rsid w:val="008850C8"/>
     <w:rsid w:val="00892803"/>
     <w:rsid w:val="008A60D6"/>
     <w:rsid w:val="008B1DCE"/>
     <w:rsid w:val="008B213D"/>
     <w:rsid w:val="008B3E27"/>
     <w:rsid w:val="008C523B"/>
     <w:rsid w:val="008E2A7D"/>
     <w:rsid w:val="00900CE7"/>
     <w:rsid w:val="00903D54"/>
     <w:rsid w:val="00905186"/>
     <w:rsid w:val="00922084"/>
     <w:rsid w:val="00926F59"/>
     <w:rsid w:val="00941B25"/>
     <w:rsid w:val="00944A30"/>
     <w:rsid w:val="00944A95"/>
     <w:rsid w:val="00954690"/>
     <w:rsid w:val="00960FBB"/>
     <w:rsid w:val="00970A2E"/>
     <w:rsid w:val="009710A1"/>
+    <w:rsid w:val="00974293"/>
     <w:rsid w:val="009942A1"/>
     <w:rsid w:val="009944E5"/>
     <w:rsid w:val="00995C45"/>
     <w:rsid w:val="009A682B"/>
     <w:rsid w:val="009B6609"/>
     <w:rsid w:val="009C263D"/>
     <w:rsid w:val="009C4045"/>
     <w:rsid w:val="009D3131"/>
     <w:rsid w:val="009F1F52"/>
     <w:rsid w:val="009F261F"/>
     <w:rsid w:val="009F55D9"/>
     <w:rsid w:val="00A047B5"/>
     <w:rsid w:val="00A16E9E"/>
+    <w:rsid w:val="00A252C1"/>
     <w:rsid w:val="00A3041D"/>
     <w:rsid w:val="00A3571F"/>
     <w:rsid w:val="00A4133F"/>
     <w:rsid w:val="00A42467"/>
     <w:rsid w:val="00A44782"/>
     <w:rsid w:val="00A52104"/>
     <w:rsid w:val="00A521DD"/>
     <w:rsid w:val="00A6202D"/>
     <w:rsid w:val="00A81446"/>
     <w:rsid w:val="00A91EF8"/>
     <w:rsid w:val="00A923D3"/>
     <w:rsid w:val="00AA1A62"/>
     <w:rsid w:val="00AA4155"/>
     <w:rsid w:val="00AB140C"/>
     <w:rsid w:val="00AC1CFB"/>
     <w:rsid w:val="00AC1E11"/>
     <w:rsid w:val="00AC2F97"/>
     <w:rsid w:val="00AE4AFA"/>
     <w:rsid w:val="00AE4CF5"/>
     <w:rsid w:val="00B378D1"/>
     <w:rsid w:val="00B55B26"/>
     <w:rsid w:val="00B76A82"/>
     <w:rsid w:val="00B83170"/>
     <w:rsid w:val="00B94585"/>
     <w:rsid w:val="00BB42FC"/>
     <w:rsid w:val="00BC1B33"/>
     <w:rsid w:val="00BC3260"/>
     <w:rsid w:val="00BC75F8"/>
     <w:rsid w:val="00BD18D2"/>
     <w:rsid w:val="00BD49D6"/>
     <w:rsid w:val="00BF4837"/>
     <w:rsid w:val="00C00DD6"/>
     <w:rsid w:val="00C129AA"/>
     <w:rsid w:val="00C232F0"/>
     <w:rsid w:val="00C5172B"/>
     <w:rsid w:val="00C57017"/>
     <w:rsid w:val="00C6187B"/>
     <w:rsid w:val="00C61A6E"/>
     <w:rsid w:val="00C65B29"/>
     <w:rsid w:val="00C72073"/>
     <w:rsid w:val="00C732B4"/>
+    <w:rsid w:val="00C806D6"/>
     <w:rsid w:val="00C80B8B"/>
     <w:rsid w:val="00C91E8F"/>
     <w:rsid w:val="00C9256F"/>
     <w:rsid w:val="00CA056F"/>
     <w:rsid w:val="00CB5D15"/>
     <w:rsid w:val="00CB63D9"/>
+    <w:rsid w:val="00CC20FB"/>
     <w:rsid w:val="00CC4468"/>
     <w:rsid w:val="00CC6714"/>
     <w:rsid w:val="00CF7386"/>
     <w:rsid w:val="00D043BB"/>
     <w:rsid w:val="00D06453"/>
     <w:rsid w:val="00D135C2"/>
     <w:rsid w:val="00D23593"/>
     <w:rsid w:val="00D25A73"/>
     <w:rsid w:val="00D3758D"/>
     <w:rsid w:val="00D377BD"/>
     <w:rsid w:val="00D45A5C"/>
     <w:rsid w:val="00D50B4E"/>
     <w:rsid w:val="00D611B1"/>
     <w:rsid w:val="00D668ED"/>
     <w:rsid w:val="00D83402"/>
     <w:rsid w:val="00D83419"/>
     <w:rsid w:val="00D83629"/>
     <w:rsid w:val="00D84E5E"/>
     <w:rsid w:val="00D96943"/>
     <w:rsid w:val="00D970A3"/>
     <w:rsid w:val="00DA6138"/>
     <w:rsid w:val="00DA7C7E"/>
     <w:rsid w:val="00DB3CEA"/>
     <w:rsid w:val="00DC1D10"/>
     <w:rsid w:val="00DD585E"/>
@@ -34647,82 +34733,82 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFCDEB37-E8DF-4B78-A3C2-00094C227B74}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>4889</Words>
-  <Characters>30807</Characters>
+  <Words>4950</Words>
+  <Characters>31191</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>256</Lines>
-  <Paragraphs>71</Paragraphs>
+  <Lines>259</Lines>
+  <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>INHALTVERZEICHNIS</vt:lpstr>
       <vt:lpstr>INHALTVERZEICHNIS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35625</CharactersWithSpaces>
+  <CharactersWithSpaces>36069</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7798843</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.dmsb.de/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2228344</vt:i4>
       </vt:variant>
       <vt:variant>