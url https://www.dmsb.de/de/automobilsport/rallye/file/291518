--- v2 (2026-01-22)
+++ v3 (2026-02-11)
@@ -1133,93 +1133,75 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51B2E8BE" w14:textId="66AF1823" w:rsidR="00EB11BC" w:rsidRPr="00944A30" w:rsidRDefault="00E718D4" w:rsidP="00C65B29">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00944A30">
+        <w:t>Art. 1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB140C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>1.2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB140C">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
+        <w:t>Streckenbesch</w:t>
+      </w:r>
+      <w:r w:rsidR="00526F2D" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Streckenbesch</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">affenheit </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1809"/>
         <w:gridCol w:w="945"/>
         <w:gridCol w:w="1316"/>
         <w:gridCol w:w="1316"/>
         <w:gridCol w:w="1316"/>
         <w:gridCol w:w="1316"/>
       </w:tblGrid>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="2F90224E" w14:textId="77777777" w:rsidTr="00284924">
@@ -1490,85 +1472,67 @@
     <w:p w14:paraId="562E3DFD" w14:textId="77777777" w:rsidR="00E718D4" w:rsidRPr="00944A30" w:rsidRDefault="00E718D4" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="470CE5B5" w14:textId="2652F0E1" w:rsidR="0069739F" w:rsidRPr="00944A30" w:rsidRDefault="00E718D4" w:rsidP="00F64734">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00944A30">
+        <w:t>Art. 1.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB140C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>1.3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB140C">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> der Wertungsprüfungen und </w:t>
+        <w:t xml:space="preserve">Streckenlänge der Wertungsprüfungen und </w:t>
       </w:r>
       <w:r w:rsidR="0069739F" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">gesamten </w:t>
       </w:r>
       <w:r w:rsidR="00526F2D" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Veranstaltung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1923,143 +1887,113 @@
     <w:p w14:paraId="02FFCDD9" w14:textId="77777777" w:rsidR="00F52335" w:rsidRPr="00944A30" w:rsidRDefault="00F52335">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A88AC37" w14:textId="2C443CAB" w:rsidR="006F64D9" w:rsidRPr="00AB140C" w:rsidRDefault="00F52335" w:rsidP="0062389F">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AB140C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB140C">
+        <w:t>Art. 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB140C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB140C">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0069739F" w:rsidRPr="00AB140C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>Organisation</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="58437E2B" w14:textId="4DB9437D" w:rsidR="0069739F" w:rsidRDefault="009B6609" w:rsidP="00C65B29">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00944A30">
+        <w:t>Art. 2.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB140C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2.1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB140C">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00E718D4" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> und Titel zu denen die Rallye gewertet wird. </w:t>
+        <w:t xml:space="preserve">Meisterschaften und Titel zu denen die Rallye gewertet wird. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4644"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D377BD" w:rsidRPr="00D377BD" w14:paraId="36AC847B" w14:textId="77777777" w:rsidTr="00D377BD">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
@@ -2816,85 +2750,67 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1554DFA8" w14:textId="1F862B5D" w:rsidR="00E718D4" w:rsidRPr="00944A30" w:rsidRDefault="00E718D4" w:rsidP="00E718D4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Art. 2.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB140C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2.3</w:t>
-[...24 lines deleted...]
-        <w:t>-Name, Adresse und Kontaktdaten</w:t>
+        <w:t>Veranstalter-Name, Adresse und Kontaktdaten</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2660"/>
         <w:gridCol w:w="6662"/>
       </w:tblGrid>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="0060BBBD" w14:textId="77777777" w:rsidTr="00556920">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7414F842" w14:textId="77777777" w:rsidR="00A6202D" w:rsidRPr="00944A30" w:rsidRDefault="00556920" w:rsidP="0062389F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
@@ -3340,85 +3256,67 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4678101A" w14:textId="6DB2BA05" w:rsidR="004C0505" w:rsidRPr="00944A30" w:rsidRDefault="00E718D4" w:rsidP="00C65B29">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00944A30">
+        <w:t>Art. 2.4</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB140C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2.4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB140C">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="002667FB" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Organisationskomitee </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2206"/>
         <w:gridCol w:w="7116"/>
       </w:tblGrid>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="3BA784D8" w14:textId="77777777" w:rsidTr="007026D1">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="070E853F" w14:textId="77777777" w:rsidR="001A1610" w:rsidRPr="00944A30" w:rsidRDefault="001A1610" w:rsidP="002B5432">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
@@ -3541,85 +3439,67 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77A4F1B2" w14:textId="2E1153B9" w:rsidR="00556920" w:rsidRPr="00D377BD" w:rsidRDefault="00D377BD" w:rsidP="00D377BD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Art. 2.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB140C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2.5</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Sportkommissare </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="71" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
@@ -3695,60 +3575,58 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5118A3D3" w14:textId="4C9F57BF" w:rsidR="00AB140C" w:rsidRPr="00D377BD" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="34"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D377BD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DMSB Lizenznummer</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB140C" w:rsidRPr="008A5944" w14:paraId="0BFB1277" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0FD72EA7" w14:textId="77777777" w:rsidR="00AB140C" w:rsidRPr="00AC1E11" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
@@ -4038,81 +3916,70 @@
     <w:p w14:paraId="178174F1" w14:textId="533D3840" w:rsidR="00556920" w:rsidRPr="00944A30" w:rsidRDefault="00556920" w:rsidP="00556920">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Art. 2.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB140C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2.6</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>DMSB</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00764AD6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00764AD6" w:rsidRPr="00892803">
         <w:rPr>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ADAC / AvD / DMV / ADMV</w:t>
       </w:r>
       <w:r w:rsidR="00764AD6" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4361,78 +4228,68 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="506FDBFE" w14:textId="4320CD91" w:rsidR="00E718D4" w:rsidRPr="00944A30" w:rsidRDefault="00E718D4" w:rsidP="00E718D4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Art. 2.7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB140C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>2.7</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>Offizielle</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AB140C" w:rsidRPr="00944A30" w14:paraId="626CFFCE" w14:textId="77777777" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4496,60 +4353,58 @@
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00589C33" w14:textId="435BFC02" w:rsidR="00AB140C" w:rsidRPr="00AB140C" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="120"/>
               <w:ind w:left="34"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00D377BD">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DMSB Lizenznummer</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB140C" w:rsidRPr="00944A30" w14:paraId="14B1E5C6" w14:textId="12E90F4C" w:rsidTr="00AB140C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A95EB45" w14:textId="77777777" w:rsidR="00AB140C" w:rsidRPr="00AC1E11" w:rsidRDefault="00AB140C" w:rsidP="00AB140C">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC1E11">
@@ -6379,74 +6234,72 @@
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="7DE7DB2F" w14:textId="77777777" w:rsidTr="007026D1">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="442A348D" w14:textId="6FA2E5C2" w:rsidR="004C0505" w:rsidRPr="00944A30" w:rsidRDefault="004C0505" w:rsidP="0062389F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0" w:right="-170"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLZ</w:t>
             </w:r>
             <w:r w:rsidR="00386625">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ort</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7654" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="222EF132" w14:textId="77777777" w:rsidR="004C0505" w:rsidRPr="00944A30" w:rsidRDefault="004C0505" w:rsidP="007026D1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
@@ -6530,65 +6383,56 @@
       </w:tr>
       <w:tr w:rsidR="004C0505" w:rsidRPr="00944A30" w14:paraId="3210B87B" w14:textId="77777777" w:rsidTr="007026D1">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A61E010" w14:textId="77777777" w:rsidR="004C0505" w:rsidRPr="00944A30" w:rsidRDefault="004C0505" w:rsidP="0062389F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Email</w:t>
-[...7 lines deleted...]
-              <w:t>.:</w:t>
+              <w:t>Email.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7654" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="17DDC664" w14:textId="77777777" w:rsidR="004C0505" w:rsidRPr="00944A30" w:rsidRDefault="004C0505" w:rsidP="007026D1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="33"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="18"/>
@@ -8185,67 +8029,51 @@
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dokumentenabnahme</w:t>
             </w:r>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(Prüfung der </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Ausgabe der Startnummern, Rallyeschilder, Serviceunterlagen und sonstiger Unterlagen)</w:t>
+              <w:t>(Prüfung der Dokumente , Ausgabe der Startnummern, Rallyeschilder, Serviceunterlagen und sonstiger Unterlagen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F0912B" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
             <w:pPr>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1440" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75FDD95D" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00F52335">
@@ -10932,65 +10760,51 @@
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Rally4 (Saug-Motoren über 1390 ccm bis 2000 ccm und Turbomotoren über 927 ccm bis 1333 ccm) - homologiert ab 01.01.2019 gem. 2026 Anhang J der FIA Art. 260, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EA8DB7C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>R3 (Saug-</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
+              <w:t>R3 (Saug-Motoren  über 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EF8FC63" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>R3 (Turbomotoren bis 1620 ccm / nominal) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260D</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="509D6315" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11181,65 +10995,51 @@
     <w:p w14:paraId="7E540472" w14:textId="77777777" w:rsidR="00C9256F" w:rsidRPr="00F647AC" w:rsidRDefault="00C9256F" w:rsidP="00D377BD">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="783B74EF" w14:textId="51C622CB" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="00812507" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidR="004F51C7" w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
-        <w:t xml:space="preserve">.2 Fahrzeuge gemäß nationalen technischen </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> sowie historische Fahrzeuge gemäß Anhang K der FIA. </w:t>
+        <w:t xml:space="preserve">.2 Fahrzeuge gemäß nationalen technischen DMSB Bestimmungen sowie historische Fahrzeuge gemäß Anhang K der FIA. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39319E9D" w14:textId="3F9EB0D8" w:rsidR="009F1F52" w:rsidRDefault="009F1F52" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="8221"/>
       </w:tblGrid>
@@ -12569,65 +12369,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 bis 1400 ccm Homol.-jahre 1966–inkl.1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="543ABBF5" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C498A8E" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT </w:t>
-[...13 lines deleted...]
-              <w:t>, 4.2 und 4.3 bis 1400 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+              <w:t>CTC/CGT Division  4.1, 4.2 und 4.3 bis 1400 ccm Homol.-jahre 1970–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C5560A5" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52698BE8" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8 </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="362927B0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
@@ -12743,67 +12529,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Opel e-Corsa Cup gem. techn. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Serienbestimmungen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Electric Rally Cup 2025</w:t>
+              <w:t xml:space="preserve"> ADAC Opel Electric Rally Cup 2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D08E60C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G-Elektro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="76180EA5" w14:textId="77777777" w:rsidR="00E830EE" w:rsidRPr="00F647AC" w:rsidRDefault="00E830EE" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
         </w:rPr>
@@ -13666,65 +13436,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anhang J der FIA Art. 260, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7591A0FE" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>R3 (Saug-</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) – homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
+              <w:t>R3 (Saug-Motoren  über 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) – homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EDA223D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>R3 (Turbomotoren bis 1620 ccm / nominal) – homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260D</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="0FC8F084" w14:textId="77777777" w:rsidTr="00525BCF">
         <w:trPr>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
@@ -13950,67 +13706,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DF684F5" w14:textId="77777777" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="00812507" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidR="004F51C7" w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">.2 Fahrzeuge gemäß nationalen technischen </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> sowie Historische Fahrzeuge gemäß Anhang K zum ISG</w:t>
+        <w:t>.2 Fahrzeuge gemäß nationalen technischen DMSB Bestimmungen sowie Historische Fahrzeuge gemäß Anhang K zum ISG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4973E2CB" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRDefault="004A4EEB" w:rsidP="00E830EE">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9214" w:type="dxa"/>
         <w:tblInd w:w="57" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="8221"/>
       </w:tblGrid>
@@ -14697,65 +14437,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3, über 1600 ccm bis 2000 ccm Homol.-jahre 1966–inkl.1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3084C5F7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="70AB6A98" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT </w:t>
-[...13 lines deleted...]
-              <w:t>, 4.2 und 4.3 über 1600 ccm bis 2000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+              <w:t>CTC/CGT Division  4.1, 4.2 und 4.3 über 1600 ccm bis 2000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B254F90" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="616A3B60" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4374B9A7" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
@@ -14986,65 +14712,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1966–inkl.1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4609E8B3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0530FFBC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT </w:t>
-[...13 lines deleted...]
-              <w:t>, 4.2 und 4.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+              <w:t>CTC/CGT Division  4.1, 4.2 und 4.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1970–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43CF8791" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B90AF54" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48A2E156" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
@@ -15277,65 +14989,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 bis 1400 ccm Homol.-jahre 1966–inkl.1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21F023DB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="149C5776" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT </w:t>
-[...13 lines deleted...]
-              <w:t>, 4.2 und 4.3 bis 1400 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+              <w:t>CTC/CGT Division  4.1, 4.2 und 4.3 bis 1400 ccm Homol.-jahre 1970–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CD4079C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7D34B8EB" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D3B23">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AA719FC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="007D3B23" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
@@ -15451,67 +15149,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Opel e-Corsa Cup gem. techn. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Serienbestimmungen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Electric Rally Cup </w:t>
+              <w:t xml:space="preserve"> ADAC Opel Electric Rally Cup </w:t>
             </w:r>
             <w:r w:rsidR="00974293">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="733AD8E1" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G-Elektro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -15951,65 +15633,65 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Weitere Gruppen und Klassen gem. DMSB-Richtlinien für die Genehmigung einer Serie/Veranstaltung im Automobilsport.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="185369CE" w14:textId="77777777" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="004F51C7" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="530EBCEE" w14:textId="7E9C2209" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="004F51C7" w:rsidP="004F51C7">
+    <w:p w14:paraId="530EBCEE" w14:textId="2D363879" w:rsidR="004F51C7" w:rsidRPr="00F647AC" w:rsidRDefault="004F51C7" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bei Zulassung von Historische Fahrzeuge gemäß Anhang K zum ISG ist ein Technischer Kommissar der Stufe A vorgeschrieben. Darüber hinaus gelten die zusätzlichen Bestimmungen des Art. 4.3 Rallyereglement. </w:t>
+        <w:t xml:space="preserve">Darüber hinaus gelten die zusätzlichen Bestimmungen des Art. 4.3 Rallyereglement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D2BC77" w14:textId="1D94EB30" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004F51C7">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6748472F" w14:textId="3EFF8005" w:rsidR="004A4EEB" w:rsidRPr="00F647AC" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F647AC">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Fahrzeuge der Gruppe F sind nur zugelassen, wenn dessen Getriebe den Ziffern 1.-6. der Allgemeinen Bestimmungen, Definitionen und Klarstellungen zu technischen Reglements </w:t>
@@ -16437,51 +16119,50 @@
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="13B87A4A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>RC3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8223" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="27383683" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
@@ -16522,50 +16203,51 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="587518F3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>RC4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8223" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="57" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="1F4B002A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
@@ -16581,65 +16263,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>2026</w:t>
             </w:r>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Anhang J der FIA Art. 260, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B521597" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>R3 (Saug-</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
+              <w:t>R3 (Saug-Motoren  über 1600 ccm bis 2000 ccm und Turbomotoren über 1067 ccm bis 1333 ccm) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3712FC86" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>R3 (Turbomotoren bis 1620 ccm / nominal) - homologiert bis 31.12.2019 gem. 2019 Anhang J der FIA Art. 260D</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0066605E" w:rsidRPr="0090281E" w14:paraId="12797292" w14:textId="77777777" w:rsidTr="0066605E">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="308" w:type="dxa"/>
           <w:trHeight w:val="60"/>
         </w:trPr>
         <w:tc>
@@ -17208,115 +16876,87 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 3000 ccm Homol.-jahre 1966–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E35D8E0" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="72CE0E5F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>CTC/CGT Division  4.1, 4.2 und 4.3 über 3000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="660A3C3C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31B5AF07" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Division  4.1</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2208623B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
+            <w:pPr>
+              <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>, 4.2 und 4.3 über 3000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
-[...49 lines deleted...]
-              <w:t xml:space="preserve">.-jahre 1982–inkl. </w:t>
+              <w:t xml:space="preserve">über 3000 ccm  Homol.-jahre 1982–inkl. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>2018</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36AD3E3C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2F39649B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
@@ -17671,65 +17311,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3, über 1600 ccm bis 2000 ccm Homol.-jahre 1966–inkl.1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02BAA59C" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D6FF710" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT </w:t>
-[...13 lines deleted...]
-              <w:t>, 4.2 und 4.3 über 1600 ccm bis 2000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+              <w:t>CTC/CGT Division  4.1, 4.2 und 4.3 über 1600 ccm bis 2000 ccm Homol.-jahre 1970–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B65ECCA" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7039F944" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B1C9784" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
@@ -17948,65 +17574,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1966–inkl.1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FD0E484" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BDB5247" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT </w:t>
-[...13 lines deleted...]
-              <w:t>, 4.2 und 4.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+              <w:t>CTC/CGT Division  4.1, 4.2 und 4.3 über 1400 ccm bis 1600 ccm Homol.-jahre 1970–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17F03BB9" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="762FD815" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2481A075" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
@@ -18228,65 +17840,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 1.1, 1.2, 1.3, 2.1, 2.2, 2.3, 3.1, 3.2, 3.3 bis 1400 ccm Homol.-jahre 1966–inkl.1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F461DF6" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1FF84D3F" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTC/CGT </w:t>
-[...13 lines deleted...]
-              <w:t>, 4.2 und 4.3 bis 1400 ccm Homol.-jahre 1970–inkl. 1981</w:t>
+              <w:t>CTC/CGT Division  4.1, 4.2 und 4.3 bis 1400 ccm Homol.-jahre 1970–inkl. 1981</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13B82C6D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1B8D1077" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>CTC/CGT Division 6, 6.1, 6.2, 7, 7.1, 7.2 und 8</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DBD67EC" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
@@ -18392,65 +17990,56 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Opel e-Corsa Cup gem. techn. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Serienbestimmungen</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00974293">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ADAC Opel</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Electric Rally Cup </w:t>
+              <w:t xml:space="preserve">ADAC Opel Electric Rally Cup </w:t>
             </w:r>
             <w:r w:rsidR="00974293">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46E12147" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0066605E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0066605E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Gruppe G-Elektro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -18531,51 +18120,50 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="745CA3F3" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="00926F59" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00926F59">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="210A895B" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -18603,50 +18191,51 @@
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="4D9BD486" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090281E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>NC 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8080" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="74" w:type="dxa"/>
               <w:left w:w="57" w:type="dxa"/>
               <w:bottom w:w="74" w:type="dxa"/>
               <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w14:paraId="6E35039A" w14:textId="77777777" w:rsidR="0066605E" w:rsidRPr="0090281E" w:rsidRDefault="0066605E" w:rsidP="00525BCF">
             <w:pPr>
               <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -18935,65 +18524,65 @@
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00277F39">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Weitere Gruppen und Klassen gem. DMSB-Richtlinien für die Genehmigung einer Serie/Veranstaltung im Automobilsport.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3314F857" w14:textId="77777777" w:rsidR="004F51C7" w:rsidRPr="00277F39" w:rsidRDefault="004F51C7" w:rsidP="00277F39">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4687F261" w14:textId="510A55B0" w:rsidR="004F51C7" w:rsidRDefault="004F51C7" w:rsidP="00277F39">
+    <w:p w14:paraId="4687F261" w14:textId="14214317" w:rsidR="004F51C7" w:rsidRDefault="004F51C7" w:rsidP="00277F39">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00277F39">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bei Zulassung von Historische Fahrzeuge gemäß Anhang K zum ISG ist ein Technischer Kommissar der Stufe A vorgeschrieben. Darüber hinaus gelten die zusätzlichen Bestimmungen des Art. 4.3 Rallyereglement. </w:t>
+        <w:t xml:space="preserve">Darüber hinaus gelten die zusätzlichen Bestimmungen des Art. 4.3 Rallyereglement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148612FD" w14:textId="77777777" w:rsidR="004A4EEB" w:rsidRDefault="004A4EEB" w:rsidP="00277F39">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4280D8DE" w14:textId="362CB6CB" w:rsidR="004A4EEB" w:rsidRPr="004A4EEB" w:rsidRDefault="004A4EEB" w:rsidP="004A4EEB">
       <w:pPr>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A4EEB">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Fahrzeuge der Gruppe F sind nur zugelassen, wenn dessen Getriebe den Ziffern 1.-6. der Allgemeinen Bestimmungen, Definitionen und Klarstellungen zu technischen Reglements </w:t>
@@ -20116,95 +19705,89 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35FC8449" w14:textId="5ECBD502" w:rsidR="00315688" w:rsidRPr="0066605E" w:rsidRDefault="00315688" w:rsidP="00EF2385">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00315688">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Nennung ist verbindlich, wenn der Veranstalter verbindlich dem Teilnehmer gegenüber brieflich </w:t>
-[...6 lines deleted...]
-        <w:t>oder mit einem anderen Kommunikationsmittel die Nennung bestätigt oder eine verbindliche Nennliste veröffentlicht hat. Das Nenngeld bleibt ab diesem Zeitpunkt zahlbar. (DMSB V</w:t>
+        <w:t>Die Nennung ist verbindlich, wenn der Veranstalter verbindlich dem Teilnehmer gegenüber brieflich oder mit einem anderen Kommunikationsmittel die Nennung bestätigt oder eine verbindliche Nennliste veröffentlicht hat. Das Nenngeld bleibt ab diesem Zeitpunkt zahlbar. (DMSB V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>eranstaltungsreglement</w:t>
       </w:r>
       <w:r w:rsidRPr="00315688">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Art. 6 (4))</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="336BBA3D" w14:textId="77777777" w:rsidR="00C72073" w:rsidRPr="00944A30" w:rsidRDefault="00C72073" w:rsidP="00C72073">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Art. 4.6 Nenn</w:t>
       </w:r>
       <w:r w:rsidR="005B2A6E" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>geld</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>erstattung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D48835" w14:textId="77777777" w:rsidR="0056566A" w:rsidRPr="00944A30" w:rsidRDefault="0056566A" w:rsidP="0056566A">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="18"/>
@@ -20559,84 +20142,91 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 5.4</w:t>
       </w:r>
       <w:r w:rsidR="00F52335" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Verantwortlichkeit, Änderung der Ausschreibung, Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444C013E" w14:textId="7F54834D" w:rsidR="007D68F2" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00DD585E">
+    <w:p w14:paraId="444C013E" w14:textId="78E05F49" w:rsidR="007D68F2" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00DD585E">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">siehe DMSB-Veranstaltungsreglement </w:t>
       </w:r>
       <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="00FF6A6A" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D68F2" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Art. 39</w:t>
+        <w:t xml:space="preserve">Art. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B27E35">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>38-40</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D875AD" w14:textId="77777777" w:rsidR="00EA4D46" w:rsidRPr="00944A30" w:rsidRDefault="00EA4D46" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="352732A2" w14:textId="77777777" w:rsidR="0062389F" w:rsidRPr="00944A30" w:rsidRDefault="0062389F" w:rsidP="00EA4D46">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -20706,118 +20296,91 @@
         </w:rPr>
         <w:t>Verbindliche Veranstalterwerbung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="729E8AC8" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="0062389F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Rallyeschild: </w:t>
       </w:r>
       <w:r w:rsidR="00EA4D46" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>……</w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>…………..</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="473F190F" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AB13EC5" w14:textId="77777777" w:rsidR="00801D3C" w:rsidRPr="00944A30" w:rsidRDefault="00EA4D46" w:rsidP="005B2A6E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ober-/</w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> unterhalb der Startnummern: </w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> x l cm</w:t>
+        <w:t>Startnummernträger  b x l cm</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E97BA15" w14:textId="77777777" w:rsidR="00047676" w:rsidRDefault="00047676" w:rsidP="00EA4D46">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6680D473" w14:textId="0ADCF09A" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="0062389F" w:rsidP="00EA4D46">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
@@ -21339,63 +20902,63 @@
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.2 </w:t>
       </w:r>
       <w:r w:rsidR="0062389F" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nationale Regelungen, Maximale Geschwindigkeit auf Wertungsprüfungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01736A49" w14:textId="77777777" w:rsidR="00425A21" w:rsidRPr="00425A21" w:rsidRDefault="00425A21" w:rsidP="00425A21">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>„Bei der Streckenbesichtigung sind die Vorschriften der deutschen Straßenverkehrsordnung (StVO) sowie der Straßenverkehrsbehörden, insbesondere im Hinblick auf di</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00425A21">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>„Bei der Streckenbesichtigung sind die Vorschriften der deutschen Straßenverkehrsordnung (StVO) sowie der Straßenverkehrsbehörden, insbesondere im Hinblick auf di</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>Geschwindigkeitsbeschränkungen, unbedingt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> einzuhalten. </w:t>
       </w:r>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es wird darauf hingewiesen, dass bei der Streckenbesichtigung die Wertungsprüfungen nicht gesperrt sind und dadurch jederzeit mit anderen Verkehrsteilnehmern zu rechnen ist. Der Veranstalter kann individuell im Road Book und durch entsprechende Kennzeichnung entlang den Wertungsprüfungsstrecken eine reduzierte Geschwindigkeit gegenüber der deutschen Straßenverkehrsordnung (StVO) für die Besichtigung festlegen. Die Einhaltung dieser Vorschrift </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>kann</w:t>
       </w:r>
       <w:r w:rsidRPr="00425A21">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontrolliert</w:t>
@@ -21465,79 +21028,51 @@
     <w:p w14:paraId="56436991" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00EA4D46">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Die Besichtigungszeiten gemäß Zeitplan sind verbindlich für alle Teilnehmer ei</w:t>
       </w:r>
       <w:r w:rsidR="004341F7" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">nzuhalten. </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Besichtigungsfahrzeuge sind freigestellt. Die Fahrzeuge müssen </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> gekennzeichnet sein.</w:t>
+        <w:t>Besichtigungsfahrzeuge sind freigestellt. Die Fahrzeuge müssen mit einer Abfahrkennzeichnung welche durch den Veranstalter vorgegeben wird gekennzeichnet sein.</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Besichtigungen mit in der Veranstaltung eingesetzten Wettbewerbsfahrzeugen sind nur ohne Startnummern erlaubt. Sollten diese bereits auf dem Fahrzeug angebracht sein, so sind dies</w:t>
       </w:r>
       <w:r w:rsidR="00EF2385" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e mit einem breiten Klebeband (</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>X-Form) abzudecken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7335CF9E" w14:textId="3A8EAA73" w:rsidR="007F5F7C" w:rsidRPr="00944A30" w:rsidRDefault="007F5F7C" w:rsidP="00EA4D46">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
@@ -21554,69 +21089,61 @@
       </w:r>
       <w:r w:rsidR="007A4FEC" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>gen der Besichtigung siehe DMSB-Rallye-</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Reglement </w:t>
       </w:r>
       <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, Art. </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C00DD6">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">35 </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sind</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> zu beachten. </w:t>
+        <w:t xml:space="preserve"> sind zu beachten. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="726AC879" w14:textId="59070369" w:rsidR="00F24AB9" w:rsidRDefault="00F24AB9" w:rsidP="00EA4D46">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D1AA736" w14:textId="77777777" w:rsidR="00047676" w:rsidRPr="00944A30" w:rsidRDefault="00047676" w:rsidP="00EA4D46">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0599AF57" w14:textId="1F8FF1EF" w:rsidR="004341F7" w:rsidRPr="00944A30" w:rsidRDefault="004341F7" w:rsidP="00EA4D46">
       <w:pPr>
         <w:widowControl/>
@@ -21833,63 +21360,55 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Führerschein (Fahrer / Beifahrer)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38C7EA37" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00AB140C">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="218"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ASN Genehmigung</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> für ausländische Teilnehmer (falls erforderlich)</w:t>
+        <w:t>ASN Genehmigung für ausländische Teilnehmer (falls erforderlich)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68710177" w14:textId="2C4DBA82" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00AB140C">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="218"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Vervollständigung aller Details im Nennformular</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CC2FACE" w14:textId="38D3DB79" w:rsidR="004341F7" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00AB140C">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
@@ -22313,60 +21832,52 @@
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abnahme, Ort und Zeit </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C343E97" w14:textId="77777777" w:rsidR="00643090" w:rsidRPr="00944A30" w:rsidRDefault="00643090" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Siehe Programm in chronologischer Reihenfolge (RA. Art. </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Siehe Programm in chronologischer Reihenfolge (RA. Art. 3 )</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0B51F8D5" w14:textId="77777777" w:rsidR="00EF2385" w:rsidRDefault="00EF2385" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62C3ABEA" w14:textId="522ADB8D" w:rsidR="00847720" w:rsidRDefault="00847720" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Art. 1</w:t>
       </w:r>
@@ -22499,59 +22010,51 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E034B5">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fahrzeugschein</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205CE96A" w14:textId="77777777" w:rsidR="00847720" w:rsidRPr="00023DDE" w:rsidRDefault="00847720" w:rsidP="00847720">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00074505">
-        <w:t>„</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (KFP), für Fahrzeuge mit Zulassung in Deutschland</w:t>
+        <w:t>„DMSB Kraftfahrzeugpass (KFP), für Fahrzeuge mit Zulassung in Deutschland</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27733D15" w14:textId="77777777" w:rsidR="00023DDE" w:rsidRPr="008E4A0C" w:rsidRDefault="00023DDE" w:rsidP="00023DDE">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="008E4A0C">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidRPr="00023DDE">
         <w:t>DMSB-Identity-Form</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">“ </w:t>
       </w:r>
       <w:r w:rsidRPr="00023DDE">
         <w:t xml:space="preserve">für Fahrzeuge </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">der Gruppe F </w:t>
@@ -22588,50 +22091,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="637FF26D" w14:textId="77777777" w:rsidR="0066605E" w:rsidRDefault="0066605E" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B8F0832" w14:textId="1076BD09" w:rsidR="00847720" w:rsidRDefault="00847720" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Art. 1</w:t>
       </w:r>
       <w:r w:rsidR="00F3450A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Abnahme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -23227,65 +22731,51 @@
         </w:rPr>
         <w:t>Es gelten di</w:t>
       </w:r>
       <w:r w:rsidR="005E6B83" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">e DMSB-Geräuschvorschriften </w:t>
       </w:r>
       <w:r w:rsidR="00974293">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="00FF6A6A" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...13 lines deleted...]
-        <w:t>, blauer Teil)</w:t>
+        <w:t>(DMSB Handbuch, blauer Teil)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71DC3CF1" w14:textId="77777777" w:rsidR="00F24AB9" w:rsidRPr="00944A30" w:rsidRDefault="00F24AB9" w:rsidP="00905186">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="291AE46F" w14:textId="32592D83" w:rsidR="008640D0" w:rsidRPr="00944A30" w:rsidRDefault="008640D0" w:rsidP="00C65B29">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:hanging="705"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
@@ -23454,83 +22944,83 @@
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E2A7D" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Installation des Safety Tracking System</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9288"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00944A30" w:rsidRPr="00974293" w14:paraId="5E8DA2E6" w14:textId="77777777" w:rsidTr="007026D1">
+      <w:tr w:rsidR="00944A30" w:rsidRPr="00B27E35" w14:paraId="5E8DA2E6" w14:textId="77777777" w:rsidTr="007026D1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F6EF3D8" w14:textId="77777777" w:rsidR="00C65B29" w:rsidRPr="00944A30" w:rsidRDefault="00C65B29" w:rsidP="007026D1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00944A30" w:rsidRPr="00974293" w14:paraId="2D880EB5" w14:textId="77777777" w:rsidTr="007026D1">
+      <w:tr w:rsidR="00944A30" w:rsidRPr="00B27E35" w14:paraId="2D880EB5" w14:textId="77777777" w:rsidTr="007026D1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7AAF2E16" w14:textId="77777777" w:rsidR="00C65B29" w:rsidRPr="00944A30" w:rsidRDefault="00C65B29" w:rsidP="007026D1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="20"/>
@@ -23787,67 +23277,51 @@
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidR="005C0964" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Zielbestimmungen (nur wenn vom </w:t>
-[...15 lines deleted...]
-        <w:t>-Reglement abweichend)</w:t>
+        <w:t>Zielbestimmungen (nur wenn vom DMSB Rallye-Reglement abweichend)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9288"/>
       </w:tblGrid>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="4D8B72CE" w14:textId="77777777" w:rsidTr="007026D1">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4D839F84" w14:textId="77777777" w:rsidR="00C65B29" w:rsidRPr="00944A30" w:rsidRDefault="00C65B29" w:rsidP="007026D1">
             <w:pPr>
@@ -24408,95 +23882,79 @@
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B734EA9" w14:textId="7300F021" w:rsidR="0032154B" w:rsidRPr="007D7B24" w:rsidRDefault="00085BFD" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>Art. 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F3450A">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>.6</w:t>
       </w:r>
       <w:r w:rsidR="00AB140C">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0032154B" w:rsidRPr="007D7B24">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Verwendung</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> gelber/roter Flaggen</w:t>
+        <w:t>Verwendung gelber/roter Flaggen</w:t>
       </w:r>
       <w:r w:rsidR="00501B42">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> / weitere Besonderheiten </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="719D93CA" w14:textId="7328D0A2" w:rsidR="0032154B" w:rsidRPr="007D7B24" w:rsidRDefault="0032154B" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D7B24">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Es kommt folgende Flaggenregelung gemäß Rallyereglement </w:t>
       </w:r>
@@ -24733,148 +24191,116 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Teams, die im Verlauf der Etappe 1. ausgefallen si</w:t>
       </w:r>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">nd und zur Etappe 2. </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00892803">
+        <w:t xml:space="preserve">nd und zur Etappe 2. restarten  </w:t>
+      </w:r>
+      <w:r w:rsidR="006F64D9" w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">restarten  </w:t>
-[...14 lines deleted...]
-        <w:t>, können dies unter Anwendung der Besti</w:t>
+        <w:t>wollen, können dies unter Anwendung der Besti</w:t>
       </w:r>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">mmungen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00C00DD6">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Art. </w:t>
       </w:r>
       <w:r w:rsidR="00C00DD6">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>54</w:t>
       </w:r>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>. – Re-</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00892803">
+        <w:t xml:space="preserve">. – Re-Start  </w:t>
+      </w:r>
+      <w:r w:rsidR="006F64D9" w:rsidRPr="00892803">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Start  </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Ausfall durchführen.</w:t>
+        <w:t>nach Ausfall durchführen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04906A22" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="006F64D9" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33445ED6" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00892803" w:rsidRDefault="003A7E8F" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00892803">
         <w:rPr>
@@ -25034,60 +24460,52 @@
     </w:p>
     <w:p w14:paraId="1B5A49E3" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Öffnungszeiten siehe Programm i</w:t>
       </w:r>
       <w:r w:rsidR="008E2A7D" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>n chronologischer Reihenfolge (</w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">RA. Art. </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>RA. Art. 3 )</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="71D13CA3" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:ind w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Ein verspätetes Einbringen in den Startpark wird mit einer Geldstrafe von 50 EUR geahndet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03103BBE" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="00A047B5">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -25528,51 +24946,50 @@
     <w:p w14:paraId="70C1564B" w14:textId="00E12715" w:rsidR="005C0964" w:rsidRPr="00944A30" w:rsidRDefault="005F313E" w:rsidP="00C65B29">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="005C0964" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00F3450A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="005C0964" w:rsidRPr="00944A30">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -25627,50 +25044,51 @@
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44185D41" w14:textId="77777777" w:rsidR="005C0964" w:rsidRPr="00944A30" w:rsidRDefault="005C0964" w:rsidP="005C0964">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Kontrollstellenleiter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3370" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="75BE5091" w14:textId="77777777" w:rsidR="005C0964" w:rsidRPr="00944A30" w:rsidRDefault="005C0964" w:rsidP="00453E7D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
@@ -25769,67 +25187,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4231A8A3" w14:textId="77777777" w:rsidR="005C0964" w:rsidRPr="00944A30" w:rsidRDefault="005C0964" w:rsidP="005C0964">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00944A30">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>z.B. rote Signalweste mit Beschriftung -</w:t>
-[...15 lines deleted...]
-              <w:t>-</w:t>
+              <w:t>z.B. rote Signalweste mit Beschriftung -WP  Leitung-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00944A30" w:rsidRPr="00944A30" w14:paraId="485DECA7" w14:textId="77777777" w:rsidTr="002637FE">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2550" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78233509" w14:textId="77777777" w:rsidR="005C0964" w:rsidRPr="00944A30" w:rsidRDefault="005C0964" w:rsidP="005C0964">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -26149,60 +25551,52 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>iehe Programm in c</w:t>
       </w:r>
       <w:r w:rsidR="007A4FEC" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>hronologischer Reihenfolge (RA</w:t>
       </w:r>
       <w:r w:rsidR="006F64D9" w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Art. </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> Art. 3 )</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="031D7BB7" w14:textId="77777777" w:rsidR="00F64734" w:rsidRPr="00944A30" w:rsidRDefault="00F64734" w:rsidP="006F64D9">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D1FC465" w14:textId="77777777" w:rsidR="003756FB" w:rsidRPr="00944A30" w:rsidRDefault="003756FB" w:rsidP="006F64D9">
       <w:pPr>
         <w:pStyle w:val="Anhangstandard"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66BE10E9" w14:textId="24189C23" w:rsidR="002667FB" w:rsidRPr="00944A30" w:rsidRDefault="005C0964" w:rsidP="00C65B29">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
@@ -26403,152 +25797,104 @@
         </w:rPr>
         <w:t xml:space="preserve">Schlussabnahme </w:t>
       </w:r>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368B9AAA" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="005F313E">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ort und Zeitpunkt, siehe Programm in chronischer Reihenfolge (RA. Art. </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Ort und Zeitpunkt, siehe Programm in chronischer Reihenfolge (RA. Art. 3 )</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="24B94A65" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="003B02F8">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7367C7F9" w14:textId="77777777" w:rsidR="006F64D9" w:rsidRPr="00944A30" w:rsidRDefault="006F64D9" w:rsidP="003B02F8">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00944A30">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Teams</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> den beauftragten Sportwarten und dem Begleitfahrzeug unverzüglich zur Schlussabnahme zu folgen, auch wenn hierdurch eine oder mehrere Zeitkontrollen (ZKs) nicht angefahren werden können.</w:t>
+        <w:t>Teams welche eine Aufforderung zur technischen Schlussabnahme erhalten haben den beauftragten Sportwarten und dem Begleitfahrzeug unverzüglich zur Schlussabnahme zu folgen, auch wenn hierdurch eine oder mehrere Zeitkontrollen (ZKs) nicht angefahren werden können.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F6FA001" w14:textId="77777777" w:rsidR="00F64734" w:rsidRDefault="00F64734" w:rsidP="00133A8D">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30623691" w14:textId="77777777" w:rsidR="00871C1A" w:rsidRPr="003E40E2" w:rsidRDefault="00871C1A" w:rsidP="003E40E2">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E40E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Art. </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Art. 14.1  Parc </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003E40E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fermé</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003E40E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42D432BD" w14:textId="77777777" w:rsidR="00871C1A" w:rsidRPr="00871C1A" w:rsidRDefault="00871C1A" w:rsidP="003E40E2">
       <w:pPr>
         <w:pStyle w:val="Anhangstandards2"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
@@ -27291,50 +26637,51 @@
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ausschließlich für Serien mit Status International (gem. 14.1.1 ISG) beträgt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C3FE381" w14:textId="77777777" w:rsidR="008A60D6" w:rsidRPr="003B3B40" w:rsidRDefault="008A60D6" w:rsidP="008A60D6">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>die Revisionskaution:</w:t>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003B3B40">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
@@ -28084,68 +27431,68 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00746CAC" w:rsidRPr="00944A30" w:rsidSect="003157C7">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1274" w:bottom="1701" w:left="1418" w:header="426" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="15F50991" w14:textId="77777777" w:rsidR="00CC20FB" w:rsidRPr="00766668" w:rsidRDefault="00CC20FB">
+    <w:p w14:paraId="03B0A417" w14:textId="77777777" w:rsidR="00CB203A" w:rsidRPr="00766668" w:rsidRDefault="00CB203A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6DC6BE4A" w14:textId="77777777" w:rsidR="00CC20FB" w:rsidRPr="00766668" w:rsidRDefault="00CC20FB">
+    <w:p w14:paraId="005E3147" w14:textId="77777777" w:rsidR="00CB203A" w:rsidRPr="00766668" w:rsidRDefault="00CB203A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -28898,68 +28245,68 @@
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00766668">
       <w:rPr>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00766668">
       <w:rPr>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:br/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="01C112DC" w14:textId="77777777" w:rsidR="00CC20FB" w:rsidRPr="00766668" w:rsidRDefault="00CC20FB">
+    <w:p w14:paraId="12BA67BD" w14:textId="77777777" w:rsidR="00CB203A" w:rsidRPr="00766668" w:rsidRDefault="00CB203A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18025DBF" w14:textId="77777777" w:rsidR="00CC20FB" w:rsidRPr="00766668" w:rsidRDefault="00CC20FB">
+    <w:p w14:paraId="3E84B7E2" w14:textId="77777777" w:rsidR="00CB203A" w:rsidRPr="00766668" w:rsidRDefault="00CB203A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00766668">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="16DF0AC9" w14:textId="77777777" w:rsidR="00070C98" w:rsidRDefault="00070C98" w:rsidP="00746CAC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
@@ -32807,51 +32154,51 @@
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1610967529">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="76442168">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="957031986">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="459305974">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="811675051">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1307246804">
     <w:abstractNumId w:val="19"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="851"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F358C4"/>
@@ -32929,50 +32276,51 @@
     <w:rsid w:val="002F701F"/>
     <w:rsid w:val="00312898"/>
     <w:rsid w:val="0031356C"/>
     <w:rsid w:val="00315688"/>
     <w:rsid w:val="003157C7"/>
     <w:rsid w:val="0032005C"/>
     <w:rsid w:val="0032154B"/>
     <w:rsid w:val="00321B16"/>
     <w:rsid w:val="00322D90"/>
     <w:rsid w:val="00347E55"/>
     <w:rsid w:val="00351A4F"/>
     <w:rsid w:val="00360C1D"/>
     <w:rsid w:val="00370BEC"/>
     <w:rsid w:val="00372E80"/>
     <w:rsid w:val="003756FB"/>
     <w:rsid w:val="00377030"/>
     <w:rsid w:val="00385E5F"/>
     <w:rsid w:val="00386625"/>
     <w:rsid w:val="00390EA4"/>
     <w:rsid w:val="003A071B"/>
     <w:rsid w:val="003A2C27"/>
     <w:rsid w:val="003A7E8F"/>
     <w:rsid w:val="003B02F8"/>
     <w:rsid w:val="003B3B40"/>
     <w:rsid w:val="003B4A5E"/>
+    <w:rsid w:val="003D060F"/>
     <w:rsid w:val="003D182B"/>
     <w:rsid w:val="003E40E2"/>
     <w:rsid w:val="003F0A59"/>
     <w:rsid w:val="003F222C"/>
     <w:rsid w:val="003F55CC"/>
     <w:rsid w:val="00400F8A"/>
     <w:rsid w:val="0041140F"/>
     <w:rsid w:val="00420260"/>
     <w:rsid w:val="004250F0"/>
     <w:rsid w:val="00425A21"/>
     <w:rsid w:val="004341F7"/>
     <w:rsid w:val="0044671D"/>
     <w:rsid w:val="00447BEA"/>
     <w:rsid w:val="00450C55"/>
     <w:rsid w:val="00453E7D"/>
     <w:rsid w:val="00465589"/>
     <w:rsid w:val="00484990"/>
     <w:rsid w:val="00495109"/>
     <w:rsid w:val="004A0176"/>
     <w:rsid w:val="004A4EEB"/>
     <w:rsid w:val="004A7A38"/>
     <w:rsid w:val="004B2117"/>
     <w:rsid w:val="004C0505"/>
     <w:rsid w:val="004C3CA4"/>
     <w:rsid w:val="004C3DF6"/>
@@ -33097,77 +32445,79 @@
     <w:rsid w:val="009F1F52"/>
     <w:rsid w:val="009F261F"/>
     <w:rsid w:val="009F55D9"/>
     <w:rsid w:val="00A047B5"/>
     <w:rsid w:val="00A16E9E"/>
     <w:rsid w:val="00A252C1"/>
     <w:rsid w:val="00A3041D"/>
     <w:rsid w:val="00A3571F"/>
     <w:rsid w:val="00A4133F"/>
     <w:rsid w:val="00A42467"/>
     <w:rsid w:val="00A44782"/>
     <w:rsid w:val="00A52104"/>
     <w:rsid w:val="00A521DD"/>
     <w:rsid w:val="00A6202D"/>
     <w:rsid w:val="00A81446"/>
     <w:rsid w:val="00A91EF8"/>
     <w:rsid w:val="00A923D3"/>
     <w:rsid w:val="00AA1A62"/>
     <w:rsid w:val="00AA4155"/>
     <w:rsid w:val="00AB140C"/>
     <w:rsid w:val="00AC1CFB"/>
     <w:rsid w:val="00AC1E11"/>
     <w:rsid w:val="00AC2F97"/>
     <w:rsid w:val="00AE4AFA"/>
     <w:rsid w:val="00AE4CF5"/>
+    <w:rsid w:val="00B27E35"/>
     <w:rsid w:val="00B378D1"/>
     <w:rsid w:val="00B55B26"/>
     <w:rsid w:val="00B76A82"/>
     <w:rsid w:val="00B83170"/>
     <w:rsid w:val="00B94585"/>
     <w:rsid w:val="00BB42FC"/>
     <w:rsid w:val="00BC1B33"/>
     <w:rsid w:val="00BC3260"/>
     <w:rsid w:val="00BC75F8"/>
     <w:rsid w:val="00BD18D2"/>
     <w:rsid w:val="00BD49D6"/>
     <w:rsid w:val="00BF4837"/>
     <w:rsid w:val="00C00DD6"/>
     <w:rsid w:val="00C129AA"/>
     <w:rsid w:val="00C232F0"/>
     <w:rsid w:val="00C5172B"/>
     <w:rsid w:val="00C57017"/>
     <w:rsid w:val="00C6187B"/>
     <w:rsid w:val="00C61A6E"/>
     <w:rsid w:val="00C65B29"/>
     <w:rsid w:val="00C72073"/>
     <w:rsid w:val="00C732B4"/>
     <w:rsid w:val="00C806D6"/>
     <w:rsid w:val="00C80B8B"/>
     <w:rsid w:val="00C91E8F"/>
     <w:rsid w:val="00C9256F"/>
     <w:rsid w:val="00CA056F"/>
+    <w:rsid w:val="00CB203A"/>
     <w:rsid w:val="00CB5D15"/>
     <w:rsid w:val="00CB63D9"/>
     <w:rsid w:val="00CC20FB"/>
     <w:rsid w:val="00CC4468"/>
     <w:rsid w:val="00CC6714"/>
     <w:rsid w:val="00CF7386"/>
     <w:rsid w:val="00D043BB"/>
     <w:rsid w:val="00D06453"/>
     <w:rsid w:val="00D135C2"/>
     <w:rsid w:val="00D23593"/>
     <w:rsid w:val="00D25A73"/>
     <w:rsid w:val="00D3758D"/>
     <w:rsid w:val="00D377BD"/>
     <w:rsid w:val="00D45A5C"/>
     <w:rsid w:val="00D50B4E"/>
     <w:rsid w:val="00D611B1"/>
     <w:rsid w:val="00D668ED"/>
     <w:rsid w:val="00D83402"/>
     <w:rsid w:val="00D83419"/>
     <w:rsid w:val="00D83629"/>
     <w:rsid w:val="00D84E5E"/>
     <w:rsid w:val="00D96943"/>
     <w:rsid w:val="00D970A3"/>
     <w:rsid w:val="00DA6138"/>
     <w:rsid w:val="00DA7C7E"/>
@@ -34733,82 +34083,82 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFCDEB37-E8DF-4B78-A3C2-00094C227B74}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>4950</Words>
-  <Characters>31191</Characters>
+  <Words>4918</Words>
+  <Characters>30984</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>259</Lines>
-  <Paragraphs>72</Paragraphs>
+  <Lines>258</Lines>
+  <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>INHALTVERZEICHNIS</vt:lpstr>
       <vt:lpstr>INHALTVERZEICHNIS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36069</CharactersWithSpaces>
+  <CharactersWithSpaces>35831</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7798843</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.dmsb.de/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2228344</vt:i4>
       </vt:variant>
       <vt:variant>