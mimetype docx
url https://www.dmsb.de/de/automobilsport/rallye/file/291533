--- v0 (2025-11-02)
+++ v1 (2026-01-02)
@@ -5,77 +5,77 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1FBD18E5" w14:textId="16208F17" w:rsidR="00191F9E" w:rsidRPr="003C25B5" w:rsidRDefault="00191F9E" w:rsidP="00191F9E">
+    <w:p w14:paraId="1FBD18E5" w14:textId="112A547C" w:rsidR="00191F9E" w:rsidRPr="003C25B5" w:rsidRDefault="00191F9E" w:rsidP="00191F9E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C25B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Nennformular 20</w:t>
       </w:r>
       <w:r w:rsidR="002B79DB" w:rsidRPr="003C25B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E402D5">
+      <w:r w:rsidR="00D018D4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="003C25B5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> für</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3470BD6B" w14:textId="7FFA8FE7" w:rsidR="00191F9E" w:rsidRPr="00BB4630" w:rsidRDefault="00191F9E" w:rsidP="00191F9E">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB4630">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">DMSB–Nationale Rallye A + Rallye 35/70 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="641F7C7F" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00191F9E">
       <w:r w:rsidRPr="00195C38">
         <w:t>Anschrift</w:t>
@@ -117,78 +117,78 @@
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpX="-34" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2075"/>
         <w:gridCol w:w="276"/>
         <w:gridCol w:w="552"/>
         <w:gridCol w:w="138"/>
-        <w:gridCol w:w="1421"/>
-        <w:gridCol w:w="556"/>
+        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="482"/>
         <w:gridCol w:w="1458"/>
         <w:gridCol w:w="348"/>
         <w:gridCol w:w="237"/>
         <w:gridCol w:w="741"/>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="602"/>
         <w:gridCol w:w="1406"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="1885392B" w14:textId="77777777" w:rsidTr="00BB4630">
+      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="1885392B" w14:textId="77777777" w:rsidTr="00D018D4">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="26F8110B" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcW w:w="482" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="15B2A4F8" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="016F8CFF" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Nenneingang am:</w:t>
@@ -222,253 +222,253 @@
               <w:t>START</w:t>
             </w:r>
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>NR.:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BC6E67D" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="482B54F2" w14:textId="77777777" w:rsidTr="00BB4630">
+      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="482B54F2" w14:textId="77777777" w:rsidTr="00D018D4">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49EEEA22" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcW w:w="482" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D98E713" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1DE5C41B" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="12A1118F" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="10E258EE" w14:textId="77777777" w:rsidTr="00BB4630">
+      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="10E258EE" w14:textId="77777777" w:rsidTr="00D018D4">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="41669205" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcW w:w="482" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16FC95F2" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="73112D5E" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Versand Nennbestätigung am:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="750661C9" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="77708942" w14:textId="77777777" w:rsidTr="00BB4630">
+      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="77708942" w14:textId="77777777" w:rsidTr="00D018D4">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="567A4E25" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcW w:w="482" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D14B750" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4061" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="0EC931B0" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2160"/>
                 <w:tab w:val="left" w:pos="2552"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="5783D433" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="2B48E060" w14:textId="77777777" w:rsidTr="00BB4630">
+      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="2B48E060" w14:textId="77777777" w:rsidTr="00D018D4">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="334E95EC" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:t>E-Mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcW w:w="482" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68DA5CC4" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2043" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="1C25C9D6" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:lang w:val="en-US"/>
@@ -500,73 +500,73 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="157E59D4" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Division:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="5FC8A079" w14:textId="77777777" w:rsidTr="00BB4630">
+      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="5FC8A079" w14:textId="77777777" w:rsidTr="00D018D4">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="25D48BDB" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:t>Tel.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcW w:w="482" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="66062740" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2043" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="151CA229" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2018" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
@@ -574,73 +574,73 @@
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0685C58E" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1406" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54F89713" w14:textId="77777777" w:rsidR="00EE0B7C" w:rsidRPr="00195C38" w:rsidRDefault="00EE0B7C" w:rsidP="00570121"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="63E9CB10" w14:textId="77777777" w:rsidTr="00BB4630">
+      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="63E9CB10" w14:textId="77777777" w:rsidTr="00D018D4">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2EC1235D" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:t>Fax.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcW w:w="482" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="427685B8" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5467" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57F4C300" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
@@ -812,147 +812,147 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00BE04E3" w:rsidRPr="00195C38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>PayP</w:t>
             </w:r>
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:noProof/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>al</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="768AA25F" w14:textId="77777777" w:rsidTr="00BB4630">
+      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="768AA25F" w14:textId="77777777" w:rsidTr="00D018D4">
         <w:trPr>
           <w:trHeight w:val="57"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4462" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B200C84" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcW w:w="482" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="378CE66A" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5467" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="33704EC5" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="01529A56" w14:textId="77777777" w:rsidTr="00BB4630">
+      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="01529A56" w14:textId="77777777" w:rsidTr="00D018D4">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F84094D" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1. Nennschluss:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="966" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4765B34D" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1421" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="239C7321" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00723544" w:rsidP="00570121">
             <w:pPr>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r w:rsidRPr="00195C38">
               <w:t>um 24:</w:t>
             </w:r>
             <w:r w:rsidR="00191F9E" w:rsidRPr="00195C38">
               <w:t>00 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="556" w:type="dxa"/>
+            <w:tcW w:w="482" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="43F990E1" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1806" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5837E40C" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>2. Nennschluss:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -991,96 +991,96 @@
       </w:tr>
       <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="2B13EEB8" w14:textId="77777777" w:rsidTr="00BB4630">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10485" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="58F78771" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Das Nenngeld ist bei Abgabe der Nennung zu entrichten.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="2682AD7E" w14:textId="77777777" w:rsidTr="00BB4630">
+      <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="2682AD7E" w14:textId="77777777" w:rsidTr="00D018D4">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="36B9C0AB" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Das Nenngeld wird in Höhe von </w:t>
             </w:r>
             <w:r w:rsidRPr="00195C38">
               <w:t>€</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1633" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0F211FF7" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2014" w:type="dxa"/>
+            <w:tcW w:w="1940" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04D3F0EB" w14:textId="77777777" w:rsidR="00191F9E" w:rsidRPr="00195C38" w:rsidRDefault="00191F9E" w:rsidP="00570121">
             <w:r w:rsidRPr="00195C38">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00195C38">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00195C38">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
@@ -2129,51 +2129,51 @@
             <w:r w:rsidRPr="00195C38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00195C38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="4AD99256" w14:textId="77777777" w:rsidTr="004B40A2">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="79F35D48" w14:textId="6C94DC7B" w:rsidR="002E6A35" w:rsidRPr="00201E4D" w:rsidRDefault="002E6A35" w:rsidP="00570121">
+          <w:p w14:paraId="79F35D48" w14:textId="12FCD8D1" w:rsidR="002E6A35" w:rsidRPr="00201E4D" w:rsidRDefault="002E6A35" w:rsidP="00570121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1276"/>
                 <w:tab w:val="left" w:pos="1701"/>
                 <w:tab w:val="left" w:pos="3402"/>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="5245"/>
                 <w:tab w:val="left" w:pos="5670"/>
                 <w:tab w:val="left" w:pos="7088"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="6"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Gruppe A</w:t>
@@ -2217,65 +2217,63 @@
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe </w:t>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
-            <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
+            <w:r w:rsidR="00203A62" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ally3</w:t>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -2354,57 +2352,57 @@
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="00D018D4" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Kit Car</w:t>
+              <w:t>Anhang K*</w:t>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2476,331 +2474,339 @@
             <w:r w:rsidRPr="00195C38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00195C38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="7524BB99" w14:textId="77777777" w:rsidTr="004B40A2">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="17CFCC67" w14:textId="517CEE1E" w:rsidR="002E6A35" w:rsidRPr="00201E4D" w:rsidRDefault="002E6A35" w:rsidP="00570121">
+          <w:p w14:paraId="17CFCC67" w14:textId="5E67DAA8" w:rsidR="002E6A35" w:rsidRPr="00D018D4" w:rsidRDefault="00D018D4" w:rsidP="00570121">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1276"/>
                 <w:tab w:val="left" w:pos="1701"/>
                 <w:tab w:val="left" w:pos="3402"/>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="5245"/>
                 <w:tab w:val="left" w:pos="5670"/>
                 <w:tab w:val="left" w:pos="7088"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="6"/>
-                <w:lang w:eastAsia="de-DE"/>
+                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00201E4D">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>S2000 Rally</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
-[...1 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gruppe</w:t>
             </w:r>
-            <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
+            <w:r w:rsidR="00203A62" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00201E4D">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rally4</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>/R3</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
               <w:t>Gruppe R-GT</w:t>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
-[...1 lines deleted...]
-                <w:sz w:val="18"/>
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00201E4D">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Opel ADAM       </w:t>
+            </w:r>
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:sz w:val="22"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E1591F" w14:textId="77777777" w:rsidR="002E6A35" w:rsidRPr="00195C38" w:rsidRDefault="002E6A35" w:rsidP="00570121">
             <w:pPr>
               <w:ind w:left="34" w:right="-108" w:hanging="34"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
@@ -2829,308 +2835,300 @@
             <w:r w:rsidRPr="00195C38">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00195C38">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00195C38" w:rsidRPr="00195C38" w14:paraId="38901DAD" w14:textId="77777777" w:rsidTr="004B40A2">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3DC569" w14:textId="40C7DD80" w:rsidR="002E6A35" w:rsidRPr="00201E4D" w:rsidRDefault="002E6A35" w:rsidP="00570121">
+          <w:p w14:paraId="1D3DC569" w14:textId="1BC11EB8" w:rsidR="002E6A35" w:rsidRPr="00D018D4" w:rsidRDefault="00D018D4" w:rsidP="00570121">
             <w:pPr>
               <w:keepNext/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1276"/>
                 <w:tab w:val="left" w:pos="1701"/>
                 <w:tab w:val="left" w:pos="3402"/>
                 <w:tab w:val="left" w:pos="3969"/>
                 <w:tab w:val="left" w:pos="5954"/>
                 <w:tab w:val="left" w:pos="6946"/>
               </w:tabs>
               <w:outlineLvl w:val="4"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="6"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00201E4D">
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00201E4D">
+              </w:rPr>
+              <w:t>Gruppe Rally6</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
-              <w:t>Gruppe R4/R</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
+              <w:t>Gruppe R</w:t>
+            </w:r>
+            <w:r w:rsidR="00203A62" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ally2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Gruppe CTC*   </w:t>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00201E4D">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="002E6A35" w:rsidRPr="00D018D4">
+              <w:rPr>
+                <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
+            <w:r w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
+              </w:rPr>
+              <w:t xml:space="preserve">Elektro   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D018D4">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r w:rsidR="00203A62" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
+            <w:r w:rsidR="00203A62" w:rsidRPr="00D018D4">
               <w:rPr>
                 <w:sz w:val="22"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00203A62" w:rsidRPr="00201E4D">
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3226" w:type="dxa"/>
@@ -8317,50 +8315,51 @@
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D2A0D2" w14:textId="77777777" w:rsidR="006B7690" w:rsidRPr="00320962" w:rsidRDefault="006B7690" w:rsidP="006B7690">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:strike/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt. Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
@@ -10033,50 +10032,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AC5A047" w14:textId="77777777" w:rsidR="006B7690" w:rsidRPr="00320962" w:rsidRDefault="006B7690" w:rsidP="006B7690">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Bei Unterschrift durch einen gesetzlichen Vertreter bitte ankreuzen (nur möglich bei Jahreslizenz): </w:t>
       </w:r>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AA27566" w14:textId="77777777" w:rsidR="006B7690" w:rsidRPr="00320962" w:rsidRDefault="006B7690" w:rsidP="006B7690">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00320962">
         <w:rPr>
@@ -11438,50 +11438,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00195C38">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="09178205" w14:textId="1ECF123C" w:rsidR="000B6276" w:rsidRPr="00FE6626" w:rsidRDefault="00AA0EE9" w:rsidP="00FE6626">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00195C38">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Zusatzangaben für Fahrzeuge der Gruppen CTC / CGT, und Anhang K</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="10740" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="493"/>
         <w:gridCol w:w="890"/>
         <w:gridCol w:w="3970"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="3828"/>
       </w:tblGrid>
       <w:tr w:rsidR="000B6276" w:rsidRPr="00195C38" w14:paraId="71D5A93E" w14:textId="77777777" w:rsidTr="006230F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5353" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
@@ -11800,73 +11801,73 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76C59387" w14:textId="47F586E0" w:rsidR="00FE6626" w:rsidRPr="00195C38" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
+          <w:p w14:paraId="76C59387" w14:textId="23B6E5C5" w:rsidR="00FE6626" w:rsidRPr="00195C38" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE6626">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe R1-Fahrzeuge der Homologationsjahre 2011 bis inkl. </w:t>
             </w:r>
-            <w:r w:rsidR="00BB4630">
-[...5 lines deleted...]
-              <w:t>2017</w:t>
+            <w:r w:rsidR="00D018D4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE6626" w:rsidRPr="00195C38" w14:paraId="13E05F6C" w14:textId="77777777" w:rsidTr="006230F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FDD04B5" w14:textId="77777777" w:rsidR="00FE6626" w:rsidRPr="00195C38" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00195C38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -12059,89 +12060,89 @@
             </w:pPr>
             <w:r w:rsidRPr="000B6276">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A66C6AB" w14:textId="1C6E45D2" w:rsidR="00FE6626" w:rsidRPr="00195C38" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
+          <w:p w14:paraId="3A66C6AB" w14:textId="6CD088FE" w:rsidR="00FE6626" w:rsidRPr="00195C38" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C744E7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00C744E7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">-Fahrzeuge der Homologationsjahre 2011 bis inkl. </w:t>
             </w:r>
-            <w:r w:rsidR="00BB4630">
-[...5 lines deleted...]
-              <w:t>2017</w:t>
+            <w:r w:rsidR="00D018D4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE6626" w:rsidRPr="00195C38" w14:paraId="2F729D6E" w14:textId="77777777" w:rsidTr="006230F4">
         <w:trPr>
           <w:trHeight w:val="499"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21B968C9" w14:textId="77777777" w:rsidR="00FE6626" w:rsidRPr="00195C38" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -12337,89 +12338,97 @@
             </w:pPr>
             <w:r w:rsidRPr="000B6276">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Div. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CC57DAA" w14:textId="3EDADFDA" w:rsidR="00FE6626" w:rsidRPr="00195C38" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
+          <w:p w14:paraId="2CC57DAA" w14:textId="68326B7C" w:rsidR="00FE6626" w:rsidRPr="00195C38" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C744E7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C744E7">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">-Fahrzeuge der Homologationsjahre 2011 bis inkl. </w:t>
             </w:r>
             <w:r w:rsidR="00BB4630">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2017</w:t>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="00D018D4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006230F4" w:rsidRPr="006230F4" w14:paraId="7A999CC2" w14:textId="77777777" w:rsidTr="006230F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B0E410D" w14:textId="77777777" w:rsidR="00FE6626" w:rsidRPr="006230F4" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006230F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -12602,89 +12611,97 @@
             <w:tcW w:w="850" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FE63191" w14:textId="5FCC207D" w:rsidR="00FE6626" w:rsidRPr="006230F4" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006230F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D088315" w14:textId="0AB556C5" w:rsidR="00FE6626" w:rsidRPr="006230F4" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
+          <w:p w14:paraId="6D088315" w14:textId="027C35D9" w:rsidR="00FE6626" w:rsidRPr="006230F4" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006230F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gruppe R</w:t>
             </w:r>
             <w:r w:rsidR="00297D71">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="006230F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">-Fahrzeuge der Homologationsjahre 2011 bis inkl. </w:t>
             </w:r>
             <w:r w:rsidR="00BB4630">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2017</w:t>
+              <w:t>201</w:t>
+            </w:r>
+            <w:r w:rsidR="00D018D4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006230F4" w:rsidRPr="006230F4" w14:paraId="2D3C0518" w14:textId="77777777" w:rsidTr="006230F4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="493" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="721FC079" w14:textId="77777777" w:rsidR="00FE6626" w:rsidRPr="006230F4" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006230F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -17155,73 +17172,73 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:strike/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006230F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Div. 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3970" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="286700C4" w14:textId="11B8273F" w:rsidR="00FE6626" w:rsidRPr="006230F4" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
+          <w:p w14:paraId="286700C4" w14:textId="7DD131E7" w:rsidR="00FE6626" w:rsidRPr="006230F4" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006230F4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe GT3-GT-Fahrzeuge der Homologationsjahre 1996 bis inkl. </w:t>
             </w:r>
-            <w:r w:rsidR="00BB4630">
-[...5 lines deleted...]
-              <w:t>2017</w:t>
+            <w:r w:rsidR="00D018D4">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1295196D" w14:textId="77777777" w:rsidR="00FE6626" w:rsidRPr="006230F4" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CFD233D" w14:textId="77777777" w:rsidR="00FE6626" w:rsidRPr="006230F4" w:rsidRDefault="00FE6626" w:rsidP="00FE6626">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
@@ -17416,58 +17433,58 @@
       <w:bookmarkEnd w:id="22"/>
     </w:tbl>
     <w:p w14:paraId="07C91BBD" w14:textId="77777777" w:rsidR="00AA0EE9" w:rsidRPr="006230F4" w:rsidRDefault="00AA0EE9" w:rsidP="00FE6626">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AA0EE9" w:rsidRPr="006230F4" w:rsidSect="004B3B7D">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="709" w:right="849" w:bottom="568" w:left="567" w:header="135" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5AC0B60A" w14:textId="77777777" w:rsidR="00C60165" w:rsidRDefault="00C60165" w:rsidP="00CA1A18">
+    <w:p w14:paraId="3D28E316" w14:textId="77777777" w:rsidR="0081006D" w:rsidRDefault="0081006D" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="647434E4" w14:textId="77777777" w:rsidR="00C60165" w:rsidRDefault="00C60165" w:rsidP="00CA1A18">
+    <w:p w14:paraId="6667927D" w14:textId="77777777" w:rsidR="0081006D" w:rsidRDefault="0081006D" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -17502,106 +17519,106 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FranklinGothicLTCom-Bk">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1A0055F2" w14:textId="66B8812F" w:rsidR="00C60165" w:rsidRPr="00124B90" w:rsidRDefault="00C60165" w:rsidP="002B79DB">
+  <w:p w14:paraId="1A0055F2" w14:textId="04992933" w:rsidR="00C60165" w:rsidRPr="00124B90" w:rsidRDefault="00C60165" w:rsidP="002B79DB">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9214"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Nennformular für Rallye</w:t>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
-    <w:r w:rsidR="006B7690">
+    <w:r w:rsidR="00D018D4">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00BB4630">
+    <w:r w:rsidR="00D018D4">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
@@ -17722,58 +17739,58 @@
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>Hahnstr</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="77E9218A" w14:textId="77777777" w:rsidR="00C60165" w:rsidRDefault="00C60165">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4939CB8B" w14:textId="77777777" w:rsidR="00C60165" w:rsidRDefault="00C60165" w:rsidP="00CA1A18">
+    <w:p w14:paraId="16914326" w14:textId="77777777" w:rsidR="0081006D" w:rsidRDefault="0081006D" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="177FCA5A" w14:textId="77777777" w:rsidR="00C60165" w:rsidRDefault="00C60165" w:rsidP="00CA1A18">
+    <w:p w14:paraId="21B5D766" w14:textId="77777777" w:rsidR="0081006D" w:rsidRDefault="0081006D" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EF77150" w14:textId="77777777" w:rsidR="00C60165" w:rsidRDefault="00C60165">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="702003F8" wp14:editId="17454665">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4916805</wp:posOffset>
           </wp:positionH>
@@ -19233,51 +19250,51 @@
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="305089062">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2114978814">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1023290935">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="167937"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA1A18"/>
     <w:rsid w:val="00003D44"/>
     <w:rsid w:val="00007E2A"/>
     <w:rsid w:val="0002036D"/>
     <w:rsid w:val="0002154B"/>
     <w:rsid w:val="00047FBB"/>
     <w:rsid w:val="00077658"/>
@@ -19319,123 +19336,126 @@
     <w:rsid w:val="003258B2"/>
     <w:rsid w:val="00327911"/>
     <w:rsid w:val="0034595E"/>
     <w:rsid w:val="003615C0"/>
     <w:rsid w:val="003807CA"/>
     <w:rsid w:val="003C25B5"/>
     <w:rsid w:val="003C44F7"/>
     <w:rsid w:val="003C5072"/>
     <w:rsid w:val="003E73AE"/>
     <w:rsid w:val="00413F3B"/>
     <w:rsid w:val="00423E17"/>
     <w:rsid w:val="00425D29"/>
     <w:rsid w:val="004A4495"/>
     <w:rsid w:val="004B163B"/>
     <w:rsid w:val="004B3B7D"/>
     <w:rsid w:val="004B40A2"/>
     <w:rsid w:val="004C45F3"/>
     <w:rsid w:val="004D5883"/>
     <w:rsid w:val="004F1ED8"/>
     <w:rsid w:val="00521AC6"/>
     <w:rsid w:val="0053316C"/>
     <w:rsid w:val="00537F9B"/>
     <w:rsid w:val="00553BAC"/>
     <w:rsid w:val="005627E6"/>
     <w:rsid w:val="00570121"/>
+    <w:rsid w:val="00582677"/>
     <w:rsid w:val="005A0F4B"/>
     <w:rsid w:val="005A16D0"/>
     <w:rsid w:val="005A2346"/>
     <w:rsid w:val="005D5324"/>
     <w:rsid w:val="00616D3C"/>
     <w:rsid w:val="006230F4"/>
     <w:rsid w:val="00626944"/>
     <w:rsid w:val="0065514D"/>
     <w:rsid w:val="00656E93"/>
     <w:rsid w:val="00663C37"/>
     <w:rsid w:val="00684340"/>
     <w:rsid w:val="0068457F"/>
     <w:rsid w:val="00687073"/>
     <w:rsid w:val="006B7690"/>
     <w:rsid w:val="006E4BDE"/>
     <w:rsid w:val="006F2601"/>
     <w:rsid w:val="006F43D1"/>
     <w:rsid w:val="0070259F"/>
     <w:rsid w:val="007054D6"/>
     <w:rsid w:val="0071436A"/>
     <w:rsid w:val="00723544"/>
     <w:rsid w:val="0078773D"/>
     <w:rsid w:val="007A1E01"/>
     <w:rsid w:val="007C3C27"/>
     <w:rsid w:val="007D1FBA"/>
+    <w:rsid w:val="0081006D"/>
     <w:rsid w:val="00832CA0"/>
     <w:rsid w:val="00881B4C"/>
     <w:rsid w:val="008905A8"/>
     <w:rsid w:val="0089125E"/>
     <w:rsid w:val="008B161E"/>
     <w:rsid w:val="008D2F54"/>
     <w:rsid w:val="008D49A6"/>
     <w:rsid w:val="008D6942"/>
     <w:rsid w:val="008F6760"/>
     <w:rsid w:val="0090191B"/>
     <w:rsid w:val="0094223F"/>
     <w:rsid w:val="0094768E"/>
     <w:rsid w:val="009711E9"/>
     <w:rsid w:val="009712CC"/>
     <w:rsid w:val="009A4918"/>
     <w:rsid w:val="009D1153"/>
     <w:rsid w:val="00A05EC3"/>
     <w:rsid w:val="00A0746C"/>
     <w:rsid w:val="00A2695F"/>
     <w:rsid w:val="00A41893"/>
     <w:rsid w:val="00A542AB"/>
     <w:rsid w:val="00A70EB5"/>
     <w:rsid w:val="00A82636"/>
     <w:rsid w:val="00AA0EE9"/>
     <w:rsid w:val="00B203BE"/>
     <w:rsid w:val="00B2147B"/>
     <w:rsid w:val="00B50196"/>
     <w:rsid w:val="00B54144"/>
     <w:rsid w:val="00B7656F"/>
     <w:rsid w:val="00B9193E"/>
     <w:rsid w:val="00BA63AC"/>
     <w:rsid w:val="00BB4630"/>
     <w:rsid w:val="00BB5482"/>
     <w:rsid w:val="00BE04E3"/>
     <w:rsid w:val="00C33FDA"/>
     <w:rsid w:val="00C42E53"/>
     <w:rsid w:val="00C60165"/>
     <w:rsid w:val="00C83116"/>
     <w:rsid w:val="00C84CC0"/>
     <w:rsid w:val="00C86080"/>
     <w:rsid w:val="00C900CB"/>
     <w:rsid w:val="00CA1A18"/>
     <w:rsid w:val="00CA524B"/>
     <w:rsid w:val="00CC728E"/>
     <w:rsid w:val="00CD16DA"/>
     <w:rsid w:val="00CD6F9F"/>
     <w:rsid w:val="00CE1D5E"/>
     <w:rsid w:val="00CF62F7"/>
+    <w:rsid w:val="00D018D4"/>
     <w:rsid w:val="00D17F4C"/>
     <w:rsid w:val="00D5282B"/>
     <w:rsid w:val="00D57483"/>
     <w:rsid w:val="00D62D45"/>
     <w:rsid w:val="00D77DDF"/>
     <w:rsid w:val="00D92F77"/>
     <w:rsid w:val="00DA606D"/>
     <w:rsid w:val="00DB0A70"/>
     <w:rsid w:val="00DB184F"/>
     <w:rsid w:val="00DC5C76"/>
     <w:rsid w:val="00DC6355"/>
     <w:rsid w:val="00DC6D81"/>
     <w:rsid w:val="00DE05DB"/>
     <w:rsid w:val="00DF5E71"/>
     <w:rsid w:val="00E265F7"/>
     <w:rsid w:val="00E31343"/>
     <w:rsid w:val="00E36DBF"/>
     <w:rsid w:val="00E402D5"/>
     <w:rsid w:val="00E45D4E"/>
     <w:rsid w:val="00E511E3"/>
     <w:rsid w:val="00E56F14"/>
     <w:rsid w:val="00E93522"/>
     <w:rsid w:val="00EC4285"/>
     <w:rsid w:val="00EE0B7C"/>
     <w:rsid w:val="00EE47F0"/>
@@ -19446,53 +19466,53 @@
     <w:rsid w:val="00F7251E"/>
     <w:rsid w:val="00F86B80"/>
     <w:rsid w:val="00F91FB3"/>
     <w:rsid w:val="00FA2A11"/>
     <w:rsid w:val="00FA3818"/>
     <w:rsid w:val="00FA6944"/>
     <w:rsid w:val="00FB0B78"/>
     <w:rsid w:val="00FE6626"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="167937"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3AD4EDFB"/>
   <w15:docId w15:val="{9B25BFFB-EE9F-4B4A-9CD1-EBA4250F7FA3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19856,50 +19876,51 @@
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CE1D5E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
@@ -20547,70 +20568,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>3283</Words>
-  <Characters>20686</Characters>
+  <Words>3285</Words>
+  <Characters>20699</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>172</Lines>
   <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23922</CharactersWithSpaces>
+  <CharactersWithSpaces>23937</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Jana Haböck</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>