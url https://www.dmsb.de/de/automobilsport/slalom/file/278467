--- v0 (2025-10-12)
+++ v1 (2026-01-23)
@@ -1,163 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9771"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A588F" w:rsidRPr="007A588F" w14:paraId="71047379" w14:textId="77777777" w:rsidTr="009E54F9">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10098" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2086DE22" w14:textId="3DC8D371" w:rsidR="00C40446" w:rsidRPr="007A588F" w:rsidRDefault="00C40446" w:rsidP="007736C5">
+          <w:p w14:paraId="2086DE22" w14:textId="4FE4CEC2" w:rsidR="00C40446" w:rsidRPr="007A588F" w:rsidRDefault="00C40446" w:rsidP="007736C5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A588F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB - Ausschreibung Automobil-Slalom </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF7E9D">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="009E54F9" w:rsidRPr="00FF7E9D">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00546375">
+            <w:r w:rsidR="00C66FA0">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6AD1B9C7" w14:textId="77777777" w:rsidR="00FF7E9D" w:rsidRDefault="00FF7E9D" w:rsidP="006E60E9">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52CEE0D7" w14:textId="238C3DAB" w:rsidR="00FB2BB2" w:rsidRDefault="00245647" w:rsidP="006E60E9">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00245647">
         <w:t>Grundlage von DMSB-Slalom-Veranstaltungen sind in der jeweiligen gültigen Fassung das Internationale Sportgesetz der FIA einschließlich der Anhänge, das DMSB-Slalom-Reglement mit den technischen Bestimmungen, das DMSB-Veranstaltungsreglement, die DMSB-Lizenzbestimmungen, die allgemeinen und besonderen DMSB-Prädikatsbestimmungen, die DMSB-Umweltrichtlinien</w:t>
       </w:r>
       <w:r w:rsidR="00B92958">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00245647">
         <w:t>die Dopingbestimmungen der WADA/NADA, die DMSB und FIA-Anti-Doping-Bestimmungen sowie die Sportlichen und Technischen Serienbestimmungen (falls zutreffend). Soweit durch die Veranstaltungs-Ausschreibung keine anderweitige Regelung getroffen ist, gelten die Bestimmungen der o.a. Reglements</w:t>
       </w:r>
       <w:r w:rsidR="00FB2BB2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A759A54" w14:textId="77777777" w:rsidR="00FF7E9D" w:rsidRDefault="00FF7E9D" w:rsidP="006E60E9">
+    <w:p w14:paraId="4A759A54" w14:textId="5D530C10" w:rsidR="00FF7E9D" w:rsidRDefault="00353090" w:rsidP="006E60E9">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:r w:rsidRPr="00353090">
+        <w:t>Sollten Pyrotechnische Gegenstände zum Einsatz gebracht werden, sind die Vorgaben der lokalen Behörden zu berücksichtigen und weitere Angaben unter dem Artikel „Weitere Bestimmungen“ der Ausschreibung aufzuführen.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0E7BF934" w14:textId="0AD0F79D" w:rsidR="006E60E9" w:rsidRDefault="006E60E9" w:rsidP="006E60E9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DB8004E" w14:textId="66F061A3" w:rsidR="00FF7E9D" w:rsidRDefault="00FF7E9D" w:rsidP="006E60E9">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
@@ -874,205 +881,205 @@
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B2E6851" w14:textId="77777777" w:rsidR="002D5A25" w:rsidRPr="00F41D26" w:rsidRDefault="002D5A25" w:rsidP="008301E7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F41D26">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Homepage</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D325962" w14:textId="77777777" w:rsidR="005D0698" w:rsidRDefault="005D0698" w:rsidP="006E60E9">
       <w:pPr>
         <w:pStyle w:val="berschrift5"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27973DBB" w14:textId="4651B956" w:rsidR="00A81614" w:rsidRPr="0068023C" w:rsidRDefault="00A81614" w:rsidP="00A81614">
+    <w:p w14:paraId="27973DBB" w14:textId="0D0B06EA" w:rsidR="00A81614" w:rsidRPr="0068023C" w:rsidRDefault="00A81614" w:rsidP="00A81614">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk149738116"/>
       <w:r w:rsidRPr="0068023C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Organisationskomitee </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2206"/>
         <w:gridCol w:w="7683"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A81614" w:rsidRPr="00966886" w14:paraId="7FBE9547" w14:textId="77777777" w:rsidTr="0068023C">
+      <w:tr w:rsidR="00A81614" w:rsidRPr="00966886" w14:paraId="7FBE9547" w14:textId="69A1A29A" w:rsidTr="0068023C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7027E8B3" w14:textId="77777777" w:rsidR="00A81614" w:rsidRPr="0068023C" w:rsidRDefault="00A81614" w:rsidP="00A81614">
+          <w:p w14:paraId="7027E8B3" w14:textId="6C769E6D" w:rsidR="00A81614" w:rsidRPr="0068023C" w:rsidRDefault="00A81614" w:rsidP="00A81614">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068023C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Organisationskomitee:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7683" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="46171CF4" w14:textId="77777777" w:rsidR="00A81614" w:rsidRPr="0068023C" w:rsidRDefault="00A81614" w:rsidP="00A81614">
+          <w:p w14:paraId="46171CF4" w14:textId="1DA8A3D3" w:rsidR="00A81614" w:rsidRPr="0068023C" w:rsidRDefault="00A81614" w:rsidP="00A81614">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="62"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A81614" w:rsidRPr="00966886" w14:paraId="51180080" w14:textId="77777777" w:rsidTr="0068023C">
+      <w:tr w:rsidR="00A81614" w:rsidRPr="00966886" w14:paraId="51180080" w14:textId="444325BC" w:rsidTr="0068023C">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4D71C06D" w14:textId="324F8009" w:rsidR="00A81614" w:rsidRPr="0068023C" w:rsidRDefault="00966886" w:rsidP="00A81614">
+          <w:p w14:paraId="4D71C06D" w14:textId="720A379B" w:rsidR="00A81614" w:rsidRPr="0068023C" w:rsidRDefault="00966886" w:rsidP="00A81614">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(Anschrift)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7683" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1FEFE459" w14:textId="77777777" w:rsidR="00A81614" w:rsidRPr="0068023C" w:rsidRDefault="00A81614" w:rsidP="0068023C">
+          <w:p w14:paraId="1FEFE459" w14:textId="0D043643" w:rsidR="00A81614" w:rsidRPr="0068023C" w:rsidRDefault="00A81614" w:rsidP="0068023C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="175DEFE9" w14:textId="77777777" w:rsidR="00A81614" w:rsidRDefault="00A81614" w:rsidP="00B623E7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1960,53 +1967,52 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DE74503" w14:textId="6DA3DCA2" w:rsidR="00FE5EEB" w:rsidRPr="00D7247E" w:rsidRDefault="00FE5EEB" w:rsidP="0068023C">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068023C">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>* Hinweis: Bei Ausschreibung der Gruppe G-Elektro müssen die Richtlinien des DMSB für die Durchführung von Veranstaltungen mit Elektrofahrzeugen vom Veranstalter eingehalten werden (siehe DMSB-Homepage)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E806D4" w14:textId="636CC5FC" w:rsidR="009D6785" w:rsidRDefault="009D6785">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A7880E3" w14:textId="35233C01" w:rsidR="00D461D7" w:rsidRPr="00F92E6D" w:rsidRDefault="00D461D7" w:rsidP="00D461D7">
+    <w:p w14:paraId="3A7880E3" w14:textId="094D4AE4" w:rsidR="00D461D7" w:rsidRPr="00F92E6D" w:rsidRDefault="00D461D7" w:rsidP="00607CB6">
       <w:pPr>
-        <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F92E6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Art.  </w:t>
       </w:r>
       <w:r w:rsidR="009F038F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00EB63F3" w:rsidRPr="00F92E6D">
         <w:rPr>
           <w:b/>
@@ -2124,50 +2130,51 @@
           <w:p w14:paraId="26E6ED70" w14:textId="77777777" w:rsidR="00D461D7" w:rsidRPr="007A588F" w:rsidRDefault="00D461D7" w:rsidP="00800F72"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="042FAE91" w14:textId="77777777" w:rsidR="00D461D7" w:rsidRPr="007A588F" w:rsidRDefault="00D461D7" w:rsidP="00800F72">
             <w:r w:rsidRPr="007A588F">
               <w:t>Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A588F" w:rsidRPr="007A588F" w14:paraId="1848DF5A" w14:textId="77777777" w:rsidTr="00E550F5">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2802" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="63E4E5C9" w14:textId="77777777" w:rsidR="00D461D7" w:rsidRPr="007A588F" w:rsidRDefault="00D461D7" w:rsidP="00800F72">
             <w:r w:rsidRPr="007A588F">
+              <w:lastRenderedPageBreak/>
               <w:t>Technische Abnahme am</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1787" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5F502A28" w14:textId="77777777" w:rsidR="00D461D7" w:rsidRPr="007A588F" w:rsidRDefault="00D461D7" w:rsidP="00800F72"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="622" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="216E2E14" w14:textId="77777777" w:rsidR="00D461D7" w:rsidRPr="007A588F" w:rsidRDefault="00D461D7" w:rsidP="00800F72">
             <w:r w:rsidRPr="007A588F">
               <w:t>von</w:t>
             </w:r>
           </w:p>
@@ -2188,60 +2195,118 @@
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="30F72DB6" w14:textId="77777777" w:rsidR="00D461D7" w:rsidRPr="007A588F" w:rsidRDefault="00D461D7" w:rsidP="00800F72">
             <w:r w:rsidRPr="007A588F">
               <w:t>bis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1529" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15A15CC9" w14:textId="77777777" w:rsidR="00D461D7" w:rsidRPr="007A588F" w:rsidRDefault="00D461D7" w:rsidP="00800F72"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6A71514D" w14:textId="77777777" w:rsidR="00D461D7" w:rsidRPr="007A588F" w:rsidRDefault="00D461D7" w:rsidP="00800F72">
+          <w:p w14:paraId="6A71514D" w14:textId="5BB55876" w:rsidR="00C66FA0" w:rsidRPr="007A588F" w:rsidRDefault="00D461D7" w:rsidP="00800F72">
             <w:r w:rsidRPr="007A588F">
               <w:t xml:space="preserve">Uhr </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3EAD3425" w14:textId="77777777" w:rsidR="00081213" w:rsidRDefault="00081213" w:rsidP="006E60E9"/>
-    <w:p w14:paraId="15B64EFA" w14:textId="0E873A9D" w:rsidR="00560461" w:rsidRPr="0068023C" w:rsidRDefault="005D0698" w:rsidP="0068023C">
+    <w:p w14:paraId="42CCDED0" w14:textId="77777777" w:rsidR="00C55D05" w:rsidRDefault="00C55D05" w:rsidP="00C55D05">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EAD3425" w14:textId="06493D9A" w:rsidR="00081213" w:rsidRPr="00607CB6" w:rsidRDefault="004E1EB3" w:rsidP="00607CB6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66FA0" w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nach Absolvieren der Technischen Abnahme dürfen Fahrzeuge im Rahmen der Veranstaltung </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk218525627"/>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gemäß DMSB-Veranstaltungsreglement Art. 16 </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00C66FA0" w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ausschließlich an den in der Veranstaltungsausschreibung aufgeführten Wettbewerben teilnehmen.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A205A58" w14:textId="77777777" w:rsidR="00C55D05" w:rsidRDefault="00C55D05" w:rsidP="006E60E9"/>
+    <w:p w14:paraId="15B64EFA" w14:textId="2E3F29CD" w:rsidR="00560461" w:rsidRPr="0068023C" w:rsidRDefault="005D0698" w:rsidP="0068023C">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0068023C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Klasseneinteilung</w:t>
       </w:r>
       <w:r w:rsidR="00D543C9" w:rsidRPr="0068023C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (gem. DMSB-Bestimmungen)</w:t>
       </w:r>
       <w:r w:rsidR="00805FC7" w:rsidRPr="0068023C">
         <w:rPr>
@@ -2774,51 +2839,81 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">LG </w:t>
             </w:r>
             <w:r w:rsidR="00BB68DE" w:rsidRPr="00FF7E9D">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FB7211" w:rsidRPr="002F097D" w14:paraId="62B84119" w14:textId="77777777" w:rsidTr="00E82B6B">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="610F6581" w14:textId="6A4D977E" w:rsidR="00FB7211" w:rsidRPr="002F097D" w:rsidRDefault="007359E6" w:rsidP="00230369">
+          <w:p w14:paraId="610F6581" w14:textId="45CC0287" w:rsidR="00FB7211" w:rsidRPr="002F097D" w:rsidRDefault="001D03BB" w:rsidP="00230369">
+            <w:pPr>
+              <w:ind w:right="-144"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB7211">
+              <w:rPr>
+                <w:iCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Uhr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="3" w:name="_Hlk183093026"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B5EF4A" w14:textId="734B913A" w:rsidR="00FB7211" w:rsidRPr="002F097D" w:rsidRDefault="007359E6" w:rsidP="00230369">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="......."/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
@@ -2834,132 +2929,51 @@
                 <w:iCs/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>.......</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00FB7211">
-[...80 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidR="00FB7211" w:rsidRPr="00460316">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FB7211" w:rsidRPr="00460316">
               <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CA9B32A" w14:textId="7E18E793" w:rsidR="00FB7211" w:rsidRPr="002F097D" w:rsidRDefault="007359E6" w:rsidP="00230369">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3980,51 +3994,51 @@
         <w:gridCol w:w="2472"/>
         <w:gridCol w:w="2472"/>
         <w:gridCol w:w="2472"/>
         <w:gridCol w:w="2473"/>
       </w:tblGrid>
       <w:tr w:rsidR="00560461" w:rsidRPr="002F097D" w14:paraId="5B5DBD9E" w14:textId="77777777" w:rsidTr="006107EB">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9889" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FE97C99" w14:textId="77777777" w:rsidR="00560461" w:rsidRPr="002F097D" w:rsidRDefault="00560461" w:rsidP="006107EB">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk183079728"/>
+            <w:bookmarkStart w:id="4" w:name="_Hlk183079728"/>
             <w:r w:rsidRPr="002F097D">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Gruppe </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00560461" w:rsidRPr="002F097D" w14:paraId="2DA5F237" w14:textId="77777777" w:rsidTr="00E82B6B">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4547,51 +4561,51 @@
               <w:t>.......</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00FB7211" w:rsidRPr="00593491">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FB7211" w:rsidRPr="00593491">
               <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:tbl>
     <w:p w14:paraId="5547DE06" w14:textId="77777777" w:rsidR="00560461" w:rsidRPr="00B51D20" w:rsidRDefault="00560461" w:rsidP="00B85743">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2472"/>
         <w:gridCol w:w="2472"/>
         <w:gridCol w:w="2472"/>
         <w:gridCol w:w="2473"/>
       </w:tblGrid>
       <w:tr w:rsidR="00560461" w:rsidRPr="002F097D" w14:paraId="22A87F6B" w14:textId="77777777" w:rsidTr="006107EB">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
@@ -6381,51 +6395,51 @@
               </w:rPr>
               <w:t>.......</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00230369" w:rsidRPr="00564F45">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00230369" w:rsidRPr="00564F45">
               <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkStart w:id="4" w:name="_Hlk183092654"/>
+        <w:bookmarkStart w:id="5" w:name="_Hlk183092654"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1978" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44D69228" w14:textId="00F3C799" w:rsidR="00230369" w:rsidRPr="002F097D" w:rsidRDefault="00A80C1B" w:rsidP="00230369">
             <w:pPr>
               <w:ind w:right="-144"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:default w:val="......."/>
@@ -6446,51 +6460,51 @@
                 <w:iCs/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>.......</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="4"/>
+            <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidR="00230369" w:rsidRPr="00564F45">
               <w:rPr>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00230369" w:rsidRPr="00564F45">
               <w:rPr>
                 <w:iCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2196A491" w14:textId="77777777" w:rsidR="009F1A1E" w:rsidRPr="00B51D20" w:rsidRDefault="009F1A1E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6621,51 +6635,51 @@
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="28667FDC" w14:textId="77777777" w:rsidR="009156A3" w:rsidRPr="00E65F79" w:rsidRDefault="009156A3" w:rsidP="009156A3">
             <w:r w:rsidRPr="00E65F79">
               <w:t>Teilnahmeberechtigte Fahrer</w:t>
             </w:r>
             <w:r w:rsidR="003B6C3C" w:rsidRPr="00E65F79">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7F43ECD1" w14:textId="77777777" w:rsidR="009156A3" w:rsidRPr="00E65F79" w:rsidRDefault="009156A3" w:rsidP="009156A3"/>
+          <w:p w14:paraId="7F43ECD1" w14:textId="6B283AB6" w:rsidR="009156A3" w:rsidRPr="00E65F79" w:rsidRDefault="009156A3" w:rsidP="009156A3"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3138D892" w14:textId="77777777" w:rsidR="009156A3" w:rsidRPr="00B51D20" w:rsidRDefault="009156A3" w:rsidP="006E60E9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -6697,51 +6711,51 @@
               <w:t>):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="619349A7" w14:textId="77777777" w:rsidR="008430D0" w:rsidRPr="00E65F79" w:rsidRDefault="008430D0" w:rsidP="00325BCE"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A5DDEDC" w14:textId="77777777" w:rsidR="007736C5" w:rsidRPr="007675C9" w:rsidRDefault="007736C5" w:rsidP="007675C9"/>
     <w:p w14:paraId="2D426827" w14:textId="1E6881AC" w:rsidR="00B0211F" w:rsidRDefault="00B0211F" w:rsidP="00B0211F">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk149743855"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk149743855"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="0068023C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Zugelassener Kraftstoff</w:t>
       </w:r>
       <w:r w:rsidR="00713140">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
@@ -6758,51 +6772,51 @@
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>gem.</w:t>
       </w:r>
       <w:r w:rsidR="00713140">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> FIA</w:t>
       </w:r>
       <w:r w:rsidR="00713140" w:rsidRPr="00F20456">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ISG Anhang J + DMSB-Bestimmungen</w:t>
       </w:r>
       <w:r w:rsidR="00713140">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B8A20C8" w14:textId="77777777" w:rsidR="00B418B8" w:rsidRDefault="00B418B8" w:rsidP="00B418B8">
-      <w:bookmarkStart w:id="6" w:name="_Hlk149741474"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk149741474"/>
       <w:r>
         <w:t>Es darf ausschließlich unverbleiter Kraftstoff gemäß Art. 252.9 Anhang J (ISG) verwendet werden, welcher der DIN EN 228 entspricht oder Diesel-Kraftstoff gemäß Art. 252.9 und DIN EN 590. Jegliche Zusätze, mit Ausnahme von Luft oder Schmieröl bei 2-Taktmotoren, sind verboten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D183D98" w14:textId="77777777" w:rsidR="00B418B8" w:rsidRDefault="00B418B8" w:rsidP="00B418B8">
       <w:r>
         <w:t>Darüber hinaus gilt für Otto-Kraftstoff der Oktangrenzwert von max. 103 ROZ anstelle von 102 ROZ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35FFDF1D" w14:textId="77777777" w:rsidR="00B418B8" w:rsidRPr="00C50CC6" w:rsidRDefault="00B418B8" w:rsidP="00B418B8">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="341F2EC8" w14:textId="278072D1" w:rsidR="00B418B8" w:rsidRDefault="00B418B8" w:rsidP="00B418B8">
       <w:r w:rsidRPr="00EE1373">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
@@ -6954,52 +6968,52 @@
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00A80C1B">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00A80C1B">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>.......</w:t>
       </w:r>
       <w:r w:rsidR="00A80C1B">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="716C0165" w14:textId="77777777" w:rsidR="00B0211F" w:rsidRDefault="00B0211F" w:rsidP="00E82B6B"/>
     <w:p w14:paraId="2E3B7FB4" w14:textId="5252B335" w:rsidR="005D0698" w:rsidRPr="00A50B05" w:rsidRDefault="00D133D6" w:rsidP="00A50B05">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A50B05">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="0068023C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007675C9">
@@ -7281,50 +7295,51 @@
           <w:b/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t>gemäß DMSB-Slalom-</w:t>
       </w:r>
       <w:r w:rsidRPr="00646096">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t>Reglement um einen:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15BE7C8E" w14:textId="77777777" w:rsidR="00E65F79" w:rsidRDefault="0074317A" w:rsidP="00E65F79">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
@@ -7488,51 +7503,50 @@
         <w:rPr>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t>. 20 Meter und max. 150 Meter</w:t>
       </w:r>
       <w:r w:rsidR="00646096">
         <w:rPr>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04BFC4A3" w14:textId="77777777" w:rsidR="0074317A" w:rsidRDefault="00646096" w:rsidP="00E65F79">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="10"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Torbreite mind. 3 Meter und max. 4 Meter</w:t>
       </w:r>
       <w:r w:rsidR="0074317A">
         <w:rPr>
           <w:szCs w:val="10"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE74149" w14:textId="77777777" w:rsidR="003B6C3C" w:rsidRPr="00B51D20" w:rsidRDefault="003B6C3C" w:rsidP="00F92E6D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01C05D79" w14:textId="77777777" w:rsidR="00F92E6D" w:rsidRDefault="005D0698" w:rsidP="00F92E6D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -7549,264 +7563,264 @@
         <w:t>reckenskizze ist im Bereich</w:t>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="Kontrollkästchen9"/>
+      <w:bookmarkStart w:id="8" w:name="Kontrollkästchen9"/>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="007C2BAE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> der Abnahme</w:t>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C2BAE">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="Kontrollkästchen10"/>
+      <w:bookmarkStart w:id="9" w:name="Kontrollkästchen10"/>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> des Startplatzes ausgehängt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BCE972A" w14:textId="77777777" w:rsidR="00F92E6D" w:rsidRDefault="00F92E6D" w:rsidP="00F92E6D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F8A068B" w14:textId="3C717B99" w:rsidR="005D0698" w:rsidRPr="00F92E6D" w:rsidRDefault="005D0698" w:rsidP="00F92E6D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F92E6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="0068023C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="007675C9" w:rsidRPr="00F92E6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk149750534"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk149750534"/>
       <w:r w:rsidRPr="00F92E6D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nenn- und Teilnahmeberechtigung</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2502"/>
         <w:gridCol w:w="1819"/>
         <w:gridCol w:w="5460"/>
       </w:tblGrid>
       <w:tr w:rsidR="007A588F" w:rsidRPr="007A588F" w14:paraId="2C3AB9D5" w14:textId="77777777" w:rsidTr="00E65F79">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2518" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="9"/>
+          <w:bookmarkEnd w:id="10"/>
           <w:p w14:paraId="7D29DCA2" w14:textId="77777777" w:rsidR="00B24501" w:rsidRPr="007A588F" w:rsidRDefault="00B24501" w:rsidP="00245647">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A588F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>vorläufiger Nennschluss:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A022065" w14:textId="77777777" w:rsidR="00B24501" w:rsidRPr="007A588F" w:rsidRDefault="00B24501" w:rsidP="00325BCE">
+          <w:p w14:paraId="4A022065" w14:textId="28F64008" w:rsidR="00B24501" w:rsidRPr="007A588F" w:rsidRDefault="00B24501" w:rsidP="00325BCE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4EA1B21C" w14:textId="79D5BEBE" w:rsidR="00B24501" w:rsidRPr="007A588F" w:rsidRDefault="00B24501" w:rsidP="00325BCE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
@@ -7976,51 +7990,51 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00317CE0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
             <w:r w:rsidRPr="007A588F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52C9FE02" w14:textId="77777777" w:rsidR="00B24501" w:rsidRPr="00B24501" w:rsidRDefault="00B24501" w:rsidP="00B24501"/>
-    <w:bookmarkStart w:id="10" w:name="_Hlk149746685"/>
+    <w:bookmarkStart w:id="11" w:name="_Hlk149746685"/>
     <w:p w14:paraId="2A22866B" w14:textId="6D6232FB" w:rsidR="00646096" w:rsidRDefault="00F41D26" w:rsidP="00646096">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="007675C9">
@@ -8190,468 +8204,491 @@
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007675C9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Zahl der Teilnehmer ist </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>unbegrenzt.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p w14:paraId="47168C00" w14:textId="77777777" w:rsidR="0074317A" w:rsidRPr="00B51D20" w:rsidRDefault="0074317A" w:rsidP="007675C9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4705B863" w14:textId="77777777" w:rsidR="00BE3533" w:rsidRPr="007A588F" w:rsidRDefault="00BE3533" w:rsidP="007675C9">
+    <w:p w14:paraId="4705B863" w14:textId="7F2EDBDA" w:rsidR="00BE3533" w:rsidRPr="007A588F" w:rsidRDefault="00BE3533" w:rsidP="007675C9">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alle Fahrer müssen mind. im Besitz </w:t>
       </w:r>
       <w:r w:rsidR="007675C9" w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>der Nationalen Lizenz Stufe C</w:t>
       </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0073465A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">oder </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0073465A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Race</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0073465A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Card </w:t>
       </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sein.</w:t>
+      </w:r>
+      <w:r w:rsidR="0074506B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0074506B" w:rsidRPr="0074506B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Das Mindestalter der Teilnehmer liegt bei 14 Jahren (Stichtagsregelung).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="417F8661" w14:textId="77777777" w:rsidR="007675C9" w:rsidRPr="00B51D20" w:rsidRDefault="007675C9" w:rsidP="007675C9">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2875F939" w14:textId="5882D14B" w:rsidR="009F038F" w:rsidRDefault="009F038F" w:rsidP="009F038F">
+    <w:p w14:paraId="2875F939" w14:textId="36B56484" w:rsidR="009F038F" w:rsidRDefault="0074506B" w:rsidP="009F038F">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jugendliche der Jahrgänge </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve">Fahrer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0074506B">
+        <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>200</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="007A588F">
+        <w:t>unter 18 Jahre (Stichtagsregelung)</w:t>
+      </w:r>
+      <w:r w:rsidR="009F038F" w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, die mind. im Besitz der Nationalen Lizenz Stufe B sind, sind grundsätzlich startberechtigt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="248286D3" w14:textId="77777777" w:rsidR="009F038F" w:rsidRPr="007A588F" w:rsidRDefault="009F038F" w:rsidP="009F038F">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73D25B49" w14:textId="775314CB" w:rsidR="009F038F" w:rsidRDefault="005D0698" w:rsidP="007675C9">
+    <w:p w14:paraId="26CCEA48" w14:textId="13FB3664" w:rsidR="004E1EB3" w:rsidRDefault="005D0698" w:rsidP="007675C9">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk146716100"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk146716100"/>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Fahrer der Jahrgänge </w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t xml:space="preserve">Fahrer </w:t>
+      </w:r>
+      <w:r w:rsidR="0074506B" w:rsidRPr="0074506B">
+        <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>200</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>unter 18 Jahre (Stichtagsregelung)</w:t>
+      </w:r>
+      <w:r w:rsidR="0074506B">
+        <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008A1418">
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mit </w:t>
       </w:r>
       <w:r w:rsidR="00E17243" w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>einer gültigen Nationalen Lizenz Stufe C</w:t>
       </w:r>
       <w:r w:rsidR="0073465A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> oder </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0073465A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Race</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0073465A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Card</w:t>
       </w:r>
       <w:r w:rsidR="003B6C3C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>sind in den DMSB</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E65F79">
+        <w:t xml:space="preserve">sind </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FDA2800" w14:textId="5F898491" w:rsidR="00C55D05" w:rsidRDefault="005D0698" w:rsidP="007675C9">
+      <w:pPr>
+        <w:pStyle w:val="Kommentartext"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>-</w:t>
-[...12 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Kontrollkästchen13"/>
+      <w:bookmarkStart w:id="13" w:name="Kontrollkästchen13"/>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="000C303D" w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007A588F">
-        <w:rPr>
+      <w:r w:rsidR="0074506B" w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ebenfalls </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>zugelassen</w:t>
       </w:r>
       <w:r w:rsidR="007C2BAE" w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> /  </w:t>
       </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Kontrollkästchen14"/>
+      <w:bookmarkStart w:id="14" w:name="Kontrollkästchen14"/>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="000C303D" w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nicht zugelassen</w:t>
+      </w:r>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>nicht zugelassen.</w:t>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CF0F2E" w:rsidRPr="00CF0F2E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CF0F2E">
+    </w:p>
+    <w:p w14:paraId="73D25B49" w14:textId="7C06E708" w:rsidR="009F038F" w:rsidRDefault="00CF0F2E" w:rsidP="007675C9">
+      <w:pPr>
+        <w:pStyle w:val="Kommentartext"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Zudem ist die erfolgreiche Teilnahme an einem Fahrsicherheitslehrgang durch einen Trägervereine des DMSB schriftlich dem Veranstalter vorzuweisen.</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zudem ist </w:t>
+      </w:r>
+      <w:r w:rsidR="0074506B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">von diesen </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>die erfolgreiche Teilnahme an einem Fahrsicherheitslehrgang durch einen Trägervereine des DMSB schriftlich dem Veranstalter vorzuweisen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21C3DFF5" w14:textId="77777777" w:rsidR="00CF0F2E" w:rsidRDefault="00CF0F2E" w:rsidP="007675C9">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09F82C5E" w14:textId="66C7FC6F" w:rsidR="00930BDD" w:rsidRPr="007A588F" w:rsidRDefault="009F038F" w:rsidP="007675C9">
+    <w:p w14:paraId="09F82C5E" w14:textId="76D21E66" w:rsidR="00930BDD" w:rsidRPr="007A588F" w:rsidRDefault="009F038F" w:rsidP="007675C9">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Hinweis:</w:t>
       </w:r>
       <w:r w:rsidR="00CF0F2E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF0F2E" w:rsidRPr="00CF0F2E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Fahrer der Jahrgänge 200</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A80C1B">
+        <w:t xml:space="preserve">Fahrer </w:t>
+      </w:r>
+      <w:r w:rsidR="0074506B" w:rsidRPr="0074506B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CF0F2E" w:rsidRPr="00CF0F2E">
+        <w:t xml:space="preserve">unter 18 Jahre (Stichtagsregelung) </w:t>
+      </w:r>
+      <w:r w:rsidR="004E1EB3">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> und jünger </w:t>
+        <w:t>sind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>können gemäß DMSB Slalom Reglement Art. 2 nur mit Fahrzeugen mit einem Leistungsgewicht von mind</w:t>
+        <w:t xml:space="preserve"> gemäß DMSB Slalom Reglement Art. 2 nur mit Fahrzeugen mit einem Leistungsgewicht von mind</w:t>
       </w:r>
       <w:r w:rsidR="00836867">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">estens </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">11kg/kW starten. </w:t>
+        <w:t xml:space="preserve">11kg/kW </w:t>
+      </w:r>
+      <w:r w:rsidR="004E1EB3">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>startberechtigt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="302A7A30" w14:textId="77777777" w:rsidR="00FE5EEB" w:rsidRDefault="00FE5EEB" w:rsidP="00E82B6B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6494FF7E" w14:textId="1453548B" w:rsidR="005D0698" w:rsidRPr="00A50B05" w:rsidRDefault="00D133D6" w:rsidP="00A50B05">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A50B05">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -9897,50 +9934,51 @@
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C11D2FC" w14:textId="77777777" w:rsidR="00F92E6D" w:rsidRPr="007A588F" w:rsidRDefault="00F92E6D" w:rsidP="006E60E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42D7DC12" w14:textId="60E8DCD0" w:rsidR="005D0698" w:rsidRPr="007A588F" w:rsidRDefault="00D133D6" w:rsidP="00A50B05">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="0068023C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00C40446" w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D0698" w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Wettbewerbe, die während der Veranstaltung zur Durchführung kommen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -10024,51 +10062,50 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="499064E0" w14:textId="77777777" w:rsidR="00C40446" w:rsidRDefault="00C40446" w:rsidP="006E60E9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3544"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="437ACC07" w14:textId="29691EF6" w:rsidR="005D0698" w:rsidRPr="007A588F" w:rsidRDefault="005D0698" w:rsidP="00A50B05">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="0068023C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="0068023C" w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00245647">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Parc</w:t>
       </w:r>
       <w:r w:rsidR="009E54F9">
         <w:rPr>
@@ -10283,128 +10320,128 @@
       <w:r w:rsidR="009E54F9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00026310" w:rsidRPr="00EE1373">
         <w:t>Fermé</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00026310" w:rsidRPr="00EE1373">
         <w:t xml:space="preserve"> abgestellt werden</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4128ACCE" w14:textId="77777777" w:rsidR="004D0046" w:rsidRDefault="004D0046" w:rsidP="00026310"/>
     <w:p w14:paraId="7B98D54B" w14:textId="3FADC0CD" w:rsidR="004D0046" w:rsidRDefault="004D0046" w:rsidP="004D0046">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk149746462"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk149746462"/>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="0068023C" w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0068023C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="0068023C" w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Wertung</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="15" w:name="_Hlk145420569"/>
-    <w:bookmarkStart w:id="16" w:name="_Hlk149738227"/>
+    <w:bookmarkStart w:id="16" w:name="_Hlk145420569"/>
+    <w:bookmarkStart w:id="17" w:name="_Hlk149738227"/>
     <w:p w14:paraId="2984DACD" w14:textId="6C459224" w:rsidR="004D0046" w:rsidRDefault="00FA7530" w:rsidP="004D0046">
       <w:r w:rsidRPr="00EE1373">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D0046">
         <w:t>Die Wertung erfolgt gemäß Art. 10 des DMSB-Slalom Reglements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6907CD06" w14:textId="77777777" w:rsidR="00F9207C" w:rsidRPr="00F9207C" w:rsidRDefault="00F9207C" w:rsidP="004D0046">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p w14:paraId="1F2A31BD" w14:textId="1019F3DE" w:rsidR="00F9207C" w:rsidRDefault="00F9207C" w:rsidP="004D0046">
       <w:r w:rsidRPr="00EE1373">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00EE1373">
         <w:t xml:space="preserve"> </w:t>
@@ -10479,68 +10516,68 @@
           <w:iCs/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00843991">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00843991">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
           <w:noProof/>
         </w:rPr>
         <w:t>.......</w:t>
       </w:r>
       <w:r w:rsidR="00843991">
         <w:rPr>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="273DE743" w14:textId="77777777" w:rsidR="00026310" w:rsidRPr="007A588F" w:rsidRDefault="00026310" w:rsidP="00201F69">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CDDACDD" w14:textId="438AC4BA" w:rsidR="005D0698" w:rsidRPr="007A588F" w:rsidRDefault="00D133D6" w:rsidP="00A50B05">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk145320234"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk145320234"/>
       <w:r w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r w:rsidR="0068023C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
       <w:r w:rsidR="0068023C" w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D0698" w:rsidRPr="007A588F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -10553,51 +10590,51 @@
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1462"/>
         <w:gridCol w:w="8319"/>
       </w:tblGrid>
       <w:tr w:rsidR="001A28F2" w14:paraId="64C0BAA1" w14:textId="77777777" w:rsidTr="00E82B6B">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1384" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="17"/>
+          <w:bookmarkEnd w:id="18"/>
           <w:p w14:paraId="2F3D649E" w14:textId="77777777" w:rsidR="001A28F2" w:rsidRPr="00687764" w:rsidRDefault="001A28F2" w:rsidP="00886743">
             <w:r w:rsidRPr="00687764">
               <w:t>Geldpreise</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8679" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6149BC11" w14:textId="77777777" w:rsidR="001A28F2" w:rsidRDefault="001A28F2" w:rsidP="00886743">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -11784,210 +11821,440 @@
         </w:rPr>
         <w:t>Art.</w:t>
       </w:r>
       <w:r w:rsidR="007736C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r w:rsidR="0068023C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="007736C5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Protest und Berufung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6027B39E" w14:textId="77777777" w:rsidR="007736C5" w:rsidRPr="007D03BE" w:rsidRDefault="007736C5" w:rsidP="007736C5">
+    <w:p w14:paraId="0606FFC4" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00607CB6">
       <w:pPr>
-        <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007D03BE">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Bei Protesten und Berufung gelten das Internationale Sportgesetz der FIA, das Veranstaltungsreglement des DMSB, die Rechts- und Verfahrensordnung des DMSB sowie bei Berufungen zur FIA die Rechts- und Verfahrensordnung der FIA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E229AF9" w14:textId="77777777" w:rsidR="007736C5" w:rsidRPr="007D03BE" w:rsidRDefault="007736C5" w:rsidP="007736C5">
+    <w:p w14:paraId="1F181A57" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40A035D9" w14:textId="629BE171" w:rsidR="00F92E6D" w:rsidRPr="002A5A6F" w:rsidRDefault="00F92E6D" w:rsidP="00F92E6D">
+    <w:p w14:paraId="54C91839" w14:textId="3105702A" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A5A6F">
-        <w:rPr>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Für DMSB-genehmigte Serien</w:t>
+      </w:r>
+      <w:r w:rsidR="00353090" w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ Wettbewerbe </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>gelten folgende Kautionen (mehrwertsteuerfrei)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B315A7" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> den DMSB: </w:t>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Berufungskaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D3E952E" w14:textId="77777777" w:rsidR="00F92E6D" w:rsidRPr="00F92E6D" w:rsidRDefault="003B6C3C" w:rsidP="00F92E6D">
-      <w:r>
+    <w:p w14:paraId="0EAF44DC" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00607CB6" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t>Status National A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F92E6D" w:rsidRPr="00F92E6D">
-        <w:t>300,00 €</w:t>
+      <w:r w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>1.000,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44EDED43" w14:textId="77777777" w:rsidR="007736C5" w:rsidRPr="00F92E6D" w:rsidRDefault="007736C5" w:rsidP="007736C5">
+    <w:p w14:paraId="74F157AD" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00607CB6" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76B3FE3A" w14:textId="77777777" w:rsidR="00F92E6D" w:rsidRPr="00891EE2" w:rsidRDefault="00F92E6D" w:rsidP="00F92E6D">
+    <w:p w14:paraId="69BD8B0B" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
       <w:pPr>
         <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Protestkaution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (zahlbar an DMSB):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46CC6394" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00607CB6" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Status National A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00607CB6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>300,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="722CDD92" w14:textId="77777777" w:rsidR="00F92E6D" w:rsidRPr="003B6C3C" w:rsidRDefault="00F92E6D" w:rsidP="00F92E6D">
-[...11 lines deleted...]
-    <w:p w14:paraId="3E3D1676" w14:textId="77777777" w:rsidR="007736C5" w:rsidRPr="007D03BE" w:rsidRDefault="007736C5" w:rsidP="007736C5">
+    <w:p w14:paraId="10E65046" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48938069" w14:textId="77777777" w:rsidR="007736C5" w:rsidRDefault="007736C5" w:rsidP="007736C5">
+    <w:p w14:paraId="6EA25223" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007D03BE">
-[...3 lines deleted...]
-        <w:t>(Protest- und Berufungskautionen sind mehrwertsteuerfrei)</w:t>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(DMSB-Protest- und Berufungskautionen sind an den DMSB zu entrichten)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6435F835" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="057FEDE3" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Für andere ASN-genehmigte Serien gelten folgende Kautionen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D5CEC5" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
+      <w:pPr>
+        <w:ind w:left="3544" w:hanging="3544"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Protest-/Berufung-/Revisionskaution </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(zahlbar an ASN der Serie):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006A22FA" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
+      <w:pPr>
+        <w:ind w:left="3544" w:hanging="3544"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk216862847"/>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Status International</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Höhe Kaution gem. ASN-Serienreglement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CC8845" w14:textId="77777777" w:rsidR="00C66FA0" w:rsidRPr="00B706DD" w:rsidRDefault="00C66FA0" w:rsidP="00C66FA0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Status National</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B706DD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Höhe Kaution gem. ASN-Serienreglement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79787580" w14:textId="77777777" w:rsidR="00A81614" w:rsidRPr="007D03BE" w:rsidRDefault="00A81614" w:rsidP="007736C5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13EE1851" w14:textId="2AB11FCA" w:rsidR="00A81614" w:rsidRDefault="00A81614" w:rsidP="00A81614">
+    <w:p w14:paraId="13EE1851" w14:textId="5E161014" w:rsidR="00A81614" w:rsidRDefault="00A81614" w:rsidP="00A81614">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Hlk149738331"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk149738331"/>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0068023C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
@@ -12069,369 +12336,318 @@
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidR="00A81614" w:rsidRPr="0068023C">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CAFB6E6" w14:textId="0B4E6E54" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="00A81614" w:rsidP="00A81614">
+    <w:p w14:paraId="7CAFB6E6" w14:textId="22867791" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="00A81614" w:rsidP="00A81614">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSB-Veranstaltungsreglement 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00546375">
+        <w:t>DMSB-Veranstaltungsreglement</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66FA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Art. 3</w:t>
+        <w:t>Art. 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>5 versichert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C089DC5" w14:textId="77777777" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="00A81614" w:rsidP="00A81614">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71999775" w14:textId="2FFE6D23" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="0036709B" w:rsidP="0036709B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C545E50" w14:textId="224A01D9" w:rsidR="00A81614" w:rsidRPr="00712107" w:rsidRDefault="00941294" w:rsidP="00A81614">
+    <w:p w14:paraId="2C545E50" w14:textId="53787540" w:rsidR="00A81614" w:rsidRPr="00712107" w:rsidRDefault="00941294" w:rsidP="00A81614">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
+        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66FA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="18"/>
-[...15 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Art. 36</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB2F1D0" w14:textId="77777777" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="00A81614" w:rsidP="00A81614">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5AF38EBB" w14:textId="4E0F265C" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="0036709B" w:rsidP="0036709B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Freistellung von Ansprüchen des Fahrzeugeigentümers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB7716D" w14:textId="4ABD97BC" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="00941294" w:rsidP="00A81614">
+    <w:p w14:paraId="4CB7716D" w14:textId="7610A5FE" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="00941294" w:rsidP="00A81614">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
+        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66FA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="18"/>
-[...15 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Art. 37</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3487461A" w14:textId="77777777" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="00A81614" w:rsidP="00A81614">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="449935AD" w14:textId="3FC40155" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="0036709B" w:rsidP="0036709B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">d) </w:t>
       </w:r>
       <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Verantwortlichkeit, Änderung der Ausschreibung, Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44AD0CB5" w14:textId="50D2C531" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="00941294" w:rsidP="00A81614">
+    <w:p w14:paraId="44AD0CB5" w14:textId="4BBA1404" w:rsidR="00A81614" w:rsidRPr="00A81614" w:rsidRDefault="00941294" w:rsidP="00A81614">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
+        <w:t xml:space="preserve"> DMSB-Veranstaltungsreglement</w:t>
+      </w:r>
+      <w:r w:rsidR="00C66FA0">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:szCs w:val="18"/>
-[...15 lines deleted...]
-          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A81614" w:rsidRPr="00A81614">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Art. 39</w:t>
       </w:r>
       <w:r w:rsidR="0036709B">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> und Art. 40</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p w14:paraId="5DB22A4A" w14:textId="77777777" w:rsidR="006F7813" w:rsidRPr="007A588F" w:rsidRDefault="006F7813" w:rsidP="006E60E9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="170D332D" w14:textId="77777777" w:rsidR="00C664E4" w:rsidRPr="001205D6" w:rsidRDefault="00C664E4" w:rsidP="00C664E4">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A588F">
@@ -12452,81 +12668,85 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7070F41A" w14:textId="77777777" w:rsidR="005D0698" w:rsidRPr="001205D6" w:rsidRDefault="00081883" w:rsidP="00081883">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001205D6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIA und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005D0698" w:rsidRPr="001205D6" w:rsidSect="00393F8A">
-      <w:headerReference w:type="default" r:id="rId7"/>
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1096" w:right="991" w:bottom="510" w:left="1134" w:header="426" w:footer="213" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="51391D84" w14:textId="77777777" w:rsidR="004F6277" w:rsidRDefault="00D7184D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6251B23A" w14:textId="77777777" w:rsidR="004F6277" w:rsidRDefault="00D7184D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -12543,96 +12763,116 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="34450F36" w14:textId="659EA3BC" w:rsidR="002C04A9" w:rsidRDefault="002C04A9" w:rsidP="00393F8A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="616AEDFD" w14:textId="77777777" w:rsidR="00765879" w:rsidRDefault="00765879">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="34450F36" w14:textId="659EA3BC" w:rsidR="002C04A9" w:rsidRPr="00607CB6" w:rsidRDefault="002C04A9" w:rsidP="00393F8A">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabellenraster"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2235"/>
       <w:gridCol w:w="1559"/>
       <w:gridCol w:w="709"/>
       <w:gridCol w:w="4252"/>
     </w:tblGrid>
     <w:tr w:rsidR="009D2948" w:rsidRPr="00C40446" w14:paraId="3153846A" w14:textId="1E8F9B3A" w:rsidTr="0068023C">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2235" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="5865697A" w14:textId="0CFEA63F" w:rsidR="00774D17" w:rsidRPr="00142740" w:rsidRDefault="00774D17" w:rsidP="00800F72">
+        <w:p w14:paraId="5865697A" w14:textId="74C1182C" w:rsidR="00774D17" w:rsidRPr="00142740" w:rsidRDefault="00765879" w:rsidP="00800F72">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:bookmarkStart w:id="19" w:name="_Hlk149742485"/>
+          <w:bookmarkStart w:id="21" w:name="_Hlk149742485"/>
           <w:r>
+            <w:rPr>
+              <w:szCs w:val="18"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="00774D17">
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1559" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="458C4583" w14:textId="0B5DB633" w:rsidR="00774D17" w:rsidRPr="00142740" w:rsidRDefault="00774D17" w:rsidP="00800F72">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
@@ -12766,68 +13006,68 @@
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="77EBDBC0" w14:textId="48EAE6C8" w:rsidR="00774D17" w:rsidRPr="00142740" w:rsidRDefault="009D2948" w:rsidP="00800F72">
           <w:pPr>
             <w:pStyle w:val="Fuzeile"/>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve">Koordination </w:t>
           </w:r>
           <w:r w:rsidR="00546375">
             <w:rPr>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>Sport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
   </w:tbl>
   <w:p w14:paraId="6F97555E" w14:textId="25EC7F3D" w:rsidR="00EB7E6A" w:rsidRDefault="00EB7E6A" w:rsidP="002E1BEC">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="52A18102" w14:textId="7D04C031" w:rsidR="002E1BEC" w:rsidRDefault="002E1BEC" w:rsidP="002E1BEC">
+  <w:p w14:paraId="52A18102" w14:textId="33CEB7F6" w:rsidR="002E1BEC" w:rsidRDefault="002E1BEC" w:rsidP="002E1BEC">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9781"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r w:rsidR="00AF4EA5">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
@@ -12851,58 +13091,58 @@
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="008A1418">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00546375">
+    <w:r w:rsidR="00C66FA0">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
@@ -13034,71 +13274,91 @@
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="31D03FD4" w14:textId="77777777" w:rsidR="008A0F15" w:rsidRPr="009E54F9" w:rsidRDefault="008A0F15" w:rsidP="00C40446">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:b/>
         <w:i/>
         <w:sz w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2109DC62" w14:textId="77777777" w:rsidR="00765879" w:rsidRDefault="00765879">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="38517079" w14:textId="77777777" w:rsidR="004F6277" w:rsidRDefault="00D7184D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="74EB12D1" w14:textId="77777777" w:rsidR="004F6277" w:rsidRDefault="00D7184D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="487DB417" w14:textId="77777777" w:rsidR="00765879" w:rsidRDefault="00765879">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6035C1EF" w14:textId="77777777" w:rsidR="00E65F79" w:rsidRDefault="00E65F79" w:rsidP="00F92E6D">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="753B9E3F" w14:textId="739CC4C5" w:rsidR="008A0F15" w:rsidRDefault="00E65F79" w:rsidP="00F92E6D">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A483778" wp14:editId="4F84C93D">
           <wp:extent cx="1543050" cy="242266"/>
           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
           <wp:docPr id="1" name="Grafik 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -13116,52 +13376,62 @@
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1566500" cy="245948"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="476AF88F" w14:textId="77777777" w:rsidR="00765879" w:rsidRDefault="00765879">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D7274B1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A927F3A"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13353,61 +13623,61 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="141118095">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1215047434">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="168961"/>
+    <o:shapedefaults v:ext="edit" spidmax="181249"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E6136A"/>
     <w:rsid w:val="00000241"/>
     <w:rsid w:val="00000332"/>
     <w:rsid w:val="00000CED"/>
     <w:rsid w:val="000011BF"/>
     <w:rsid w:val="0000129C"/>
     <w:rsid w:val="00001BB2"/>
@@ -13978,50 +14248,51 @@
     <w:rsid w:val="001B7393"/>
     <w:rsid w:val="001B761D"/>
     <w:rsid w:val="001C069B"/>
     <w:rsid w:val="001C1562"/>
     <w:rsid w:val="001C176E"/>
     <w:rsid w:val="001C19E2"/>
     <w:rsid w:val="001C1D8E"/>
     <w:rsid w:val="001C2161"/>
     <w:rsid w:val="001C241B"/>
     <w:rsid w:val="001C2500"/>
     <w:rsid w:val="001C2CA4"/>
     <w:rsid w:val="001C31A6"/>
     <w:rsid w:val="001C34BC"/>
     <w:rsid w:val="001C3DDA"/>
     <w:rsid w:val="001C40A8"/>
     <w:rsid w:val="001C4BAC"/>
     <w:rsid w:val="001C5487"/>
     <w:rsid w:val="001C59D4"/>
     <w:rsid w:val="001C6004"/>
     <w:rsid w:val="001C6A73"/>
     <w:rsid w:val="001C6B66"/>
     <w:rsid w:val="001C71FA"/>
     <w:rsid w:val="001C725E"/>
     <w:rsid w:val="001C774A"/>
     <w:rsid w:val="001C7B6B"/>
+    <w:rsid w:val="001D03BB"/>
     <w:rsid w:val="001D0FED"/>
     <w:rsid w:val="001D3352"/>
     <w:rsid w:val="001D33C2"/>
     <w:rsid w:val="001D3CD7"/>
     <w:rsid w:val="001D4BFB"/>
     <w:rsid w:val="001D4F1C"/>
     <w:rsid w:val="001D51D4"/>
     <w:rsid w:val="001D54F7"/>
     <w:rsid w:val="001D5720"/>
     <w:rsid w:val="001D663C"/>
     <w:rsid w:val="001D664B"/>
     <w:rsid w:val="001D67C1"/>
     <w:rsid w:val="001D6C62"/>
     <w:rsid w:val="001D6CDE"/>
     <w:rsid w:val="001D7F20"/>
     <w:rsid w:val="001D7F7B"/>
     <w:rsid w:val="001E08BC"/>
     <w:rsid w:val="001E0A2D"/>
     <w:rsid w:val="001E12A8"/>
     <w:rsid w:val="001E1BE4"/>
     <w:rsid w:val="001E4A04"/>
     <w:rsid w:val="001E576E"/>
     <w:rsid w:val="001E689D"/>
     <w:rsid w:val="001E6B95"/>
     <w:rsid w:val="001E6DD9"/>
@@ -14455,50 +14726,51 @@
     <w:rsid w:val="003441A0"/>
     <w:rsid w:val="003441D3"/>
     <w:rsid w:val="003446B6"/>
     <w:rsid w:val="003450A2"/>
     <w:rsid w:val="003453F0"/>
     <w:rsid w:val="003459DD"/>
     <w:rsid w:val="00345CAF"/>
     <w:rsid w:val="00345F11"/>
     <w:rsid w:val="0034619B"/>
     <w:rsid w:val="003461A4"/>
     <w:rsid w:val="00346F56"/>
     <w:rsid w:val="003471F7"/>
     <w:rsid w:val="0034720F"/>
     <w:rsid w:val="00347C94"/>
     <w:rsid w:val="00350459"/>
     <w:rsid w:val="00350B1E"/>
     <w:rsid w:val="00350E53"/>
     <w:rsid w:val="00351234"/>
     <w:rsid w:val="00351317"/>
     <w:rsid w:val="00351718"/>
     <w:rsid w:val="003519EE"/>
     <w:rsid w:val="003521F5"/>
     <w:rsid w:val="0035293B"/>
     <w:rsid w:val="0035297D"/>
     <w:rsid w:val="00352E6E"/>
+    <w:rsid w:val="00353090"/>
     <w:rsid w:val="003532E5"/>
     <w:rsid w:val="00353603"/>
     <w:rsid w:val="00353B6B"/>
     <w:rsid w:val="00353E7A"/>
     <w:rsid w:val="00353ED6"/>
     <w:rsid w:val="00353FA2"/>
     <w:rsid w:val="00354111"/>
     <w:rsid w:val="003545B1"/>
     <w:rsid w:val="00354626"/>
     <w:rsid w:val="00354AAC"/>
     <w:rsid w:val="00355092"/>
     <w:rsid w:val="00355458"/>
     <w:rsid w:val="0035554A"/>
     <w:rsid w:val="00355DB9"/>
     <w:rsid w:val="003563DF"/>
     <w:rsid w:val="003569F3"/>
     <w:rsid w:val="00356B90"/>
     <w:rsid w:val="00356DF0"/>
     <w:rsid w:val="00357194"/>
     <w:rsid w:val="003572C5"/>
     <w:rsid w:val="00357A61"/>
     <w:rsid w:val="0036024E"/>
     <w:rsid w:val="00360856"/>
     <w:rsid w:val="00362344"/>
     <w:rsid w:val="003628D4"/>
@@ -14954,50 +15226,51 @@
     <w:rsid w:val="004D26C8"/>
     <w:rsid w:val="004D2856"/>
     <w:rsid w:val="004D2A08"/>
     <w:rsid w:val="004D2A7C"/>
     <w:rsid w:val="004D3058"/>
     <w:rsid w:val="004D3598"/>
     <w:rsid w:val="004D3661"/>
     <w:rsid w:val="004D39EC"/>
     <w:rsid w:val="004D3AA4"/>
     <w:rsid w:val="004D40A5"/>
     <w:rsid w:val="004D434E"/>
     <w:rsid w:val="004D4F2E"/>
     <w:rsid w:val="004D565B"/>
     <w:rsid w:val="004D56E6"/>
     <w:rsid w:val="004D5C69"/>
     <w:rsid w:val="004D677B"/>
     <w:rsid w:val="004D6D00"/>
     <w:rsid w:val="004D709A"/>
     <w:rsid w:val="004D7237"/>
     <w:rsid w:val="004D785C"/>
     <w:rsid w:val="004D79DF"/>
     <w:rsid w:val="004E0563"/>
     <w:rsid w:val="004E097C"/>
     <w:rsid w:val="004E0F61"/>
     <w:rsid w:val="004E1B1D"/>
+    <w:rsid w:val="004E1EB3"/>
     <w:rsid w:val="004E2272"/>
     <w:rsid w:val="004E3336"/>
     <w:rsid w:val="004E337B"/>
     <w:rsid w:val="004E367B"/>
     <w:rsid w:val="004E3A27"/>
     <w:rsid w:val="004E3DAF"/>
     <w:rsid w:val="004E3F72"/>
     <w:rsid w:val="004E460A"/>
     <w:rsid w:val="004E48AB"/>
     <w:rsid w:val="004E495A"/>
     <w:rsid w:val="004E5001"/>
     <w:rsid w:val="004E5503"/>
     <w:rsid w:val="004E57A5"/>
     <w:rsid w:val="004E5E31"/>
     <w:rsid w:val="004E5F3E"/>
     <w:rsid w:val="004E5F9D"/>
     <w:rsid w:val="004E64E5"/>
     <w:rsid w:val="004E6ABB"/>
     <w:rsid w:val="004E79F9"/>
     <w:rsid w:val="004F091E"/>
     <w:rsid w:val="004F0E33"/>
     <w:rsid w:val="004F141A"/>
     <w:rsid w:val="004F20AA"/>
     <w:rsid w:val="004F2F44"/>
     <w:rsid w:val="004F358E"/>
@@ -15248,50 +15521,51 @@
     <w:rsid w:val="005B7223"/>
     <w:rsid w:val="005C006F"/>
     <w:rsid w:val="005C0D67"/>
     <w:rsid w:val="005C1ADD"/>
     <w:rsid w:val="005C1C79"/>
     <w:rsid w:val="005C1EF1"/>
     <w:rsid w:val="005C2326"/>
     <w:rsid w:val="005C2348"/>
     <w:rsid w:val="005C2E9D"/>
     <w:rsid w:val="005C332B"/>
     <w:rsid w:val="005C377C"/>
     <w:rsid w:val="005C3B6B"/>
     <w:rsid w:val="005C43C7"/>
     <w:rsid w:val="005C4480"/>
     <w:rsid w:val="005C4541"/>
     <w:rsid w:val="005C48B9"/>
     <w:rsid w:val="005C4C91"/>
     <w:rsid w:val="005C5089"/>
     <w:rsid w:val="005C6789"/>
     <w:rsid w:val="005C701B"/>
     <w:rsid w:val="005C7048"/>
     <w:rsid w:val="005C7564"/>
     <w:rsid w:val="005C7942"/>
     <w:rsid w:val="005C7E5F"/>
     <w:rsid w:val="005D0060"/>
+    <w:rsid w:val="005D019D"/>
     <w:rsid w:val="005D0698"/>
     <w:rsid w:val="005D0A92"/>
     <w:rsid w:val="005D0FF1"/>
     <w:rsid w:val="005D10E8"/>
     <w:rsid w:val="005D1DB1"/>
     <w:rsid w:val="005D1DD1"/>
     <w:rsid w:val="005D22AA"/>
     <w:rsid w:val="005D2522"/>
     <w:rsid w:val="005D30AB"/>
     <w:rsid w:val="005D43ED"/>
     <w:rsid w:val="005D445E"/>
     <w:rsid w:val="005D49A9"/>
     <w:rsid w:val="005D4CD7"/>
     <w:rsid w:val="005D519F"/>
     <w:rsid w:val="005D55DD"/>
     <w:rsid w:val="005D57BC"/>
     <w:rsid w:val="005D5BDC"/>
     <w:rsid w:val="005D6386"/>
     <w:rsid w:val="005D6914"/>
     <w:rsid w:val="005D69C3"/>
     <w:rsid w:val="005D6BDE"/>
     <w:rsid w:val="005D75A6"/>
     <w:rsid w:val="005D7DA2"/>
     <w:rsid w:val="005E0858"/>
     <w:rsid w:val="005E0A5C"/>
@@ -15333,96 +15607,98 @@
     <w:rsid w:val="00600BA1"/>
     <w:rsid w:val="00600BBA"/>
     <w:rsid w:val="00601C4B"/>
     <w:rsid w:val="00601F82"/>
     <w:rsid w:val="006020CA"/>
     <w:rsid w:val="00602254"/>
     <w:rsid w:val="00602347"/>
     <w:rsid w:val="00602D4F"/>
     <w:rsid w:val="00603256"/>
     <w:rsid w:val="00603396"/>
     <w:rsid w:val="00604CCC"/>
     <w:rsid w:val="006055DA"/>
     <w:rsid w:val="0060595E"/>
     <w:rsid w:val="00605C77"/>
     <w:rsid w:val="0060620A"/>
     <w:rsid w:val="00606349"/>
     <w:rsid w:val="0060656B"/>
     <w:rsid w:val="006066D5"/>
     <w:rsid w:val="00606765"/>
     <w:rsid w:val="00606FB2"/>
     <w:rsid w:val="00606FC8"/>
     <w:rsid w:val="00607406"/>
     <w:rsid w:val="0060781A"/>
     <w:rsid w:val="00607AB9"/>
     <w:rsid w:val="00607CAC"/>
+    <w:rsid w:val="00607CB6"/>
     <w:rsid w:val="00607EC8"/>
     <w:rsid w:val="00610960"/>
     <w:rsid w:val="00610FD0"/>
     <w:rsid w:val="006114B9"/>
     <w:rsid w:val="006115F9"/>
     <w:rsid w:val="00611A6B"/>
     <w:rsid w:val="00611D1F"/>
     <w:rsid w:val="00611D3D"/>
     <w:rsid w:val="00611EDC"/>
     <w:rsid w:val="006122C3"/>
     <w:rsid w:val="006125D2"/>
     <w:rsid w:val="00612E1D"/>
     <w:rsid w:val="00613A2F"/>
     <w:rsid w:val="00613C2E"/>
     <w:rsid w:val="006145D5"/>
     <w:rsid w:val="00614B39"/>
     <w:rsid w:val="006155E5"/>
     <w:rsid w:val="0061573B"/>
     <w:rsid w:val="00615EDE"/>
     <w:rsid w:val="0061612A"/>
     <w:rsid w:val="006167D3"/>
     <w:rsid w:val="00616E82"/>
     <w:rsid w:val="0061743B"/>
     <w:rsid w:val="006177EC"/>
     <w:rsid w:val="00617A58"/>
     <w:rsid w:val="00617AFB"/>
     <w:rsid w:val="00617D34"/>
     <w:rsid w:val="00617FB6"/>
     <w:rsid w:val="006204A3"/>
     <w:rsid w:val="00620591"/>
     <w:rsid w:val="0062085B"/>
     <w:rsid w:val="00620C57"/>
     <w:rsid w:val="00620DDF"/>
     <w:rsid w:val="006217D7"/>
     <w:rsid w:val="00621976"/>
     <w:rsid w:val="00621B3F"/>
     <w:rsid w:val="00621D5A"/>
     <w:rsid w:val="00622241"/>
     <w:rsid w:val="00622351"/>
     <w:rsid w:val="00622357"/>
     <w:rsid w:val="00622538"/>
     <w:rsid w:val="00622968"/>
     <w:rsid w:val="00622FFD"/>
     <w:rsid w:val="006235A2"/>
     <w:rsid w:val="0062395A"/>
     <w:rsid w:val="00624477"/>
+    <w:rsid w:val="00624D15"/>
     <w:rsid w:val="0062519E"/>
     <w:rsid w:val="00625E43"/>
     <w:rsid w:val="0062626C"/>
     <w:rsid w:val="0062645E"/>
     <w:rsid w:val="006267E7"/>
     <w:rsid w:val="006268C8"/>
     <w:rsid w:val="00630361"/>
     <w:rsid w:val="0063082A"/>
     <w:rsid w:val="00630AAE"/>
     <w:rsid w:val="00630DA0"/>
     <w:rsid w:val="00631613"/>
     <w:rsid w:val="00631DA2"/>
     <w:rsid w:val="00631E22"/>
     <w:rsid w:val="00632441"/>
     <w:rsid w:val="006329F5"/>
     <w:rsid w:val="00633B40"/>
     <w:rsid w:val="00633E4D"/>
     <w:rsid w:val="0063465E"/>
     <w:rsid w:val="006349F0"/>
     <w:rsid w:val="00634F73"/>
     <w:rsid w:val="00635AA0"/>
     <w:rsid w:val="006369C2"/>
     <w:rsid w:val="00636A0C"/>
     <w:rsid w:val="00636B46"/>
     <w:rsid w:val="00637542"/>
@@ -15451,50 +15727,51 @@
     <w:rsid w:val="00652E6C"/>
     <w:rsid w:val="006532C4"/>
     <w:rsid w:val="006538BA"/>
     <w:rsid w:val="006543B2"/>
     <w:rsid w:val="0065443E"/>
     <w:rsid w:val="00654AB6"/>
     <w:rsid w:val="00655381"/>
     <w:rsid w:val="00656479"/>
     <w:rsid w:val="006566CA"/>
     <w:rsid w:val="006569AE"/>
     <w:rsid w:val="006574FF"/>
     <w:rsid w:val="00657599"/>
     <w:rsid w:val="00661E79"/>
     <w:rsid w:val="00662162"/>
     <w:rsid w:val="00662180"/>
     <w:rsid w:val="0066221B"/>
     <w:rsid w:val="0066406D"/>
     <w:rsid w:val="006640B4"/>
     <w:rsid w:val="006646CE"/>
     <w:rsid w:val="0066475D"/>
     <w:rsid w:val="00664F7E"/>
     <w:rsid w:val="00665235"/>
     <w:rsid w:val="006653E3"/>
     <w:rsid w:val="006659F2"/>
     <w:rsid w:val="00665B63"/>
+    <w:rsid w:val="00667186"/>
     <w:rsid w:val="0066771D"/>
     <w:rsid w:val="00667F1A"/>
     <w:rsid w:val="006700D6"/>
     <w:rsid w:val="00670B04"/>
     <w:rsid w:val="00671839"/>
     <w:rsid w:val="0067190F"/>
     <w:rsid w:val="00671932"/>
     <w:rsid w:val="00671ACC"/>
     <w:rsid w:val="00671C53"/>
     <w:rsid w:val="00671C98"/>
     <w:rsid w:val="00671CF7"/>
     <w:rsid w:val="006728B0"/>
     <w:rsid w:val="00672CC8"/>
     <w:rsid w:val="00673C6E"/>
     <w:rsid w:val="00674498"/>
     <w:rsid w:val="00674535"/>
     <w:rsid w:val="00674BB8"/>
     <w:rsid w:val="006761A2"/>
     <w:rsid w:val="00676513"/>
     <w:rsid w:val="006766C5"/>
     <w:rsid w:val="006769A6"/>
     <w:rsid w:val="006776EB"/>
     <w:rsid w:val="00677930"/>
     <w:rsid w:val="0068023C"/>
     <w:rsid w:val="006805E5"/>
@@ -15740,83 +16017,85 @@
     <w:rsid w:val="00735FFB"/>
     <w:rsid w:val="0073653B"/>
     <w:rsid w:val="00736A64"/>
     <w:rsid w:val="00736C85"/>
     <w:rsid w:val="007370B0"/>
     <w:rsid w:val="007376D4"/>
     <w:rsid w:val="0073773E"/>
     <w:rsid w:val="007377E3"/>
     <w:rsid w:val="00737E53"/>
     <w:rsid w:val="0074009B"/>
     <w:rsid w:val="00740FCD"/>
     <w:rsid w:val="007415C8"/>
     <w:rsid w:val="00741670"/>
     <w:rsid w:val="007417F2"/>
     <w:rsid w:val="00742F59"/>
     <w:rsid w:val="00743123"/>
     <w:rsid w:val="0074317A"/>
     <w:rsid w:val="00743203"/>
     <w:rsid w:val="00743BD2"/>
     <w:rsid w:val="00743D42"/>
     <w:rsid w:val="00743E30"/>
     <w:rsid w:val="00743E70"/>
     <w:rsid w:val="007444DA"/>
     <w:rsid w:val="007448AA"/>
     <w:rsid w:val="00744B08"/>
+    <w:rsid w:val="0074506B"/>
     <w:rsid w:val="00745C80"/>
     <w:rsid w:val="007465BD"/>
     <w:rsid w:val="007467E9"/>
     <w:rsid w:val="00746EBF"/>
     <w:rsid w:val="007479DB"/>
     <w:rsid w:val="007479FF"/>
     <w:rsid w:val="00747B3A"/>
     <w:rsid w:val="007500B9"/>
     <w:rsid w:val="0075038A"/>
     <w:rsid w:val="00751147"/>
     <w:rsid w:val="0075276A"/>
     <w:rsid w:val="00752793"/>
     <w:rsid w:val="00752945"/>
     <w:rsid w:val="00752CB0"/>
     <w:rsid w:val="00754242"/>
     <w:rsid w:val="007544C8"/>
     <w:rsid w:val="007545BB"/>
     <w:rsid w:val="007547C8"/>
     <w:rsid w:val="00754F8F"/>
     <w:rsid w:val="00755D3F"/>
     <w:rsid w:val="007563F9"/>
     <w:rsid w:val="00756489"/>
     <w:rsid w:val="00756503"/>
     <w:rsid w:val="0075695D"/>
     <w:rsid w:val="007573AE"/>
     <w:rsid w:val="007579E3"/>
     <w:rsid w:val="0076094A"/>
     <w:rsid w:val="007612D7"/>
     <w:rsid w:val="007621F2"/>
     <w:rsid w:val="00763ED9"/>
     <w:rsid w:val="00764DC6"/>
     <w:rsid w:val="007650D2"/>
     <w:rsid w:val="00765142"/>
+    <w:rsid w:val="00765879"/>
     <w:rsid w:val="007662CD"/>
     <w:rsid w:val="00766BFD"/>
     <w:rsid w:val="007675C9"/>
     <w:rsid w:val="00767638"/>
     <w:rsid w:val="00767BFA"/>
     <w:rsid w:val="00767D24"/>
     <w:rsid w:val="007704CC"/>
     <w:rsid w:val="007705DB"/>
     <w:rsid w:val="00770A3B"/>
     <w:rsid w:val="00770E80"/>
     <w:rsid w:val="007710FA"/>
     <w:rsid w:val="007714B9"/>
     <w:rsid w:val="007714DC"/>
     <w:rsid w:val="007722BC"/>
     <w:rsid w:val="0077262C"/>
     <w:rsid w:val="00772AE8"/>
     <w:rsid w:val="007736C5"/>
     <w:rsid w:val="0077380E"/>
     <w:rsid w:val="00773B75"/>
     <w:rsid w:val="00773CDB"/>
     <w:rsid w:val="007743B7"/>
     <w:rsid w:val="007749A1"/>
     <w:rsid w:val="00774A94"/>
     <w:rsid w:val="00774C21"/>
     <w:rsid w:val="00774C31"/>
@@ -16171,50 +16450,51 @@
     <w:rsid w:val="0087661E"/>
     <w:rsid w:val="0087696D"/>
     <w:rsid w:val="008769C4"/>
     <w:rsid w:val="00876C63"/>
     <w:rsid w:val="00877075"/>
     <w:rsid w:val="008775C6"/>
     <w:rsid w:val="008804CF"/>
     <w:rsid w:val="0088170E"/>
     <w:rsid w:val="00881F1F"/>
     <w:rsid w:val="008829CF"/>
     <w:rsid w:val="008838B0"/>
     <w:rsid w:val="0088449E"/>
     <w:rsid w:val="008844F3"/>
     <w:rsid w:val="008845CF"/>
     <w:rsid w:val="00884C08"/>
     <w:rsid w:val="00885355"/>
     <w:rsid w:val="00887238"/>
     <w:rsid w:val="008875CA"/>
     <w:rsid w:val="00890B88"/>
     <w:rsid w:val="00890DB2"/>
     <w:rsid w:val="00891687"/>
     <w:rsid w:val="00891BB1"/>
     <w:rsid w:val="008921A8"/>
     <w:rsid w:val="0089248B"/>
     <w:rsid w:val="00892BCF"/>
+    <w:rsid w:val="0089467E"/>
     <w:rsid w:val="0089487F"/>
     <w:rsid w:val="00894A36"/>
     <w:rsid w:val="00894ABF"/>
     <w:rsid w:val="00894CB8"/>
     <w:rsid w:val="00894FA0"/>
     <w:rsid w:val="00895B43"/>
     <w:rsid w:val="00895E48"/>
     <w:rsid w:val="008968BA"/>
     <w:rsid w:val="00896B37"/>
     <w:rsid w:val="0089706B"/>
     <w:rsid w:val="00897A1A"/>
     <w:rsid w:val="008A0549"/>
     <w:rsid w:val="008A0F15"/>
     <w:rsid w:val="008A1190"/>
     <w:rsid w:val="008A1418"/>
     <w:rsid w:val="008A2836"/>
     <w:rsid w:val="008A36D0"/>
     <w:rsid w:val="008A3B14"/>
     <w:rsid w:val="008A4070"/>
     <w:rsid w:val="008A4E23"/>
     <w:rsid w:val="008A4E44"/>
     <w:rsid w:val="008A51EF"/>
     <w:rsid w:val="008A5B11"/>
     <w:rsid w:val="008A62E8"/>
     <w:rsid w:val="008A7E32"/>
@@ -16714,50 +16994,51 @@
     <w:rsid w:val="00A10953"/>
     <w:rsid w:val="00A110B4"/>
     <w:rsid w:val="00A11116"/>
     <w:rsid w:val="00A13230"/>
     <w:rsid w:val="00A13369"/>
     <w:rsid w:val="00A145FB"/>
     <w:rsid w:val="00A148F6"/>
     <w:rsid w:val="00A156D5"/>
     <w:rsid w:val="00A159EF"/>
     <w:rsid w:val="00A161EB"/>
     <w:rsid w:val="00A170F6"/>
     <w:rsid w:val="00A1710E"/>
     <w:rsid w:val="00A204F8"/>
     <w:rsid w:val="00A20872"/>
     <w:rsid w:val="00A20966"/>
     <w:rsid w:val="00A21030"/>
     <w:rsid w:val="00A21159"/>
     <w:rsid w:val="00A211E6"/>
     <w:rsid w:val="00A21564"/>
     <w:rsid w:val="00A21B82"/>
     <w:rsid w:val="00A21EF2"/>
     <w:rsid w:val="00A22567"/>
     <w:rsid w:val="00A22DCE"/>
     <w:rsid w:val="00A24337"/>
     <w:rsid w:val="00A2468F"/>
+    <w:rsid w:val="00A252C1"/>
     <w:rsid w:val="00A2557D"/>
     <w:rsid w:val="00A25C51"/>
     <w:rsid w:val="00A270FA"/>
     <w:rsid w:val="00A272A6"/>
     <w:rsid w:val="00A27438"/>
     <w:rsid w:val="00A27450"/>
     <w:rsid w:val="00A2750A"/>
     <w:rsid w:val="00A27531"/>
     <w:rsid w:val="00A27783"/>
     <w:rsid w:val="00A303A7"/>
     <w:rsid w:val="00A30A46"/>
     <w:rsid w:val="00A322CB"/>
     <w:rsid w:val="00A32BA5"/>
     <w:rsid w:val="00A3380C"/>
     <w:rsid w:val="00A348B7"/>
     <w:rsid w:val="00A34A8E"/>
     <w:rsid w:val="00A357E5"/>
     <w:rsid w:val="00A35C3D"/>
     <w:rsid w:val="00A36115"/>
     <w:rsid w:val="00A362AF"/>
     <w:rsid w:val="00A370BB"/>
     <w:rsid w:val="00A37115"/>
     <w:rsid w:val="00A37BB5"/>
     <w:rsid w:val="00A4142E"/>
     <w:rsid w:val="00A4170C"/>
@@ -17140,50 +17421,51 @@
     <w:rsid w:val="00B566B6"/>
     <w:rsid w:val="00B56C5C"/>
     <w:rsid w:val="00B60318"/>
     <w:rsid w:val="00B608AE"/>
     <w:rsid w:val="00B613EC"/>
     <w:rsid w:val="00B61BD9"/>
     <w:rsid w:val="00B622B3"/>
     <w:rsid w:val="00B623E7"/>
     <w:rsid w:val="00B62836"/>
     <w:rsid w:val="00B62F53"/>
     <w:rsid w:val="00B6373A"/>
     <w:rsid w:val="00B63BE9"/>
     <w:rsid w:val="00B63EB6"/>
     <w:rsid w:val="00B64A8C"/>
     <w:rsid w:val="00B651BC"/>
     <w:rsid w:val="00B653DE"/>
     <w:rsid w:val="00B656FA"/>
     <w:rsid w:val="00B66A6B"/>
     <w:rsid w:val="00B66B06"/>
     <w:rsid w:val="00B66E7A"/>
     <w:rsid w:val="00B67013"/>
     <w:rsid w:val="00B6715E"/>
     <w:rsid w:val="00B6764A"/>
     <w:rsid w:val="00B677E7"/>
     <w:rsid w:val="00B67C00"/>
+    <w:rsid w:val="00B706DD"/>
     <w:rsid w:val="00B70D47"/>
     <w:rsid w:val="00B7177C"/>
     <w:rsid w:val="00B71B8C"/>
     <w:rsid w:val="00B72344"/>
     <w:rsid w:val="00B73416"/>
     <w:rsid w:val="00B73C73"/>
     <w:rsid w:val="00B74DB5"/>
     <w:rsid w:val="00B74F2F"/>
     <w:rsid w:val="00B7504A"/>
     <w:rsid w:val="00B7556C"/>
     <w:rsid w:val="00B75872"/>
     <w:rsid w:val="00B76842"/>
     <w:rsid w:val="00B77250"/>
     <w:rsid w:val="00B77336"/>
     <w:rsid w:val="00B80335"/>
     <w:rsid w:val="00B80AD7"/>
     <w:rsid w:val="00B80BF2"/>
     <w:rsid w:val="00B80C26"/>
     <w:rsid w:val="00B81D0F"/>
     <w:rsid w:val="00B8260A"/>
     <w:rsid w:val="00B827B5"/>
     <w:rsid w:val="00B829F5"/>
     <w:rsid w:val="00B82B26"/>
     <w:rsid w:val="00B82B31"/>
     <w:rsid w:val="00B82C5D"/>
@@ -17335,50 +17617,51 @@
     <w:rsid w:val="00BF2BEC"/>
     <w:rsid w:val="00BF2E39"/>
     <w:rsid w:val="00BF437D"/>
     <w:rsid w:val="00BF4527"/>
     <w:rsid w:val="00BF493D"/>
     <w:rsid w:val="00BF52AF"/>
     <w:rsid w:val="00BF5357"/>
     <w:rsid w:val="00BF5AE3"/>
     <w:rsid w:val="00BF5B89"/>
     <w:rsid w:val="00BF677A"/>
     <w:rsid w:val="00BF67F0"/>
     <w:rsid w:val="00BF71D3"/>
     <w:rsid w:val="00BF72D5"/>
     <w:rsid w:val="00BF7360"/>
     <w:rsid w:val="00BF74F2"/>
     <w:rsid w:val="00BF78A7"/>
     <w:rsid w:val="00C00AC6"/>
     <w:rsid w:val="00C00B5A"/>
     <w:rsid w:val="00C01217"/>
     <w:rsid w:val="00C018AB"/>
     <w:rsid w:val="00C033D4"/>
     <w:rsid w:val="00C03CA6"/>
     <w:rsid w:val="00C04DD6"/>
     <w:rsid w:val="00C0501C"/>
     <w:rsid w:val="00C05499"/>
+    <w:rsid w:val="00C054CA"/>
     <w:rsid w:val="00C059FD"/>
     <w:rsid w:val="00C067C2"/>
     <w:rsid w:val="00C06BB9"/>
     <w:rsid w:val="00C07081"/>
     <w:rsid w:val="00C07742"/>
     <w:rsid w:val="00C079F1"/>
     <w:rsid w:val="00C07A44"/>
     <w:rsid w:val="00C07EA4"/>
     <w:rsid w:val="00C10475"/>
     <w:rsid w:val="00C110A1"/>
     <w:rsid w:val="00C1128F"/>
     <w:rsid w:val="00C11F73"/>
     <w:rsid w:val="00C12213"/>
     <w:rsid w:val="00C1251B"/>
     <w:rsid w:val="00C1328F"/>
     <w:rsid w:val="00C149D2"/>
     <w:rsid w:val="00C151E8"/>
     <w:rsid w:val="00C1579C"/>
     <w:rsid w:val="00C15B53"/>
     <w:rsid w:val="00C164F4"/>
     <w:rsid w:val="00C16A9C"/>
     <w:rsid w:val="00C1763A"/>
     <w:rsid w:val="00C17CDF"/>
     <w:rsid w:val="00C20E2A"/>
     <w:rsid w:val="00C20F0F"/>
@@ -17445,84 +17728,86 @@
     <w:rsid w:val="00C4498D"/>
     <w:rsid w:val="00C44B06"/>
     <w:rsid w:val="00C4558B"/>
     <w:rsid w:val="00C45657"/>
     <w:rsid w:val="00C45906"/>
     <w:rsid w:val="00C45926"/>
     <w:rsid w:val="00C46252"/>
     <w:rsid w:val="00C4640C"/>
     <w:rsid w:val="00C46B38"/>
     <w:rsid w:val="00C471DB"/>
     <w:rsid w:val="00C47518"/>
     <w:rsid w:val="00C4754C"/>
     <w:rsid w:val="00C47849"/>
     <w:rsid w:val="00C503F4"/>
     <w:rsid w:val="00C5102C"/>
     <w:rsid w:val="00C5137D"/>
     <w:rsid w:val="00C51683"/>
     <w:rsid w:val="00C51C3F"/>
     <w:rsid w:val="00C51F58"/>
     <w:rsid w:val="00C52C01"/>
     <w:rsid w:val="00C542E5"/>
     <w:rsid w:val="00C54772"/>
     <w:rsid w:val="00C54A8E"/>
     <w:rsid w:val="00C55492"/>
     <w:rsid w:val="00C55965"/>
+    <w:rsid w:val="00C55D05"/>
     <w:rsid w:val="00C56560"/>
     <w:rsid w:val="00C568D1"/>
     <w:rsid w:val="00C56ECF"/>
     <w:rsid w:val="00C57BDF"/>
     <w:rsid w:val="00C606AE"/>
     <w:rsid w:val="00C608D5"/>
     <w:rsid w:val="00C60C01"/>
     <w:rsid w:val="00C60C66"/>
     <w:rsid w:val="00C61050"/>
     <w:rsid w:val="00C6113E"/>
     <w:rsid w:val="00C6145C"/>
     <w:rsid w:val="00C61905"/>
     <w:rsid w:val="00C61E66"/>
     <w:rsid w:val="00C62024"/>
     <w:rsid w:val="00C62BBA"/>
     <w:rsid w:val="00C62C3D"/>
     <w:rsid w:val="00C62D51"/>
     <w:rsid w:val="00C62F43"/>
     <w:rsid w:val="00C6372A"/>
     <w:rsid w:val="00C6384C"/>
     <w:rsid w:val="00C639CF"/>
     <w:rsid w:val="00C63DC8"/>
     <w:rsid w:val="00C63DE2"/>
     <w:rsid w:val="00C64057"/>
     <w:rsid w:val="00C6424E"/>
     <w:rsid w:val="00C6499E"/>
     <w:rsid w:val="00C64E79"/>
     <w:rsid w:val="00C655DE"/>
     <w:rsid w:val="00C65753"/>
     <w:rsid w:val="00C6580A"/>
     <w:rsid w:val="00C664E4"/>
     <w:rsid w:val="00C666B6"/>
     <w:rsid w:val="00C66936"/>
     <w:rsid w:val="00C66A8B"/>
+    <w:rsid w:val="00C66FA0"/>
     <w:rsid w:val="00C700D8"/>
     <w:rsid w:val="00C70E0C"/>
     <w:rsid w:val="00C71417"/>
     <w:rsid w:val="00C717A5"/>
     <w:rsid w:val="00C720A0"/>
     <w:rsid w:val="00C72A4A"/>
     <w:rsid w:val="00C72B88"/>
     <w:rsid w:val="00C734E1"/>
     <w:rsid w:val="00C74409"/>
     <w:rsid w:val="00C745BC"/>
     <w:rsid w:val="00C74728"/>
     <w:rsid w:val="00C75085"/>
     <w:rsid w:val="00C75160"/>
     <w:rsid w:val="00C75165"/>
     <w:rsid w:val="00C75D70"/>
     <w:rsid w:val="00C763D8"/>
     <w:rsid w:val="00C767FB"/>
     <w:rsid w:val="00C76804"/>
     <w:rsid w:val="00C769F4"/>
     <w:rsid w:val="00C773FB"/>
     <w:rsid w:val="00C77B55"/>
     <w:rsid w:val="00C77FD9"/>
     <w:rsid w:val="00C81259"/>
     <w:rsid w:val="00C81698"/>
     <w:rsid w:val="00C81D9A"/>
@@ -17690,50 +17975,51 @@
     <w:rsid w:val="00CF6FCE"/>
     <w:rsid w:val="00CF7473"/>
     <w:rsid w:val="00CF7A42"/>
     <w:rsid w:val="00CF7C5D"/>
     <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D007C4"/>
     <w:rsid w:val="00D007FC"/>
     <w:rsid w:val="00D00A5D"/>
     <w:rsid w:val="00D01310"/>
     <w:rsid w:val="00D02261"/>
     <w:rsid w:val="00D024D1"/>
     <w:rsid w:val="00D02F07"/>
     <w:rsid w:val="00D03257"/>
     <w:rsid w:val="00D0337A"/>
     <w:rsid w:val="00D0354B"/>
     <w:rsid w:val="00D038F9"/>
     <w:rsid w:val="00D03C32"/>
     <w:rsid w:val="00D03E41"/>
     <w:rsid w:val="00D0493C"/>
     <w:rsid w:val="00D05114"/>
     <w:rsid w:val="00D05431"/>
     <w:rsid w:val="00D05A09"/>
     <w:rsid w:val="00D05C48"/>
     <w:rsid w:val="00D05D06"/>
     <w:rsid w:val="00D06109"/>
+    <w:rsid w:val="00D0628E"/>
     <w:rsid w:val="00D06E62"/>
     <w:rsid w:val="00D0766C"/>
     <w:rsid w:val="00D07AA9"/>
     <w:rsid w:val="00D07EF7"/>
     <w:rsid w:val="00D10041"/>
     <w:rsid w:val="00D10ED6"/>
     <w:rsid w:val="00D11426"/>
     <w:rsid w:val="00D1180C"/>
     <w:rsid w:val="00D11A60"/>
     <w:rsid w:val="00D132B7"/>
     <w:rsid w:val="00D133D6"/>
     <w:rsid w:val="00D1375F"/>
     <w:rsid w:val="00D13D0D"/>
     <w:rsid w:val="00D13E4F"/>
     <w:rsid w:val="00D13E69"/>
     <w:rsid w:val="00D14CFB"/>
     <w:rsid w:val="00D15234"/>
     <w:rsid w:val="00D16594"/>
     <w:rsid w:val="00D16BB6"/>
     <w:rsid w:val="00D20620"/>
     <w:rsid w:val="00D20926"/>
     <w:rsid w:val="00D20E8D"/>
     <w:rsid w:val="00D21684"/>
     <w:rsid w:val="00D216A2"/>
     <w:rsid w:val="00D21927"/>
@@ -17829,50 +18115,51 @@
     <w:rsid w:val="00D6140D"/>
     <w:rsid w:val="00D6157B"/>
     <w:rsid w:val="00D61FE7"/>
     <w:rsid w:val="00D6201D"/>
     <w:rsid w:val="00D62334"/>
     <w:rsid w:val="00D624DC"/>
     <w:rsid w:val="00D62762"/>
     <w:rsid w:val="00D62D38"/>
     <w:rsid w:val="00D62D8B"/>
     <w:rsid w:val="00D6328E"/>
     <w:rsid w:val="00D63498"/>
     <w:rsid w:val="00D6372B"/>
     <w:rsid w:val="00D663D8"/>
     <w:rsid w:val="00D664A1"/>
     <w:rsid w:val="00D702F9"/>
     <w:rsid w:val="00D704E6"/>
     <w:rsid w:val="00D708DA"/>
     <w:rsid w:val="00D71640"/>
     <w:rsid w:val="00D7184D"/>
     <w:rsid w:val="00D7247C"/>
     <w:rsid w:val="00D7247E"/>
     <w:rsid w:val="00D7316A"/>
     <w:rsid w:val="00D7322A"/>
     <w:rsid w:val="00D733C1"/>
     <w:rsid w:val="00D7392A"/>
+    <w:rsid w:val="00D74277"/>
     <w:rsid w:val="00D747F3"/>
     <w:rsid w:val="00D74D65"/>
     <w:rsid w:val="00D752AF"/>
     <w:rsid w:val="00D753E7"/>
     <w:rsid w:val="00D759D8"/>
     <w:rsid w:val="00D759FA"/>
     <w:rsid w:val="00D75F68"/>
     <w:rsid w:val="00D779F4"/>
     <w:rsid w:val="00D77A36"/>
     <w:rsid w:val="00D77E3C"/>
     <w:rsid w:val="00D80705"/>
     <w:rsid w:val="00D80A18"/>
     <w:rsid w:val="00D80C58"/>
     <w:rsid w:val="00D81873"/>
     <w:rsid w:val="00D82432"/>
     <w:rsid w:val="00D825F9"/>
     <w:rsid w:val="00D852C6"/>
     <w:rsid w:val="00D85EBA"/>
     <w:rsid w:val="00D8667D"/>
     <w:rsid w:val="00D86BAD"/>
     <w:rsid w:val="00D871AA"/>
     <w:rsid w:val="00D87456"/>
     <w:rsid w:val="00D878DA"/>
     <w:rsid w:val="00D87C4B"/>
     <w:rsid w:val="00D87CC6"/>
@@ -18323,50 +18610,51 @@
     <w:rsid w:val="00F037D5"/>
     <w:rsid w:val="00F038BF"/>
     <w:rsid w:val="00F03949"/>
     <w:rsid w:val="00F0424E"/>
     <w:rsid w:val="00F047F4"/>
     <w:rsid w:val="00F0611C"/>
     <w:rsid w:val="00F065A9"/>
     <w:rsid w:val="00F06E31"/>
     <w:rsid w:val="00F07996"/>
     <w:rsid w:val="00F07B30"/>
     <w:rsid w:val="00F10076"/>
     <w:rsid w:val="00F10721"/>
     <w:rsid w:val="00F10CD5"/>
     <w:rsid w:val="00F11EAD"/>
     <w:rsid w:val="00F12139"/>
     <w:rsid w:val="00F123DB"/>
     <w:rsid w:val="00F13972"/>
     <w:rsid w:val="00F13A9A"/>
     <w:rsid w:val="00F13C60"/>
     <w:rsid w:val="00F13C70"/>
     <w:rsid w:val="00F1424A"/>
     <w:rsid w:val="00F1464F"/>
     <w:rsid w:val="00F15778"/>
     <w:rsid w:val="00F1593D"/>
     <w:rsid w:val="00F15B2C"/>
+    <w:rsid w:val="00F15CC7"/>
     <w:rsid w:val="00F15D74"/>
     <w:rsid w:val="00F1604B"/>
     <w:rsid w:val="00F165CD"/>
     <w:rsid w:val="00F16F64"/>
     <w:rsid w:val="00F17980"/>
     <w:rsid w:val="00F17AD2"/>
     <w:rsid w:val="00F17C6D"/>
     <w:rsid w:val="00F20143"/>
     <w:rsid w:val="00F212DB"/>
     <w:rsid w:val="00F219E3"/>
     <w:rsid w:val="00F21C42"/>
     <w:rsid w:val="00F2209C"/>
     <w:rsid w:val="00F22217"/>
     <w:rsid w:val="00F225DE"/>
     <w:rsid w:val="00F22DB5"/>
     <w:rsid w:val="00F22DC9"/>
     <w:rsid w:val="00F22EC6"/>
     <w:rsid w:val="00F243B7"/>
     <w:rsid w:val="00F246B7"/>
     <w:rsid w:val="00F24B92"/>
     <w:rsid w:val="00F24DC5"/>
     <w:rsid w:val="00F24F24"/>
     <w:rsid w:val="00F257DD"/>
     <w:rsid w:val="00F25B31"/>
     <w:rsid w:val="00F25C67"/>
@@ -18654,64 +18942,64 @@
     <w:rsid w:val="00FF5629"/>
     <w:rsid w:val="00FF5A3A"/>
     <w:rsid w:val="00FF5CFA"/>
     <w:rsid w:val="00FF61ED"/>
     <w:rsid w:val="00FF6285"/>
     <w:rsid w:val="00FF6C46"/>
     <w:rsid w:val="00FF7E9D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="168961"/>
+    <o:shapedefaults v:ext="edit" spidmax="181249"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="73BA50BB"/>
   <w15:docId w15:val="{D65B2FCD-0542-4612-866B-1094ABEFF7FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -19370,51 +19658,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A81614"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift5Zchn">
     <w:name w:val="Überschrift 5 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift5"/>
     <w:rsid w:val="0047720C"/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="271205986">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="895508271">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19430,54 +19718,54 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1534272698">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -19727,75 +20015,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1066</Words>
-  <Characters>8194</Characters>
+  <Words>1150</Words>
+  <Characters>8925</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>DMSB - Ausschreibung Automobil-Slalom 2010</vt:lpstr>
+      <vt:lpstr>DMSB - Ausschreibung Slalom</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9242</CharactersWithSpaces>
+  <CharactersWithSpaces>10055</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DMSB - Ausschreibung Slalom</dc:title>
   <dc:creator>Renate Kistner</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:i4>1640007615</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_EmailSubject">
     <vt:lpwstr>Ausschreibung und  Slalom 2013 f. Internet</vt:lpwstr>