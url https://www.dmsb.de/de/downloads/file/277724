--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -4,121 +4,121 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8952"/>
       </w:tblGrid>
       <w:tr w:rsidR="00786FA9" w:rsidRPr="00325C38" w14:paraId="796C30A6" w14:textId="77777777" w:rsidTr="00426AF9">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9178" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49D487D7" w14:textId="0D9EE827" w:rsidR="00786FA9" w:rsidRPr="00325C38" w:rsidRDefault="00786FA9" w:rsidP="00292E50">
+          <w:p w14:paraId="49D487D7" w14:textId="6E0EC6A0" w:rsidR="00786FA9" w:rsidRPr="00325C38" w:rsidRDefault="00786FA9" w:rsidP="00292E50">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>DMSB - Ausschreibung Bahnsport 20</w:t>
             </w:r>
             <w:r w:rsidR="00D44C85" w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="008D71E5">
+            <w:r w:rsidR="00076747">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2195AB58" w14:textId="77777777" w:rsidR="00954746" w:rsidRDefault="00954746" w:rsidP="00786FA9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46933F93" w14:textId="58E82603" w:rsidR="00786FA9" w:rsidRPr="00325C38" w:rsidRDefault="00786FA9" w:rsidP="00786FA9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00325C38">
@@ -403,135 +403,132 @@
           <w:p w14:paraId="6E12B62A" w14:textId="441C836B" w:rsidR="00FE61BF" w:rsidRPr="00325C38" w:rsidRDefault="00FE61BF" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk121138612"/>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DMSB-NMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EE35D78" w14:textId="77777777" w:rsidR="00FE61BF" w:rsidRPr="00325C38" w:rsidRDefault="00FE61BF" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE61BF" w:rsidRPr="00325C38" w14:paraId="6FF19732" w14:textId="77777777" w:rsidTr="006439A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C4929E3" w14:textId="0CBC9854" w:rsidR="00FE61BF" w:rsidRPr="00325C38" w:rsidRDefault="00FE61BF" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM Europe-EMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DD8C45B" w14:textId="77777777" w:rsidR="00FE61BF" w:rsidRPr="00325C38" w:rsidRDefault="00FE61BF" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE61BF" w:rsidRPr="00325C38" w14:paraId="026ECA6B" w14:textId="77777777" w:rsidTr="006439A5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22424596" w14:textId="13144C37" w:rsidR="00FE61BF" w:rsidRPr="00325C38" w:rsidRDefault="00FE61BF" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM-IMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63745F09" w14:textId="77777777" w:rsidR="00FE61BF" w:rsidRPr="00325C38" w:rsidRDefault="00FE61BF" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
     </w:tbl>
     <w:p w14:paraId="79EC08F8" w14:textId="77777777" w:rsidR="006439A5" w:rsidRDefault="006439A5" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="236067BC" w14:textId="77777777" w:rsidR="000C5D2B" w:rsidRDefault="000C5D2B" w:rsidP="000C5D2B">
       <w:pPr>
@@ -2578,384 +2575,370 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="918"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1393"/>
         <w:gridCol w:w="1459"/>
         <w:gridCol w:w="1459"/>
         <w:gridCol w:w="1459"/>
         <w:gridCol w:w="1460"/>
       </w:tblGrid>
       <w:tr w:rsidR="00054283" w:rsidRPr="00325C38" w14:paraId="290BC46F" w14:textId="506A534D" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="01ADDF1A" w14:textId="0D4E9D9B" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="06548ABB" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="745ACC16" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A545E41" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="71B0DD12" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="291DE63D" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00054283" w:rsidRPr="00325C38" w14:paraId="28309E6C" w14:textId="22E64EF1" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="437BAC44" w14:textId="33B7A933" w:rsidR="00054283" w:rsidRPr="00E46B7F" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A8C93A7" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E095D88" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="485631F4" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2DC727BF" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4C4C9683" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003566FC" w:rsidRPr="00325C38" w14:paraId="3FBC9294" w14:textId="5DD3EB36" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="790"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="918" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="751FEED4" w14:textId="72587C65" w:rsidR="003566FC" w:rsidRPr="003566FC" w:rsidRDefault="003566FC" w:rsidP="003566FC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> der Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37A70463" w14:textId="400F9F32" w:rsidR="003566FC" w:rsidRDefault="003566FC" w:rsidP="003566FC">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>International</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EFCF67D" w14:textId="325B1815" w:rsidR="003566FC" w:rsidRPr="00490EB3" w:rsidRDefault="003566FC" w:rsidP="00490EB3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2972,51 +2955,50 @@
               <w:t>Europa-offen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="281EF567" w14:textId="6BB7AC14" w:rsidR="003566FC" w:rsidRPr="00E46B7F" w:rsidRDefault="003566FC" w:rsidP="003566FC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>National</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13B5D9F1" w14:textId="51BFB511" w:rsidR="00FE2758" w:rsidRDefault="00FE2758" w:rsidP="00FE2758">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -3205,51 +3187,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>National</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70D9E855" w14:textId="77777777" w:rsidR="00FE2758" w:rsidRDefault="00FE2758" w:rsidP="00FE2758">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -3439,51 +3420,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>National</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="508561AA" w14:textId="77777777" w:rsidR="00FE2758" w:rsidRDefault="00FE2758" w:rsidP="00FE2758">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -3673,51 +3653,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>National</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="530C07AD" w14:textId="77777777" w:rsidR="00FE2758" w:rsidRDefault="00FE2758" w:rsidP="00FE2758">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -3907,51 +3886,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>National</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DAF0CDA" w14:textId="77777777" w:rsidR="00FE2758" w:rsidRDefault="00FE2758" w:rsidP="00FE2758">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
@@ -4147,79 +4125,77 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>National</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00054283" w:rsidRPr="00325C38" w14:paraId="56FA914E" w14:textId="6DF37D2F" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5D2B2552" w14:textId="11BF637D" w:rsidR="00054283" w:rsidRPr="00E46B7F" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Prädikat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="139FF773" w14:textId="42F7FD28" w:rsidR="00054283" w:rsidRPr="00490EB3" w:rsidRDefault="00054283" w:rsidP="00490EB3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -4335,51 +4311,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nein</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="446704CD" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="008A342E" w:rsidRDefault="00054283" w:rsidP="00490EB3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -4495,51 +4470,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nein</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7CDA981E" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="008A342E" w:rsidRDefault="00054283" w:rsidP="00490EB3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -4655,51 +4629,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nein</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F1EBAAD" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="008A342E" w:rsidRDefault="00054283" w:rsidP="00490EB3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -4815,51 +4788,50 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nein</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="053F3938" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="008A342E" w:rsidRDefault="00054283" w:rsidP="00490EB3">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -4981,935 +4953,893 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008A342E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Nein</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00054283" w:rsidRPr="00325C38" w14:paraId="7D3D0EFE" w14:textId="450D3E66" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="111D2DD0" w14:textId="5A998D67" w:rsidR="00054283" w:rsidRPr="00E46B7F" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ggf. Name des Prädikats</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27732F33" w14:textId="632F0B50" w:rsidR="00054283" w:rsidRPr="003F598B" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08E67892" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CAC1FA1" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42462BDF" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="190DCF53" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00054283" w:rsidRPr="00325C38" w14:paraId="0AB63EB4" w14:textId="77777777" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73BDCCF4" w14:textId="48D36993" w:rsidR="00054283" w:rsidRPr="00E46B7F" w:rsidRDefault="00E46B7F" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zulässige </w:t>
             </w:r>
             <w:r w:rsidR="00054283" w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Lizenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="536CB4DC" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="003F598B" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C633E75" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="565FBC82" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31CFB54C" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="086AF7EF" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00054283" w:rsidRPr="00325C38" w14:paraId="482C0C12" w14:textId="637F3544" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="65A545B6" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00E46B7F" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Fahrer pro Lauf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="107031EF" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B3856FF" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B6E3ED0" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F6CAB05" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="16E9C998" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00054283" w:rsidRPr="00325C38" w14:paraId="73DC1321" w14:textId="7245C1EF" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CD7E4B5" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00E46B7F" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Rennläufe je Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="616DC93F" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4BCE5964" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4648338F" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AEED3CF" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17408465" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00054283" w:rsidRPr="00325C38" w14:paraId="79059D1C" w14:textId="6E0F2288" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5CD6C555" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00E46B7F" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Runden pro Lauf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="365D40E5" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="328F6410" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41FE8F9B" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5DD80652" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="43776FE6" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00054283" w:rsidRPr="00325C38" w14:paraId="36B00F5B" w14:textId="5CF13513" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="67692DA9" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00E46B7F" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Punktewertung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="49099B37" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="10945943" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26310F5F" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4327738C" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B889900" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00054283" w:rsidRPr="00325C38" w14:paraId="04CA1AA6" w14:textId="5FA990B7" w:rsidTr="00FE2758">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2193" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1B49D6CD" w14:textId="315999A6" w:rsidR="00054283" w:rsidRPr="00E46B7F" w:rsidRDefault="00054283" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Wertung bei</w:t>
             </w:r>
             <w:r w:rsidRPr="00E46B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Punktegleichheit*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1393" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7AC2278C" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05742517" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53BFA751" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1459" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A829E99" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="000B3B10" w14:textId="77777777" w:rsidR="00054283" w:rsidRPr="00325C38" w:rsidRDefault="00054283" w:rsidP="005C4CF3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="586CFB24" w14:textId="77777777" w:rsidR="00FE61BF" w:rsidRPr="00325C38" w:rsidRDefault="00FE61BF" w:rsidP="00FE61BF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
@@ -7031,182 +6961,176 @@
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C5DCB0B" w14:textId="2BAB2E9D" w:rsidR="00D16CDD" w:rsidRPr="00325C38" w:rsidRDefault="00D16CDD" w:rsidP="00D16CDD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sportkommissar:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3294" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58908644" w14:textId="77777777" w:rsidR="00D16CDD" w:rsidRPr="00325C38" w:rsidRDefault="00D16CDD" w:rsidP="00D16CDD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B7BD205" w14:textId="32C08B62" w:rsidR="00D16CDD" w:rsidRPr="00490EB3" w:rsidRDefault="00D16CDD" w:rsidP="00D16CDD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Liz.-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35436799" w14:textId="7710BF87" w:rsidR="00D16CDD" w:rsidRPr="00325C38" w:rsidRDefault="00D16CDD" w:rsidP="00D16CDD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D16CDD" w:rsidRPr="00325C38" w14:paraId="195E6E17" w14:textId="77777777" w:rsidTr="00490EB3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3252C54A" w14:textId="61281333" w:rsidR="00D16CDD" w:rsidRPr="00325C38" w:rsidRDefault="00D16CDD" w:rsidP="00D16CDD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00325C38">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schiedsrichter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3294" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="099A4A47" w14:textId="77777777" w:rsidR="00D16CDD" w:rsidRPr="00325C38" w:rsidRDefault="00D16CDD" w:rsidP="00D16CDD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7F204D6C" w14:textId="1FB001B3" w:rsidR="00D16CDD" w:rsidRPr="00490EB3" w:rsidRDefault="00D16CDD" w:rsidP="00D16CDD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00490EB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Liz.-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C677E20" w14:textId="21E92E19" w:rsidR="00D16CDD" w:rsidRPr="00325C38" w:rsidRDefault="00D16CDD" w:rsidP="00D16CDD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D16CDD" w:rsidRPr="00325C38" w14:paraId="337E4406" w14:textId="77777777" w:rsidTr="00490EB3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56B22160" w14:textId="77777777" w:rsidR="00D16CDD" w:rsidRPr="00325C38" w:rsidRDefault="00D16CDD" w:rsidP="00D16CDD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="11" w:name="_Hlk145342530"/>
@@ -10017,223 +9941,186 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>auf separatem Blatt aufführen und hier angeben „siehe Anlage“)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9322"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BE1F38" w:rsidRPr="00325C38" w14:paraId="1FDDBCEA" w14:textId="77777777" w:rsidTr="00A07D9B">
-[...2 lines deleted...]
-            <w:tcW w:w="6095" w:type="dxa"/>
+      <w:tr w:rsidR="00BE1F38" w:rsidRPr="00325C38" w14:paraId="1FDDBCEA" w14:textId="77777777" w:rsidTr="000B6F51">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9322" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="474E3F43" w14:textId="77777777" w:rsidR="00BE1F38" w:rsidRPr="00325C38" w:rsidRDefault="00BE1F38" w:rsidP="00A07D9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="17" w:name="_Hlk145342059"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE1F38" w:rsidRPr="00325C38" w14:paraId="14A63AF9" w14:textId="77777777" w:rsidTr="00A07D9B">
-[...2 lines deleted...]
-            <w:tcW w:w="6095" w:type="dxa"/>
+      <w:tr w:rsidR="00BE1F38" w:rsidRPr="00325C38" w14:paraId="14A63AF9" w14:textId="77777777" w:rsidTr="000B6F51">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9322" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="18A5331A" w14:textId="77777777" w:rsidR="00BE1F38" w:rsidRPr="00325C38" w:rsidRDefault="00BE1F38" w:rsidP="00A07D9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00325C38" w:rsidRPr="00325C38" w14:paraId="50E1F725" w14:textId="77777777" w:rsidTr="00A07D9B">
-[...2 lines deleted...]
-            <w:tcW w:w="6095" w:type="dxa"/>
+      <w:tr w:rsidR="00325C38" w:rsidRPr="00325C38" w14:paraId="50E1F725" w14:textId="77777777" w:rsidTr="000B6F51">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9322" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="224F2242" w14:textId="77777777" w:rsidR="00325C38" w:rsidRPr="00325C38" w:rsidRDefault="00325C38" w:rsidP="00A07D9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00325C38" w:rsidRPr="00325C38" w14:paraId="0C148DD9" w14:textId="77777777" w:rsidTr="00A07D9B">
-[...2 lines deleted...]
-            <w:tcW w:w="6095" w:type="dxa"/>
+      <w:tr w:rsidR="00325C38" w:rsidRPr="00325C38" w14:paraId="0C148DD9" w14:textId="77777777" w:rsidTr="000B6F51">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9322" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7AA44C6B" w14:textId="77777777" w:rsidR="00325C38" w:rsidRPr="00325C38" w:rsidRDefault="00325C38" w:rsidP="00A07D9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00432CC5" w:rsidRPr="00325C38" w14:paraId="2F19765F" w14:textId="77777777" w:rsidTr="00A07D9B">
-[...2 lines deleted...]
-            <w:tcW w:w="6095" w:type="dxa"/>
+      <w:tr w:rsidR="00432CC5" w:rsidRPr="00325C38" w14:paraId="2F19765F" w14:textId="77777777" w:rsidTr="000B6F51">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9322" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="76DD9E93" w14:textId="77777777" w:rsidR="00432CC5" w:rsidRPr="00325C38" w:rsidRDefault="00432CC5" w:rsidP="00A07D9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00432CC5" w:rsidRPr="00325C38" w14:paraId="787FAAC4" w14:textId="77777777" w:rsidTr="00A07D9B">
-[...2 lines deleted...]
-            <w:tcW w:w="6095" w:type="dxa"/>
+      <w:tr w:rsidR="00432CC5" w:rsidRPr="00325C38" w14:paraId="787FAAC4" w14:textId="77777777" w:rsidTr="000B6F51">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9322" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FA85988" w14:textId="77777777" w:rsidR="00432CC5" w:rsidRPr="00325C38" w:rsidRDefault="00432CC5" w:rsidP="00A07D9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00432CC5" w:rsidRPr="00325C38" w14:paraId="64C6DF7E" w14:textId="77777777" w:rsidTr="00A07D9B">
-[...2 lines deleted...]
-            <w:tcW w:w="6095" w:type="dxa"/>
+      <w:tr w:rsidR="00432CC5" w:rsidRPr="00325C38" w14:paraId="64C6DF7E" w14:textId="77777777" w:rsidTr="000B6F51">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9322" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3A18CEEB" w14:textId="77777777" w:rsidR="00432CC5" w:rsidRPr="00325C38" w:rsidRDefault="00432CC5" w:rsidP="00A07D9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00432CC5" w:rsidRPr="00325C38" w14:paraId="077C1738" w14:textId="77777777" w:rsidTr="00A07D9B">
-[...2 lines deleted...]
-            <w:tcW w:w="6095" w:type="dxa"/>
+      <w:tr w:rsidR="00432CC5" w:rsidRPr="00325C38" w14:paraId="077C1738" w14:textId="77777777" w:rsidTr="000B6F51">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9322" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3410E709" w14:textId="77777777" w:rsidR="00432CC5" w:rsidRPr="00325C38" w:rsidRDefault="00432CC5" w:rsidP="00A07D9B">
-            <w:pPr>
-[...35 lines deleted...]
-          <w:p w14:paraId="483123B8" w14:textId="77777777" w:rsidR="00BE1F38" w:rsidRPr="00325C38" w:rsidRDefault="00BE1F38" w:rsidP="00A07D9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="17"/>
     </w:tbl>
     <w:p w14:paraId="0D23D54B" w14:textId="77777777" w:rsidR="00432CC5" w:rsidRDefault="00432CC5" w:rsidP="00546698">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72F988E0" w14:textId="3F7D04F2" w:rsidR="00546698" w:rsidRDefault="00546698" w:rsidP="00546698">
@@ -10311,106 +10198,82 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DMSB-Protest-/Berufungskaution</w:t>
       </w:r>
       <w:r w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D87D923" w14:textId="343C21AC" w:rsidR="00546698" w:rsidRPr="00490EB3" w:rsidRDefault="00DE7EDD" w:rsidP="00546698">
+    <w:p w14:paraId="4D87D923" w14:textId="10A19347" w:rsidR="00546698" w:rsidRPr="00490EB3" w:rsidRDefault="00DE7EDD" w:rsidP="00546698">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00582A5B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 152 des </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">DMSG </w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00546698" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gilt </w:t>
       </w:r>
       <w:r w:rsidR="00546698" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nicht FIM und FIM-Europe-Prädikatsveranstaltung)</w:t>
       </w:r>
@@ -10598,51 +10461,50 @@
       <w:r w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>500 €</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E243D5C" w14:textId="77777777" w:rsidR="00546698" w:rsidRPr="00490EB3" w:rsidRDefault="00546698" w:rsidP="00546698">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Status National/Europa-offen</w:t>
       </w:r>
       <w:r w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>350 €</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F52D493" w14:textId="77777777" w:rsidR="00546698" w:rsidRPr="00490EB3" w:rsidRDefault="00546698" w:rsidP="00546698">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A8A6FC8" w14:textId="0BC4B6DE" w:rsidR="00432CC5" w:rsidRPr="00432CC5" w:rsidRDefault="00546698" w:rsidP="00432CC5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10656,51 +10518,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Protest- und Berufungskautionen sind mehrwertsteuerfrei)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3433B178" w14:textId="77777777" w:rsidR="00432CC5" w:rsidRDefault="00432CC5" w:rsidP="00F32D4F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27206D91" w14:textId="32BA67FA" w:rsidR="00F32D4F" w:rsidRPr="00490EB3" w:rsidRDefault="00F32D4F" w:rsidP="00F32D4F">
+    <w:p w14:paraId="27206D91" w14:textId="32BA67FA" w:rsidR="00F32D4F" w:rsidRDefault="00F32D4F" w:rsidP="00F32D4F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
@@ -10746,439 +10608,424 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Haftungsausschluss</w:t>
       </w:r>
       <w:r w:rsidR="004E00B1" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>, Änderung der Ausschreibung und Absage</w:t>
       </w:r>
       <w:r w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22180FC5" w14:textId="555E8F46" w:rsidR="00F32D4F" w:rsidRPr="00490EB3" w:rsidRDefault="00836D4D" w:rsidP="00F32D4F">
-[...1 lines deleted...]
-        <w:spacing w:after="120"/>
+    <w:p w14:paraId="3467BA50" w14:textId="77777777" w:rsidR="000B6F51" w:rsidRPr="00490EB3" w:rsidRDefault="000B6F51" w:rsidP="00F32D4F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4536"/>
+          <w:tab w:val="right" w:pos="9072"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22180FC5" w14:textId="555E8F46" w:rsidR="00F32D4F" w:rsidRPr="00490EB3" w:rsidRDefault="00836D4D" w:rsidP="000B6F51">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>a)</w:t>
       </w:r>
       <w:r w:rsidR="00F32D4F" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1021C5F8" w14:textId="01E496CF" w:rsidR="00F32D4F" w:rsidRPr="00490EB3" w:rsidRDefault="00F32D4F" w:rsidP="00F32D4F">
-      <w:pPr>
+    <w:p w14:paraId="7AB486EB" w14:textId="5D8CCEEA" w:rsidR="00F32D4F" w:rsidRDefault="00F32D4F" w:rsidP="000B6F51">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
+      </w:r>
+      <w:r w:rsidR="00582A5B" w:rsidRPr="00490EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 65 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>des DMS</w:t>
+      </w:r>
+      <w:r w:rsidR="00582A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00490EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> versichert</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CD187C1" w14:textId="77777777" w:rsidR="000B6F51" w:rsidRPr="000B6F51" w:rsidRDefault="000B6F51" w:rsidP="000B6F51">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA8DEAD" w14:textId="6AF94E00" w:rsidR="00F32D4F" w:rsidRPr="00490EB3" w:rsidRDefault="00836D4D" w:rsidP="000B6F51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00490EB3">
-        <w:rPr>
-[...56 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00490EB3">
+        <w:t>b)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32D4F" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>b)</w:t>
+        <w:t xml:space="preserve"> Haftungsausschluss </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56678E46" w14:textId="144CB372" w:rsidR="00F32D4F" w:rsidRDefault="00795D9D" w:rsidP="000B6F51">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidR="00F32D4F" w:rsidRPr="00490EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00836D4D" w:rsidRPr="00490EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Art. 97 des </w:t>
+      </w:r>
+      <w:r w:rsidR="00836D4D" w:rsidRPr="00490EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>DMSG</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="005966A0" w14:textId="77777777" w:rsidR="000B6F51" w:rsidRPr="000B6F51" w:rsidRDefault="000B6F51" w:rsidP="000B6F51">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DC9EFAA" w14:textId="76BFF0A8" w:rsidR="00F32D4F" w:rsidRPr="00490EB3" w:rsidRDefault="00836D4D" w:rsidP="000B6F51">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Haftungsausschluss </w:t>
-[...16 lines deleted...]
-        <w:t>gemäß</w:t>
+        <w:t>c)</w:t>
       </w:r>
       <w:r w:rsidR="00F32D4F" w:rsidRPr="00490EB3">
-        <w:rPr>
-[...40 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> Änderung der Ausschreibung </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5DC9EFAA" w14:textId="76BFF0A8" w:rsidR="00F32D4F" w:rsidRPr="00490EB3" w:rsidRDefault="00836D4D" w:rsidP="00F32D4F">
-[...27 lines deleted...]
-    <w:p w14:paraId="4DEF5D42" w14:textId="6B06FB95" w:rsidR="00836D4D" w:rsidRPr="00490EB3" w:rsidRDefault="00795D9D">
+    <w:p w14:paraId="4DEF5D42" w14:textId="61C138FE" w:rsidR="00836D4D" w:rsidRDefault="000B6F51" w:rsidP="000B6F51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00795D9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>gemäß</w:t>
+      </w:r>
+      <w:r w:rsidR="00836D4D" w:rsidRPr="00490EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Art. 56</w:t>
+      </w:r>
+      <w:r w:rsidR="00836D4D" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00836D4D" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>gemäß</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Art. 56</w:t>
+        <w:t>des</w:t>
       </w:r>
       <w:r w:rsidR="00836D4D" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00836D4D" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
-          <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>des</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>DMSG</w:t>
       </w:r>
-      <w:r w:rsidR="004E00B1" w:rsidRPr="00490EB3">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="76897E27" w14:textId="15EA3F0F" w:rsidR="00F32D4F" w:rsidRPr="00490EB3" w:rsidRDefault="00836D4D">
+    <w:p w14:paraId="0BEC4DFB" w14:textId="77777777" w:rsidR="000B6F51" w:rsidRPr="000B6F51" w:rsidRDefault="000B6F51" w:rsidP="000B6F51">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00490EB3">
+    </w:p>
+    <w:p w14:paraId="76897E27" w14:textId="15EA3F0F" w:rsidR="00F32D4F" w:rsidRPr="00490EB3" w:rsidRDefault="00836D4D" w:rsidP="000B6F51">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00490EB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
         <w:t>d) Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A02AD52" w14:textId="05EE6BA8" w:rsidR="00836D4D" w:rsidRPr="00490EB3" w:rsidRDefault="00795D9D" w:rsidP="00836D4D">
-      <w:pPr>
+    <w:p w14:paraId="6A02AD52" w14:textId="07098C01" w:rsidR="00836D4D" w:rsidRPr="00490EB3" w:rsidRDefault="00795D9D" w:rsidP="000B6F51">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidR="00836D4D" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00836D4D" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 41 des </w:t>
       </w:r>
       <w:r w:rsidR="00836D4D" w:rsidRPr="00490EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>DMSG</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C6AF80A" w14:textId="77777777" w:rsidR="00836D4D" w:rsidRPr="00490EB3" w:rsidRDefault="00836D4D" w:rsidP="00490EB3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="085B42CC" w14:textId="36B1E1CF" w:rsidR="00325C38" w:rsidRPr="00325C38" w:rsidRDefault="00325C38" w:rsidP="00325C38">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
@@ -11223,70 +11070,70 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00325C38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIM, der FIM Europe und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FD72B3" w:rsidRPr="0085405D" w:rsidSect="0064692A">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1843" w:left="1418" w:header="720" w:footer="359" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0482FFAB" w14:textId="77777777" w:rsidR="005F5FE8" w:rsidRDefault="005F5FE8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2BCC8E41" w14:textId="77777777" w:rsidR="005F5FE8" w:rsidRDefault="005F5FE8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11324,51 +11171,51 @@
   <w:font w:name="HelveticaNeue BoldCond">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1EE209AA" w14:textId="08275E17" w:rsidR="00055F20" w:rsidRPr="00055F20" w:rsidRDefault="00055F20" w:rsidP="00A060BF">
     <w:pPr>
       <w:ind w:left="-142" w:right="-711"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
@@ -11505,62 +11352,68 @@
       <w:tblW w:w="9214" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2410"/>
       <w:gridCol w:w="1985"/>
       <w:gridCol w:w="708"/>
       <w:gridCol w:w="4111"/>
     </w:tblGrid>
     <w:tr w:rsidR="00FD72B3" w:rsidRPr="00055F20" w14:paraId="16A965CD" w14:textId="1CD7FABB" w:rsidTr="00490EB3">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2410" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="609994A0" w14:textId="77777777" w:rsidR="00FD72B3" w:rsidRPr="00055F20" w:rsidRDefault="00FD72B3" w:rsidP="00055F20">
+        <w:p w14:paraId="609994A0" w14:textId="7C5E6AD7" w:rsidR="00FD72B3" w:rsidRPr="00055F20" w:rsidRDefault="00076747" w:rsidP="00055F20">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:bookmarkStart w:id="18" w:name="_Hlk151388759"/>
-          <w:r w:rsidRPr="00055F20">
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="00FD72B3" w:rsidRPr="00055F20">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1985" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="7EE79E1B" w14:textId="77777777" w:rsidR="00FD72B3" w:rsidRPr="00055F20" w:rsidRDefault="00FD72B3" w:rsidP="00055F20">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
@@ -11706,51 +11559,51 @@
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Sport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="18"/>
   </w:tbl>
   <w:p w14:paraId="1F0636BF" w14:textId="77777777" w:rsidR="00055F20" w:rsidRPr="00055F20" w:rsidRDefault="00055F20" w:rsidP="00055F20">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4C6EEFD0" w14:textId="136E3E0D" w:rsidR="00055F20" w:rsidRPr="00055F20" w:rsidRDefault="00055F20" w:rsidP="00055F20">
+  <w:p w14:paraId="4C6EEFD0" w14:textId="27006615" w:rsidR="00055F20" w:rsidRPr="00055F20" w:rsidRDefault="00055F20" w:rsidP="00055F20">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -11770,59 +11623,59 @@
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="00426AF9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="008D71E5">
+    <w:r w:rsidR="00076747">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -11982,70 +11835,70 @@
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>. 70, 60528 Frankfurt, www.dmsb.d</w:t>
     </w:r>
     <w:r w:rsidR="00F3252C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0FEB7983" w14:textId="77777777" w:rsidR="005F5FE8" w:rsidRDefault="005F5FE8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="622D39A3" w14:textId="77777777" w:rsidR="005F5FE8" w:rsidRDefault="005F5FE8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70B67BD3" w14:textId="77777777" w:rsidR="00E205A7" w:rsidRDefault="00E205A7">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B8625F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="365338D6" wp14:editId="31B84A53">
           <wp:extent cx="1447800" cy="227311"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="34" name="Grafik 34"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -12064,51 +11917,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1468666" cy="230587"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05583EEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BE14AA00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07491FDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="412EEF40"/>
@@ -13142,118 +12995,122 @@
   <w:num w:numId="10" w16cid:durableId="454907769">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1789549569">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1697728285">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1694501298">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="781458940">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="194586916">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="2129928497">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0034226A"/>
     <w:rsid w:val="00001378"/>
     <w:rsid w:val="000107D4"/>
     <w:rsid w:val="00020937"/>
     <w:rsid w:val="000232F2"/>
     <w:rsid w:val="00023B9C"/>
     <w:rsid w:val="000532D4"/>
     <w:rsid w:val="00054283"/>
     <w:rsid w:val="000548E4"/>
     <w:rsid w:val="00055F20"/>
     <w:rsid w:val="00057167"/>
     <w:rsid w:val="000609B6"/>
     <w:rsid w:val="00060B98"/>
     <w:rsid w:val="00074083"/>
+    <w:rsid w:val="00076747"/>
     <w:rsid w:val="00086D43"/>
     <w:rsid w:val="000905E2"/>
     <w:rsid w:val="000961E4"/>
     <w:rsid w:val="000B27D0"/>
+    <w:rsid w:val="000B6F51"/>
     <w:rsid w:val="000C5D2B"/>
     <w:rsid w:val="000D268E"/>
     <w:rsid w:val="000F3FD4"/>
     <w:rsid w:val="001113E7"/>
     <w:rsid w:val="00112E2E"/>
     <w:rsid w:val="00114FF3"/>
     <w:rsid w:val="00151445"/>
     <w:rsid w:val="0016138F"/>
     <w:rsid w:val="00166990"/>
     <w:rsid w:val="00166A26"/>
     <w:rsid w:val="001858D7"/>
     <w:rsid w:val="00190909"/>
     <w:rsid w:val="001943AB"/>
     <w:rsid w:val="001A572D"/>
+    <w:rsid w:val="001B457D"/>
     <w:rsid w:val="001B50E4"/>
     <w:rsid w:val="001C08C3"/>
     <w:rsid w:val="001D246B"/>
     <w:rsid w:val="001E4857"/>
     <w:rsid w:val="001E489C"/>
     <w:rsid w:val="001E4FC2"/>
     <w:rsid w:val="001F44B0"/>
     <w:rsid w:val="002008E9"/>
     <w:rsid w:val="00207A46"/>
     <w:rsid w:val="00210F55"/>
     <w:rsid w:val="002127BA"/>
     <w:rsid w:val="00212EF5"/>
     <w:rsid w:val="00216796"/>
     <w:rsid w:val="00220107"/>
     <w:rsid w:val="00226B07"/>
     <w:rsid w:val="00231503"/>
     <w:rsid w:val="00233C88"/>
     <w:rsid w:val="00235FF2"/>
     <w:rsid w:val="00242573"/>
     <w:rsid w:val="002449A9"/>
     <w:rsid w:val="00263EF9"/>
     <w:rsid w:val="00266523"/>
     <w:rsid w:val="00266756"/>
     <w:rsid w:val="00274F0F"/>
     <w:rsid w:val="002819B0"/>
@@ -13533,103 +13390,105 @@
     <w:rsid w:val="00E205A7"/>
     <w:rsid w:val="00E25655"/>
     <w:rsid w:val="00E450C4"/>
     <w:rsid w:val="00E454E9"/>
     <w:rsid w:val="00E46B7F"/>
     <w:rsid w:val="00E46EEC"/>
     <w:rsid w:val="00E51D50"/>
     <w:rsid w:val="00E5281B"/>
     <w:rsid w:val="00E547BB"/>
     <w:rsid w:val="00E5586E"/>
     <w:rsid w:val="00E77572"/>
     <w:rsid w:val="00E775B8"/>
     <w:rsid w:val="00E846DE"/>
     <w:rsid w:val="00E84EA0"/>
     <w:rsid w:val="00EA0D1E"/>
     <w:rsid w:val="00EA5187"/>
     <w:rsid w:val="00EA7806"/>
     <w:rsid w:val="00EB04C1"/>
     <w:rsid w:val="00EB2294"/>
     <w:rsid w:val="00EB6C9B"/>
     <w:rsid w:val="00EC1C63"/>
     <w:rsid w:val="00ED78C5"/>
     <w:rsid w:val="00EF293C"/>
     <w:rsid w:val="00F010F6"/>
     <w:rsid w:val="00F173DD"/>
+    <w:rsid w:val="00F22E22"/>
     <w:rsid w:val="00F24BFD"/>
     <w:rsid w:val="00F31DD8"/>
     <w:rsid w:val="00F31F7E"/>
     <w:rsid w:val="00F3252C"/>
     <w:rsid w:val="00F32D4F"/>
+    <w:rsid w:val="00F35FD1"/>
     <w:rsid w:val="00F404C6"/>
     <w:rsid w:val="00F54C3B"/>
     <w:rsid w:val="00F56A9E"/>
     <w:rsid w:val="00F76DC2"/>
     <w:rsid w:val="00F84F2E"/>
     <w:rsid w:val="00F95253"/>
     <w:rsid w:val="00F97874"/>
     <w:rsid w:val="00FA04B8"/>
     <w:rsid w:val="00FA1D4D"/>
     <w:rsid w:val="00FC63CC"/>
     <w:rsid w:val="00FD2C56"/>
     <w:rsid w:val="00FD49AE"/>
     <w:rsid w:val="00FD72B3"/>
     <w:rsid w:val="00FE2758"/>
     <w:rsid w:val="00FE342C"/>
     <w:rsid w:val="00FE61BF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0352D807"/>
   <w15:docId w15:val="{423DC5E9-BD99-4103-8D25-BD2BB20C265D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14459,51 +14318,51 @@
     <w:basedOn w:val="Standard"/>
     <w:link w:val="HBTEXT10pBLOCKSATZZchn"/>
     <w:qFormat/>
     <w:rsid w:val="00F32D4F"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HBTEXT10pBLOCKSATZZchn">
     <w:name w:val="HB TEXT 10p BLOCKSATZ Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="HBTEXT10pBLOCKSATZ"/>
     <w:rsid w:val="00F32D4F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="48654795">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="65080968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14975,67 +14834,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{32138DCC-1863-4792-BAC0-4C35503AF5C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>713</Words>
-  <Characters>5874</Characters>
+  <Words>898</Words>
+  <Characters>5664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
+  <Lines>47</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausschreibung IDM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6574</CharactersWithSpaces>
+  <CharactersWithSpaces>6549</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Ausschreibung IDM</dc:title>
+  <dc:title>Ausschreibung Bahnsport</dc:title>
   <dc:creator>MW</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>