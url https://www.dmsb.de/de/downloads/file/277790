--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -4,87 +4,87 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="56DCFE3A" w14:textId="77777777" w:rsidR="00F010F6" w:rsidRPr="0092710A" w:rsidRDefault="00F010F6" w:rsidP="009B31D9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9072" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9072"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F010F6" w:rsidRPr="00F010F6" w14:paraId="0206C6A1" w14:textId="77777777" w:rsidTr="004A0230">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9072" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7711D434" w14:textId="18F5C631" w:rsidR="00F010F6" w:rsidRPr="00AD5A1F" w:rsidRDefault="001B45A2" w:rsidP="008F2B37">
+          <w:p w14:paraId="7711D434" w14:textId="70CBF662" w:rsidR="00F010F6" w:rsidRPr="00AD5A1F" w:rsidRDefault="001B45A2" w:rsidP="008F2B37">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB - Ausschreibung </w:t>
             </w:r>
@@ -111,58 +111,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">-Bike </w:t>
             </w:r>
             <w:r w:rsidR="00F010F6" w:rsidRPr="00AD5A1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="005D543B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009623B0">
+            <w:r w:rsidR="006B7598">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58FECC27" w14:textId="5A8A0D66" w:rsidR="00F010F6" w:rsidRPr="00F010F6" w:rsidRDefault="00F010F6" w:rsidP="00F010F6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F010F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Grundlage dieser Ausschreibung sind</w:t>
       </w:r>
       <w:r w:rsidR="001E0708">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5851,98 +5851,82 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DMSB-Protest-/Berufungskaution</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7585E06E" w14:textId="3A264DD6" w:rsidR="00231989" w:rsidRPr="001D1115" w:rsidRDefault="00231989" w:rsidP="00231989">
+    <w:p w14:paraId="7585E06E" w14:textId="6081F90F" w:rsidR="00231989" w:rsidRPr="001D1115" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00EE7BE9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 152 des </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">DMSG </w:t>
-[...15 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
       <w:r w:rsidR="00EE7BE9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gilt </w:t>
       </w:r>
@@ -6315,209 +6299,177 @@
     <w:p w14:paraId="46901BDB" w14:textId="77777777" w:rsidR="00231989" w:rsidRPr="00C636E9" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21896E90" w14:textId="06A3E0EB" w:rsidR="00231989" w:rsidRPr="00C636E9" w:rsidRDefault="00231989" w:rsidP="00231989">
+    <w:p w14:paraId="21896E90" w14:textId="318CE324" w:rsidR="00231989" w:rsidRPr="00C636E9" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00EE7BE9" w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 65 </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des DMS</w:t>
       </w:r>
       <w:r w:rsidR="00EE7BE9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>G</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> versichert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30634129" w14:textId="77777777" w:rsidR="00231989" w:rsidRPr="00C636E9" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AC79A3C" w14:textId="6AC3DF5B" w:rsidR="00231989" w:rsidRPr="00C636E9" w:rsidRDefault="00231989" w:rsidP="00231989">
+    <w:p w14:paraId="6AC79A3C" w14:textId="04F297F3" w:rsidR="00231989" w:rsidRPr="00C636E9" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Art. 97 des DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Art. 97 des DMSG </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0674CF8F" w14:textId="77777777" w:rsidR="00231989" w:rsidRPr="00C636E9" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderung der Ausschreibung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A4B59D2" w14:textId="368E9F18" w:rsidR="00231989" w:rsidRPr="00C636E9" w:rsidRDefault="00231989" w:rsidP="00231989">
+    <w:p w14:paraId="4A4B59D2" w14:textId="69BBFDC5" w:rsidR="00231989" w:rsidRPr="00C636E9" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -6534,121 +6486,105 @@
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47C1A1F5" w14:textId="77777777" w:rsidR="00231989" w:rsidRPr="00C636E9" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A6F1795" w14:textId="2085A1BB" w:rsidR="00231989" w:rsidRPr="001D1115" w:rsidRDefault="00231989" w:rsidP="00231989">
+    <w:p w14:paraId="6A6F1795" w14:textId="6C036D1E" w:rsidR="00231989" w:rsidRPr="001D1115" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">gemäß </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Art. 41 des DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>Art. 41 des DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E89854" w14:textId="77777777" w:rsidR="00231989" w:rsidRPr="001D1115" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7028A940" w14:textId="77777777" w:rsidR="00231989" w:rsidRPr="000235C4" w:rsidRDefault="00231989" w:rsidP="00231989">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
@@ -6705,153 +6641,152 @@
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="1051D40A" w14:textId="77777777" w:rsidR="006D4348" w:rsidRDefault="006D4348" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006D4348" w:rsidSect="00B148F0">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="720" w:footer="363" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1DA9C56F" w14:textId="77777777" w:rsidR="00F734C8" w:rsidRDefault="00F734C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6EE86D35" w14:textId="77777777" w:rsidR="00F734C8" w:rsidRDefault="00F734C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue CondensedObl">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue Condensed">
-    <w:altName w:val="Arial"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue BoldCond">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="47E0DE3A" w14:textId="77777777" w:rsidR="00B148F0" w:rsidRPr="00055F20" w:rsidRDefault="00B148F0" w:rsidP="00B148F0">
     <w:pPr>
       <w:ind w:left="-142" w:right="-711"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
@@ -7206,51 +7141,51 @@
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Koordination Motorradsport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0D8533D5" w14:textId="77777777" w:rsidR="00B148F0" w:rsidRPr="00055F20" w:rsidRDefault="00B148F0" w:rsidP="00B148F0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4A22397C" w14:textId="1B54A92F" w:rsidR="00B148F0" w:rsidRPr="00055F20" w:rsidRDefault="00B148F0" w:rsidP="00B148F0">
+  <w:p w14:paraId="4A22397C" w14:textId="683142B7" w:rsidR="00B148F0" w:rsidRPr="00055F20" w:rsidRDefault="00B148F0" w:rsidP="00B148F0">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -7290,59 +7225,59 @@
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="001E0708">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="009623B0">
+    <w:r w:rsidR="006B7598">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -7480,70 +7415,70 @@
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.d</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2E4030D1" w14:textId="77777777" w:rsidR="00F734C8" w:rsidRDefault="00F734C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="09B8BF0C" w14:textId="77777777" w:rsidR="00F734C8" w:rsidRDefault="00F734C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0993E900" w14:textId="77777777" w:rsidR="00E205A7" w:rsidRDefault="00E205A7">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B8625F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="677488F0" wp14:editId="7CB63EDE">
           <wp:extent cx="1447800" cy="227311"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="6" name="Grafik 6"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -7562,51 +7497,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1468666" cy="230587"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05583EEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BE14AA00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07491FDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="412EEF40"/>
@@ -9142,104 +9077,105 @@
   <w:num w:numId="17" w16cid:durableId="834805817">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="495077835">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1649549493">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1641416507">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="230311650">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1716074765">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1613393795">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="83969"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0034226A"/>
     <w:rsid w:val="00001378"/>
     <w:rsid w:val="00007B0A"/>
     <w:rsid w:val="00020937"/>
     <w:rsid w:val="000232F2"/>
     <w:rsid w:val="00031847"/>
     <w:rsid w:val="000532D4"/>
     <w:rsid w:val="000548E4"/>
     <w:rsid w:val="00057167"/>
     <w:rsid w:val="000609B6"/>
     <w:rsid w:val="00061EA1"/>
     <w:rsid w:val="000633C8"/>
     <w:rsid w:val="00074083"/>
     <w:rsid w:val="00086D43"/>
     <w:rsid w:val="000B1E2C"/>
     <w:rsid w:val="000B27D0"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000D0CBC"/>
     <w:rsid w:val="000D268E"/>
     <w:rsid w:val="000F3FD4"/>
     <w:rsid w:val="000F416C"/>
     <w:rsid w:val="001113E7"/>
     <w:rsid w:val="00112E2E"/>
     <w:rsid w:val="00116D22"/>
     <w:rsid w:val="00123502"/>
     <w:rsid w:val="00151445"/>
     <w:rsid w:val="00166990"/>
     <w:rsid w:val="00166A26"/>
     <w:rsid w:val="001758E8"/>
     <w:rsid w:val="00190909"/>
     <w:rsid w:val="001943AB"/>
     <w:rsid w:val="001955B8"/>
     <w:rsid w:val="001A572D"/>
     <w:rsid w:val="001B45A2"/>
     <w:rsid w:val="001B50E4"/>
     <w:rsid w:val="001B71D9"/>
     <w:rsid w:val="001C08C3"/>
     <w:rsid w:val="001E0708"/>
     <w:rsid w:val="001E489C"/>
     <w:rsid w:val="001E4FC2"/>
     <w:rsid w:val="001F44B0"/>
     <w:rsid w:val="002008E9"/>
@@ -9315,50 +9251,51 @@
     <w:rsid w:val="0056248D"/>
     <w:rsid w:val="00583C84"/>
     <w:rsid w:val="005A7A5F"/>
     <w:rsid w:val="005B0375"/>
     <w:rsid w:val="005B4D93"/>
     <w:rsid w:val="005D29DB"/>
     <w:rsid w:val="005D36FF"/>
     <w:rsid w:val="005D3D21"/>
     <w:rsid w:val="005D543B"/>
     <w:rsid w:val="005D55B0"/>
     <w:rsid w:val="005F0796"/>
     <w:rsid w:val="00616E1A"/>
     <w:rsid w:val="00634143"/>
     <w:rsid w:val="00637938"/>
     <w:rsid w:val="0064531F"/>
     <w:rsid w:val="00646B31"/>
     <w:rsid w:val="00647702"/>
     <w:rsid w:val="00654D84"/>
     <w:rsid w:val="006669C9"/>
     <w:rsid w:val="00673079"/>
     <w:rsid w:val="00674874"/>
     <w:rsid w:val="00682CA5"/>
     <w:rsid w:val="0068347D"/>
     <w:rsid w:val="006A3043"/>
     <w:rsid w:val="006A469A"/>
+    <w:rsid w:val="006B7598"/>
     <w:rsid w:val="006C4848"/>
     <w:rsid w:val="006D4348"/>
     <w:rsid w:val="006F590F"/>
     <w:rsid w:val="00702952"/>
     <w:rsid w:val="00711FDE"/>
     <w:rsid w:val="00713DA8"/>
     <w:rsid w:val="00723E09"/>
     <w:rsid w:val="0075153E"/>
     <w:rsid w:val="0076197A"/>
     <w:rsid w:val="007A4F35"/>
     <w:rsid w:val="007B6C5B"/>
     <w:rsid w:val="007C49A6"/>
     <w:rsid w:val="007C658B"/>
     <w:rsid w:val="007D7DCC"/>
     <w:rsid w:val="007E712E"/>
     <w:rsid w:val="007F0ED1"/>
     <w:rsid w:val="007F227F"/>
     <w:rsid w:val="007F6988"/>
     <w:rsid w:val="00800876"/>
     <w:rsid w:val="008308DE"/>
     <w:rsid w:val="0083740A"/>
     <w:rsid w:val="00843D30"/>
     <w:rsid w:val="00845AA0"/>
     <w:rsid w:val="00847338"/>
     <w:rsid w:val="00856696"/>
@@ -9515,64 +9452,64 @@
     <w:rsid w:val="00F84F2E"/>
     <w:rsid w:val="00F95253"/>
     <w:rsid w:val="00F97874"/>
     <w:rsid w:val="00FA04B8"/>
     <w:rsid w:val="00FD2C56"/>
     <w:rsid w:val="00FD49AE"/>
     <w:rsid w:val="00FE342C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="83969"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="11AEC1D8"/>
   <w15:docId w15:val="{423DC5E9-BD99-4103-8D25-BD2BB20C265D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10404,51 +10341,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HBTEXT10pBLOCKSATZZchn">
     <w:name w:val="HB TEXT 10p BLOCKSATZ Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="HBTEXT10pBLOCKSATZ"/>
     <w:rsid w:val="00231989"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Textkrper-ZeileneinzugZchn">
     <w:name w:val="Textkörper-Zeileneinzug Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Textkrper-Zeileneinzug"/>
     <w:rsid w:val="00231989"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="65080968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="141890622">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10881,67 +10818,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{877E7CE3-A266-42AB-817C-90C92941163B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>625</Words>
-  <Characters>4935</Characters>
+  <Words>765</Words>
+  <Characters>4770</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>530</Lines>
+  <Paragraphs>291</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausschreibung E-XBike</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5549</CharactersWithSpaces>
+  <CharactersWithSpaces>5244</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ausschreibung EX-Bike</dc:title>
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>