--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -4,88 +4,88 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="00A87E61" w14:textId="77777777" w:rsidR="00BD01FA" w:rsidRPr="0092710A" w:rsidRDefault="00BD01FA" w:rsidP="00BD01FA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8952"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BD01FA" w:rsidRPr="00F010F6" w14:paraId="39CE81D7" w14:textId="77777777" w:rsidTr="00467B8E">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9178" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0512AC" w14:textId="31481CA2" w:rsidR="00BD01FA" w:rsidRDefault="00BD01FA" w:rsidP="00467B8E">
+          <w:p w14:paraId="5B0512AC" w14:textId="028BC541" w:rsidR="00BD01FA" w:rsidRDefault="00BD01FA" w:rsidP="00467B8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5A1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB - Ausschreibung </w:t>
             </w:r>
@@ -94,58 +94,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Straßensport</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5A1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="003B7F02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="004310C2">
+            <w:r w:rsidR="0083638E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CAA3C9B" w14:textId="77777777" w:rsidR="00BD01FA" w:rsidRPr="00A55358" w:rsidRDefault="00BD01FA" w:rsidP="00BD01FA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A55358">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -536,177 +536,173 @@
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk121142904"/>
             <w:r w:rsidRPr="00897DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DMSB</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-NMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="314FC367" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85F3A" w14:paraId="101F646C" w14:textId="77777777" w:rsidTr="00900C08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CBF4430" w14:textId="7477ACFF" w:rsidR="00A85F3A" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM Europe-EMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="10A7CAE5" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85F3A" w14:paraId="6EFF6EDB" w14:textId="77777777" w:rsidTr="00900C08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F5C43AD" w14:textId="37982A06" w:rsidR="00A85F3A" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM-IMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="319CFF6B" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85F3A" w:rsidRPr="00E547BB" w14:paraId="70BA5A2E" w14:textId="77777777" w:rsidTr="00900C08">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="584CB03B" w14:textId="4D0FEB1A" w:rsidR="00A85F3A" w:rsidRPr="00E93973" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93973">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eintragung Promoter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1111BE33" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00E547BB" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="70C61272" w14:textId="50D9AB62" w:rsidR="00BC1D89" w:rsidRDefault="00BC1D89" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4990BED8" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRDefault="00A85F3A" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -2714,82 +2710,80 @@
       <w:tblGrid>
         <w:gridCol w:w="1063"/>
         <w:gridCol w:w="213"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1032"/>
         <w:gridCol w:w="1033"/>
         <w:gridCol w:w="1033"/>
         <w:gridCol w:w="1032"/>
         <w:gridCol w:w="1033"/>
         <w:gridCol w:w="1033"/>
         <w:gridCol w:w="1033"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A85F3A" w:rsidRPr="00856696" w14:paraId="2EE2682B" w14:textId="77777777" w:rsidTr="005C24DB">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9356" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60802398" w14:textId="2A755705" w:rsidR="00764BC8" w:rsidRPr="00856696" w:rsidRDefault="00764BC8" w:rsidP="00BD6907">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="7" w:name="_Hlk121143013"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85F3A" w:rsidRPr="00856696" w14:paraId="54777468" w14:textId="77777777" w:rsidTr="00BD6907">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="645AD436" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00856696" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00166990">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1C74D61E" wp14:editId="494705F4">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>4221480</wp:posOffset>
                       </wp:positionH>
@@ -2860,564 +2854,546 @@
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
                     <v:roundrect w14:anchorId="24769020" id="AutoShape 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:332.4pt;margin-top:8.45pt;width:.05pt;height:100.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwu5M47wEAAMgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuEzEQfUfiHyy/k82GXNpVNlXVqgip&#10;XEThAxxfsgu2x4ydbMLXd9abhBTeEC/WXOwzM2eOlzd7Z9lOY2zB17wcjTnTXoJq/abm374+vLni&#10;LCbhlbDgdc0POvKb1etXyy5UegINWKWREYiPVRdq3qQUqqKIstFOxBEE7SlpAJ1I5OKmUCg6Qne2&#10;mIzH86IDVAFB6hgpej8k+SrjG6Nl+mRM1InZmlNvKZ+Yz3V/FqulqDYoQtPKYxviH7pwovVU9Ax1&#10;L5JgW2z/gnKtRIhg0kiCK8CYVuo8A01Tjv+Y5qkRQedZiJwYzjTF/wcrP+6ewmfsW4/hEeSPyDzc&#10;NcJv9C0idI0WisqVPVFFF2J1ftA7kZ6ydfcBFK1WbBNkDvYGXQ9I07F9pvpwplrvE5MUnL+dcSYp&#10;Xk6uxovrWcYX1elpwJjeaXCsN2qOsPXqCy0z44vdY0yZbMW8cH1p9Z0z4yytbicsK+fz+eKIeLxc&#10;iOqE2b/08NBam5dv/YsAXRwiOquHKp0m74ftdRWrNagDDY4wyInkT0YD+IuzjqRU8/hzK1BzZt97&#10;Iu+6nE577WVnOltMyMHLzPoyI7wkqJonzgbzLg163QZsNw1VKjMLHm6JcNOe+xu6Oq6J5ELWCz1e&#10;+vnW7w+4egYAAP//AwBQSwMEFAAGAAgAAAAhAImI/HbeAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SNyo04LcEuJUBcQJAaLwAW68JAF7HdlOG/r1LCe47e6MZt9U68k7sceY&#10;+kAa5rMCBFITbE+thve3h4sViJQNWeMCoYZvTLCuT08qU9pwoFfcb3MrOIRSaTR0OQ+llKnp0Js0&#10;CwMSax8hepN5ja200Rw43Du5KAolvemJP3RmwLsOm6/t6DV8unv5clv4cdm65+npcXmMm8uj1udn&#10;0+YGRMYp/5nhF5/RoWamXRjJJuE0KHXF6JkFdQ2CDXzgYadhMV8pkHUl/1eofwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQAwu5M47wEAAMgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCJiPx23gAAAAoBAAAPAAAAAAAAAAAAAAAAAEkEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f"/>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0B8BF7DC" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00856696" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13B0570A" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00856696" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856696">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6F07E33C" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00856696" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856696">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CA57560" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00856696" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856696">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1294B207" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00856696" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856696">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6D7E7B53" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00856696" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856696">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="284E159E" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00856696" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856696">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56A0089E" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00856696" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00856696">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85F3A" w:rsidRPr="00856696" w14:paraId="4B18FA44" w14:textId="77777777" w:rsidTr="00BD6907">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05B99FEA" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00EB04C1" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB04C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Klassenbezeichnung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D38773A" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A42ADC8" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B11B6F6" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="61A4C505" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="09273FDD" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="41C9BC1B" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="734221D6" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BD6907" w:rsidRPr="00856696" w14:paraId="73F2CDD1" w14:textId="77777777" w:rsidTr="00BD6907">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BE0AE6A" w14:textId="77777777" w:rsidR="00BD6907" w:rsidRDefault="00BD6907" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6907">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Status der Klasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1064" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="109BAB83" w14:textId="77777777" w:rsidR="00BD6907" w:rsidRPr="00BD6907" w:rsidRDefault="00BD6907" w:rsidP="00BD6907">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6907">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>International</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F0F84ED" w14:textId="77777777" w:rsidR="00BD6907" w:rsidRPr="00BD6907" w:rsidRDefault="00BD6907" w:rsidP="00BD6907">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3438,862 +3414,830 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD6907">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="14"/>
                 <w:szCs w:val="14"/>
               </w:rPr>
               <w:t>National</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2448321D" w14:textId="77777777" w:rsidR="00BD6907" w:rsidRPr="008103DF" w:rsidRDefault="00BD6907" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00B74BE5" w14:textId="77777777" w:rsidR="00BD6907" w:rsidRPr="008103DF" w:rsidRDefault="00BD6907" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12E73D00" w14:textId="77777777" w:rsidR="00BD6907" w:rsidRPr="008103DF" w:rsidRDefault="00BD6907" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C1BF44E" w14:textId="77777777" w:rsidR="00BD6907" w:rsidRPr="008103DF" w:rsidRDefault="00BD6907" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6778285E" w14:textId="77777777" w:rsidR="00BD6907" w:rsidRPr="008103DF" w:rsidRDefault="00BD6907" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07B18002" w14:textId="77777777" w:rsidR="00BD6907" w:rsidRPr="008103DF" w:rsidRDefault="00BD6907" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F8888BF" w14:textId="77777777" w:rsidR="00BD6907" w:rsidRPr="008103DF" w:rsidRDefault="00BD6907" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85F3A" w:rsidRPr="00856696" w14:paraId="6584C36C" w14:textId="77777777" w:rsidTr="00BD6907">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1845CF5C" w14:textId="229D8375" w:rsidR="00A85F3A" w:rsidRPr="00EB04C1" w:rsidRDefault="00BD6907" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Zulässige </w:t>
             </w:r>
             <w:r w:rsidR="00A85F3A" w:rsidRPr="00EB04C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Lizenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4930A8EE" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6ACD8840" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="69F0FEA0" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5D65383C" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0F2B3628" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="07C966A4" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54734757" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85F3A" w:rsidRPr="00856696" w14:paraId="64922137" w14:textId="77777777" w:rsidTr="00BD6907">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3149F8E0" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00EB04C1" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Mindestalter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DDD7FC4" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="357B6C9A" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B022716" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7CA25A58" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B70DCA0" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="33CCCD4D" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="52ECE175" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85F3A" w:rsidRPr="00856696" w14:paraId="3AB6CEFA" w14:textId="77777777" w:rsidTr="00BD6907">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2066DD8A" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00EB04C1" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Anzahl Rennen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="254DB1A7" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="30A52830" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4B038F15" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6294E3B5" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="04F070BF" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="172208A2" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0FB20001" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85F3A" w:rsidRPr="00856696" w14:paraId="57020EDF" w14:textId="77777777" w:rsidTr="00BD6907">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="122F1188" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00556EC5" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00556EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -4311,231 +4255,223 @@
             <w:r w:rsidRPr="00EB04C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Runden pro </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Rennen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17EB0767" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E87ABB9" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25D39F9E" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="429F27D8" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EC87331" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AF803F5" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37BC89DF" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85F3A" w:rsidRPr="00856696" w14:paraId="6DB38EA9" w14:textId="77777777" w:rsidTr="00BD6907">
         <w:trPr>
           <w:trHeight w:val="498"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="05015935" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00556EC5" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00556EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>oder:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1FC7F1B7" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="00EB04C1" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4545,200 +4481,193 @@
             <w:r w:rsidRPr="00556EC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Fahrzeit pro R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ennen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5490BA71" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4F4D6D65" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="686AAE8E" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5FB768E2" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1A3F8424" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="11BD0AFC" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1033" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1C5B17FA" w14:textId="77777777" w:rsidR="00A85F3A" w:rsidRPr="008103DF" w:rsidRDefault="00A85F3A" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0F243E"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="7"/>
     </w:tbl>
     <w:p w14:paraId="46AAE471" w14:textId="7298267E" w:rsidR="000715BF" w:rsidRDefault="000715BF" w:rsidP="00FD49AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -4753,124 +4682,99 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk151384991"/>
       <w:bookmarkStart w:id="9" w:name="_Hlk151370516"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">XX </w:t>
       </w:r>
       <w:r w:rsidRPr="00A047D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Wettbewerbe, die während der Veranstaltung zur Durchführung kommen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9851" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C120F4" w:rsidRPr="00325C38" w14:paraId="457EC0B1" w14:textId="77777777" w:rsidTr="00A047D4">
+      <w:tr w:rsidR="00C120F4" w:rsidRPr="00325C38" w14:paraId="457EC0B1" w14:textId="77777777" w:rsidTr="0083638E">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="352E1F97" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="00325C38" w:rsidRDefault="00C120F4" w:rsidP="00A047D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C120F4" w:rsidRPr="00325C38" w14:paraId="35327342" w14:textId="77777777" w:rsidTr="00A047D4">
+      <w:tr w:rsidR="00C120F4" w:rsidRPr="00325C38" w14:paraId="35327342" w14:textId="77777777" w:rsidTr="0083638E">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9851" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2AB3222A" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="00325C38" w:rsidRDefault="00C120F4" w:rsidP="00A047D4">
-            <w:pPr>
-[...23 lines deleted...]
-          <w:p w14:paraId="6B7C882F" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="00325C38" w:rsidRDefault="00C120F4" w:rsidP="00A047D4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="8"/>
     </w:tbl>
     <w:p w14:paraId="37F6BF21" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -5963,50 +5867,114 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2515" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="049C3581" w14:textId="77777777" w:rsidR="00DE75B3" w:rsidRDefault="00DE75B3" w:rsidP="009060C2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Lizenznr.: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0083638E" w14:paraId="22299562" w14:textId="77777777" w:rsidTr="009060C2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC95CB4" w14:textId="4647EF70" w:rsidR="0083638E" w:rsidRDefault="0083638E" w:rsidP="009060C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Umweltbeauftragter:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3558" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AF66571" w14:textId="77777777" w:rsidR="0083638E" w:rsidRDefault="0083638E" w:rsidP="009060C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2515" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="099E8A3A" w14:textId="1612523E" w:rsidR="0083638E" w:rsidRDefault="0083638E" w:rsidP="009060C2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Lizenznr.:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="1B0003E4" w14:textId="77777777" w:rsidR="00DE75B3" w:rsidRPr="00B9460B" w:rsidRDefault="00DE75B3" w:rsidP="00DE75B3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -7147,98 +7115,82 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DMSB-Protest-/Berufungskaution</w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D35D243" w14:textId="12FD505F" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
+    <w:p w14:paraId="2D35D243" w14:textId="3F11F504" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00952B5B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 152 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">DMSG </w:t>
-[...15 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
       <w:r w:rsidR="00952B5B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gilt </w:t>
       </w:r>
@@ -7345,70 +7297,80 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Status National/Europa-offen</w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>140 €</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8E8043" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24DB74D1" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
+    <w:p w14:paraId="24DB74D1" w14:textId="2EF178F0" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Berufungskaution - zahlbar an den DMSB</w:t>
+      </w:r>
+      <w:r w:rsidR="0083638E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="121D2DC0" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Status International</w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7566,234 +7528,202 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7813200A" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>a) Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10C129CE" w14:textId="1288A624" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
+    <w:p w14:paraId="10C129CE" w14:textId="6446DFFB" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00952B5B" w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 65 </w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des DMS</w:t>
       </w:r>
       <w:r w:rsidR="00952B5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> versichert</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D6D7536" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B368D5B" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">b) Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06D9B5C0" w14:textId="6E0E19DD" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
+    <w:p w14:paraId="06D9B5C0" w14:textId="0E0B85A4" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 97 des </w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">DMSG </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="691E4A7C" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A1C58AE" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">c) Änderung der Ausschreibung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C82D8B0" w14:textId="47BC238B" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
+    <w:p w14:paraId="3C82D8B0" w14:textId="6B12A145" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
@@ -7811,131 +7741,115 @@
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02BFAABD" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>d) Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E05BD20" w14:textId="4E16EAA0" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
+    <w:p w14:paraId="0E05BD20" w14:textId="44C1B2DA" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 41 des </w:t>
       </w:r>
       <w:r w:rsidRPr="000A38F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D352B67" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="000A38F0" w:rsidRDefault="00C120F4" w:rsidP="000A38F0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BCED06E" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="00325C38" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
@@ -7989,153 +7903,152 @@
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIM, der FIM Europe und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16649243" w14:textId="77777777" w:rsidR="00257BA5" w:rsidRDefault="00257BA5" w:rsidP="00AF15A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00257BA5" w:rsidSect="00A55358">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1843" w:left="1418" w:header="720" w:footer="363" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6ED1FD35" w14:textId="77777777" w:rsidR="009C266D" w:rsidRDefault="009C266D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5998FE27" w14:textId="77777777" w:rsidR="009C266D" w:rsidRDefault="009C266D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue CondensedObl">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue Condensed">
-    <w:altName w:val="Arial"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue BoldCond">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07CB0AF9" w14:textId="77777777" w:rsidR="00A55358" w:rsidRPr="00055F20" w:rsidRDefault="00A55358" w:rsidP="00A55358">
     <w:pPr>
       <w:ind w:left="-142" w:right="-711"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
@@ -8273,61 +8186,67 @@
       <w:tblInd w:w="113" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2410"/>
       <w:gridCol w:w="1985"/>
       <w:gridCol w:w="708"/>
       <w:gridCol w:w="4111"/>
     </w:tblGrid>
     <w:tr w:rsidR="00C120F4" w:rsidRPr="00055F20" w14:paraId="5250AA06" w14:textId="77777777" w:rsidTr="000A38F0">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2410" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="54870C0C" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="00055F20" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
+        <w:p w14:paraId="54870C0C" w14:textId="46571BC9" w:rsidR="00C120F4" w:rsidRPr="00055F20" w:rsidRDefault="0083638E" w:rsidP="00C120F4">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00055F20">
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="00C120F4" w:rsidRPr="00055F20">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1985" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="5BE61E12" w14:textId="77777777" w:rsidR="00C120F4" w:rsidRPr="00055F20" w:rsidRDefault="00C120F4" w:rsidP="00C120F4">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
@@ -8458,51 +8377,51 @@
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Koordination Motorradsport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2F4E1BD4" w14:textId="77777777" w:rsidR="00A55358" w:rsidRPr="00055F20" w:rsidRDefault="00A55358" w:rsidP="000A38F0">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="628E6E9A" w14:textId="39C5E462" w:rsidR="00A55358" w:rsidRPr="00055F20" w:rsidRDefault="00A55358" w:rsidP="00A55358">
+  <w:p w14:paraId="628E6E9A" w14:textId="0AB8FFE8" w:rsidR="00A55358" w:rsidRPr="00055F20" w:rsidRDefault="00A55358" w:rsidP="00A55358">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -8522,59 +8441,59 @@
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>– Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="000715BF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="004310C2">
+    <w:r w:rsidR="0083638E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -8702,70 +8621,70 @@
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.d</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="57E6265E" w14:textId="77777777" w:rsidR="009C266D" w:rsidRDefault="009C266D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3C4E380A" w14:textId="77777777" w:rsidR="009C266D" w:rsidRDefault="009C266D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07EC150C" w14:textId="77777777" w:rsidR="00E205A7" w:rsidRDefault="00E205A7">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B8625F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C384F78" wp14:editId="474D947F">
           <wp:extent cx="1447800" cy="227311"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="44" name="Grafik 44"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -8784,51 +8703,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1468666" cy="230587"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05583EEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BE14AA00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07491FDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="412EEF40"/>
@@ -9862,51 +9781,51 @@
   <w:num w:numId="10" w16cid:durableId="867717980">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1093477242">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1702314426">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1580209081">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="492453117">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="2011712352">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="881093855">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
@@ -9915,50 +9834,51 @@
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0034226A"/>
     <w:rsid w:val="00001378"/>
     <w:rsid w:val="00016DDD"/>
     <w:rsid w:val="00020937"/>
     <w:rsid w:val="000232F2"/>
     <w:rsid w:val="000532D4"/>
     <w:rsid w:val="000548E4"/>
     <w:rsid w:val="00057167"/>
     <w:rsid w:val="000609B6"/>
     <w:rsid w:val="000715BF"/>
     <w:rsid w:val="00074083"/>
     <w:rsid w:val="00086D43"/>
     <w:rsid w:val="000A28E5"/>
     <w:rsid w:val="000A38F0"/>
     <w:rsid w:val="000B27D0"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000D268E"/>
     <w:rsid w:val="000F047A"/>
     <w:rsid w:val="000F3FD4"/>
     <w:rsid w:val="00101AF8"/>
     <w:rsid w:val="001113E7"/>
     <w:rsid w:val="00112E2E"/>
     <w:rsid w:val="00151445"/>
     <w:rsid w:val="00165B5C"/>
     <w:rsid w:val="00166990"/>
     <w:rsid w:val="00166A26"/>
     <w:rsid w:val="001858D7"/>
     <w:rsid w:val="00190909"/>
     <w:rsid w:val="001943AB"/>
     <w:rsid w:val="001A572D"/>
     <w:rsid w:val="001B4280"/>
     <w:rsid w:val="001B50E4"/>
     <w:rsid w:val="001C08C3"/>
     <w:rsid w:val="001E3FD8"/>
     <w:rsid w:val="001E489C"/>
     <w:rsid w:val="001E4FC2"/>
     <w:rsid w:val="001F44B0"/>
     <w:rsid w:val="002008E9"/>
     <w:rsid w:val="00207A46"/>
     <w:rsid w:val="002127BA"/>
     <w:rsid w:val="00212EF5"/>
@@ -10040,50 +9960,51 @@
     <w:rsid w:val="00682CA5"/>
     <w:rsid w:val="0068347D"/>
     <w:rsid w:val="006A2B23"/>
     <w:rsid w:val="006A469A"/>
     <w:rsid w:val="006C56CD"/>
     <w:rsid w:val="006D2E8B"/>
     <w:rsid w:val="006F590F"/>
     <w:rsid w:val="00702952"/>
     <w:rsid w:val="00711FDE"/>
     <w:rsid w:val="00713DA8"/>
     <w:rsid w:val="00723E09"/>
     <w:rsid w:val="00764BC8"/>
     <w:rsid w:val="00764E54"/>
     <w:rsid w:val="007A4F35"/>
     <w:rsid w:val="007A54C3"/>
     <w:rsid w:val="007B6C5B"/>
     <w:rsid w:val="007C49A6"/>
     <w:rsid w:val="007C658B"/>
     <w:rsid w:val="007E712E"/>
     <w:rsid w:val="007F119A"/>
     <w:rsid w:val="007F227F"/>
     <w:rsid w:val="007F6988"/>
     <w:rsid w:val="00800876"/>
     <w:rsid w:val="008103DF"/>
     <w:rsid w:val="00832873"/>
+    <w:rsid w:val="0083638E"/>
     <w:rsid w:val="0083740A"/>
     <w:rsid w:val="00843D30"/>
     <w:rsid w:val="00847338"/>
     <w:rsid w:val="00850979"/>
     <w:rsid w:val="00856696"/>
     <w:rsid w:val="0086301E"/>
     <w:rsid w:val="0088407B"/>
     <w:rsid w:val="00886F7C"/>
     <w:rsid w:val="00887A7B"/>
     <w:rsid w:val="0089247F"/>
     <w:rsid w:val="00897BA5"/>
     <w:rsid w:val="008A150E"/>
     <w:rsid w:val="008B19C8"/>
     <w:rsid w:val="008C0C51"/>
     <w:rsid w:val="008C6E8F"/>
     <w:rsid w:val="008D1313"/>
     <w:rsid w:val="008E5D46"/>
     <w:rsid w:val="008F2569"/>
     <w:rsid w:val="00900C08"/>
     <w:rsid w:val="00920551"/>
     <w:rsid w:val="0092710A"/>
     <w:rsid w:val="00936246"/>
     <w:rsid w:val="00947E65"/>
     <w:rsid w:val="00952B5B"/>
     <w:rsid w:val="00957C23"/>
@@ -10232,51 +10153,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5F88376C"/>
   <w15:docId w15:val="{423DC5E9-BD99-4103-8D25-BD2BB20C265D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11073,51 +10994,51 @@
     <w:basedOn w:val="Standard"/>
     <w:link w:val="HBTEXT10pBLOCKSATZZchn"/>
     <w:qFormat/>
     <w:rsid w:val="00C120F4"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HBTEXT10pBLOCKSATZZchn">
     <w:name w:val="HB TEXT 10p BLOCKSATZ Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="HBTEXT10pBLOCKSATZ"/>
     <w:rsid w:val="00C120F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="65080968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="906840464">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11485,67 +11406,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FCDFFE6-821F-47D1-AB42-3491129F0AF4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>563</Words>
-  <Characters>4358</Characters>
+  <Words>665</Words>
+  <Characters>4263</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>103</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausschreibung IDM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4912</CharactersWithSpaces>
+  <CharactersWithSpaces>4871</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ausschreibung</dc:title>
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>