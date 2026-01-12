--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -6,91 +6,91 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="52095D69" w14:textId="6F426A50" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="00930B85" w:rsidP="00930B85">
+    <w:p w14:paraId="52095D69" w14:textId="1501AD6E" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="00930B85" w:rsidP="00930B85">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9472C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Nennformular </w:t>
       </w:r>
       <w:r w:rsidR="00E07FC6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Straßensport</w:t>
       </w:r>
       <w:r w:rsidR="00E34749" w:rsidRPr="00D9472C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="00726EC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00031BC2">
+      <w:r w:rsidR="00FE473B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C517443" w14:textId="7A01DC3E" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="002A4E58" w:rsidP="00930B85">
       <w:r w:rsidRPr="00D9472C">
         <w:t xml:space="preserve">Anschrift und Kontaktdaten </w:t>
       </w:r>
       <w:r w:rsidR="0033727F">
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
         <w:t xml:space="preserve"> Veranstalters</w:t>
       </w:r>
       <w:r w:rsidR="0054460B">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D9472C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0054460B">
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
@@ -4162,4425 +4162,4009 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk40254638"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk40256382"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk40254584"/>
     </w:p>
     <w:p w14:paraId="62D9B49B" w14:textId="77777777" w:rsidR="00F14603" w:rsidRDefault="00F14603">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04A4F324" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="58730468" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk45623099"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk182498786"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Zutreffendes bitte </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>unbedingt</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ankreuzen</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47105164" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="4F7CF7ED" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="5" w:name="Kontrollkästchen40"/>
-    <w:p w14:paraId="580F54B3" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="08401964" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-73"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bewerber</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Kontrollkästchen41"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fahrer</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+        <w:t xml:space="preserve"> Fahrer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beifahrer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">ist </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Eigentümer des einzusetzenden Fahrzeuges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F313C07" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="1E1AC016" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Bewerber, Fahrer/Beifahrer</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> sind </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>nicht</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eigentümer des einzusetzenden Fahrzeuges. Der Fahrzeugeigentümer gibt die in diesem Formular abgedruckte Haftungsverzichtserklärung ab.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED8D30C" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="0347CCA9" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Bei falschen Angaben stellen Bewerber und Fahrer/Beifahrer den in der Haftungsverzichtserklärung des Fahrzeugeigentümers aufgeführten Personenkreis von jeglichen Ansprüchen des Fahrzeugeigentümers wegen Schäden</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="5F2572E3" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">die im Zusammenhang mit der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) entstehen, frei. Dies gilt auch für Kosten des Fahrzeugeigentümers für eine angemessene Rechtsverfolgung. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74831980" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AB54E4C" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="647646DA" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Allgemeine Vertragserklärungen von Bewerber, Fahrer und Beifahrer (Bewerber, Fahrer und Beifahrer = Teilnehmer)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58899FA9" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="2888F3A3" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer haften für alle Verpflichtungen aus dem Nennungsvertrag als Gesamtschuldner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32BEFF5F" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="28F770E9" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6457A558" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="37B35311" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer versichern, dass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116F05E6" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="75868465" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">die in dieser Erklärung gemachten Angaben richtig und vollständig sind, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B4215BA" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="449212FF" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="61488438" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sie uneingeschränkt den Anforderungen der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) gewachsen sind, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EFA7AA" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>das Fahrzeug in allen Punkten den einschlägigen technischen Bestimmungen entspricht,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360537BA" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="2EFFF53B" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>das Fahrzeug in allen Teilen jederzeit durch die Technischen Kommissare untersucht werden kann und</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0137BD2E" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="2C6FB56C" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sie das Fahrzeug nur in technisch und optisch einwandfreiem Zustand bei der jeweiligen Veranstaltung einsetzen werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526142AF" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="548FB3AB" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...159 lines deleted...]
-    <w:p w14:paraId="78481D85" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sie von dem Nationalen Motorrad Sportgesetz (DMSG), den Internationalen Sportgesetz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>(ISC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der FIM (Fédération Internationale Motocycliste) sowie der FIME (Fédération Internationale Motocycliste Europe) mit Anhängen, den FIM-/FIME-Rechts- und Disziplinarbestimmungen, den Anti-Doping-Regelwerk der FIM/FIME und des DMSB, der Rechts- und Verfahrensordnung des DMSB sowie den Anti-Doping Codes der Internationalen und Nationalen Anti-Doping Agenturen (WADA/NADA), den DMSB-Reglements, den Allgemeinen Meisterschaftsbestimmungen und den besonderen Serien-Bestimmungen, der Rechts- und Verfahrensordnung des DMSB, den Kodexen, den DMSB-Umweltrichtlinien und den sonstigen FIM-, FIME- und DMSB-Bestimmungen Kenntnis genommen haben und sie diese als für sich verbindlich anerkennen und sie befolgen werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27EC933F" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">sie gem. Vorgabe zur jeweiligen Disziplin -soweit erforderlich- im Besitz einer gültigen Fahrerlaubnis sind. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01A17CD8" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="39D98F7C" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B3F11F5" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="6A625958" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Insbesondere erkennen Sie als verbindlich an, dass </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA0B348" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="5A0A61E1" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A54668">
-[...18 lines deleted...]
-    <w:p w14:paraId="090A96E1" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="00387CF6" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>sie Tatsachen in der Person oder dem Verhalten eines Teammitgliedes (Bewerber, Fahrer, Beifahrer, Mechaniker, Helfer usw.), die das Vertragsverhältnis mit dem Veranstalter berühren oder einen Schadensersatzanspruch begründen, für und gegen sich gelten lassen müssen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B59D791" w14:textId="54792372" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387CF6">
-[...67 lines deleted...]
-    <w:p w14:paraId="764AFD08" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>der DMSB, seine Gerichtsbarkeit, die Sportkommissare und die Veranstalter – jeweils im Rahmen ihrer Zuständigkeit – berechtigt sind, neben anderen Maßnahmen auch Strafen bei Verstößen gegen die sportlichen Regeln, sportgesetzlichen Bestimmungen und vertraglichen Pflichten – wie in den Internationalen Sportgesetz der FIM (Fédération Internationale Motocycliste) sowie der FIME (Fédération Internationale Motocycliste Europe) mit Anhängen, der Rechts- und Verfahrensordnung des DMSB, den Wettbewerbsbestimmungen mit Anhängen, den Serien- und Veranstaltungsausschreibungen und sonstigen Bestimmungen vorgesehen – festzusetzen – unbeschadet des Rechts, den in der Rechts- und Verfahrensordnung des DMSB, der FIM-/FIME-Rechts- und Disziplinarbestimmungen und den Reglements geregelten Verbandsrechtsweg zu beschreiten,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20AFC5EC" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sie keine Substanzen oder Methoden anwenden dürfen, wie sie in der Verbotsliste des Anti-Doping-Code der WADA/NADA sowie in den Anti-Doping Bestimmungen der FIM, FIME und des DMSB definiert sind.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DA0272" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="1248A5F6" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="079CAC41" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="08137CD4" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Protest und Berufungsvollmacht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2088EF1D" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="6EA875CE" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer (auch mehrere für ein Fahrzeug genannte Fahrer) bevollmächtigen sich mit Abgabe dieser Erklärung gegenseitig, den jeweils anderen im Protest- und Berufungsverfahren zu vertreten. Sie bevollmächtigen sich insbesondere gegenseitig zur Abgabe von Protesten, deren Rücknahme, Ankündigung, Einlegung und Bestätigung, zur Rücknahme und zum Verzicht auf die Berufung und zur Stellung aller im Rahmen der Protest- und Berufungsverfahren möglichen Anträge sowie der Abgabe bzw. Entgegennahme von Erklärungen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4049F989" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="4FBC40CB" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70F6D9FA" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="040E8763" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Erklärungen der Teilnehmer zum Ausschluss der Haftung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49154A86" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="3C6C9A10" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Teilnehmer nehmen auf eigene Gefahr an der Veranstaltung teil. Sie tragen die alleinige zivil- und strafrechtliche Verantwortung für alle von ihnen verursachten Schäden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50D8D683" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="2D5F1B06" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...18 lines deleted...]
-    <w:p w14:paraId="29AA45A5" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Sie erklären den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="349C8C66" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den eigenen Teilnehmern (anderslautende Vereinbarungen zwischen den Teilnehmern gehen vor!) und Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="043E8D8E" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="74C2E903" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge und deren Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC9466B" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="74720EA0" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären der FIM, FIME und des DMSB und der DMSB-Mitgliedsorganisationen,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9F5BCD" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="56A7F7C0" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="0E9194BA" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären des ADAC e. V., der ADAC Regionalclubs, der ADAC Ortsclubs und der mit dem ADAC e. V. verbundenen Unternehmen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D862AF" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="02036177" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4E968F" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...9 lines deleted...]
-    <w:p w14:paraId="56BEC70E" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, den Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF2D49F" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...9 lines deleted...]
-    <w:p w14:paraId="6FE74019" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D3CE87" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">den Erfüllungs- und Verrichtungsgehilfen, den gesetzlichen Vertretern, den haupt- und ehrenamtlichen Mitarbeitern aller zuvor genannten Personen und Stellen sowie deren Mitgliedern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="415B9C3B" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="33A6C0C6" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72856B48" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="1F3E3A75" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...9 lines deleted...]
-    <w:p w14:paraId="03719FEC" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen, ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt. Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31555BC5" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3910D077" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="32AE5010" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="551A33C1" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stillschweigende Haftungsausschlüsse bleiben von vorstehender Haftungsausschlussklausel unberührt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644231D4" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69405ABD" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="5A7E7ECF" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk45619122"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-        <w:t>Mit Abgabe dieser Erklärung nehmen die Teilnehmer davon Kenntnis, dass Versicherungsschutz im Rahmen der Kraftverkehrsversicherungen in der Regel (Kfz-Haftpflicht, Kasko- und Insassen-Unfall-Versicherung) für Schäden, die aus dem Gebrauch des Fahrzeugs bei einer Motorsportveranstaltung oder Motorsportaktivität, einschließlich Rennen, Wettbewerben, Trainings, Tests und Demonstrationen, wenn das Fahrzeug in einem hierfür abgegrenzten Gebiet mir Zugangsbeschränkung gebraucht wird und für diesen Gebrauch des Fahrzeugs eine Motorsporthaftpflichtversicherung nach Maßgabe des § 5d PflVG besteht, nicht gewährt wird. Sie verpflichten sich, auch den Halter und den Eigentümer des eingesetzten Fahrzeugs davon zu unterrichten.</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Mit Abgabe dieser Erklärung nehmen die Teilnehmer davon Kenntnis, dass Versicherungsschutz im Rahmen der Kraftverkehrsversicherungen in der Regel (Kfz-Haftpflicht, Kasko- und Insassen-Unfall-Versicherung) für Schäden, die aus dem Gebrauch des Fahrzeugs bei einer Motorsportveranstaltung oder Motorsportaktivität, einschließlich Rennen, Wettbewerben, Trainings, Test- und Demonstrations-Fahrten, wenn das Fahrzeug in einem hierfür abgegrenzten Gebiet mir Zugangsbeschränkung gebraucht wird und für diesen Gebrauch des Fahrzeugs eine Motorsporthaftpflichtversicherung nach Maßgabe des § 5d PflVG besteht, nicht gewährt wird. Sie verpflichten sich, auch den Halter und den Eigentümer des eingesetzten Fahrzeugs davon zu unterrichten.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="64E5E684" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="41D3C183" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62C93855" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="73B39128" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk45623110"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Entbindung von der Schweigepflicht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8301AC" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="4AD4B22D" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...58 lines deleted...]
-    <w:p w14:paraId="28E419CC" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Im Falle einer im Laufe der Veranstaltung eintretenden oder festgestellten Verletzung bzw. im Falle von gesundheitlichen Schäden, die die motorsportliche Tauglichkeit auf Dauer oder vorübergehend in Frage stellen können, entbindet der/die Unterzeichnende alle behandelnden Ärzte – im Hinblick auf das sich daraus nicht nur für ihn/sie selbst sondern auch für Dritte ergebende Sicherheitsrisiko – von der ärztlichen Schweigepflicht untereinander sowie gegenüber dem Renn-/Fahrtleiter, Sportkommissar, Schiedsrichter, Leitenden Rennarzt, DMSB-Verbandsarzt, der Koordination Motorradsport (DMSB) und dem Versicherungs-Schadensbüro. Die Verarbeitung Ihrer Daten erfolgt aufgrund eines berechtigten Interesses des DMSB. Zweck ist der Schutz der Lizenznehmer bei Sportveranstaltungen. Dieser Verarbeitung können Sie jederzeit mit Wirkung für die Zukunft widersprechen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC451EC" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51BE79AE" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="7287A1F3" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der DMSB, seine Mitgliedsorganisationen, die ADAC Regionalclubs und Veranstalter nehmen nicht an einem Streitbeilegungsverfahren vor einer Verbraucherschlichtungsstelle nach dem Verbraucherstreitbeilegungsgesetz teil.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="134EE87F" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="585CD199" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="553A1346" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="7BE1D131" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>Fahrer/Beifahrer mit einer</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="300234AE" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+        <w:t>Fahrer/Beifahrer mit einer C-Lizenz, H-Lizenz, V-Lizenz oder Race Card</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2123333F" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ich erkläre mit meiner Unterschrift ausdrücklich, dass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FABBF4A" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="00387CF6" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="5E71C7D5" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387CF6">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>mir zum Zeitpunkt der Nennung zur Veranstaltung und bei Veranstaltungsteilnahme keine gesundheitlichen Mängel oder körperlichen Einschränkungen bekannt sind, die eine Teilnahme an der Veranstaltung ausschließen bzw. ich umgehend bei Bekanntwerden den Veranstalter hierüber unterrichten werden und von einer Teilnahme an der Veranstaltung absehen werde,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AD6700B" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="00387CF6" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="4E0C2F50" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387CF6">
-[...45 lines deleted...]
-    <w:p w14:paraId="6F9540FE" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="00320962" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>ich im Falle der Beantragung zum Zeitpunkt der Beantragung und Nutzung der Race Card nicht Inhaber einer anderen Fahrerlizenz (Jahreslizenz) des DMSB oder einer anderen Mitgliedsföderation (FMN) der FIM für das laufende Jahr bin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447FF058" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BEB38CC" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="7B344977" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:spacing w:before="58"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FREISTELLUNGSERKLÄRUNG</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>BEI</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FIL</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FOT</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PRODUKTIONEN und Datenschutzhinweise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19EED2F0" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="1FF350D8" w14:textId="4629B705" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Der Teilnehmer erklärt sein Einverständnis zur Durchführung von Foto- und Filmarbeiten während der Veranstaltung sowie zur Einräumung der unentgeltlichen Sende-, öffentlichen Wiedergabe-, Aufzeichnungs-, Vervielfältigungs- und Bearbeitungsrechte hinsichtlich der von seiner Person, etwaigen Begleitpersonen oder der von ihren Fahrzeugen gefertigten Film- oder Fotoaufnahmen gegenüber dem DMSB, seinen Mitgliedsorganisationen, den ADAC Regionalclubs und dem Veranstalter. Die Rechteeinräumung umfasst neben der Nutzung für die Berichterstattung über das Rennen, die Teilnehmer und die Ergebnisse in Print-, Radio-, TV- und Onlinemedien, wie insbesondere auch die Internet-/Facebook-Auftritte des DMSB, seiner Mitgliedsorganisationen, der ADAC Regionalclubs und Veranstalter, auch die Nutzung der Aufnahmen zu Zwecken der Eigenwerbung oder der Veranstaltungsbewerbung. Sendet der Teilnehmer Bildmaterial an den Veranstalter erklärt der Teilnehmer darüber hinaus sein Einverständnis zur uneingeschränkten honorarfreien Verwendung, Verwertung oder Veröffentlichung durch den DMSB, seine Mitgliedsorganisationen, den ADAC Regionalclubs und dem Veranstalter</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Der Teilnehmer erklärt sein Einverständnis zur Durchführung von Foto- und Filmarbeiten während der Veranstaltung sowie zur Einräumung der unentgeltlichen Sende-, öffentlichen Wiedergabe-, Aufzeichnungs-, Vervielfältigungs- und Bearbeitungsrechte hinsichtlich der von seiner Person, etwaigen Begleitpersonen oder der von seinen Fahrzeugen gefertigten Film- oder Fotoaufnahmen gegenüber dem DMSB, den DMSB-Mitgliedsorganisationen, den ADAC-Regional-/Ortsclubs, dem Promotor und dem Veranstalter. Die Rechteeinräumung umfasst neben der Nutzung für die Berichterstattung über das Rennen, die Teilnehmerdaten und die Ergebnisse und Ergebnislisten in Print-, Radio-, TV- und Onlinemedien, wie insbesondere auch die Internet-/Facebook und sonstigen Online-Auftritte des DMSB, der DMSB-Mitgliedsorganisationen, der ADAC-Regional-/Ortsclubs und des Veranstalters sowie Promotors zu veröffentlich. Im Weiteren auch die Nutzung der Aufnahmen zu Zwecken der Eigenwerbung oder der Veranstaltungsbewerbung. Sendet der Teilnehmer Bildmaterial an den Veranstalter erklärt der Teilnehmer darüber hinaus sein Einverständnis zur uneingeschränkten honorarfreien Verwendung, Verwertung oder Veröffentlichung durch den DMSB, den DMSB-Mitgliedsorganisationen, den ADAC Regional-/Ortsclubs, dem Promotor und Veranstalter.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="547136A0" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16496EE5" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich willige ferner ein, dass eine Veröffentlichung (auch im Internet) von Entscheidungen - unter Angabe der Teilnehmerdaten - des Renn-/Fahrtleiters sowie der Sportkommissare und ggf. in Folge der Verbandsgerichte erfolgen kann sowie eine Übermittlung der Entscheidungen an die DMSB-Mitgliedsorganisationen, die ADAC-Regional- und Ortsclubs, an den Promotor/Veranstalter/Serienausschreiber sowie an die Sportwarte des DMSB erfolgen kann. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3007B5" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FA46D4A" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hinweis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2201951D" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Veranstaltung widerrufen wird, ist eine Teilnahme an dieser Veranstaltung (Vorgaben zur Veranstaltung) nicht möglich.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31C23C39" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...11 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="038D2383" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...180 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="002E3883">
+        <w:r w:rsidRPr="00030516">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002E3883">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – unter Angabe der Veranstaltung und des Veranstaltungsdatums - widerrufen. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58981308" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D1F0DD2" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Wenn der Teilnehmer/in minderjährig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>nicht</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>voll</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>geschäftsfähig</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ist,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>versichert</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>alleinige Unterzeichner,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>dass</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>das</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>alleinige</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sorgerecht</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>hat</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>berechtigt</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ist,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>diese</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Erklärung</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>auch</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>im</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Namen</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>etwaiger</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>weiterer</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sorge</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>erechtigter</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>verbindlich</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>abzugeben.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Bei</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Unterzeichnung</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>durch</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sorgeberechtigte ist</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>die</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Angabe</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vollständigen </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Namens</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> und Anschrift </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>erforderlic</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C0688A9" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="0B620B0F" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="41B56BB9" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B4EE2CA" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C5F3CE5" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:eastAsia="de-DE"/>
-[...15 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="289E7571" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="5CAFEB0A" w14:textId="47B6E284" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ort/</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidR="00044852" w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Datum </w:t>
+      </w:r>
+      <w:r w:rsidR="00044852" w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Name des 1. Fahrers in Blockschrift und Unterschrift des 1. Fahrers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620C3642" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="63D8D445" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>bzw. bei Minderjährigen des/r gesetzlichen Vertreter(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="098A6363" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="10543BA7" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D13858A" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="0A812E51" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Unterschrift durch einen gesetzlichen Vertreter bitte ankreuzen (nur möglich bei Jahreslizenz): </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F6B7EF" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="18DA9931" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Obige Unterschrift erfolgte nicht nur im eigenen Namen, sondern auch im Namen des anderen Elternteils</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63FAF329" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="1533B662" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BE88F4F" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bzw. ich bin zur alleinigen Vertretung meines Kindes berechtigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4F5399" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="23CED55E" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5746D70B" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="50DC40CD" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53B49F41" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="2CAEE785" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534E6DC8" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="4CF49422" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:left="2977" w:right="-1" w:hanging="2977"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ort/Datum</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Name des 2. Fahrers in Blockschrift und Unterschrift des 2. Fahrers/Beifahrers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D68473" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="5DE3CCBE" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:left="2977" w:right="-1" w:hanging="2977"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> bzw. bei Minderjährigen des/r gesetzlichen Vertreter(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA3EDBD" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="0732808D" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DE4742E" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="377A4770" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Unterschrift durch einen gesetzlichen Vertreter bitte ankreuzen (nur möglich bei Jahreslizenz): </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4049F7AE" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="69135F96" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...16 lines deleted...]
-    <w:p w14:paraId="70AFA87F" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Obige Unterschrift erfolgte nicht nur im eigenen Namen, sondern auch im Namen des anderen Elternteils.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2746FDC5" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69824734" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...24 lines deleted...]
-    <w:p w14:paraId="1DE00B9F" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ich bin zur alleinigen Vertretung meines Kindes berechtigt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F29186" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="372A936D" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="05C59049" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77668D11" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="073CE264" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="343EC887" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="45C5CDB3" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Name des Bewerbers in Blockschrift und Unterschrift - falls nicht personengleich-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679FA68D" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="50712EC8" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk45623008"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Nur erforderlich, wenn Bewerber, Fahrer und Beifahrer nicht Eigentümer des einzusetzenden Fahrzeugs sind</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C5624F" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="211C97EF" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:right="-1"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="195970E7" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="60FD672A" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:right="-1"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Verzichtserklärung des Fahrzeugeigentümers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174D1FAB" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="746BB110" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="04C49D1F" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Ich bin mit der Beteiligung des in der Erklärung näher bezeichneten Fahrzeuges an der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) einverstanden und erkläre den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6274A7D9" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den eigenen Teilnehmern und Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05CC5202" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="3058258C" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="0A72BC7E" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge (soweit die Veranstaltung auf einer permanenten oder temporär geschlossenen Strecke stattfindet) und deren Helfern, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A52D0C" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="6EB5F63A" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären der FIM, FIME und des DMSB und der DMSB-Mitgliedsorganisationen,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BBE0040" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="55B401B6" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären des ADAC e. V., der ADAC Regional-/Ortsclubs und der mit dem ADAC e. V. verbundenen Unternehmen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631C5763" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75B279A8" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="51515D63" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF21A5D" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="39787270" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14EA5733" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="5CCAF380" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">den Erfüllungs- und Verrichtungsgehilfen, den gesetzlichen Vertretern, den haupt- und ehrenamtlichen Mitarbeitern aller zuvor genannten Personen und Stellen sowie deren Mitgliedern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D200B34" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="70EC53E8" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="515AB543" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="355BE664" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE8B06C" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="21A24E97" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC4D3FC" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="6AADBC89" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66053F97" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="2626D120" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich willige ein, dass meine personenbezogenen Daten (Vor- und Zuname, ggf. amtl. Kennzeichen, Fahrgestellnummer) verarbeitet werden, damit das genannte Fahrzeug an der gegenständlichen Veranstaltung teilnehmen kann. Die Daten werden, sofern dies erforderlich ist an den Veranstalter und die DMSB Mitgliedsorganisationen sowie den DMSB weitergeleitet. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="002E3883">
+        <w:r w:rsidRPr="00030516">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> unter Angabe der Veranstaltung und des Veranstaltungsdatums - widerrufen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726563E9" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="3A318E0B" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36B6DC9A" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="1A231889" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Hinweis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2039DCA2" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="4F70FFC2" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...10 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Veranstaltung widerrufen wird, ist eine Teilnahme an dieser Veranstaltung (Vorgaben zur Veranstaltung) nicht möglich. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D1093F6" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="2174A88A" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00030516">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>datenschutz@dmsb.de</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – unter Angaben der Veranstaltung und des Veranstaltungsdatums - widerrufen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40092014" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13726C3C" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="392085B1" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27AEF2D2" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="002E3883" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="2FB5BCC1" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A170FB4" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DA61E87" w14:textId="77777777" w:rsidR="00832BA8" w:rsidRPr="00953F36" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+    <w:p w14:paraId="11C25332" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="00030516" w:rsidRDefault="00FE473B" w:rsidP="00FE473B">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ort/Datum</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Name und Anschrift des Eigentümers in Blockschrift</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
+    <w:p w14:paraId="66FE60BB" w14:textId="77777777" w:rsidR="00FE473B" w:rsidRPr="000F1641" w:rsidRDefault="00FE473B" w:rsidP="00FE473B"/>
+    <w:p w14:paraId="7DA61E87" w14:textId="14388C82" w:rsidR="00832BA8" w:rsidRPr="00953F36" w:rsidRDefault="00832BA8" w:rsidP="00832BA8">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="73DAF417" w14:textId="3F17870E" w:rsidR="00440FD4" w:rsidRPr="00440FD4" w:rsidRDefault="00440FD4" w:rsidP="00832BA8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00440FD4" w:rsidRPr="00440FD4" w:rsidSect="00726EC9">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="818" w:right="849" w:bottom="426" w:left="851" w:header="135" w:footer="124" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="733E41C6" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00CA1A18" w:rsidP="00CA1A18">
+    <w:p w14:paraId="20C49514" w14:textId="77777777" w:rsidR="00086EBA" w:rsidRDefault="00086EBA" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E5A81B9" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00CA1A18" w:rsidP="00CA1A18">
+    <w:p w14:paraId="4E82D096" w14:textId="77777777" w:rsidR="00086EBA" w:rsidRDefault="00086EBA" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -8615,124 +8199,124 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FranklinGothicLTCom-Bk">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="332A9BC6" w14:textId="795B4FF6" w:rsidR="00726EC9" w:rsidRPr="00124B90" w:rsidRDefault="00FB693B" w:rsidP="00726EC9">
+  <w:p w14:paraId="332A9BC6" w14:textId="4DFD1EA2" w:rsidR="00726EC9" w:rsidRPr="00124B90" w:rsidRDefault="00FB693B" w:rsidP="00726EC9">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9214"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>DMSB-</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Nennformular </w:t>
     </w:r>
     <w:r w:rsidR="00E07FC6">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Straßensport</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
-    <w:r w:rsidR="00832BA8">
+    <w:r w:rsidR="00FE473B">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00031BC2">
+    <w:r w:rsidR="00FE473B">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
@@ -8821,90 +8405,72 @@
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="04A6D080" w14:textId="77777777" w:rsidR="00726EC9" w:rsidRPr="00124B90" w:rsidRDefault="00726EC9" w:rsidP="00726EC9">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
-      <w:t xml:space="preserve">Herausgeber: DMSB-Deutscher Motorsport Bund e.V., </w:t>
-[...17 lines deleted...]
-      <w:t>. 70, 60528 Frankfurt, www.dmsb.de</w:t>
+      <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B68103C" w14:textId="77777777" w:rsidR="002905D6" w:rsidRDefault="002905D6">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32819ED5" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00CA1A18" w:rsidP="00CA1A18">
+    <w:p w14:paraId="2E791591" w14:textId="77777777" w:rsidR="00086EBA" w:rsidRDefault="00086EBA" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56788943" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00CA1A18" w:rsidP="00CA1A18">
+    <w:p w14:paraId="243DE602" w14:textId="77777777" w:rsidR="00086EBA" w:rsidRDefault="00086EBA" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01D685F6" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00954E64">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E9849DE" wp14:editId="235691A8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4736465</wp:posOffset>
           </wp:positionH>
@@ -10376,89 +9942,93 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="2137681172">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="3828284">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="372770223">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="761026038">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1296182173">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1363632836">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="141313"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA1A18"/>
+    <w:rsid w:val="00007667"/>
     <w:rsid w:val="00023AD3"/>
     <w:rsid w:val="00031BC2"/>
     <w:rsid w:val="00040E94"/>
     <w:rsid w:val="00041957"/>
+    <w:rsid w:val="00044852"/>
     <w:rsid w:val="00047FBB"/>
     <w:rsid w:val="00070455"/>
+    <w:rsid w:val="00086EBA"/>
     <w:rsid w:val="000A1017"/>
     <w:rsid w:val="000B03DC"/>
     <w:rsid w:val="000B29E5"/>
     <w:rsid w:val="000B3B23"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000C09BB"/>
     <w:rsid w:val="001228BF"/>
     <w:rsid w:val="0013272E"/>
     <w:rsid w:val="001462CF"/>
     <w:rsid w:val="0016260F"/>
     <w:rsid w:val="00167E1A"/>
     <w:rsid w:val="00185E1F"/>
     <w:rsid w:val="001D05CB"/>
     <w:rsid w:val="00206691"/>
     <w:rsid w:val="00206938"/>
     <w:rsid w:val="00225F91"/>
     <w:rsid w:val="002437ED"/>
     <w:rsid w:val="00251085"/>
     <w:rsid w:val="00282269"/>
     <w:rsid w:val="0028513E"/>
     <w:rsid w:val="002905D6"/>
     <w:rsid w:val="002A36F7"/>
     <w:rsid w:val="002A4E58"/>
     <w:rsid w:val="002C3989"/>
     <w:rsid w:val="002E2F66"/>
     <w:rsid w:val="002F1F8D"/>
     <w:rsid w:val="00324D23"/>
     <w:rsid w:val="0033727F"/>
     <w:rsid w:val="00370AFA"/>
     <w:rsid w:val="003B7328"/>
@@ -10564,70 +10134,71 @@
     <w:rsid w:val="00DA68A6"/>
     <w:rsid w:val="00DD1B5A"/>
     <w:rsid w:val="00DD70B2"/>
     <w:rsid w:val="00DE28A4"/>
     <w:rsid w:val="00DF3CCA"/>
     <w:rsid w:val="00DF6301"/>
     <w:rsid w:val="00E07FC6"/>
     <w:rsid w:val="00E1613D"/>
     <w:rsid w:val="00E241C1"/>
     <w:rsid w:val="00E31BB8"/>
     <w:rsid w:val="00E34749"/>
     <w:rsid w:val="00E36DBF"/>
     <w:rsid w:val="00E4262A"/>
     <w:rsid w:val="00E64772"/>
     <w:rsid w:val="00E838B3"/>
     <w:rsid w:val="00ED2E63"/>
     <w:rsid w:val="00EF5973"/>
     <w:rsid w:val="00F02FCE"/>
     <w:rsid w:val="00F131F0"/>
     <w:rsid w:val="00F14603"/>
     <w:rsid w:val="00F4777E"/>
     <w:rsid w:val="00F86B80"/>
     <w:rsid w:val="00F96FAF"/>
     <w:rsid w:val="00FA3818"/>
     <w:rsid w:val="00FB693B"/>
+    <w:rsid w:val="00FE473B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="141313"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="715AC10A"/>
   <w15:docId w15:val="{9B25BFFB-EE9F-4B4A-9CD1-EBA4250F7FA3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11250,51 +10821,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="880552155">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -11560,69 +11131,69 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{649BBE45-6CBB-4616-A8DF-0344E551F534}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2472</Words>
-  <Characters>15580</Characters>
+  <Words>2505</Words>
+  <Characters>16032</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>129</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>391</Lines>
+  <Paragraphs>215</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18016</CharactersWithSpaces>
+  <CharactersWithSpaces>18322</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>