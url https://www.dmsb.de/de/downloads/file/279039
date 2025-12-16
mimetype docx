--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,2344 +1,3551 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1B2183EC" w14:textId="77777777" w:rsidR="00F3181B" w:rsidRPr="004A332B" w:rsidRDefault="004A332B" w:rsidP="004A332B">
+    <w:p w14:paraId="1B2183EC" w14:textId="7293971C" w:rsidR="00F3181B" w:rsidRPr="004A332B" w:rsidRDefault="002763B0" w:rsidP="004A332B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A332B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Dienstanweisung Vorauswagen</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6FCEA2D0" w14:textId="77777777" w:rsidR="00F3181B" w:rsidRPr="00F3181B" w:rsidRDefault="00F3181B" w:rsidP="00276148">
+        <w:t xml:space="preserve">DIENSTANWEISUNG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>SICHERHEITS- &amp; UND 0-FAHRZEUGE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FCEA2D0" w14:textId="77777777" w:rsidR="00F3181B" w:rsidRPr="00DD7EBF" w:rsidRDefault="00F3181B" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6548FA99" w14:textId="77777777" w:rsidR="00F3181B" w:rsidRPr="00F3181B" w:rsidRDefault="00F3181B" w:rsidP="00276148">
+    <w:p w14:paraId="3BC2B54C" w14:textId="67B9C59C" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00F3181B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Sehr geehrte Besatzung</w:t>
+      </w:r>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>en der Sicherheits- und 0-Fahrzeuge [kurz: S-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fzg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.]</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F3181B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Sehr geehrte Vorauswagen</w:t>
-[...19 lines deleted...]
-        <w:t>Besatzung,</w:t>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37B1E5CC" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="009F05EF">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EC99DFF" w14:textId="77777777" w:rsidR="00276148" w:rsidRDefault="001B53BD" w:rsidP="00ED3C36">
+    <w:p w14:paraId="3EC99DFF" w14:textId="40C2E27F" w:rsidR="00276148" w:rsidRDefault="004C55C5" w:rsidP="00ED3C36">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">zunächst </w:t>
-[...7 lines deleted...]
-        <w:t>möchten wir uns als Veranstalter bei Ihnen für ihre Bereitschaft bedanken, uns bei der Streckensicherung zur</w:t>
+        <w:t>wir bedanken</w:t>
+      </w:r>
+      <w:r w:rsidR="001B53BD" w:rsidRPr="001B53BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wir uns als Veranstalter</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B53BD" w:rsidRPr="001B53BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">für </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="001B53BD" w:rsidRPr="001B53BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hre Bereitschaft</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001B53BD" w:rsidRPr="001B53BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uns bei der </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sicherheit und </w:t>
+      </w:r>
+      <w:r w:rsidR="001B53BD" w:rsidRPr="001B53BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Streckensicherung zur</w:t>
       </w:r>
       <w:r w:rsidR="00ED3C36">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/m</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B53BD">
+      <w:r w:rsidR="001B53BD" w:rsidRPr="001B53BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001B53BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">…………………………………… </w:t>
       </w:r>
-      <w:r w:rsidRPr="001B53BD">
+      <w:r w:rsidR="001B53BD" w:rsidRPr="001B53BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> zu unterstützen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57BF2623" w14:textId="77777777" w:rsidR="001B53BD" w:rsidRPr="00F3181B" w:rsidRDefault="001B53BD" w:rsidP="00ED3C36">
+    <w:p w14:paraId="57BF2623" w14:textId="77777777" w:rsidR="001B53BD" w:rsidRPr="00DD7EBF" w:rsidRDefault="001B53BD" w:rsidP="00ED3C36">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B26F922" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00ED3C36">
+    <w:p w14:paraId="5B26F922" w14:textId="51389DEE" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00ED3C36">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3181B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Als Vorauswagen sind Sie unsere </w:t>
+        <w:t xml:space="preserve">Als </w:t>
+      </w:r>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fzg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sind Sie </w:t>
+      </w:r>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">die </w:t>
+      </w:r>
+      <w:r w:rsidR="004C55C5" w:rsidRPr="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>beste und</w:t>
+      </w:r>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00614041">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>letzte</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3181B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Möglichkeit etwaige Gefahrenstellen</w:t>
+        <w:t xml:space="preserve"> Möglichkeit </w:t>
+      </w:r>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">z.B. die Kontrolle der Wettbewerbsunterlagen (Bordbuch, Bordkarte) vorzunehmen, den korrekten Aufbau der Wertungsprüfungen und die Standorte der Sportwarte zu </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>überprüfen</w:t>
+      </w:r>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>etwaige Gefahrenstellen</w:t>
       </w:r>
       <w:r w:rsidR="001B53BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3181B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> z.B. Zuschauer auf der Strecke, abgerissenes Flatterband etc. zu beseitigen, bevor dann das Teilnehmerfeld </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="01308730" w14:textId="77777777" w:rsidR="00C4035F" w:rsidRPr="00F3181B" w:rsidRDefault="00C4035F" w:rsidP="00ED3C36">
+        <w:t xml:space="preserve"> z.B. Zuschauer auf der Strecke, abgerissenes Flatterband etc. zu beseitigen</w:t>
+      </w:r>
+      <w:r w:rsidR="004C55C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und bei der Umsetzung der Streckensicherung und Sicherheitsbestimmungen vor dem ersten Teilnehmer mitzuwirken.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01308730" w14:textId="77777777" w:rsidR="00C4035F" w:rsidRPr="00DD7EBF" w:rsidRDefault="00C4035F" w:rsidP="00ED3C36">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DBEFD40" w14:textId="77777777" w:rsidR="00276148" w:rsidRDefault="00276148" w:rsidP="00ED3C36">
-      <w:pPr>
+    <w:p w14:paraId="7BFE9837" w14:textId="64F6D04C" w:rsidR="00ED131C" w:rsidRPr="00ED131C" w:rsidRDefault="009B6420" w:rsidP="009B6420">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anforderung</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED131C" w:rsidRPr="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Crew</w:t>
+      </w:r>
+      <w:r w:rsidR="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Fahrzeug</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ABC2B4" w14:textId="5E094F9B" w:rsidR="009B6420" w:rsidRDefault="009B6420" w:rsidP="00ED131C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...35 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Besitz </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">einer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sportwartelizenz </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>LSRy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Stufe B) aufwä</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rts oder zur Veranstaltung erforderliche gültige Fahrerlizenz,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD83426" w14:textId="653177FC" w:rsidR="00ED131C" w:rsidRDefault="00ED131C" w:rsidP="00ED131C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1389 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Erfahrung mit der Sicherheit von Rallyeveranstaltungen</w:t>
+      </w:r>
+      <w:r w:rsidR="007050B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4460DE66" w14:textId="3EC0BB01" w:rsidR="007050B7" w:rsidRDefault="007050B7" w:rsidP="00ED131C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>max. e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5192">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>in 0-Fahrzeug darf ein Wettbewerbsfahrzeug sein</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5192">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>die Crew unterliegt dann den identischen Bestimmungen wie die Teilnehmer (Bekleidung, Helm, FHR, etc.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C6CA3DA" w14:textId="77777777" w:rsidR="00ED131C" w:rsidRPr="00DD7EBF" w:rsidRDefault="00ED131C" w:rsidP="00ED131C">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DBEFD40" w14:textId="59AB3362" w:rsidR="00276148" w:rsidRDefault="00276148" w:rsidP="00ED3C36">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Damit Sie </w:t>
+      </w:r>
+      <w:r w:rsidR="009B6420">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ihrer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Aufgabe gerecht werden können und zu einem reibungslosen Ablauf der Veranstaltung beitragen, bedarf es folgender Regeln</w:t>
+      </w:r>
+      <w:r w:rsidR="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und Abläufe</w:t>
+      </w:r>
+      <w:r w:rsidR="009B6420">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an die Sie sich zu halten haben:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B54E4C" w14:textId="77777777" w:rsidR="009B6420" w:rsidRPr="00DD7EBF" w:rsidRDefault="009B6420" w:rsidP="00ED3C36">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FE57371" w14:textId="3F85CABE" w:rsidR="00ED131C" w:rsidRDefault="00ED131C" w:rsidP="00ED3C36">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dokumentenabnahme:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769BD5B1" w14:textId="2C5F10A3" w:rsidR="00ED131C" w:rsidRDefault="00ED131C" w:rsidP="00ED131C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED131C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kontrolle der Lizenzen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der Crewmitglieder,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="300314A6" w14:textId="571D61A3" w:rsidR="00ED131C" w:rsidRDefault="00ED131C" w:rsidP="00ED131C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Entgegennahme von Unterlagen (z.B. Zeitpläne, Bordbuch, Bordkarten</w:t>
+      </w:r>
+      <w:r w:rsidR="007050B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, S-Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047D4F5A" w14:textId="39F9A0C1" w:rsidR="00ED131C" w:rsidRDefault="00ED131C" w:rsidP="00ED131C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Empfang der Ausrüstung (s. Kennzeichnung),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F3A8CD" w14:textId="62553095" w:rsidR="00ED131C" w:rsidRDefault="00ED131C" w:rsidP="00ED131C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Empfang der Kommunikationsmittel</w:t>
+      </w:r>
+      <w:r w:rsidR="007050B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (z.B. Funk)</w:t>
+      </w:r>
+      <w:r w:rsidR="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2742B48F" w14:textId="3898E401" w:rsidR="00ED131C" w:rsidRDefault="00ED131C" w:rsidP="00ED131C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Einrichtung zu digitale</w:t>
+      </w:r>
+      <w:r w:rsidR="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Zugängen des Veranstalters (z.B. S-Plan, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Eventhos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CF5DAEB" w14:textId="32957DF5" w:rsidR="00095430" w:rsidRDefault="00095430" w:rsidP="00ED131C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ggf. Empfang Tracking-System.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18061E80" w14:textId="77777777" w:rsidR="00095430" w:rsidRPr="00DD7EBF" w:rsidRDefault="00095430" w:rsidP="00095430">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="710B26E3" w14:textId="47E1873B" w:rsidR="00095430" w:rsidRPr="00DD7EBF" w:rsidRDefault="00095430" w:rsidP="00095430">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Anbringung der Kennzeichnung und Installation der Ausrüstung:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64AE3CEF" w14:textId="77777777" w:rsidR="00095430" w:rsidRDefault="00095430" w:rsidP="002571FE">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Kennzeichnung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gem. DMSB-Rallyereglement:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13842143" w14:textId="2CE67BBF" w:rsidR="00095430" w:rsidRPr="00095430" w:rsidRDefault="00095430" w:rsidP="00095430">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Warnleuchte mit Sirene und Sprechanlage auf dem Dach (Ausnahme: 0-Fahrzeug),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFCCD66" w14:textId="2126295B" w:rsidR="00095430" w:rsidRPr="00095430" w:rsidRDefault="00095430" w:rsidP="00095430">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>36x50 großes Schild mit dem Wort „</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Safety</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>“ auf der Haube und beiden Vordertüren,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F07BA19" w14:textId="500D3FCE" w:rsidR="00095430" w:rsidRDefault="00095430" w:rsidP="00095430">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Kennzeichnung z.B. S2, S1,000,00, 0,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C9126CB" w14:textId="12D3FF26" w:rsidR="00095430" w:rsidRDefault="00095430" w:rsidP="00095430">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Installation und Kontrolle der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ausrüstung</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19471AB6" w14:textId="5661349B" w:rsidR="00095430" w:rsidRDefault="007050B7" w:rsidP="00095430">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Einrichtung </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Test der Funkkommunikation mit der Rallyeleitung </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> den</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Crews de</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>r S-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Fzg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C7D4A7" w14:textId="2DC73294" w:rsidR="007050B7" w:rsidRPr="00095430" w:rsidRDefault="007050B7" w:rsidP="00095430">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ggf. Installation Tracking-System, Tablets, o.ä.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1C3FFE" w14:textId="5F629110" w:rsidR="00ED131C" w:rsidRPr="00DD7EBF" w:rsidRDefault="00ED131C" w:rsidP="00095430">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="739E7772" w14:textId="4210457B" w:rsidR="00ED131C" w:rsidRDefault="00095430" w:rsidP="00ED3C36">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00095430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technische Abnahme:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2259F7" w14:textId="05839D4E" w:rsidR="007050B7" w:rsidRDefault="00095430" w:rsidP="007050B7">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB3F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ist </w:t>
+      </w:r>
+      <w:r w:rsidR="007050B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>das 0-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB3F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Fahrzeug in eine Gruppe der zum Start zugelassenen Fahrzeuge einzuordnen, so ist es zu empfehlen</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB3F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sich einer Technischen Abnahme zu unterziehen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Über die Pflicht zur Technischen Abnahme entscheidet </w:t>
+      </w:r>
+      <w:r w:rsidR="007050B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>die Rallyeleitung.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A8D87B" w14:textId="7CE250D6" w:rsidR="009B6420" w:rsidRPr="00DD7EBF" w:rsidRDefault="009B6420" w:rsidP="00ED3C36">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3216F812" w14:textId="12B91AEF" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="00ED3C36">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Zeitlicher Ablauf:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52058FAF" w14:textId="0908F248" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="001F2267">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F05EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">siehe Zeitplan </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der Veranstaltung sowie Zeitplan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F05EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>für Organisationsfahrzeuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2B4912" w14:textId="6D7DF25A" w:rsidR="001F2267" w:rsidRPr="00DD7EBF" w:rsidRDefault="001F2267" w:rsidP="006310DC">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>bei Änderungen des Zeitplanes ist der WP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Calibri" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>‐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Leiter berechtigt nach Vorgabe der Rallyeleitung die Einfahrtszeiten neu festzulegen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF" w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACDF92E" w14:textId="210B1825" w:rsidR="009B6420" w:rsidRDefault="001F2267" w:rsidP="00ED3C36">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Aufgaben:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DC96C0" w14:textId="595896D2" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="001F2267">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F2267">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Befahrung der gesamten Strecke der Veranstaltung gem. Bordbuch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA72660" w14:textId="00754F8D" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="00D82135">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Überprüfung aller </w:t>
+      </w:r>
+      <w:r w:rsidR="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Zeit-)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontrollen (inkl. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Regrouping</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Service, Parc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fermé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, dabei auf Eintrag der korrekten Zeit an der richtigen Stelle achten,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69246C07" w14:textId="77777777" w:rsidR="00DD7EBF" w:rsidRDefault="00DD7EBF" w:rsidP="00DD7EBF">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Überprüfung der Zuwegung zur WP (S-Posten),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339A36F5" w14:textId="690E8FD4" w:rsidR="00416071" w:rsidRPr="001F2267" w:rsidRDefault="00416071" w:rsidP="00DD7EBF">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Überprüfung Kontrollzone Start,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68DBB57D" w14:textId="27A29650" w:rsidR="00DD7EBF" w:rsidRPr="00DD7EBF" w:rsidRDefault="00DD7EBF" w:rsidP="00DD7EBF">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bei </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Eintreffen an der ZK mit Vorzeit</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F0D7CBE" w14:textId="440CDD59" w:rsidR="00DD7EBF" w:rsidRPr="00095430" w:rsidRDefault="00DD7EBF" w:rsidP="00DD7EBF">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Eintragung der Idealzeit und sofort vorziehen zum Start</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="457174D0" w14:textId="1C335E09" w:rsidR="00DD7EBF" w:rsidRPr="00095430" w:rsidRDefault="00DD7EBF" w:rsidP="00DD7EBF">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Informierung beim WP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Calibri" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>‐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Leiter </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ Stellv. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>über bes</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vorkommnisse</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder gg</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>f. n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>otw</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Maßnahmen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC8F5B9" w14:textId="213E2194" w:rsidR="00DD7EBF" w:rsidRPr="00095430" w:rsidRDefault="00DD7EBF" w:rsidP="00DD7EBF">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>bei entsprechenden Meldungen ist dies zu überprüfen und eine Rückmeldung zu geben</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A76670A" w14:textId="3E8B353E" w:rsidR="00DD7EBF" w:rsidRPr="00DD7EBF" w:rsidRDefault="00DD7EBF" w:rsidP="00DD7EBF">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bei </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Eintreffen an der ZK zu spät</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BEA1C00" w14:textId="535C14B7" w:rsidR="00EF6C3F" w:rsidRPr="00EF6C3F" w:rsidRDefault="00DD7EBF" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Einfahrt nur möglich nach Rücksprache mit der Rallyel</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>eitung,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="421BE23A" w14:textId="0E09D304" w:rsidR="00EF6C3F" w:rsidRPr="00DD7EBF" w:rsidRDefault="00EF6C3F" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF6C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrolle </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anzahl und Standort </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der vorhandenen Einsatzkräfte </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(z.B.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MIC, RTW, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ffw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.) im Startbereich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF6C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD8A02B" w14:textId="42C29852" w:rsidR="002225E4" w:rsidRPr="00EF6C3F" w:rsidRDefault="00EF6C3F" w:rsidP="00666818">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF6C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Überprüfung des korrekten Startvorgang (Startlinie, Stock, Uhr, etc.),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="028186BC" w14:textId="29F0F8BA" w:rsidR="00EF6C3F" w:rsidRDefault="00EF6C3F" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nachfolgende Tätigkeiten sind allgemeingültig und können je nach Veranstaltung gezielt auf einzelne S-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fzg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. separat verteilt werden:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550F6578" w14:textId="77777777" w:rsidR="00416071" w:rsidRPr="00416071" w:rsidRDefault="00EF6C3F" w:rsidP="005E1ED7">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Überprüfung des korrekten Aufbaus der gesamten Wertungsprüfung(en)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E7E2E0" w14:textId="0A576020" w:rsidR="00EF6C3F" w:rsidRPr="00416071" w:rsidRDefault="00EF6C3F" w:rsidP="00416071">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(z.B. FIA-Kontroll</w:t>
+      </w:r>
+      <w:r w:rsidR="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">schilder, Absperrbänder, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Auspfeilungen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, Pylonen, Richtungsdächer, o.ä.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B084649" w14:textId="6E92B09F" w:rsidR="00EF6C3F" w:rsidRPr="00EF6C3F" w:rsidRDefault="00EF6C3F" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Überprüfung der Standorte und Arbeitsbereitschaft der Sportwarte der Streckensicherung,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E4741BE" w14:textId="465158C4" w:rsidR="00EF6C3F" w:rsidRPr="00EF6C3F" w:rsidRDefault="00EF6C3F" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Überprüfung der Ausstattung und Arbeitsbereitschaft der Hauptfunkposten,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B3D3927" w14:textId="5A4F3FBB" w:rsidR="00416071" w:rsidRPr="00416071" w:rsidRDefault="00EF6C3F" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Überprüfung der Zuschaue</w:t>
+      </w:r>
+      <w:r w:rsidR="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rzonen und -sicherheit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB30FE5" w14:textId="6373534B" w:rsidR="00EF6C3F" w:rsidRPr="00EF6C3F" w:rsidRDefault="00416071" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Überprüfung der Media</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF6C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>zonen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und Standorte der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Meidenvertreter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B5456ED" w14:textId="14B0E70E" w:rsidR="00EF6C3F" w:rsidRDefault="00416071" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Überprüfung der Auslaufzonen und Kurvenaußen- und Innenbereiche,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54C1FAE8" w14:textId="5E7624D6" w:rsidR="00416071" w:rsidRDefault="00416071" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1134" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kontrolle der Bewegungen entlang der Wertungsprüfungen (Anwohner, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Zuschauer,Dritte</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717D05B6" w14:textId="7959A3BD" w:rsidR="00416071" w:rsidRPr="00416071" w:rsidRDefault="00416071" w:rsidP="00416071">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Überprüfung Kontrollzone Ziel (Ziellinie, Arbeitsweise und Eintragungen WP-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Stop</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B27FF92" w14:textId="6A6409C7" w:rsidR="00EF6C3F" w:rsidRDefault="00416071" w:rsidP="00C73203">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Überprüfung der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ausfahrt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> WP (S-Posten)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00416071">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD0A823" w14:textId="37B83BB5" w:rsidR="00A32F91" w:rsidRPr="00416071" w:rsidRDefault="00A32F91" w:rsidP="00C73203">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kommunikation Vorkommnisse / Maßnahmen an nachfolgende S-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fzg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>., WP-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Leitugn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ryl</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-Leitung.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C2018A" w14:textId="77777777" w:rsidR="00EF6C3F" w:rsidRDefault="00EF6C3F" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A04623E" w14:textId="79B7F04C" w:rsidR="00276148" w:rsidRPr="00B6205B" w:rsidRDefault="00276148" w:rsidP="00276148">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6205B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Verhalten bei Vorkommnissen</w:t>
       </w:r>
-      <w:r w:rsidR="0023043E">
+      <w:r w:rsidR="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> / durchgeführten Maßnahmen:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7539C1F5" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00B6205B" w:rsidRDefault="00276148" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="2124"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43D2C140" w14:textId="77777777" w:rsidR="00B6205B" w:rsidRDefault="00276148" w:rsidP="00B6205B">
+    <w:p w14:paraId="43D2C140" w14:textId="031B5EAB" w:rsidR="00B6205B" w:rsidRDefault="00276148" w:rsidP="00B6205B">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6205B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Befinden sich Zuschauer in </w:t>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ei </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Zuschauer</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:r w:rsidR="00245DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sperrzonen oder auf der Strecke</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6205B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ist anzuhalten und die</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B6205B" w:rsidRPr="00B6205B">
+        <w:t xml:space="preserve"> ist anzuhalten und </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>diese</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6205B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Zuschauer hinter die Absperrung bzw. </w:t>
+        <w:t xml:space="preserve"> hinter die Absperrung bzw. </w:t>
       </w:r>
       <w:r w:rsidR="00245DF3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>die Sperrzonenschilder</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6205B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> zu schicken, mit dem Hinweis, dass ein weiteres Fehlverhalten den Start der </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00245DF3">
+        <w:t xml:space="preserve"> zu schicken</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Wertungsprüfung</w:t>
+        <w:t>. Darauf hinweisen,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6205B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gefährdet.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="074C87CD" w14:textId="77777777" w:rsidR="00245DF3" w:rsidRDefault="00245DF3" w:rsidP="00B6205B">
+        <w:t xml:space="preserve"> dass ein Fehlverhalten den Start der </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gefährdet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0264E5" w14:textId="77777777" w:rsidR="0023043E" w:rsidRPr="00F3181B" w:rsidRDefault="0023043E" w:rsidP="00B6205B">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E0264E5" w14:textId="77777777" w:rsidR="0023043E" w:rsidRPr="00F3181B" w:rsidRDefault="0023043E" w:rsidP="00B6205B">
+    <w:p w14:paraId="5CE5591E" w14:textId="4305CAAD" w:rsidR="00276148" w:rsidRPr="00B6205B" w:rsidRDefault="00276148" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6205B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B6205B">
+        <w:t>Zusätzliche Hinweise / Vorschriften des Veranstalters</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Zusätzliche Hinweise / Vorschriften des Veranstalters</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6598A904" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00B6205B" w:rsidRDefault="00276148" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind w:left="1416" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C98E57B" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00B6205B" w:rsidRDefault="00276148" w:rsidP="00B6205B">
-      <w:pPr>
+    <w:p w14:paraId="72681E6B" w14:textId="2D1CC030" w:rsidR="00A32F91" w:rsidRPr="00416071" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00276148" w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eachten Sie die verstärkten Radarkontrollen am Veranstaltungstag</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2267" w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="560CDEBA" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRPr="00416071" w:rsidRDefault="00276148" w:rsidP="00A32F91">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00245DF3">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>auf de</w:t>
       </w:r>
-      <w:r w:rsidR="00B6205B" w:rsidRPr="00245DF3">
+      <w:r w:rsidR="00B6205B" w:rsidRPr="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>n Verbindungsetappen gilt die St</w:t>
       </w:r>
-      <w:r w:rsidRPr="00245DF3">
+      <w:r w:rsidRPr="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>VO</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="001F2267" w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB3122F" w14:textId="026C64B0" w:rsidR="00D90006" w:rsidRPr="00A32F91" w:rsidRDefault="00245DF3" w:rsidP="00A32F91">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
-        <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">auf allen </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WP‘s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gilt </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sicherheitsgurtpflicht &amp; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eine </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ma</w:t>
       </w:r>
-      <w:r w:rsidR="0023043E" w:rsidRPr="00614041">
+      <w:r w:rsidR="0023043E" w:rsidRPr="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>x. Geschwindigkeit von 100km/h</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>x. Geschwindigkeit von 100</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...24 lines deleted...]
-    <w:p w14:paraId="4D972D56" w14:textId="77777777" w:rsidR="00956624" w:rsidRDefault="00956624" w:rsidP="00276148">
+      <w:r w:rsidR="0023043E" w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>km/h</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE0CA3B" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRPr="00A32F91" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BB3122F" w14:textId="77777777" w:rsidR="00D90006" w:rsidRDefault="00D90006" w:rsidP="00276148">
+    <w:p w14:paraId="3EA8684F" w14:textId="77777777" w:rsidR="001F2267" w:rsidRPr="001F2267" w:rsidRDefault="001F2267" w:rsidP="001F2267">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F2267">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Bitte stets daran denken:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F2267">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>als Sicherheits- &amp; 0-Fahrzeuge sind Sie Helfer und keine Rennfahrer!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FCD7C06" w14:textId="77777777" w:rsidR="00D90006" w:rsidRDefault="00D90006" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FCD7C06" w14:textId="77777777" w:rsidR="00D90006" w:rsidRDefault="00D90006" w:rsidP="00276148">
-[...212 lines deleted...]
-    <w:p w14:paraId="7A8598F2" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00276148">
+    <w:p w14:paraId="7A8598F2" w14:textId="1A7A841F" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3181B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mit meiner Unterschrift bestätige ich, dass ich die vorliegende Dienstanweisu</w:t>
       </w:r>
       <w:r w:rsidR="00B6205B">
         <w:rPr>
@@ -2352,730 +3559,553 @@
         <w:t xml:space="preserve">ng gelesen und akzeptiert habe </w:t>
       </w:r>
       <w:r w:rsidRPr="00F3181B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(unterzeichnete Kopie vor Funktionsausübung zurück an Rallyeleitung)</w:t>
       </w:r>
       <w:r w:rsidR="00B6205B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724985C8" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00276148">
-[...23 lines deleted...]
-    <w:p w14:paraId="14068267" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00276148">
+    <w:p w14:paraId="14068267" w14:textId="18542154" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00034575" w:rsidP="00A32F91">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...296 lines deleted...]
-      <w:r w:rsidRPr="00F3181B">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B730CFC" wp14:editId="67C5F902">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AFCAA27" wp14:editId="6AF76214">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>13970</wp:posOffset>
+                  <wp:posOffset>-7482</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>46355</wp:posOffset>
+                  <wp:posOffset>21935</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1490980" cy="722630"/>
-                <wp:effectExtent l="13970" t="8255" r="9525" b="12065"/>
+                <wp:extent cx="1783533" cy="905346"/>
+                <wp:effectExtent l="0" t="0" r="7620" b="9525"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1" name="Rectangle 4"/>
-[...2 lines deleted...]
-                </wp:cNvGraphicFramePr>
+                <wp:docPr id="1279008882" name="Textfeld 2"/>
+                <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
-                      <wps:cNvSpPr>
-[...2 lines deleted...]
-                      <wps:spPr bwMode="auto">
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1490980" cy="722630"/>
+                          <a:ext cx="1783533" cy="905346"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
-                          <a:srgbClr val="FFFFFF"/>
+                          <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
-                            <a:srgbClr val="000000"/>
+                            <a:prstClr val="black"/>
                           </a:solidFill>
-                          <a:miter lim="800000"/>
-[...1 lines deleted...]
-                          <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
-                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="007488CC" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRPr="00D40B94" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
+                            <w:pPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="2552"/>
+                                <w:tab w:val="left" w:pos="9210"/>
+                              </w:tabs>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Fahrzeugkennzeichnung:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1A085FC5" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRDefault="00A32F91"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
+                <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
-                <wp14:sizeRelV relativeFrom="page">
-[...1 lines deleted...]
-                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="627B08B1" id="Rectangle 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.1pt;margin-top:3.65pt;width:117.4pt;height:56.9pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTX7XZIgIAADwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNEm3222jpqtVlyKk&#10;BVYsfIDrOI2F4zFjt2n5esZOt3SBEyIHy5MZP795b7y4PXSG7RV6DbbixSjnTFkJtbbbin/9sn4z&#10;48wHYWthwKqKH5Xnt8vXrxa9K9UYWjC1QkYg1pe9q3gbgiuzzMtWdcKPwClLyQawE4FC3GY1ip7Q&#10;O5ON83ya9YC1Q5DKe/p7PyT5MuE3jZLhU9N4FZipOHELacW0buKaLRei3KJwrZYnGuIfWHRCW7r0&#10;DHUvgmA71H9AdVoieGjCSEKXQdNoqVIP1E2R/9bNUyucSr2QON6dZfL/D1Z+3D8i0zV5x5kVHVn0&#10;mUQTdmsUm0R5eudLqnpyjxgb9O4B5DfPLKxaqlJ3iNC3StREqoj12YsDMfB0lG36D1ATutgFSEod&#10;GuwiIGnADsmQ49kQdQhM0s9iMs/nM/JNUu5mPJ5eJccyUT6fdujDOwUdi5uKI3FP6GL/4ENkI8rn&#10;ksQejK7X2pgU4HazMsj2goZjnb7UADV5WWYs6ys+vbrOE/KLnL+EyNP3N4hOB5pyo7uKz85Fooyy&#10;vbV1msEgtBn2RNnYk45RusGCDdRHkhFhGGF6crRpAX9w1tP4Vtx/3wlUnJn3lqyYF5NJnPcUTK5v&#10;xhTgZWZzmRFWElTFA2fDdhWGN7JzqLct3VSk3i3ckX2NTspGawdWJ7I0oknw03OKb+AyTlW/Hv3y&#10;JwAAAP//AwBQSwMEFAAGAAgAAAAhAM+KV//bAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1lbhRJ45EUYhTlQpOnChIvTrxNgmN15HttqFfz3KC42qeZt5W69mN4owhDp405MsM&#10;BFLr7UCdhs+P1/tHEDEZsmb0hBq+McK6vr2pTGn9hd7xvEud4BKKpdHQpzSVUsa2R2fi0k9InB18&#10;cCbxGTppg7lwuRulyrIH6cxAvNCbCbc9tsfdyWnwX88v+2Gz305vQRbuepWpaQ9a3y3mzROIhHP6&#10;g+FXn9WhZqfGn8hGMWpQikENqwIEp6pY8WcNYyrPQdaV/O9f/wAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCTX7XZIgIAADwEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDPilf/2wAAAAcBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" strokeweight=".5pt"/>
+              <v:shapetype w14:anchorId="0AFCAA27" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-.6pt;margin-top:1.75pt;width:140.45pt;height:71.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD4b5LFNwIAAHwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5zvtkacIkuRYUDQ&#13;&#10;FkiLnhVZio3JoiYpsbNfP0p2PtrtNOwiUyL1RD4+enbfVIochHUl6IwOen1KhOaQl3qX0deX1Zdb&#13;&#10;SpxnOmcKtMjoUTh6P//8aVabVAyhAJULSxBEu7Q2GS28N2mSOF6IirkeGKHRKcFWzOPW7pLcshrR&#13;&#10;K5UM+/1pUoPNjQUunMPTh9ZJ5xFfSsH9k5ROeKIyirn5uNq4bsOazGcs3VlmipJ3abB/yKJipcZH&#13;&#10;z1APzDOyt+UfUFXJLTiQvsehSkDKkotYA1Yz6H+oZlMwI2ItSI4zZ5rc/4Plj4eNebbEN1+hwQYG&#13;&#10;QmrjUoeHoZ5G2ip8MVOCfqTweKZNNJ7wcOnmdjQZjSjh6LvrT0bjaYBJLreNdf6bgIoEI6MW2xLZ&#13;&#10;Yoe1823oKSQ85kCV+apUKm6CFMRSWXJg2ETlY44I/i5KaVJndDqa9CPwO1+APt/fKsZ/dOldRSGe&#13;&#10;0pjzpfZg+WbbdIRsIT8iTxZaCTnDVyXirpnzz8yiZpAanAP/hItUgMlAZ1FSgP31t/MQj61ELyU1&#13;&#10;ajCj7ueeWUGJ+q6xyXeD8TiINm7Gk5shbuy1Z3vt0ftqCcjQACfO8GiGeK9OprRQveG4LMKr6GKa&#13;&#10;49sZ9Sdz6dvJwHHjYrGIQShTw/xabwwP0KEjgc+X5o1Z0/XToxIe4aRWln5oaxsbbmpY7D3IMvY8&#13;&#10;ENyy2vGOEo+q6cYxzND1PkZdfhrz3wAAAP//AwBQSwMEFAAGAAgAAAAhAG6txlzgAAAADQEAAA8A&#13;&#10;AABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9YicWudBGjTNE7Fo3DhREGc3XhrW8R2FLtp+Ptu&#13;&#10;T3AZaTWz86g3k+vYiEO0wQvI5xkw9G1Q1msBX5+vsxJYTNIr2QWPAn4xwqa5vqplpcLJf+C4S5qR&#13;&#10;iY+VFGBS6ivOY2vQyTgPPXriDmFwMtE5aK4GeSJz1/EiyxbcSespwcgenw22P7ujE7B90ivdlnIw&#13;&#10;21JZO07fh3f9JsTtzfSyJnhcA0s4pb8PuGyg/tBQsX04ehVZJ2CWF6QUcPcAjOhiuVoC25PufpED&#13;&#10;b2r+f0VzBgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#13;&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#13;&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPhvksU3AgAAfAQAAA4AAAAAAAAA&#13;&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG6txlzgAAAADQEAAA8AAAAA&#13;&#10;AAAAAAAAAAAAkQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="007488CC" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRPr="00D40B94" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
+                      <w:pPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="2552"/>
+                          <w:tab w:val="left" w:pos="9210"/>
+                        </w:tabs>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Fahrzeugkennzeichnung:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1A085FC5" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRDefault="00A32F91"/>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14533552" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00276148">
-[...11 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="58C56236" w14:textId="5C7565CE" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00A32F91">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2755A5AF" w14:textId="555EBFDA" w:rsidR="006F5522" w:rsidRPr="00F3181B" w:rsidRDefault="00034575" w:rsidP="00034575">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006F5522" w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006F5522" w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BC1EBEA" w14:textId="3DB537CE" w:rsidR="00DC403C" w:rsidRPr="00034575" w:rsidRDefault="00276148" w:rsidP="00034575">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="3119"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00034575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fahrer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00034575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007A3307" w:rsidRPr="00034575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidR="007A3307" w:rsidRPr="00034575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Fahrer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14533552" w14:textId="3B6A1A79" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00034575">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3119"/>
+          <w:tab w:val="left" w:pos="6237"/>
+          <w:tab w:val="left" w:pos="6804"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3181B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:i/>
           <w:color w:val="FF0000"/>
-          <w:sz w:val="32"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...26 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:r w:rsidR="00034575" w:rsidRPr="00034575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DMSB-Lizenz-Nr.:</w:t>
+      </w:r>
+      <w:r w:rsidR="00034575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00034575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00034575" w:rsidRPr="00034575">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DMSB-Lizenz-Nr.:</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidSect="00A32F91">
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="849" w:bottom="851" w:left="709" w:header="567" w:footer="100" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="567" w:bottom="567" w:left="567" w:header="567" w:footer="312" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61B7804B" w14:textId="77777777" w:rsidR="00DE2CBD" w:rsidRDefault="00DE2CBD">
+    <w:p w14:paraId="1BAE7A91" w14:textId="77777777" w:rsidR="005D5AB4" w:rsidRDefault="005D5AB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DC75F60" w14:textId="77777777" w:rsidR="00DE2CBD" w:rsidRDefault="00DE2CBD">
+    <w:p w14:paraId="24297327" w14:textId="77777777" w:rsidR="005D5AB4" w:rsidRDefault="005D5AB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Verdana">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w14:paraId="0C896C04" w14:textId="77777777" w:rsidR="0083773C" w:rsidRDefault="0083773C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="627EC8FE" w14:textId="6BA51F92" w:rsidR="006D3B8E" w:rsidRDefault="00D40B94" w:rsidP="00A32F91">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
-[...11 lines deleted...]
-      </w:rPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="10348"/>
+      </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00D40B94">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
-      <w:t>Dienstanweisung Vorauswagen</w:t>
+      <w:t xml:space="preserve">Dienstanweisung </w:t>
     </w:r>
-    <w:r w:rsidRPr="009C622C">
+    <w:r w:rsidR="00A32F91">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
-      <w:tab/>
+      <w:t xml:space="preserve">Sicherheitsfahrzeuge </w:t>
     </w:r>
     <w:r w:rsidR="00EB3F77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">(Stand: </w:t>
     </w:r>
-    <w:r w:rsidR="0083773C">
+    <w:r w:rsidR="00A32F91">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>01</w:t>
+      <w:t>12</w:t>
     </w:r>
     <w:r w:rsidR="009C622C" w:rsidRPr="009C622C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>/20</w:t>
     </w:r>
     <w:r w:rsidR="0083773C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t>20</w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="009C622C" w:rsidRPr="009C622C">
+    <w:r w:rsidR="00A32F91">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
         <w:sz w:val="16"/>
       </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidR="009C622C" w:rsidRPr="009C622C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
       <w:t>)</w:t>
     </w:r>
-    <w:r w:rsidR="009C622C">
+    <w:r w:rsidR="00A32F91">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+        <w:sz w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00956624">
-[...14 lines deleted...]
-    <w:r w:rsidR="00B6205B">
+    <w:r w:rsidR="00956624" w:rsidRPr="00B6205B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
-      <w:t xml:space="preserve">       </w:t>
-[...6 lines deleted...]
-      <w:t xml:space="preserve">     Seite </w:t>
+      <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidR="00956624" w:rsidRPr="00B6205B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00956624" w:rsidRPr="00B6205B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidR="00956624" w:rsidRPr="00B6205B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EB3F77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3112,251 +4142,205 @@
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
     </w:r>
     <w:r w:rsidR="00956624" w:rsidRPr="00B6205B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EB3F77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00956624" w:rsidRPr="00B6205B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-  </w:p>
-[...13 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C83840A" w14:textId="77777777" w:rsidR="00DE2CBD" w:rsidRDefault="00DE2CBD">
+    <w:p w14:paraId="69738DB8" w14:textId="77777777" w:rsidR="005D5AB4" w:rsidRDefault="005D5AB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EC241E6" w14:textId="77777777" w:rsidR="00DE2CBD" w:rsidRDefault="00DE2CBD">
+    <w:p w14:paraId="47467585" w14:textId="77777777" w:rsidR="005D5AB4" w:rsidRDefault="005D5AB4">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="7F11E3A3" w14:textId="77777777" w:rsidR="005D403E" w:rsidRPr="007402F3" w:rsidRDefault="00F3181B" w:rsidP="005D403E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7F11E3A3" w14:textId="1D8C21C4" w:rsidR="006D3B8E" w:rsidRPr="007402F3" w:rsidRDefault="006D3B8E" w:rsidP="005D403E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="10348"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007402F3">
-[...2 lines deleted...]
-        <w:b/>
+    <w:r>
+      <w:rPr>
         <w:noProof/>
-        <w:sz w:val="24"/>
-        <w:szCs w:val="22"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2B3F44B3" wp14:editId="353B5A93">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="23F80F02" wp14:editId="4087EBCF">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>4807585</wp:posOffset>
+            <wp:posOffset>5083810</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-40005</wp:posOffset>
+            <wp:posOffset>78105</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1503680" cy="351790"/>
-[...10 lines deleted...]
-          <wp:docPr id="3" name="Grafik 3"/>
+          <wp:extent cx="1600835" cy="249555"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1031378158" name="Grafik 1" descr="Ein Bild, das Schrift, Text, Logo, Grafiken enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="DMSB neu.jpg"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="1031378158" name="Grafik 1" descr="Ein Bild, das Schrift, Text, Logo, Grafiken enthält.&#10;&#10;KI-generierte Inhalte können fehlerhaft sein."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1503680" cy="351790"/>
+                    <a:ext cx="1600835" cy="249555"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
-          <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00956624" w:rsidRPr="007402F3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t>#Veranstaltungsname</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6C56D07C" w14:textId="77777777" w:rsidR="005D403E" w:rsidRPr="007402F3" w:rsidRDefault="00956624" w:rsidP="005D403E">
+  <w:p w14:paraId="6C56D07C" w14:textId="77777777" w:rsidR="006D3B8E" w:rsidRPr="007402F3" w:rsidRDefault="00956624" w:rsidP="005D403E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="6720"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:i/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007402F3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:i/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>#Datum</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="59891104" w14:textId="77777777" w:rsidR="005D403E" w:rsidRDefault="00DB5192">
-[...9 lines deleted...]
-  <w:p w14:paraId="4A649352" w14:textId="77777777" w:rsidR="0083773C" w:rsidRDefault="0083773C">
+  <w:p w14:paraId="59891104" w14:textId="77777777" w:rsidR="006D3B8E" w:rsidRDefault="006D3B8E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0529166C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B9C8A1E"/>
     <w:lvl w:ilvl="0" w:tplc="979E0A74">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4442,50 +5426,162 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26677383"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="945CFBDC"/>
+    <w:lvl w:ilvl="0" w:tplc="C2F48C8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D7D6046"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="512EA754"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="895" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1615" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4554,51 +5650,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5935" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6655" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2EDE29F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F3230E6"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="839" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1559" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4667,51 +5763,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5879" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6599" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31456FD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4C60BB4"/>
     <w:lvl w:ilvl="0" w:tplc="0407000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4780,51 +5876,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="365D4E95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F84AB926"/>
     <w:lvl w:ilvl="0" w:tplc="0407000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4893,51 +5989,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CB945B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25E2D422"/>
     <w:lvl w:ilvl="0" w:tplc="0407000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5006,51 +6102,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E1901EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F1056E8"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5119,51 +6215,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="591C551D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25F8FA80"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5232,51 +6328,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BE6263A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0B64442A"/>
     <w:lvl w:ilvl="0" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1462" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2182" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5345,51 +6441,431 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6502" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7222" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D3143ED"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF32A3EE"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1288" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2008" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2728" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3448" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4168" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4888" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5608" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6328" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7048" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71A94066"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6F6E4936"/>
+    <w:lvl w:ilvl="0" w:tplc="90EEA37C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3479" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4199" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4919" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5639" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6359" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7079" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7799" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8519" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="9239" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71AC1E1C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CFA23310"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73CC295D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF86715A"/>
+    <w:lvl w:ilvl="0" w:tplc="5930E6EE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="743C02FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="07F24204"/>
     <w:lvl w:ilvl="0" w:tplc="76C4A338">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="839" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1559" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5458,208 +6934,243 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5879" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6599" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1689984165">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1953971783">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="3" w16cid:durableId="2094427372">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1020817038">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="5" w16cid:durableId="2115397344">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="6" w16cid:durableId="539635816">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="840005228">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="278070153">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2105153586">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="771047265">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1852447652">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1939287814">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="277222885">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="14" w16cid:durableId="7564280">
+    <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="15" w16cid:durableId="289286590">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="16" w16cid:durableId="1307054544">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="17" w16cid:durableId="1657340416">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="18" w16cid:durableId="1855146682">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="19" w16cid:durableId="1768304593">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="751899894">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="21" w16cid:durableId="415244776">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="12">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="22" w16cid:durableId="61300464">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="13">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="23" w16cid:durableId="180247224">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14">
-[...15 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="24" w16cid:durableId="637415288">
+    <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="140"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00276148"/>
     <w:rsid w:val="00010FF0"/>
+    <w:rsid w:val="00034575"/>
+    <w:rsid w:val="00076A34"/>
+    <w:rsid w:val="00095430"/>
     <w:rsid w:val="000D6C42"/>
+    <w:rsid w:val="00144379"/>
     <w:rsid w:val="00164BC3"/>
     <w:rsid w:val="001B53BD"/>
+    <w:rsid w:val="001F2267"/>
+    <w:rsid w:val="002225E4"/>
     <w:rsid w:val="0023043E"/>
     <w:rsid w:val="002368EA"/>
     <w:rsid w:val="00245DF3"/>
     <w:rsid w:val="00276148"/>
+    <w:rsid w:val="002763B0"/>
+    <w:rsid w:val="00416071"/>
     <w:rsid w:val="004A332B"/>
+    <w:rsid w:val="004C55C5"/>
+    <w:rsid w:val="005D5AB4"/>
     <w:rsid w:val="00614041"/>
     <w:rsid w:val="00693472"/>
+    <w:rsid w:val="006D3B8E"/>
     <w:rsid w:val="006F5522"/>
+    <w:rsid w:val="007050B7"/>
     <w:rsid w:val="007402F3"/>
+    <w:rsid w:val="007A0FFF"/>
+    <w:rsid w:val="007A3307"/>
     <w:rsid w:val="007A7B3D"/>
     <w:rsid w:val="007C1AEA"/>
     <w:rsid w:val="0083773C"/>
     <w:rsid w:val="008D2184"/>
     <w:rsid w:val="00956624"/>
     <w:rsid w:val="00973DE4"/>
+    <w:rsid w:val="009B6420"/>
     <w:rsid w:val="009C622C"/>
     <w:rsid w:val="009F05EF"/>
+    <w:rsid w:val="00A32F91"/>
     <w:rsid w:val="00AA36AC"/>
     <w:rsid w:val="00AD67C9"/>
     <w:rsid w:val="00AE32DF"/>
     <w:rsid w:val="00B6205B"/>
+    <w:rsid w:val="00B73577"/>
     <w:rsid w:val="00B8763E"/>
     <w:rsid w:val="00C4035F"/>
     <w:rsid w:val="00D40B94"/>
     <w:rsid w:val="00D90006"/>
     <w:rsid w:val="00D9431C"/>
     <w:rsid w:val="00DB5192"/>
     <w:rsid w:val="00DC403C"/>
     <w:rsid w:val="00DD762B"/>
+    <w:rsid w:val="00DD7EBF"/>
     <w:rsid w:val="00DE2CBD"/>
     <w:rsid w:val="00EB3F77"/>
+    <w:rsid w:val="00ED131C"/>
     <w:rsid w:val="00ED3C36"/>
+    <w:rsid w:val="00EF6C3F"/>
     <w:rsid w:val="00F3181B"/>
     <w:rsid w:val="00F501D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="647EC25C"/>
   <w15:docId w15:val="{DAA34DCA-2845-489A-8FC8-41CE9A048638}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6179,76 +7690,76 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hervorhebung">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00DB5192"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1950772873">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6492,69 +8003,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2872</Characters>
+  <Pages>1</Pages>
+  <Words>710</Words>
+  <Characters>4474</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>6</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3321</CharactersWithSpaces>
+  <CharactersWithSpaces>5174</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>M.Zurhoff</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>