--- v1 (2025-12-16)
+++ v2 (2026-01-07)
@@ -54,81 +54,91 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>SICHERHEITS- &amp; UND 0-FAHRZEUGE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FCEA2D0" w14:textId="77777777" w:rsidR="00F3181B" w:rsidRPr="00DD7EBF" w:rsidRDefault="00F3181B" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BC2B54C" w14:textId="67B9C59C" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00276148">
+    <w:p w14:paraId="3BC2B54C" w14:textId="4A329CB6" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F3181B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Sehr geehrte Besatzung</w:t>
+        <w:t xml:space="preserve">Sehr geehrte </w:t>
+      </w:r>
+      <w:r w:rsidR="000358FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Crew</w:t>
       </w:r>
       <w:r w:rsidR="004C55C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>en der Sicherheits- und 0-Fahrzeuge [kurz: S-</w:t>
+        <w:t xml:space="preserve"> der Sicherheits- und 0-Fahrzeuge [kurz: S-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C55C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fzg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="004C55C5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.]</w:t>
       </w:r>
       <w:r w:rsidRPr="00F3181B">
         <w:rPr>
@@ -1416,509 +1426,646 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="739E7772" w14:textId="4210457B" w:rsidR="00ED131C" w:rsidRDefault="00095430" w:rsidP="00ED3C36">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00095430">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Technische Abnahme:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C2259F7" w14:textId="05839D4E" w:rsidR="007050B7" w:rsidRDefault="00095430" w:rsidP="007050B7">
+    <w:p w14:paraId="140A8A91" w14:textId="72B42BBD" w:rsidR="000E7D92" w:rsidRPr="000E7D92" w:rsidRDefault="00095430" w:rsidP="000E7D92">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB3F77">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Ist </w:t>
       </w:r>
       <w:r w:rsidR="007050B7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>das 0-</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F77">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Fahrzeug in eine Gruppe der zum Start zugelassenen Fahrzeuge einzuordnen, so ist es zu empfehlen</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DD7EBF">
+        <w:t xml:space="preserve">Fahrzeug in eine Gruppe der zum Start zugelassenen Fahrzeuge einzuordnen, so </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7D92">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t>wird</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB3F77">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sich einer Technischen Abnahme zu unterziehen.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> empf</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Über die Pflicht zur Technischen Abnahme entscheidet </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB3F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>die Rallyeleitung.</w:t>
-[...35 lines deleted...]
-    <w:p w14:paraId="52058FAF" w14:textId="0908F248" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="001F2267">
+        <w:t>hlen</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB3F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>diese</w:t>
+      </w:r>
+      <w:r w:rsidR="000358FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB3F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> einer Technischen Abnahme zu unterziehen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2259F7" w14:textId="5D233CF3" w:rsidR="007050B7" w:rsidRPr="000E7D92" w:rsidRDefault="000E7D92" w:rsidP="000E7D92">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009F05EF">
-[...8 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...17 lines deleted...]
-    <w:p w14:paraId="2B2B4912" w14:textId="6D7DF25A" w:rsidR="001F2267" w:rsidRPr="00DD7EBF" w:rsidRDefault="001F2267" w:rsidP="006310DC">
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Di</w:t>
+      </w:r>
+      <w:r w:rsidR="00095430" w:rsidRPr="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e Pflicht zur Technischen Abnahme </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>legt</w:t>
+      </w:r>
+      <w:r w:rsidR="00095430" w:rsidRPr="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007050B7" w:rsidRPr="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>die Rallyeleitung</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> fest</w:t>
+      </w:r>
+      <w:r w:rsidR="007050B7" w:rsidRPr="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A8D87B" w14:textId="7CE250D6" w:rsidR="009B6420" w:rsidRPr="00DD7EBF" w:rsidRDefault="009B6420" w:rsidP="00ED3C36">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3216F812" w14:textId="12B91AEF" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="00ED3C36">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Zeitlicher Ablauf:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52058FAF" w14:textId="0908F248" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="001F2267">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD7EBF">
-[...60 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="009F05EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">siehe Zeitplan </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="31DC96C0" w14:textId="595896D2" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="001F2267">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der Veranstaltung sowie Zeitplan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F05EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>für Organisationsfahrzeuge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B2B4912" w14:textId="6D7DF25A" w:rsidR="001F2267" w:rsidRPr="00DD7EBF" w:rsidRDefault="001F2267" w:rsidP="006310DC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>bei Änderungen des Zeitplanes ist der WP</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:eastAsia="Calibri" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>‐</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Leiter berechtigt nach Vorgabe der Rallyeleitung die Einfahrtszeiten neu festzulegen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF" w:rsidRPr="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACDF92E" w14:textId="210B1825" w:rsidR="009B6420" w:rsidRDefault="001F2267" w:rsidP="00ED3C36">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...6 lines deleted...]
-    <w:p w14:paraId="5BA72660" w14:textId="00754F8D" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="00D82135">
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Aufgaben:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31DC96C0" w14:textId="595896D2" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="001F2267">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002225E4">
-[...94 lines deleted...]
-    <w:p w14:paraId="69246C07" w14:textId="77777777" w:rsidR="00DD7EBF" w:rsidRDefault="00DD7EBF" w:rsidP="00DD7EBF">
+      <w:r w:rsidRPr="001F2267">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Befahrung der gesamten Strecke der Veranstaltung gem. Bordbuch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA72660" w14:textId="00754F8D" w:rsidR="001F2267" w:rsidRDefault="001F2267" w:rsidP="00D82135">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-    <w:p w14:paraId="339A36F5" w14:textId="690E8FD4" w:rsidR="00416071" w:rsidRPr="001F2267" w:rsidRDefault="00416071" w:rsidP="00DD7EBF">
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Überprüfung aller </w:t>
+      </w:r>
+      <w:r w:rsidR="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Zeit-)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ontrollen (inkl. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Regrouping</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Service, Parc </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fermé</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002225E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD7EBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, dabei auf Eintrag der korrekten Zeit an der richtigen Stelle achten,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339A36F5" w14:textId="38B312D0" w:rsidR="00416071" w:rsidRPr="000E7D92" w:rsidRDefault="00DD7EBF" w:rsidP="0035682A">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Überprüfung Kontrollzone Start,</w:t>
+      <w:r w:rsidRPr="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Überprüfung der Zuwegung zur WP (S-Posten)</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7D92" w:rsidRPr="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und der </w:t>
+      </w:r>
+      <w:r w:rsidR="00416071" w:rsidRPr="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Kontrollzone Start</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7D92" w:rsidRPr="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68DBB57D" w14:textId="27A29650" w:rsidR="00DD7EBF" w:rsidRPr="00DD7EBF" w:rsidRDefault="00DD7EBF" w:rsidP="00DD7EBF">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -2288,73 +2435,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Anzahl und Standort </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6C3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">der vorhandenen Einsatzkräfte </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>(z.B.</w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">MIC, RTW, </w:t>
+        <w:t xml:space="preserve">(z.B. MIC, RTW, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Ffw</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.) im Startbereich</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF6C3F">
         <w:rPr>
@@ -2821,572 +2946,611 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="3B27FF92" w14:textId="6A6409C7" w:rsidR="00EF6C3F" w:rsidRDefault="00416071" w:rsidP="00C73203">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00416071">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Überprüfung der </w:t>
-[...47 lines deleted...]
-    <w:p w14:paraId="7CD0A823" w14:textId="37B83BB5" w:rsidR="00A32F91" w:rsidRPr="00416071" w:rsidRDefault="00A32F91" w:rsidP="00C73203">
+        <w:t>Überprüfung der Ausfahrt der WP (S-Posten).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD0A823" w14:textId="42554B42" w:rsidR="00A32F91" w:rsidRDefault="00922C06" w:rsidP="00C73203">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00922C06">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Meldepflicht</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Kommunikation Vorkommnisse / Maßnahmen an nachfolgende S-</w:t>
+        <w:t xml:space="preserve">der </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Vorkommnisse / Maßnahmen an nachfolgende S-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
+      <w:r w:rsidR="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Fzg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>., WP-</w:t>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>., WP-Leitun</w:t>
+      </w:r>
+      <w:r w:rsidR="000358FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Leitugn</w:t>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ryl</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...19 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-Leitung.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C2018A" w14:textId="77777777" w:rsidR="00EF6C3F" w:rsidRDefault="00EF6C3F" w:rsidP="00EF6C3F">
-[...285 lines deleted...]
-    <w:p w14:paraId="72681E6B" w14:textId="2D1CC030" w:rsidR="00A32F91" w:rsidRPr="00416071" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
+    <w:p w14:paraId="068FAC5E" w14:textId="09445B33" w:rsidR="0041153B" w:rsidRPr="0041153B" w:rsidRDefault="0041153B" w:rsidP="00C73203">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0041153B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Protokollierung der Befahrung / Vorkommnisse und Maßnahmen!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C2018A" w14:textId="77777777" w:rsidR="00EF6C3F" w:rsidRPr="0041153B" w:rsidRDefault="00EF6C3F" w:rsidP="00EF6C3F">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A04623E" w14:textId="79B7F04C" w:rsidR="00276148" w:rsidRPr="00B6205B" w:rsidRDefault="00276148" w:rsidP="00276148">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Verhalten bei Vorkommnissen</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / durchgeführten Maßnahmen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7539C1F5" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00B6205B" w:rsidRDefault="00276148" w:rsidP="00276148">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="2124"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3571E52A" w14:textId="74FA9353" w:rsidR="000E7D92" w:rsidRDefault="00276148" w:rsidP="00B6205B">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ei </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Zuschauer</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und Media-Vertretern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:r w:rsidR="00245DF3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sperrzonen oder auf der Strecke</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ist anzuhalten und </w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>diese</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hinter die Absperrung bzw. </w:t>
+      </w:r>
+      <w:r w:rsidR="000E7D92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in sichere oder ausgewiesene Bereiche</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zu schicken</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43D2C140" w14:textId="3B548B54" w:rsidR="00B6205B" w:rsidRDefault="00A32F91" w:rsidP="00B6205B">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="560CDEBA" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRPr="00416071" w:rsidRDefault="00276148" w:rsidP="00A32F91">
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Darauf hinweisen,</w:t>
+      </w:r>
+      <w:r w:rsidR="00276148" w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dass ein Fehlverhalten den Start der </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WP</w:t>
+      </w:r>
+      <w:r w:rsidR="00276148" w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gefährdet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E0264E5" w14:textId="77777777" w:rsidR="0023043E" w:rsidRPr="0041153B" w:rsidRDefault="0023043E" w:rsidP="00B6205B">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CE5591E" w14:textId="4305CAAD" w:rsidR="00276148" w:rsidRPr="00B6205B" w:rsidRDefault="00276148" w:rsidP="00276148">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Zusätzliche Hinweise / Vorschriften des Veranstalters</w:t>
+      </w:r>
+      <w:r w:rsidR="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6598A904" w14:textId="77777777" w:rsidR="00276148" w:rsidRPr="00B6205B" w:rsidRDefault="00276148" w:rsidP="00276148">
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="1416" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="6"/>
+          <w:szCs w:val="6"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72681E6B" w14:textId="2D1CC030" w:rsidR="00A32F91" w:rsidRPr="00416071" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A32F91">
-[...21 lines deleted...]
-        <w:t>VO</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidR="00276148" w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eachten Sie die verstärkten Radarkontrollen am Veranstaltungstag</w:t>
       </w:r>
       <w:r w:rsidR="001F2267" w:rsidRPr="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BB3122F" w14:textId="026C64B0" w:rsidR="00D90006" w:rsidRPr="00A32F91" w:rsidRDefault="00245DF3" w:rsidP="00A32F91">
+    <w:p w14:paraId="560CDEBA" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRPr="00416071" w:rsidRDefault="00276148" w:rsidP="00A32F91">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>auf de</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6205B" w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n Verbindungsetappen gilt die St</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>VO</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2267" w:rsidRPr="00A32F91">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BB3122F" w14:textId="026C64B0" w:rsidR="00D90006" w:rsidRPr="00A32F91" w:rsidRDefault="00245DF3" w:rsidP="00A32F91">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">auf allen </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>WP‘s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
@@ -3437,308 +3601,367 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0023043E" w:rsidRPr="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>km/h</w:t>
       </w:r>
       <w:r w:rsidR="00A32F91">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FE0CA3B" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRPr="00A32F91" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
+    <w:p w14:paraId="4FE0CA3B" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRPr="0041153B" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EA8684F" w14:textId="77777777" w:rsidR="001F2267" w:rsidRPr="001F2267" w:rsidRDefault="001F2267" w:rsidP="001F2267">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F2267">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Bitte stets daran denken:</w:t>
       </w:r>
       <w:r w:rsidRPr="001F2267">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>als Sicherheits- &amp; 0-Fahrzeuge sind Sie Helfer und keine Rennfahrer!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FCD7C06" w14:textId="77777777" w:rsidR="00D90006" w:rsidRDefault="00D90006" w:rsidP="00276148">
+    <w:p w14:paraId="5FCD7C06" w14:textId="77777777" w:rsidR="00D90006" w:rsidRPr="0041153B" w:rsidRDefault="00D90006" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="0070C0"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7A8598F2" w14:textId="1A7A841F" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00276148">
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A8598F2" w14:textId="3965D861" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="000E7D92" w:rsidP="00276148">
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F3181B">
-[...54 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AFCAA27" wp14:editId="6AF76214">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AFCAA27" wp14:editId="6AB3C782">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>-7482</wp:posOffset>
+                  <wp:posOffset>-9525</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>21935</wp:posOffset>
+                  <wp:posOffset>378460</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1783533" cy="905346"/>
-                <wp:effectExtent l="0" t="0" r="7620" b="9525"/>
+                <wp:extent cx="1896745" cy="885190"/>
+                <wp:effectExtent l="0" t="0" r="8255" b="16510"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1279008882" name="Textfeld 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1783533" cy="905346"/>
+                          <a:ext cx="1896745" cy="885190"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:solidFill>
                             <a:prstClr val="black"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="007488CC" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRPr="00D40B94" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
+                          <w:p w14:paraId="007488CC" w14:textId="1FA9BEAC" w:rsidR="00A32F91" w:rsidRPr="00D40B94" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
                             <w:pPr>
                               <w:tabs>
                                 <w:tab w:val="left" w:pos="2552"/>
                                 <w:tab w:val="left" w:pos="9210"/>
                               </w:tabs>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>Fahrzeugkennzeichnung:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="1A085FC5" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRDefault="00A32F91"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="0AFCAA27" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-.6pt;margin-top:1.75pt;width:140.45pt;height:71.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQD4b5LFNwIAAHwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5zvtkacIkuRYUDQ&#13;&#10;FkiLnhVZio3JoiYpsbNfP0p2PtrtNOwiUyL1RD4+enbfVIochHUl6IwOen1KhOaQl3qX0deX1Zdb&#13;&#10;SpxnOmcKtMjoUTh6P//8aVabVAyhAJULSxBEu7Q2GS28N2mSOF6IirkeGKHRKcFWzOPW7pLcshrR&#13;&#10;K5UM+/1pUoPNjQUunMPTh9ZJ5xFfSsH9k5ROeKIyirn5uNq4bsOazGcs3VlmipJ3abB/yKJipcZH&#13;&#10;z1APzDOyt+UfUFXJLTiQvsehSkDKkotYA1Yz6H+oZlMwI2ItSI4zZ5rc/4Plj4eNebbEN1+hwQYG&#13;&#10;QmrjUoeHoZ5G2ip8MVOCfqTweKZNNJ7wcOnmdjQZjSjh6LvrT0bjaYBJLreNdf6bgIoEI6MW2xLZ&#13;&#10;Yoe1823oKSQ85kCV+apUKm6CFMRSWXJg2ETlY44I/i5KaVJndDqa9CPwO1+APt/fKsZ/dOldRSGe&#13;&#10;0pjzpfZg+WbbdIRsIT8iTxZaCTnDVyXirpnzz8yiZpAanAP/hItUgMlAZ1FSgP31t/MQj61ELyU1&#13;&#10;ajCj7ueeWUGJ+q6xyXeD8TiINm7Gk5shbuy1Z3vt0ftqCcjQACfO8GiGeK9OprRQveG4LMKr6GKa&#13;&#10;49sZ9Sdz6dvJwHHjYrGIQShTw/xabwwP0KEjgc+X5o1Z0/XToxIe4aRWln5oaxsbbmpY7D3IMvY8&#13;&#10;ENyy2vGOEo+q6cYxzND1PkZdfhrz3wAAAP//AwBQSwMEFAAGAAgAAAAhAG6txlzgAAAADQEAAA8A&#13;&#10;AABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9YicWudBGjTNE7Fo3DhREGc3XhrW8R2FLtp+Ptu&#13;&#10;T3AZaTWz86g3k+vYiEO0wQvI5xkw9G1Q1msBX5+vsxJYTNIr2QWPAn4xwqa5vqplpcLJf+C4S5qR&#13;&#10;iY+VFGBS6ivOY2vQyTgPPXriDmFwMtE5aK4GeSJz1/EiyxbcSespwcgenw22P7ujE7B90ivdlnIw&#13;&#10;21JZO07fh3f9JsTtzfSyJnhcA0s4pb8PuGyg/tBQsX04ehVZJ2CWF6QUcPcAjOhiuVoC25PufpED&#13;&#10;b2r+f0VzBgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#13;&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#13;&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPhvksU3AgAAfAQAAA4AAAAAAAAA&#13;&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAG6txlzgAAAADQEAAA8AAAAA&#13;&#10;AAAAAAAAAAAAkQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
+              <v:shape id="Textfeld 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-.75pt;margin-top:29.8pt;width:149.35pt;height:69.7pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA+RI1DNwIAAHwEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN+P2jAMfp+0/yHK+ygw4KCinBgnpkno&#13;&#10;7iRuuueQJrS6NM6SQMv++jmh/LrtabqX1I7tL/Znu9P7plJkL6wrQWe01+lSIjSHvNTbjP58WX4Z&#13;&#10;U+I80zlToEVGD8LR+9nnT9PapKIPBahcWIIg2qW1yWjhvUmTxPFCVMx1wAiNRgm2Yh5Vu01yy2pE&#13;&#10;r1TS73ZHSQ02Nxa4cA5vH45GOov4Ugrun6R0whOVUczNx9PGcxPOZDZl6dYyU5S8TYP9RxYVKzU+&#13;&#10;eoZ6YJ6RnS3/gqpKbsGB9B0OVQJSllzEGrCaXvddNeuCGRFrQXKcOdPkPg6WP+7X5tkS33yDBhsY&#13;&#10;CKmNSx1ehnoaaavwxUwJ2pHCw5k20XjCQ9B4MrobDCnhaBuPh71J5DW5RBvr/HcBFQlCRi22JbLF&#13;&#10;9ivn8UV0PbmExxyoMl+WSkUljIJYKEv2DJuofMwRI268lCZ1Rkdfh90IfGML0Of4jWL8LVR5i4Ca&#13;&#10;0nh5qT1Ivtk0LSEbyA/Ik4XjCDnDlyXirpjzz8zizCA1uAf+CQ+pAJOBVqKkAPv7X/fBH1uJVkpq&#13;&#10;nMGMul87ZgUl6ofGJk96g0EY2qgMhnd9VOy1ZXNt0btqAchQDzfO8CgGf69OorRQveK6zMOraGKa&#13;&#10;49sZ9Sdx4Y+bgevGxXwenXBMDfMrvTY8QIeOBD5fmldmTdtPj5PwCKdpZem7th59Q6SG+c6DLGPP&#13;&#10;A8FHVlveccRjW9p1DDt0rUevy09j9gcAAP//AwBQSwMEFAAGAAgAAAAhAJw8sQDgAAAADgEAAA8A&#13;&#10;AABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9YicWudRmqJ0zgVj8KFEwVxduOtYxHbke2m4e9Z&#13;&#10;TnAZaTWz82h2sxvYhDHZ4CWslgUw9F3Q1hsJH+/PiwpYysprNQSPEr4xwa69vmpUrcPFv+F0yIaR&#13;&#10;iU+1ktDnPNacp65Hp9IyjOiJO4XoVKYzGq6jupC5G3hZFBvulPWU0KsRH3vsvg5nJ2H/YITpKhX7&#13;&#10;faWtnebP06t5kfL2Zn7aEtxvgWWc898H/G6g/tBSsWM4e53YIGGxWpNSwlpsgBFfirsS2JGEQhTA&#13;&#10;24b/n9H+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#13;&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#13;&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD5EjUM3AgAAfAQAAA4AAAAAAAAA&#13;&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJw8sQDgAAAADgEAAA8AAAAA&#13;&#10;AAAAAAAAAAAAkQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#13;&#10;" fillcolor="white [3201]" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="007488CC" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRPr="00D40B94" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
+                    <w:p w14:paraId="007488CC" w14:textId="1FA9BEAC" w:rsidR="00A32F91" w:rsidRPr="00D40B94" w:rsidRDefault="00A32F91" w:rsidP="00A32F91">
                       <w:pPr>
                         <w:tabs>
                           <w:tab w:val="left" w:pos="2552"/>
                           <w:tab w:val="left" w:pos="9210"/>
                         </w:tabs>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>Fahrzeugkennzeichnung:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="1A085FC5" w14:textId="77777777" w:rsidR="00A32F91" w:rsidRDefault="00A32F91"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:r w:rsidR="00276148" w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mit meiner Unterschrift bestätige ich, dass ich die vorliegende Dienstanweisu</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ng gelesen und akzeptiert habe </w:t>
+      </w:r>
+      <w:r w:rsidR="00276148" w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(unterzeichnete Kopie vor Funktionsausübung zurück an </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">die </w:t>
+      </w:r>
+      <w:r w:rsidR="00276148" w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rallyeleitung</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / Leiter der Streckensicherung</w:t>
+      </w:r>
+      <w:r w:rsidR="00276148" w:rsidRPr="00F3181B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6205B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22149F58" w14:textId="44EC542B" w:rsidR="000E7D92" w:rsidRPr="000E7D92" w:rsidRDefault="000E7D92" w:rsidP="00A32F91">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14068267" w14:textId="3344B910" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00A32F91">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="58C56236" w14:textId="5C7565CE" w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidRDefault="00276148" w:rsidP="00A32F91">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2755A5AF" w14:textId="555EBFDA" w:rsidR="006F5522" w:rsidRPr="00F3181B" w:rsidRDefault="00034575" w:rsidP="00034575">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3888,94 +4111,94 @@
       <w:r w:rsidR="00034575" w:rsidRPr="00034575">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DMSB-Lizenz-Nr.:</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00276148" w:rsidRPr="00F3181B" w:rsidSect="00A32F91">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="567" w:bottom="567" w:left="567" w:header="567" w:footer="312" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BAE7A91" w14:textId="77777777" w:rsidR="005D5AB4" w:rsidRDefault="005D5AB4">
+    <w:p w14:paraId="7441E211" w14:textId="77777777" w:rsidR="00B74D24" w:rsidRDefault="00B74D24">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24297327" w14:textId="77777777" w:rsidR="005D5AB4" w:rsidRDefault="005D5AB4">
+    <w:p w14:paraId="46463E32" w14:textId="77777777" w:rsidR="00B74D24" w:rsidRDefault="00B74D24">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -4149,61 +4372,61 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EB3F77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00956624" w:rsidRPr="00B6205B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="69738DB8" w14:textId="77777777" w:rsidR="005D5AB4" w:rsidRDefault="005D5AB4">
+    <w:p w14:paraId="235E598E" w14:textId="77777777" w:rsidR="00B74D24" w:rsidRDefault="00B74D24">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47467585" w14:textId="77777777" w:rsidR="005D5AB4" w:rsidRDefault="005D5AB4">
+    <w:p w14:paraId="55CB6379" w14:textId="77777777" w:rsidR="00B74D24" w:rsidRDefault="00B74D24">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7F11E3A3" w14:textId="1D8C21C4" w:rsidR="006D3B8E" w:rsidRPr="007402F3" w:rsidRDefault="006D3B8E" w:rsidP="005D403E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="10348"/>
       </w:tabs>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="24"/>
@@ -7011,120 +7234,128 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1768304593">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="751899894">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="415244776">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="61300464">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="180247224">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="637415288">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="108"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00276148"/>
     <w:rsid w:val="00010FF0"/>
     <w:rsid w:val="00034575"/>
+    <w:rsid w:val="000358FA"/>
     <w:rsid w:val="00076A34"/>
     <w:rsid w:val="00095430"/>
     <w:rsid w:val="000D6C42"/>
+    <w:rsid w:val="000E7D92"/>
+    <w:rsid w:val="00132C2C"/>
     <w:rsid w:val="00144379"/>
     <w:rsid w:val="00164BC3"/>
     <w:rsid w:val="001B53BD"/>
     <w:rsid w:val="001F2267"/>
     <w:rsid w:val="002225E4"/>
     <w:rsid w:val="0023043E"/>
+    <w:rsid w:val="002325D2"/>
     <w:rsid w:val="002368EA"/>
     <w:rsid w:val="00245DF3"/>
     <w:rsid w:val="00276148"/>
     <w:rsid w:val="002763B0"/>
+    <w:rsid w:val="002F3319"/>
+    <w:rsid w:val="0041153B"/>
     <w:rsid w:val="00416071"/>
     <w:rsid w:val="004A332B"/>
     <w:rsid w:val="004C55C5"/>
-    <w:rsid w:val="005D5AB4"/>
+    <w:rsid w:val="005E1046"/>
     <w:rsid w:val="00614041"/>
     <w:rsid w:val="00693472"/>
     <w:rsid w:val="006D3B8E"/>
     <w:rsid w:val="006F5522"/>
     <w:rsid w:val="007050B7"/>
     <w:rsid w:val="007402F3"/>
-    <w:rsid w:val="007A0FFF"/>
     <w:rsid w:val="007A3307"/>
     <w:rsid w:val="007A7B3D"/>
     <w:rsid w:val="007C1AEA"/>
     <w:rsid w:val="0083773C"/>
     <w:rsid w:val="008D2184"/>
+    <w:rsid w:val="00922C06"/>
     <w:rsid w:val="00956624"/>
     <w:rsid w:val="00973DE4"/>
     <w:rsid w:val="009B6420"/>
     <w:rsid w:val="009C622C"/>
     <w:rsid w:val="009F05EF"/>
     <w:rsid w:val="00A32F91"/>
     <w:rsid w:val="00AA36AC"/>
     <w:rsid w:val="00AD67C9"/>
     <w:rsid w:val="00AE32DF"/>
     <w:rsid w:val="00B6205B"/>
     <w:rsid w:val="00B73577"/>
+    <w:rsid w:val="00B74D24"/>
     <w:rsid w:val="00B8763E"/>
+    <w:rsid w:val="00BF7CA7"/>
     <w:rsid w:val="00C4035F"/>
     <w:rsid w:val="00D40B94"/>
     <w:rsid w:val="00D90006"/>
     <w:rsid w:val="00D9431C"/>
     <w:rsid w:val="00DB5192"/>
     <w:rsid w:val="00DC403C"/>
     <w:rsid w:val="00DD762B"/>
     <w:rsid w:val="00DD7EBF"/>
     <w:rsid w:val="00DE2CBD"/>
     <w:rsid w:val="00EB3F77"/>
     <w:rsid w:val="00ED131C"/>
     <w:rsid w:val="00ED3C36"/>
     <w:rsid w:val="00EF6C3F"/>
     <w:rsid w:val="00F3181B"/>
     <w:rsid w:val="00F501D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -8005,67 +8236,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4474</Characters>
+  <Pages>2</Pages>
+  <Words>725</Words>
+  <Characters>4572</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
+  <Lines>38</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5174</CharactersWithSpaces>
+  <CharactersWithSpaces>5287</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>M.Zurhoff</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>