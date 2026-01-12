--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -4,79 +4,79 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8952"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F010F6" w:rsidRPr="000235C4" w14:paraId="767BC299" w14:textId="77777777" w:rsidTr="00D83643">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9178" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EE947FF" w14:textId="74C5FE45" w:rsidR="00F010F6" w:rsidRPr="000235C4" w:rsidRDefault="00F010F6" w:rsidP="00F318C6">
+          <w:p w14:paraId="1EE947FF" w14:textId="2D19DB25" w:rsidR="00F010F6" w:rsidRPr="000235C4" w:rsidRDefault="00F010F6" w:rsidP="00F318C6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB - Ausschreibung </w:t>
             </w:r>
@@ -85,58 +85,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Trial </w:t>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="002A4644" w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0057086F">
+            <w:r w:rsidR="003A6B1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="04E553EF" w14:textId="77777777" w:rsidR="00F010F6" w:rsidRPr="000235C4" w:rsidRDefault="00F010F6" w:rsidP="00F010F6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Grundlage dieser Ausschreibung sind </w:t>
       </w:r>
       <w:r w:rsidR="00A126AB" w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -436,135 +436,132 @@
           </w:tcPr>
           <w:p w14:paraId="397D09B8" w14:textId="7BDD5C6B" w:rsidR="00494844" w:rsidRPr="000235C4" w:rsidRDefault="00494844" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DMSB-NMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CEAB2F6" w14:textId="77777777" w:rsidR="00494844" w:rsidRPr="000235C4" w:rsidRDefault="00494844" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00494844" w:rsidRPr="000235C4" w14:paraId="7F7B14D7" w14:textId="77777777" w:rsidTr="000C5711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E864A6C" w14:textId="15AB2BA7" w:rsidR="00494844" w:rsidRPr="000235C4" w:rsidRDefault="00494844" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM Europe-EMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="50E1BF77" w14:textId="77777777" w:rsidR="00494844" w:rsidRPr="000235C4" w:rsidRDefault="00494844" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00494844" w:rsidRPr="000235C4" w14:paraId="30931D53" w14:textId="77777777" w:rsidTr="000C5711">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FDB696D" w14:textId="0983A6BC" w:rsidR="00494844" w:rsidRPr="000235C4" w:rsidRDefault="00494844" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM-IMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0F68550A" w14:textId="77777777" w:rsidR="00494844" w:rsidRPr="000235C4" w:rsidRDefault="00494844" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66A1661F" w14:textId="3ABBB8AD" w:rsidR="00A126AB" w:rsidRDefault="00A126AB" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BF2B222" w14:textId="77777777" w:rsidR="00077744" w:rsidRDefault="00077744" w:rsidP="00077744">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -2926,107 +2923,99 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X  Runden</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> je X km Länge mit X Sektionen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F80AA2F" w14:textId="77777777" w:rsidR="00FD49AE" w:rsidRPr="000235C4" w:rsidRDefault="00FD49AE" w:rsidP="00073900">
+    <w:p w14:paraId="760DAC74" w14:textId="2290692D" w:rsidR="00FD49AE" w:rsidRPr="00661766" w:rsidRDefault="00FD49AE" w:rsidP="00661766">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf dem gesamten Veranstaltungsgelände ist das Fahren mit Kraftfahrzeugen für </w:t>
       </w:r>
       <w:r w:rsidR="005A18A8" w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Minderjährige </w:t>
       </w:r>
       <w:r w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">verboten. Von diesem Verbot ausgenommen sind Teilnehmer mit Wettbewerbsfahrzeugen und der damit verbundenen Fahrt von oder zur </w:t>
       </w:r>
       <w:r w:rsidR="0028299E" w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Sektion</w:t>
       </w:r>
       <w:r w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="12298496" w14:textId="5DD02DE1" w:rsidR="00494844" w:rsidRPr="000235C4" w:rsidRDefault="00494844" w:rsidP="00FD49AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55171535" w14:textId="3C29B276" w:rsidR="00494844" w:rsidRPr="0037082B" w:rsidRDefault="00A57925" w:rsidP="0037082B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3170,68 +3159,68 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66CD1A3C" w14:textId="004B6DA4" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6574559F" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="00F56729" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
+          <w:p w14:paraId="6574559F" w14:textId="1CC31927" w:rsidR="00A954E8" w:rsidRPr="00F56729" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>I/A</w:t>
+              <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B05AF32" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="00F56729" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3771,138 +3760,152 @@
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AFF9ABC" w14:textId="0C800987" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Klasse 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41FC31E3" w14:textId="425236C8" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
+          <w:p w14:paraId="41FC31E3" w14:textId="37D1BAD8" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000235C4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DMSB-Trial-Cup</w:t>
+              <w:t>Deutscher</w:t>
+            </w:r>
+            <w:r w:rsidR="00661766">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A954E8" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Trial-Cup</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0312A517" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D540BBD" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C534E32" w14:textId="62E85EE9" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00855EEB" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42EB9A5F" w14:textId="1B7F6565" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00900DDB" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="000235C4" w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
             <w:r>
@@ -3999,115 +4002,130 @@
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25C359D7" w14:textId="5B8E7971" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Klasse 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D802DDF" w14:textId="65ED430B" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
+          <w:p w14:paraId="6D802DDF" w14:textId="1E4F2758" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000235C4">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DMSB-Trial-Pokal</w:t>
+              <w:t>Deutscher</w:t>
+            </w:r>
+            <w:r w:rsidR="00661766">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A954E8" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Trial-Pokal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="696CC8A2" w14:textId="495E1170" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="000235C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D59DC2D" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B605E59" w14:textId="190E9FC9" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00855EEB" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B10586B" w14:textId="3486C859" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00900DDB" w:rsidP="001524EA">
@@ -4226,64 +4244,78 @@
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57B6D3A5" w14:textId="4EC30D4D" w:rsidR="000235C4" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="000235C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasse 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE24606" w14:textId="05F6DCDA" w:rsidR="000235C4" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="000235C4">
+          <w:p w14:paraId="1BE24606" w14:textId="2072B9BA" w:rsidR="000235C4" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="000235C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000235C4">
-[...4 lines deleted...]
-              <w:t>DMSB-Trial-Senioren-Pokal</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Deutscher</w:t>
+            </w:r>
+            <w:r w:rsidR="00661766">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000235C4" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trial-Senioren-Pokal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52A508EE" w14:textId="232D2E09" w:rsidR="000235C4" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="000235C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4434,70 +4466,83 @@
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33700A38" w14:textId="683927BD" w:rsidR="000235C4" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="000235C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasse 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C44D744" w14:textId="54E338CE" w:rsidR="000235C4" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="000235C4">
-[...11 lines deleted...]
-              <w:t>DMSB-Trial-Ü50-Senioren Pokal</w:t>
+          <w:p w14:paraId="6C44D744" w14:textId="3365B91A" w:rsidR="000235C4" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="000235C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Deutscher</w:t>
+            </w:r>
+            <w:r w:rsidR="00661766">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000235C4" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trial-Ü50-Senioren Pokal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28032C23" w14:textId="7FAE33A0" w:rsidR="000235C4" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="000235C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1CC10BDD" w14:textId="58FF86DF" w:rsidR="000235C4" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="000235C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -4635,63 +4680,77 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09F3B1B7" w14:textId="77777777" w:rsidR="004465C2" w:rsidRPr="000235C4" w:rsidRDefault="004465C2" w:rsidP="000235C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64F568AF" w14:textId="03EBF22E" w:rsidR="004465C2" w:rsidRPr="000235C4" w:rsidRDefault="004465C2" w:rsidP="000235C4">
+          <w:p w14:paraId="64F568AF" w14:textId="63AA97DA" w:rsidR="004465C2" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="000235C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>DMSB-Hallen-Trial-Pokal</w:t>
+              <w:t>Deutscher</w:t>
+            </w:r>
+            <w:r w:rsidR="00661766">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004465C2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hallen-Trial-Pokal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35BDEC0C" w14:textId="67A1DD88" w:rsidR="004465C2" w:rsidRPr="004465C2" w:rsidRDefault="004465C2" w:rsidP="000235C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
@@ -4802,52 +4861,52 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00CFA268" w14:textId="77777777" w:rsidR="00947836" w:rsidRPr="000235C4" w:rsidRDefault="00947836" w:rsidP="00494844">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9520" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
-        <w:gridCol w:w="1588"/>
-        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="1872"/>
+        <w:gridCol w:w="3118"/>
         <w:gridCol w:w="771"/>
         <w:gridCol w:w="771"/>
         <w:gridCol w:w="771"/>
         <w:gridCol w:w="771"/>
         <w:gridCol w:w="771"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="1869CE8E" w14:textId="77777777" w:rsidTr="001524EA">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D29535E" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="00A954E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
@@ -4881,119 +4940,119 @@
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F71191" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lizenzen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="331E5325" w14:textId="77777777" w:rsidTr="00F56729">
+      <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="331E5325" w14:textId="77777777" w:rsidTr="003A6B1A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E25E020" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E13EA7D" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D17A675" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F59C9D1" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="00F56729" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
+          <w:p w14:paraId="6F59C9D1" w14:textId="7B71BA35" w:rsidR="00A954E8" w:rsidRPr="00F56729" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>I/A</w:t>
+              <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62A045AB" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="00F56729" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5058,51 +5117,51 @@
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FAB8BC8" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="00F56729" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3552" w:rsidRPr="002D3552" w14:paraId="29D541B8" w14:textId="77777777" w:rsidTr="00F56729">
+      <w:tr w:rsidR="002D3552" w:rsidRPr="002D3552" w14:paraId="29D541B8" w14:textId="77777777" w:rsidTr="003A6B1A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D6883F7" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -5118,72 +5177,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D9B6630" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasse 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DABEF8A" w14:textId="63BE36E8" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7811727F" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
@@ -5244,51 +5303,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6894A6F0" w14:textId="3E3E2A69" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3552" w:rsidRPr="002D3552" w14:paraId="6C0AF684" w14:textId="77777777" w:rsidTr="00F56729">
+      <w:tr w:rsidR="002D3552" w:rsidRPr="002D3552" w14:paraId="6C0AF684" w14:textId="77777777" w:rsidTr="003A6B1A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75470556" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -5303,72 +5362,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40A497BF" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasse 1F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="055E5C9F" w14:textId="2DEEFF16" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1013F843" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
@@ -5435,51 +5494,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B3CC39" w14:textId="32E15991" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3552" w:rsidRPr="002D3552" w14:paraId="75E76E39" w14:textId="77777777" w:rsidTr="00F56729">
+      <w:tr w:rsidR="002D3552" w:rsidRPr="002D3552" w14:paraId="75E76E39" w14:textId="77777777" w:rsidTr="003A6B1A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="248C634B" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -5494,73 +5553,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38CA0A0A" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Klasse 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39EFFAA6" w14:textId="732504FE" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="466F840D" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
@@ -5575,117 +5634,115 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F29C715" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40C73ABC" w14:textId="57A9EF1D" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00855EEB" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36250A6D" w14:textId="742A26DA" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="460DC00E" w14:textId="603DF78A" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="1A15B84C" w14:textId="77777777" w:rsidTr="00F56729">
+      <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="1A15B84C" w14:textId="77777777" w:rsidTr="003A6B1A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D0DB72E" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -5700,73 +5757,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="623923BE" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Klasse 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="451D2D87" w14:textId="51030F83" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B687767" w14:textId="2B52544D" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
@@ -5781,51 +5838,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B95859" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E7F356E" w14:textId="1628C185" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00855EEB" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7131BAC3" w14:textId="41BFDCCD" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
@@ -5846,51 +5902,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BD6CA25" w14:textId="5F7A2151" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="6373A3C0" w14:textId="77777777" w:rsidTr="00F56729">
+      <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="6373A3C0" w14:textId="77777777" w:rsidTr="003A6B1A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E4C00B1" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -5905,73 +5961,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54C37246" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasse 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6903B773" w14:textId="74E83851" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EA1B6AE" w14:textId="1F274747" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -6045,51 +6101,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D565124" w14:textId="42057FE7" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3552" w:rsidRPr="002D3552" w14:paraId="14A0A5E0" w14:textId="77777777" w:rsidTr="00F56729">
+      <w:tr w:rsidR="002D3552" w:rsidRPr="002D3552" w14:paraId="14A0A5E0" w14:textId="77777777" w:rsidTr="003A6B1A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="665DD623" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -6104,72 +6160,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38ECF14E" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasse 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74F20916" w14:textId="79A017DC" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04538356" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -6236,51 +6292,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7395F3A8" w14:textId="2BE3744C" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="3252705F" w14:textId="77777777" w:rsidTr="00F56729">
+      <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="3252705F" w14:textId="77777777" w:rsidTr="003A6B1A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D7A570B" w14:textId="476F47F0" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -6295,72 +6351,101 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BE9793" w14:textId="77777777" w:rsidR="003A6B1A" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Klasse 6</w:t>
+            </w:r>
+            <w:r w:rsidR="003A6B1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="396A166A" w14:textId="0D3638EC" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ladies-</w:t>
+            </w:r>
+            <w:r w:rsidR="00A954E8" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Open </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35EABD0C" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0963355A" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -6369,51 +6454,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E0275D1" w14:textId="52BB25D0" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F6EAEA2" w14:textId="28E9C5B6" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00855EEB" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="542E89A4" w14:textId="26D0BAE3" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="001524EA">
@@ -6434,131 +6518,328 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18633E1C" w14:textId="0BE79EA9" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="000235C4" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="25AFAAE2" w14:textId="77777777" w:rsidTr="00F56729">
+      <w:tr w:rsidR="003A6B1A" w:rsidRPr="000235C4" w14:paraId="0406AC10" w14:textId="77777777" w:rsidTr="003A6B1A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="574E79EA" w14:textId="469079DC" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
+          <w:p w14:paraId="7BA67DC3" w14:textId="4EE4B573" w:rsidR="003A6B1A" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1588" w:type="dxa"/>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D339A1A" w14:textId="20E53C7C" w:rsidR="003A6B1A" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A6B1A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Klasse 6 Open </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FAB9F73" w14:textId="77777777" w:rsidR="003A6B1A" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7610EDF8" w14:textId="77777777" w:rsidR="003A6B1A" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02863237" w14:textId="1ED1DE64" w:rsidR="003A6B1A" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="714129D7" w14:textId="744D6C0E" w:rsidR="003A6B1A" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEF1058" w14:textId="59374B19" w:rsidR="003A6B1A" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="771" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D52FED2" w14:textId="3948DB38" w:rsidR="003A6B1A" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A954E8" w:rsidRPr="000235C4" w14:paraId="25AFAAE2" w14:textId="77777777" w:rsidTr="003A6B1A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="574E79EA" w14:textId="469079DC" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78A7DC2C" w14:textId="0025AF80" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hallen-Trial / Arena-Trial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AB67FD7" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26533EB0" w14:textId="77777777" w:rsidR="00A954E8" w:rsidRPr="000235C4" w:rsidRDefault="00A954E8" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6976,124 +7257,134 @@
               </w:rPr>
               <w:t>dmsj</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasse 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D41E9B6" w14:textId="1096FDB0" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
+          <w:p w14:paraId="4D41E9B6" w14:textId="2A8E6A8E" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Jugend Trial Meisterschaft</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deutsche </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3552" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jugend</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3552" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trial Meisterschaft</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74AFBDFC" w14:textId="09E769E8" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="151868B5" w14:textId="233CC584" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64759A7A" w14:textId="6075F2D6" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7201,124 +7492,134 @@
               </w:rPr>
               <w:t>dmsj</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002D3552" w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasse 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64469F76" w14:textId="786C3ADD" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
+          <w:p w14:paraId="64469F76" w14:textId="05459FB2" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Jugend Trial-Cup</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deutscher </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3552" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Jugend</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3552" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trial-Cup</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04605D05" w14:textId="74C278CF" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FDD328C" w14:textId="470662AA" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63E92BBA" w14:textId="2D4C06CE" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7426,147 +7727,149 @@
               </w:rPr>
               <w:t>dmsj</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002D3552" w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasse 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65AC7123" w14:textId="5C8C28C7" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
+          <w:p w14:paraId="65AC7123" w14:textId="6C4EB8CF" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Jugend Trial-Pokal</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Deutscher Nachwuchs-</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3552" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trial-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cup</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="237D33DF" w14:textId="6AE439D8" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="153BA890" w14:textId="49B2D69D" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CBE58C8" w14:textId="3DB1892D" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D60BA8A" w14:textId="1A1762F0" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7658,141 +7961,157 @@
               </w:rPr>
               <w:t>dmsj</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002D3552" w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Klasse 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0375CE3B" w14:textId="33BE31A6" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
+          <w:p w14:paraId="0375CE3B" w14:textId="0E9E58BA" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Schüler Trial-Pokal</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deutscher </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3552" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Schüler</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3552" w:rsidRPr="000235C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Trial-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cup</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59755AC4" w14:textId="77777777" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0627E6ED" w14:textId="703F6579" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43D2BDC8" w14:textId="0AFEDA32" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06C77787" w14:textId="1863E963" w:rsidR="002D3552" w:rsidRPr="000235C4" w:rsidRDefault="002D3552" w:rsidP="001524EA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="771" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8380,50 +8699,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="4"/>
           <w:p w14:paraId="4168B78C" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Geldpreise:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="695651B8" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -8486,51 +8806,50 @@
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="063E4032" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Sonderpreise:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7227" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1D3184E6" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -8605,202 +8924,196 @@
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pflicht-</w:t>
             </w:r>
             <w:r w:rsidR="009047E4" w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sportkommissar:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11CAFF96" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="000235C4" w:rsidRDefault="009047E4" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="33BBDCCF" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F56729">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Liz.-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4912B755" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="000235C4" w:rsidRDefault="009047E4" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F26196" w:rsidRPr="000235C4" w14:paraId="0EA124D1" w14:textId="77777777" w:rsidTr="00F56729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3F60A77D" w14:textId="028FE333" w:rsidR="00F26196" w:rsidRPr="000235C4" w:rsidRDefault="00F26196" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sportkommissar:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A063D53" w14:textId="77777777" w:rsidR="00F26196" w:rsidRPr="000235C4" w:rsidRDefault="00F26196" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1150" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C6B8DF7" w14:textId="631252C4" w:rsidR="00F26196" w:rsidRPr="000235C4" w:rsidRDefault="00F26196" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000235C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Liz.-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1797" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25321D77" w14:textId="77777777" w:rsidR="00F26196" w:rsidRPr="000235C4" w:rsidRDefault="00F26196" w:rsidP="001524EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009047E4" w:rsidRPr="000235C4" w14:paraId="04B077E1" w14:textId="77777777" w:rsidTr="00F56729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="37964364" w14:textId="20523BEA" w:rsidR="009047E4" w:rsidRPr="000235C4" w:rsidRDefault="00196909" w:rsidP="001524EA">
             <w:pPr>
@@ -10239,51 +10552,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Schlusskontrollen/ </w:t>
       </w:r>
       <w:r w:rsidR="000B2FA4" w:rsidRPr="0037082B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Parc </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000B2FA4" w:rsidRPr="0037082B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fermé</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:bookmarkStart w:id="9" w:name="_Hlk183012946"/>
     <w:bookmarkStart w:id="10" w:name="_Hlk183012641"/>
-    <w:p w14:paraId="768AD1B8" w14:textId="7C1FE8F6" w:rsidR="0057086F" w:rsidRPr="0057086F" w:rsidRDefault="0057086F" w:rsidP="0057086F">
+    <w:p w14:paraId="768AD1B8" w14:textId="00417E70" w:rsidR="0057086F" w:rsidRPr="0057086F" w:rsidRDefault="0057086F" w:rsidP="0057086F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="0057086F">
         <w:rPr>
@@ -10310,75 +10623,66 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="0057086F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Schlusskontrollen</w:t>
       </w:r>
       <w:r w:rsidRPr="0057086F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> gemäß </w:t>
-[...7 lines deleted...]
-        <w:t>DMSG A</w:t>
+        <w:t xml:space="preserve"> gemäß DMSG A</w:t>
       </w:r>
       <w:r w:rsidRPr="00D47FCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rt</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003A6B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 82</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01CEFEAF" w14:textId="77777777" w:rsidR="0057086F" w:rsidRPr="00D47FCC" w:rsidRDefault="0057086F" w:rsidP="0057086F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CD69DAA" w14:textId="77777777" w:rsidR="000B2FA4" w:rsidRPr="001D1115" w:rsidRDefault="000B2FA4" w:rsidP="000B2FA4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
@@ -10635,51 +10939,51 @@
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alle Fahrzeuge einer Klasse</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AAB8F1E" w14:textId="77777777" w:rsidR="000B2FA4" w:rsidRPr="001D1115" w:rsidRDefault="000B2FA4" w:rsidP="000B2FA4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15C89FAC" w14:textId="077B0F3D" w:rsidR="0037082B" w:rsidRPr="000235C4" w:rsidRDefault="000B2FA4" w:rsidP="00D47FCC">
+    <w:p w14:paraId="15C89FAC" w14:textId="077B0F3D" w:rsidR="0037082B" w:rsidRDefault="000B2FA4" w:rsidP="00D47FCC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
@@ -10709,50 +11013,58 @@
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Die </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Erstplatzierten jeder Klasse</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="08A6D480" w14:textId="77777777" w:rsidR="003A6B1A" w:rsidRPr="000235C4" w:rsidRDefault="003A6B1A" w:rsidP="00D47FCC">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0102EB80" w14:textId="354DE34E" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="00F56729">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:keepNext/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Weitere Bestimmungen</w:t>
       </w:r>
@@ -11132,82 +11444,66 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DMSB-Protest-/Berufungskaution</w:t>
       </w:r>
       <w:r w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F4C98D" w14:textId="7F05DF29" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="00606442" w:rsidP="009047E4">
+    <w:p w14:paraId="29F4C98D" w14:textId="38C6173C" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="00606442" w:rsidP="009047E4">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Gemäß Art. 152 des DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Gemäß Art. 152 des DMSG </w:t>
       </w:r>
       <w:r w:rsidR="009047E4" w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(nicht FIM und FIM-Europe-Prädikatsveranstaltung)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE4DEA5" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="009047E4">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D3E312B" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="009047E4">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -11419,218 +11715,186 @@
     <w:p w14:paraId="12CE4C47" w14:textId="460EE08C" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="0037082B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC1C7F0" w14:textId="1F4F2E05" w:rsidR="0037082B" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="0037082B">
+    <w:p w14:paraId="4FC1C7F0" w14:textId="0BF60A9A" w:rsidR="0037082B" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="0037082B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00606442" w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 65 </w:t>
       </w:r>
       <w:r w:rsidR="00606442">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">des </w:t>
       </w:r>
       <w:r w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> versichert.</w:t>
+        <w:t>DMSG versichert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77919AFC" w14:textId="4B6A989F" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="0037082B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47CD63BF" w14:textId="3BA52EB0" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="00D66FA0" w:rsidP="0037082B">
+    <w:p w14:paraId="47CD63BF" w14:textId="77DD25EF" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="00D66FA0" w:rsidP="0037082B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="0037082B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>mäß</w:t>
       </w:r>
       <w:r w:rsidR="009047E4" w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Art. 97 des DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Art. 97 des DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D786F41" w14:textId="1C33DE7D" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="0037082B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderung der Ausschreibung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0050D46D" w14:textId="4AFCEA9B" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="00D66FA0" w:rsidP="0037082B">
+    <w:p w14:paraId="0050D46D" w14:textId="33BD9B28" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="00D66FA0" w:rsidP="0037082B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidR="009047E4" w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
@@ -11648,121 +11912,105 @@
       </w:r>
       <w:r w:rsidR="009047E4" w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidR="009047E4" w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009047E4" w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F21BD6" w14:textId="1AAB4734" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="0037082B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E22AA19" w14:textId="63C11FE3" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="00D66FA0" w:rsidP="0037082B">
+    <w:p w14:paraId="5E22AA19" w14:textId="466CC373" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="00D66FA0" w:rsidP="0037082B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">gemäß </w:t>
       </w:r>
       <w:r w:rsidR="009047E4" w:rsidRPr="00F56729">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Art. 41 des DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>Art. 41 des DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72E462A3" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="00F56729" w:rsidRDefault="009047E4" w:rsidP="00F56729">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3EA8F416" w14:textId="77777777" w:rsidR="009047E4" w:rsidRPr="000235C4" w:rsidRDefault="009047E4" w:rsidP="009047E4">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
@@ -11792,95 +12040,87 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FIM Sporting Code, des DMSB und dieser Ausschreibung durchgeführt wird.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CDAE888" w14:textId="4481A831" w:rsidR="00AF15A7" w:rsidRPr="0037082B" w:rsidRDefault="009047E4" w:rsidP="0037082B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIM, der FIM Europe und des DMSB anzuerkennen und einzuhalten.</w:t>
+        <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIM, der FIM Europe und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:sectPr w:rsidR="00AF15A7" w:rsidRPr="0037082B" w:rsidSect="00F461EE">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1985" w:left="1418" w:header="720" w:footer="505" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6E99D0C5" w14:textId="77777777" w:rsidR="006A1FF8" w:rsidRDefault="006A1FF8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5B959C01" w14:textId="77777777" w:rsidR="006A1FF8" w:rsidRDefault="006A1FF8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11918,51 +12158,51 @@
   <w:font w:name="HelveticaNeue BoldCond">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="319116F2" w14:textId="77777777" w:rsidR="00F461EE" w:rsidRPr="00055F20" w:rsidRDefault="00F461EE" w:rsidP="00F461EE">
     <w:pPr>
       <w:ind w:left="-142" w:right="-711"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
@@ -12110,62 +12350,68 @@
       <w:tblW w:w="9214" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1809"/>
       <w:gridCol w:w="2019"/>
       <w:gridCol w:w="708"/>
       <w:gridCol w:w="4678"/>
     </w:tblGrid>
     <w:tr w:rsidR="00254667" w:rsidRPr="00055F20" w14:paraId="62E6E9C1" w14:textId="77777777" w:rsidTr="001524EA">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1809" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="24DC204A" w14:textId="77777777" w:rsidR="00254667" w:rsidRPr="00055F20" w:rsidRDefault="00254667" w:rsidP="00254667">
+        <w:p w14:paraId="24DC204A" w14:textId="45B897CB" w:rsidR="00254667" w:rsidRPr="00055F20" w:rsidRDefault="003A6B1A" w:rsidP="00254667">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:bookmarkStart w:id="13" w:name="_Hlk150507906"/>
-          <w:r w:rsidRPr="00055F20">
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="00254667" w:rsidRPr="00055F20">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2019" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="2BCF741A" w14:textId="77777777" w:rsidR="00254667" w:rsidRPr="00055F20" w:rsidRDefault="00254667" w:rsidP="00254667">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
@@ -12305,51 +12551,51 @@
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Sport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:bookmarkEnd w:id="13"/>
   </w:tbl>
   <w:p w14:paraId="3D6EC7A0" w14:textId="77777777" w:rsidR="00F461EE" w:rsidRPr="00055F20" w:rsidRDefault="00F461EE" w:rsidP="00F461EE">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="5DED190B" w14:textId="63B73BB9" w:rsidR="00F461EE" w:rsidRPr="00055F20" w:rsidRDefault="00F461EE" w:rsidP="00F461EE">
+  <w:p w14:paraId="5DED190B" w14:textId="447024F2" w:rsidR="00F461EE" w:rsidRPr="00055F20" w:rsidRDefault="00F461EE" w:rsidP="00F461EE">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -12369,59 +12615,59 @@
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>– Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="000F0D33">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="0057086F">
+    <w:r w:rsidR="003A6B1A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -12581,70 +12827,70 @@
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>. 70, 60528 Frankfurt, www.dmsb.d</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="27FFCE64" w14:textId="77777777" w:rsidR="006A1FF8" w:rsidRDefault="006A1FF8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="075C27E8" w14:textId="77777777" w:rsidR="006A1FF8" w:rsidRDefault="006A1FF8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66AB149E" w14:textId="77777777" w:rsidR="00E205A7" w:rsidRDefault="00E205A7">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B8625F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="279661CF" wp14:editId="4F330FE6">
           <wp:extent cx="1447800" cy="227311"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="12" name="Grafik 12"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -12663,51 +12909,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1468666" cy="230587"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05583EEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BE14AA00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07491FDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="412EEF40"/>
@@ -14308,56 +14554,57 @@
   <w:num w:numId="16" w16cid:durableId="710307852">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="531528586">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1973048912">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="557203234">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="742869282">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1670717593">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="792135885">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -14440,50 +14687,51 @@
     <w:rsid w:val="002B79E6"/>
     <w:rsid w:val="002C4EC4"/>
     <w:rsid w:val="002C4F31"/>
     <w:rsid w:val="002D1498"/>
     <w:rsid w:val="002D3552"/>
     <w:rsid w:val="002D51B9"/>
     <w:rsid w:val="002D67F9"/>
     <w:rsid w:val="002F1942"/>
     <w:rsid w:val="003205A6"/>
     <w:rsid w:val="00334F8F"/>
     <w:rsid w:val="0034226A"/>
     <w:rsid w:val="0034522E"/>
     <w:rsid w:val="00346F9B"/>
     <w:rsid w:val="00361FC3"/>
     <w:rsid w:val="003627BC"/>
     <w:rsid w:val="003671CA"/>
     <w:rsid w:val="0037082B"/>
     <w:rsid w:val="003744BA"/>
     <w:rsid w:val="00375E01"/>
     <w:rsid w:val="003768A1"/>
     <w:rsid w:val="0037745F"/>
     <w:rsid w:val="00390505"/>
     <w:rsid w:val="00390B01"/>
     <w:rsid w:val="00392B92"/>
     <w:rsid w:val="003A5E2F"/>
+    <w:rsid w:val="003A6B1A"/>
     <w:rsid w:val="003B1AF8"/>
     <w:rsid w:val="003B26C1"/>
     <w:rsid w:val="003B28AF"/>
     <w:rsid w:val="003B5749"/>
     <w:rsid w:val="003C299E"/>
     <w:rsid w:val="003D1E4C"/>
     <w:rsid w:val="003E6527"/>
     <w:rsid w:val="003F27E8"/>
     <w:rsid w:val="00406931"/>
     <w:rsid w:val="00411954"/>
     <w:rsid w:val="0041587E"/>
     <w:rsid w:val="00416B54"/>
     <w:rsid w:val="00423BE1"/>
     <w:rsid w:val="0042486C"/>
     <w:rsid w:val="00431A4E"/>
     <w:rsid w:val="00433CCA"/>
     <w:rsid w:val="0044128E"/>
     <w:rsid w:val="004465C2"/>
     <w:rsid w:val="0046280D"/>
     <w:rsid w:val="004705DE"/>
     <w:rsid w:val="00472D93"/>
     <w:rsid w:val="0048117E"/>
     <w:rsid w:val="00494844"/>
     <w:rsid w:val="004A4160"/>
     <w:rsid w:val="004A4B2B"/>
@@ -14503,57 +14751,59 @@
     <w:rsid w:val="005601DC"/>
     <w:rsid w:val="005605A0"/>
     <w:rsid w:val="0056172E"/>
     <w:rsid w:val="0056248D"/>
     <w:rsid w:val="0057086F"/>
     <w:rsid w:val="005712B8"/>
     <w:rsid w:val="00574B3A"/>
     <w:rsid w:val="00577389"/>
     <w:rsid w:val="00583C84"/>
     <w:rsid w:val="005A18A8"/>
     <w:rsid w:val="005B0375"/>
     <w:rsid w:val="005B4D93"/>
     <w:rsid w:val="005D2D6A"/>
     <w:rsid w:val="005D3D21"/>
     <w:rsid w:val="005D7F16"/>
     <w:rsid w:val="005F0796"/>
     <w:rsid w:val="005F58D9"/>
     <w:rsid w:val="00606442"/>
     <w:rsid w:val="00616E1A"/>
     <w:rsid w:val="00634143"/>
     <w:rsid w:val="00637938"/>
     <w:rsid w:val="00642D5E"/>
     <w:rsid w:val="0064531F"/>
     <w:rsid w:val="00646B31"/>
     <w:rsid w:val="00647702"/>
+    <w:rsid w:val="00661766"/>
     <w:rsid w:val="00664AB4"/>
     <w:rsid w:val="00673079"/>
     <w:rsid w:val="00682CA5"/>
     <w:rsid w:val="0068347D"/>
     <w:rsid w:val="006A0988"/>
     <w:rsid w:val="006A1FF8"/>
     <w:rsid w:val="006A469A"/>
+    <w:rsid w:val="006B5A88"/>
     <w:rsid w:val="006B7635"/>
     <w:rsid w:val="006D7C35"/>
     <w:rsid w:val="006E38DD"/>
     <w:rsid w:val="006E6636"/>
     <w:rsid w:val="006F590F"/>
     <w:rsid w:val="00702952"/>
     <w:rsid w:val="00711FDE"/>
     <w:rsid w:val="00713DA8"/>
     <w:rsid w:val="00723E09"/>
     <w:rsid w:val="00744CA8"/>
     <w:rsid w:val="007A4F35"/>
     <w:rsid w:val="007B6C5B"/>
     <w:rsid w:val="007C49A6"/>
     <w:rsid w:val="007C658B"/>
     <w:rsid w:val="007E066D"/>
     <w:rsid w:val="007E712E"/>
     <w:rsid w:val="007F227F"/>
     <w:rsid w:val="007F6988"/>
     <w:rsid w:val="00800876"/>
     <w:rsid w:val="008236C6"/>
     <w:rsid w:val="00832873"/>
     <w:rsid w:val="0083740A"/>
     <w:rsid w:val="00843D30"/>
     <w:rsid w:val="00847338"/>
     <w:rsid w:val="00855EEB"/>
@@ -14590,50 +14840,51 @@
     <w:rsid w:val="009F3AAD"/>
     <w:rsid w:val="00A00B07"/>
     <w:rsid w:val="00A056BE"/>
     <w:rsid w:val="00A126AB"/>
     <w:rsid w:val="00A204F9"/>
     <w:rsid w:val="00A216CE"/>
     <w:rsid w:val="00A343D1"/>
     <w:rsid w:val="00A536A8"/>
     <w:rsid w:val="00A57925"/>
     <w:rsid w:val="00A71514"/>
     <w:rsid w:val="00A77BE1"/>
     <w:rsid w:val="00A808E3"/>
     <w:rsid w:val="00A821C4"/>
     <w:rsid w:val="00A954E8"/>
     <w:rsid w:val="00AB575B"/>
     <w:rsid w:val="00AB7439"/>
     <w:rsid w:val="00AC0386"/>
     <w:rsid w:val="00AC6060"/>
     <w:rsid w:val="00AD27B4"/>
     <w:rsid w:val="00AD487A"/>
     <w:rsid w:val="00AD500E"/>
     <w:rsid w:val="00AD5A1F"/>
     <w:rsid w:val="00AE1B7D"/>
     <w:rsid w:val="00AE4883"/>
     <w:rsid w:val="00AF15A7"/>
+    <w:rsid w:val="00B02FA0"/>
     <w:rsid w:val="00B118D5"/>
     <w:rsid w:val="00B2062E"/>
     <w:rsid w:val="00B371F5"/>
     <w:rsid w:val="00B440C7"/>
     <w:rsid w:val="00B47CAD"/>
     <w:rsid w:val="00B50552"/>
     <w:rsid w:val="00B717EB"/>
     <w:rsid w:val="00B75F14"/>
     <w:rsid w:val="00B8402F"/>
     <w:rsid w:val="00B85819"/>
     <w:rsid w:val="00B8625F"/>
     <w:rsid w:val="00B870B2"/>
     <w:rsid w:val="00B87ED8"/>
     <w:rsid w:val="00B926FF"/>
     <w:rsid w:val="00B9460B"/>
     <w:rsid w:val="00BA12DD"/>
     <w:rsid w:val="00BA1B8A"/>
     <w:rsid w:val="00BD4B42"/>
     <w:rsid w:val="00BE04B8"/>
     <w:rsid w:val="00BE0CEF"/>
     <w:rsid w:val="00BF5B8C"/>
     <w:rsid w:val="00BF5C21"/>
     <w:rsid w:val="00C03A61"/>
     <w:rsid w:val="00C14124"/>
     <w:rsid w:val="00C16696"/>
@@ -14692,97 +14943,98 @@
     <w:rsid w:val="00E93BD5"/>
     <w:rsid w:val="00EA0D1E"/>
     <w:rsid w:val="00EA502E"/>
     <w:rsid w:val="00EA5187"/>
     <w:rsid w:val="00EA7806"/>
     <w:rsid w:val="00EB04C1"/>
     <w:rsid w:val="00EB2294"/>
     <w:rsid w:val="00EB6C9B"/>
     <w:rsid w:val="00EC1C63"/>
     <w:rsid w:val="00EC34C5"/>
     <w:rsid w:val="00ED78C5"/>
     <w:rsid w:val="00EF293C"/>
     <w:rsid w:val="00EF67EA"/>
     <w:rsid w:val="00F010F6"/>
     <w:rsid w:val="00F06698"/>
     <w:rsid w:val="00F173DD"/>
     <w:rsid w:val="00F21565"/>
     <w:rsid w:val="00F24BFD"/>
     <w:rsid w:val="00F26196"/>
     <w:rsid w:val="00F318C6"/>
     <w:rsid w:val="00F31F7E"/>
     <w:rsid w:val="00F404C6"/>
     <w:rsid w:val="00F461EE"/>
     <w:rsid w:val="00F56729"/>
     <w:rsid w:val="00F56A9E"/>
+    <w:rsid w:val="00F84346"/>
     <w:rsid w:val="00F84F2E"/>
     <w:rsid w:val="00F85BA5"/>
     <w:rsid w:val="00F95253"/>
     <w:rsid w:val="00F97874"/>
     <w:rsid w:val="00FA04B8"/>
     <w:rsid w:val="00FA2D8E"/>
     <w:rsid w:val="00FC167B"/>
     <w:rsid w:val="00FC7DFC"/>
     <w:rsid w:val="00FD024A"/>
     <w:rsid w:val="00FD2C56"/>
     <w:rsid w:val="00FD49AE"/>
     <w:rsid w:val="00FE1260"/>
     <w:rsid w:val="00FE342C"/>
     <w:rsid w:val="00FE413F"/>
     <w:rsid w:val="00FF291A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="158FF071"/>
   <w15:docId w15:val="{423DC5E9-BD99-4103-8D25-BD2BB20C265D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15602,51 +15854,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="TextkrperZchn">
     <w:name w:val="Textkörper Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Textkrper"/>
     <w:rsid w:val="00A954E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0037082B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="65080968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="906840464">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16026,68 +16278,68 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1BFD05F-80A1-4120-98B3-7B591CB1A0C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>6494</Characters>
+  <Pages>6</Pages>
+  <Words>1021</Words>
+  <Characters>6437</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>53</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausschreibung IDM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7386</CharactersWithSpaces>
+  <CharactersWithSpaces>7444</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Ausschreibung IDM</dc:title>
+  <dc:title>Ausschreibung Trial</dc:title>
   <dc:creator>MW</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>