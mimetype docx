--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -4,79 +4,79 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8952"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F010F6" w:rsidRPr="00F010F6" w14:paraId="0206C6A1" w14:textId="77777777" w:rsidTr="007A4A2F">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8952" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7711D434" w14:textId="49BBB29F" w:rsidR="00F010F6" w:rsidRPr="00AD5A1F" w:rsidRDefault="001B45A2" w:rsidP="008F2B37">
+          <w:p w14:paraId="7711D434" w14:textId="271BA01F" w:rsidR="00F010F6" w:rsidRPr="00AD5A1F" w:rsidRDefault="001B45A2" w:rsidP="008F2B37">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB - Ausschreibung </w:t>
             </w:r>
@@ -94,58 +94,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Enduro</w:t>
             </w:r>
             <w:r w:rsidR="00F010F6" w:rsidRPr="00AD5A1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="005D543B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00FD7FB8">
+            <w:r w:rsidR="00AF4DDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58FECC27" w14:textId="302129AA" w:rsidR="00F010F6" w:rsidRPr="00F010F6" w:rsidRDefault="00F010F6" w:rsidP="00F010F6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F010F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Grundlage dieser Ausschreibung sind </w:t>
       </w:r>
       <w:r w:rsidR="00D3004D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -450,184 +450,180 @@
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk121140985"/>
             <w:r w:rsidRPr="00897DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DMSB</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-NMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="535AF81A" w14:textId="77777777" w:rsidR="00F84B10" w:rsidRDefault="00F84B10" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F84B10" w14:paraId="6946ABDC" w14:textId="77777777" w:rsidTr="00220AFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F5F64F4" w14:textId="135A27F8" w:rsidR="00F84B10" w:rsidRDefault="00F84B10" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM Europe-EMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59B0A8C0" w14:textId="77777777" w:rsidR="00F84B10" w:rsidRDefault="00F84B10" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F84B10" w14:paraId="08EF551C" w14:textId="77777777" w:rsidTr="00220AFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="573BF628" w14:textId="3F78D9FE" w:rsidR="00F84B10" w:rsidRDefault="00F84B10" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM-IMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="325F3134" w14:textId="77777777" w:rsidR="00F84B10" w:rsidRDefault="00F84B10" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F84B10" w:rsidRPr="00E547BB" w14:paraId="28F5DECC" w14:textId="77777777" w:rsidTr="00220AFE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60A0D602" w14:textId="48073B7F" w:rsidR="00F84B10" w:rsidRPr="00E93973" w:rsidRDefault="00220AFE" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00F84B10" w:rsidRPr="00E93973">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>intragung Promoter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5778" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="153EE578" w14:textId="77777777" w:rsidR="00F84B10" w:rsidRPr="00E547BB" w:rsidRDefault="00F84B10" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="1A7EFA36" w14:textId="69A4A2BB" w:rsidR="00B926FF" w:rsidRDefault="00B926FF" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C03D797" w14:textId="77777777" w:rsidR="00F84B10" w:rsidRDefault="00F84B10" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -2666,70 +2662,84 @@
       <w:r w:rsidR="004D0B5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Prolog</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7390D877" w14:textId="77777777" w:rsidR="004D0B5C" w:rsidRDefault="004D0B5C" w:rsidP="004D0B5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Es findet kein Prolog statt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CD44BE" w14:textId="3C1CE9A0" w:rsidR="004D0B5C" w:rsidRDefault="004D0B5C" w:rsidP="004D0B5C">
+    <w:p w14:paraId="16CD44BE" w14:textId="57BFE70A" w:rsidR="004D0B5C" w:rsidRDefault="004D0B5C" w:rsidP="004D0B5C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Es findet ein Prolog am Vorabend, den xx.xx.</w:t>
       </w:r>
       <w:r w:rsidR="009E1581">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2024 </w:t>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4DDC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009E1581">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">um </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xx:xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Uhr statt.</w:t>
@@ -7176,98 +7186,82 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DMSB-Protest-/Berufungskaution</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C639332" w14:textId="6C48F9B2" w:rsidR="009E1581" w:rsidRPr="001D1115" w:rsidRDefault="009E1581" w:rsidP="009E1581">
+    <w:p w14:paraId="1C639332" w14:textId="4A026417" w:rsidR="009E1581" w:rsidRPr="001D1115" w:rsidRDefault="009E1581" w:rsidP="009E1581">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00204FF6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 152 des </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">DMSG </w:t>
-[...15 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
       <w:r w:rsidR="00204FF6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="001C67AD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gilt </w:t>
       </w:r>
@@ -7634,209 +7628,177 @@
     <w:p w14:paraId="4D220672" w14:textId="77777777" w:rsidR="009E1581" w:rsidRPr="00C636E9" w:rsidRDefault="009E1581" w:rsidP="009E1581">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D5E3023" w14:textId="3EEB321F" w:rsidR="009E1581" w:rsidRPr="00C636E9" w:rsidRDefault="009E1581" w:rsidP="009E1581">
+    <w:p w14:paraId="2D5E3023" w14:textId="075FA6FE" w:rsidR="009E1581" w:rsidRPr="00C636E9" w:rsidRDefault="009E1581" w:rsidP="009E1581">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00204FF6" w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 65 </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des DMS</w:t>
       </w:r>
       <w:r w:rsidR="00204FF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>G</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> versichert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116977B3" w14:textId="77777777" w:rsidR="009E1581" w:rsidRPr="00C636E9" w:rsidRDefault="009E1581" w:rsidP="009E1581">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1621BE5C" w14:textId="3152DA6A" w:rsidR="009E1581" w:rsidRPr="00C636E9" w:rsidRDefault="009E1581" w:rsidP="009E1581">
+    <w:p w14:paraId="1621BE5C" w14:textId="73651190" w:rsidR="009E1581" w:rsidRPr="00C636E9" w:rsidRDefault="009E1581" w:rsidP="009E1581">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Art. 97 des DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Art. 97 des DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279088F8" w14:textId="77777777" w:rsidR="009E1581" w:rsidRPr="00C636E9" w:rsidRDefault="009E1581" w:rsidP="009E1581">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderung der Ausschreibung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EE358C0" w14:textId="6375299F" w:rsidR="009E1581" w:rsidRPr="00C636E9" w:rsidRDefault="009E1581" w:rsidP="009E1581">
+    <w:p w14:paraId="6EE358C0" w14:textId="4F38ECC0" w:rsidR="009E1581" w:rsidRPr="00C636E9" w:rsidRDefault="009E1581" w:rsidP="009E1581">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -7853,121 +7815,105 @@
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22D0A29B" w14:textId="77777777" w:rsidR="009E1581" w:rsidRPr="00C636E9" w:rsidRDefault="009E1581" w:rsidP="009E1581">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E416F6" w14:textId="1A01A61B" w:rsidR="006D4348" w:rsidRPr="006E0B9B" w:rsidRDefault="009E1581" w:rsidP="006E0B9B">
+    <w:p w14:paraId="73E416F6" w14:textId="7E1473CB" w:rsidR="006D4348" w:rsidRPr="006E0B9B" w:rsidRDefault="009E1581" w:rsidP="006E0B9B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">gemäß </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Art. 41 des DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>Art. 41 des DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="031A2067" w14:textId="77777777" w:rsidR="009E1581" w:rsidRPr="000235C4" w:rsidRDefault="009E1581" w:rsidP="009E1581">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Veranstalter erklärt, dass die Veranstaltung nach den Bestimmungen des</w:t>
@@ -7998,153 +7944,152 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIM, der FIM Europe und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006D4348" w:rsidSect="00775C2A">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="2269" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1DA9C56F" w14:textId="77777777" w:rsidR="00F734C8" w:rsidRDefault="00F734C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6EE86D35" w14:textId="77777777" w:rsidR="00F734C8" w:rsidRDefault="00F734C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue CondensedObl">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue Condensed">
-    <w:altName w:val="Arial"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue BoldCond">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14ECBE59" w14:textId="77777777" w:rsidR="00775C2A" w:rsidRPr="00055F20" w:rsidRDefault="00775C2A" w:rsidP="00775C2A">
     <w:pPr>
       <w:ind w:left="-142" w:right="-711"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
@@ -8282,61 +8227,67 @@
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1809"/>
       <w:gridCol w:w="2019"/>
       <w:gridCol w:w="708"/>
       <w:gridCol w:w="4678"/>
     </w:tblGrid>
     <w:tr w:rsidR="009E1581" w:rsidRPr="00055F20" w14:paraId="14BAF7E3" w14:textId="77777777" w:rsidTr="00A047D4">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1809" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="64D7C17E" w14:textId="77777777" w:rsidR="009E1581" w:rsidRPr="00055F20" w:rsidRDefault="009E1581" w:rsidP="009E1581">
+        <w:p w14:paraId="64D7C17E" w14:textId="6B552D41" w:rsidR="009E1581" w:rsidRPr="00055F20" w:rsidRDefault="00AF4DDC" w:rsidP="009E1581">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00055F20">
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="009E1581" w:rsidRPr="00055F20">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2019" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="4426F995" w14:textId="77777777" w:rsidR="009E1581" w:rsidRPr="00055F20" w:rsidRDefault="009E1581" w:rsidP="009E1581">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
@@ -8464,51 +8415,51 @@
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Koordination Motorradsport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="3FD7BCD9" w14:textId="77777777" w:rsidR="00775C2A" w:rsidRPr="00055F20" w:rsidRDefault="00775C2A" w:rsidP="006E0B9B">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="5274A414" w14:textId="4D5B3FEB" w:rsidR="00775C2A" w:rsidRPr="00055F20" w:rsidRDefault="00775C2A" w:rsidP="00775C2A">
+  <w:p w14:paraId="5274A414" w14:textId="0C2ED1EB" w:rsidR="00775C2A" w:rsidRPr="00055F20" w:rsidRDefault="00775C2A" w:rsidP="00775C2A">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -8528,59 +8479,59 @@
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="00D3004D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00FD7FB8">
+    <w:r w:rsidR="00AF4DDC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -8709,70 +8660,70 @@
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2E4030D1" w14:textId="77777777" w:rsidR="00F734C8" w:rsidRDefault="00F734C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="09B8BF0C" w14:textId="77777777" w:rsidR="00F734C8" w:rsidRDefault="00F734C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0993E900" w14:textId="77777777" w:rsidR="00E205A7" w:rsidRDefault="00E205A7">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B8625F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="677488F0" wp14:editId="7CB63EDE">
           <wp:extent cx="1447800" cy="227311"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="6" name="Grafik 6"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -8791,51 +8742,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1468666" cy="230587"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05583EEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BE14AA00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07491FDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="412EEF40"/>
@@ -10371,103 +10322,104 @@
   <w:num w:numId="17" w16cid:durableId="2089032611">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="974796917">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="17244806">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1754663375">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1826313979">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1419135948">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1613393795">
     <w:abstractNumId w:val="13"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="75777"/>
+    <o:shapedefaults v:ext="edit" spidmax="77825"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0034226A"/>
     <w:rsid w:val="00001378"/>
     <w:rsid w:val="00007B0A"/>
     <w:rsid w:val="00020937"/>
     <w:rsid w:val="000232F2"/>
     <w:rsid w:val="000346D1"/>
     <w:rsid w:val="000532D4"/>
     <w:rsid w:val="000548E4"/>
     <w:rsid w:val="00057167"/>
     <w:rsid w:val="000609B6"/>
     <w:rsid w:val="00061EA1"/>
     <w:rsid w:val="00074083"/>
     <w:rsid w:val="00086D43"/>
     <w:rsid w:val="000B1E2C"/>
     <w:rsid w:val="000B27D0"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000D0CBC"/>
     <w:rsid w:val="000D268E"/>
     <w:rsid w:val="000F3FD4"/>
     <w:rsid w:val="000F416C"/>
     <w:rsid w:val="001113E7"/>
     <w:rsid w:val="00112E2E"/>
     <w:rsid w:val="00116D22"/>
     <w:rsid w:val="00123502"/>
     <w:rsid w:val="00151445"/>
     <w:rsid w:val="00166990"/>
     <w:rsid w:val="00166A26"/>
     <w:rsid w:val="00190909"/>
     <w:rsid w:val="001943AB"/>
     <w:rsid w:val="001A572D"/>
     <w:rsid w:val="001B45A2"/>
     <w:rsid w:val="001B50E4"/>
     <w:rsid w:val="001B6A89"/>
     <w:rsid w:val="001B71D9"/>
     <w:rsid w:val="001C08C3"/>
     <w:rsid w:val="001C67AD"/>
     <w:rsid w:val="001E489C"/>
     <w:rsid w:val="001E4FC2"/>
     <w:rsid w:val="001F44B0"/>
     <w:rsid w:val="002008E9"/>
     <w:rsid w:val="00204FF6"/>
@@ -10618,50 +10570,51 @@
     <w:rsid w:val="00992EEE"/>
     <w:rsid w:val="009B31D9"/>
     <w:rsid w:val="009D3795"/>
     <w:rsid w:val="009D39F3"/>
     <w:rsid w:val="009E0E33"/>
     <w:rsid w:val="009E1581"/>
     <w:rsid w:val="009F3AAD"/>
     <w:rsid w:val="009F7ECA"/>
     <w:rsid w:val="00A00FD1"/>
     <w:rsid w:val="00A056BE"/>
     <w:rsid w:val="00A068A0"/>
     <w:rsid w:val="00A204F9"/>
     <w:rsid w:val="00A216CE"/>
     <w:rsid w:val="00A343D1"/>
     <w:rsid w:val="00A71514"/>
     <w:rsid w:val="00A77BE1"/>
     <w:rsid w:val="00A821C4"/>
     <w:rsid w:val="00AB575B"/>
     <w:rsid w:val="00AB7439"/>
     <w:rsid w:val="00AC0386"/>
     <w:rsid w:val="00AC6060"/>
     <w:rsid w:val="00AD500E"/>
     <w:rsid w:val="00AD5A1F"/>
     <w:rsid w:val="00AE1B7D"/>
     <w:rsid w:val="00AF15A7"/>
+    <w:rsid w:val="00AF4DDC"/>
     <w:rsid w:val="00B118D5"/>
     <w:rsid w:val="00B2062E"/>
     <w:rsid w:val="00B371F5"/>
     <w:rsid w:val="00B440C7"/>
     <w:rsid w:val="00B47CAD"/>
     <w:rsid w:val="00B50552"/>
     <w:rsid w:val="00B60D13"/>
     <w:rsid w:val="00B717EB"/>
     <w:rsid w:val="00B81699"/>
     <w:rsid w:val="00B8402F"/>
     <w:rsid w:val="00B85819"/>
     <w:rsid w:val="00B8625F"/>
     <w:rsid w:val="00B870B2"/>
     <w:rsid w:val="00B87ED8"/>
     <w:rsid w:val="00B926FF"/>
     <w:rsid w:val="00B9460B"/>
     <w:rsid w:val="00BA12DD"/>
     <w:rsid w:val="00BA1B8A"/>
     <w:rsid w:val="00BD4B42"/>
     <w:rsid w:val="00BE04B8"/>
     <w:rsid w:val="00BE0CEF"/>
     <w:rsid w:val="00BF5B8C"/>
     <w:rsid w:val="00BF5C21"/>
     <w:rsid w:val="00C03A61"/>
     <w:rsid w:val="00C14124"/>
@@ -10746,64 +10699,64 @@
     <w:rsid w:val="00F95253"/>
     <w:rsid w:val="00F97874"/>
     <w:rsid w:val="00FA04B8"/>
     <w:rsid w:val="00FD2C56"/>
     <w:rsid w:val="00FD49AE"/>
     <w:rsid w:val="00FD7FB8"/>
     <w:rsid w:val="00FE342C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="75777"/>
+    <o:shapedefaults v:ext="edit" spidmax="77825"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="11AEC1D8"/>
   <w15:docId w15:val="{423DC5E9-BD99-4103-8D25-BD2BB20C265D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11646,51 +11599,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
     <w:name w:val="Überschrift 2 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift2"/>
     <w:rsid w:val="00991F02"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Textkrper-ZeileneinzugZchn">
     <w:name w:val="Textkörper-Zeileneinzug Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Textkrper-Zeileneinzug"/>
     <w:rsid w:val="001C67AD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="65080968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="324822254">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12097,67 +12050,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28C5F20B-480D-479C-997E-41DF79B4B73F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>688</Words>
-  <Characters>5404</Characters>
+  <Words>839</Words>
+  <Characters>5227</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>580</Lines>
+  <Paragraphs>319</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausschreibung E-Bike Enduro</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6080</CharactersWithSpaces>
+  <CharactersWithSpaces>5747</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ausschreibung E-Bike Enduro</dc:title>
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>