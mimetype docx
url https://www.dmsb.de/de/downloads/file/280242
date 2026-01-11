--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -4,79 +4,79 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8952"/>
       </w:tblGrid>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="012A4FB7" w14:textId="77777777" w:rsidTr="00E176AB">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9178" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03A58D4C" w14:textId="581FA4CA" w:rsidR="00F010F6" w:rsidRPr="0063705F" w:rsidRDefault="00F010F6" w:rsidP="00FB5DEE">
+          <w:p w14:paraId="03A58D4C" w14:textId="4FDF435C" w:rsidR="00F010F6" w:rsidRPr="0063705F" w:rsidRDefault="00F010F6" w:rsidP="00FB5DEE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB - Ausschreibung </w:t>
             </w:r>
@@ -85,58 +85,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>SuperMoto</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="00F51AF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D579A6">
+            <w:r w:rsidR="006C6FE2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F40CE4F" w14:textId="77777777" w:rsidR="00F010F6" w:rsidRPr="0063705F" w:rsidRDefault="00F010F6" w:rsidP="00F010F6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063705F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Grundlage dieser Ausschreibung sind </w:t>
       </w:r>
       <w:r w:rsidR="00AD1BE6" w:rsidRPr="0063705F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -257,144 +257,141 @@
           <w:p w14:paraId="186C2208" w14:textId="77777777" w:rsidR="00A216CE" w:rsidRPr="0063705F" w:rsidRDefault="00A216CE" w:rsidP="0092710A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Titel der Veranstaltung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07623C1D" w14:textId="77777777" w:rsidR="00A216CE" w:rsidRPr="00B24F96" w:rsidRDefault="00A216CE" w:rsidP="0092710A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="22E258AD" w14:textId="77777777" w:rsidTr="00FA1A97">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10F1E00E" w14:textId="77777777" w:rsidR="00A216CE" w:rsidRPr="0063705F" w:rsidRDefault="00A216CE" w:rsidP="0092710A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Datum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A2D31F5" w14:textId="77777777" w:rsidR="00A216CE" w:rsidRPr="0063705F" w:rsidRDefault="00A216CE" w:rsidP="0092710A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="736032D3" w14:textId="77777777" w:rsidTr="00FA1A97">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6070A210" w14:textId="77777777" w:rsidR="00A216CE" w:rsidRPr="0063705F" w:rsidRDefault="00A216CE" w:rsidP="0092710A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Strecke/Ort:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5C062903" w14:textId="77777777" w:rsidR="00A216CE" w:rsidRPr="0063705F" w:rsidRDefault="00A216CE" w:rsidP="0092710A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C8AC795" w14:textId="3F1E717E" w:rsidR="009D3795" w:rsidRPr="0063705F" w:rsidRDefault="009D3795" w:rsidP="0092710A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
@@ -429,177 +426,173 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DMSB</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-NMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0DAEC5B1" w14:textId="77777777" w:rsidR="00F50E17" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F50E17" w14:paraId="09F22974" w14:textId="77777777" w:rsidTr="00E176AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09C3DA67" w14:textId="51A34F1A" w:rsidR="00F50E17" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM Europe-EMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="399E5365" w14:textId="77777777" w:rsidR="00F50E17" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F50E17" w14:paraId="614EED46" w14:textId="77777777" w:rsidTr="00E176AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A2CFFDD" w14:textId="0AF02B38" w:rsidR="00F50E17" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM-IMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B608805" w14:textId="77777777" w:rsidR="00F50E17" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F50E17" w14:paraId="32664CBB" w14:textId="77777777" w:rsidTr="00E176AB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BF17EE2" w14:textId="0C3D6E3D" w:rsidR="00F50E17" w:rsidRPr="00E93973" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93973">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eintragung Promoter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6A9D5F84" w14:textId="77777777" w:rsidR="00F50E17" w:rsidRPr="00E547BB" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="673AAA34" w14:textId="2BBABE94" w:rsidR="00454B9E" w:rsidRDefault="00454B9E" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="362DF1E2" w14:textId="77777777" w:rsidR="00E176AB" w:rsidRPr="0063705F" w:rsidRDefault="00E176AB" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -661,218 +654,213 @@
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37B101A7" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Veranstalter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1C99424E" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="6AA4AB72" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C274AF2" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vertreter des Veranstalters:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A730C1E" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00430DA4" w:rsidRPr="0063705F" w14:paraId="53689226" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A52185E" w14:textId="6A878F9C" w:rsidR="00430DA4" w:rsidRPr="0063705F" w:rsidRDefault="00430DA4" w:rsidP="00430DA4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E547BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Straße:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4A7DB3D3" w14:textId="77777777" w:rsidR="00430DA4" w:rsidRPr="0063705F" w:rsidRDefault="00430DA4" w:rsidP="00430DA4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00430DA4" w:rsidRPr="0063705F" w14:paraId="06BA690E" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A862279" w14:textId="6D9D38BF" w:rsidR="00430DA4" w:rsidRPr="0063705F" w:rsidRDefault="00430DA4" w:rsidP="00430DA4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E547BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PLZ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, Ort:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66E55352" w14:textId="77777777" w:rsidR="00430DA4" w:rsidRPr="0063705F" w:rsidRDefault="00430DA4" w:rsidP="00430DA4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="4CE62BB3" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DBB963E" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telefon:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="507FAB94" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="71B4C808" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D5B6554" w14:textId="00FAD525" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
@@ -882,131 +870,128 @@
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidR="00FA1A97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>mail:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="664B4C23" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="0E54E6D6" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F6ADBA2" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Homepage:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0178B218" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="1F001D1F" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A286859" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00D205E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rennleitungsbüro:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5953" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B38040C" w14:textId="77777777" w:rsidR="00E547BB" w:rsidRPr="0063705F" w:rsidRDefault="00E547BB" w:rsidP="00C813E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="626A0327" w14:textId="77777777" w:rsidR="00AB400E" w:rsidRPr="00462FBB" w:rsidRDefault="00AB400E" w:rsidP="00AB400E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00462FBB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
@@ -1470,131 +1455,128 @@
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1ED5987B" w14:textId="77777777" w:rsidR="007B3070" w:rsidRPr="0063705F" w:rsidRDefault="007B3070" w:rsidP="004E2240">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Streckenbezeichnung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03476CBF" w14:textId="77777777" w:rsidR="007B3070" w:rsidRPr="0063705F" w:rsidRDefault="007B3070" w:rsidP="004E2240">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="23BE850E" w14:textId="77777777" w:rsidTr="00FB5DEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C3830F3" w14:textId="77777777" w:rsidR="007B3070" w:rsidRPr="0063705F" w:rsidRDefault="007B3070">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Adresse:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12BACFB1" w14:textId="77777777" w:rsidR="007B3070" w:rsidRPr="0063705F" w:rsidRDefault="007B3070" w:rsidP="004E2240">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="767B552E" w14:textId="77777777" w:rsidTr="00FB5DEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F033610" w14:textId="77777777" w:rsidR="007B3070" w:rsidRPr="0063705F" w:rsidRDefault="007B3070" w:rsidP="004E2240">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Streckenlänge:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="193DE4B3" w14:textId="77777777" w:rsidR="007B3070" w:rsidRPr="0063705F" w:rsidRDefault="007B3070" w:rsidP="00B24F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="3F7669AB" w14:textId="77777777" w:rsidTr="00FB5DEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="747FC1B7" w14:textId="31AC45A0" w:rsidR="007B3070" w:rsidRPr="0063705F" w:rsidRDefault="007B3070" w:rsidP="004E2240">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
@@ -1618,51 +1600,50 @@
               <w:t>Nr</w:t>
             </w:r>
             <w:r w:rsidR="00AA6386">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="64377AFF" w14:textId="77777777" w:rsidR="007B3070" w:rsidRPr="0063705F" w:rsidRDefault="007B3070" w:rsidP="004E2240">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="56D56457" w14:textId="53774515" w:rsidR="00AA6386" w:rsidRDefault="00FD49AE" w:rsidP="00AA6386">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063705F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
@@ -1860,134 +1841,138 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="176FB951" w14:textId="21BF7DEA" w:rsidR="00F50E17" w:rsidRPr="00F50E17" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
       <w:pPr>
         <w:ind w:right="-428"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F50E17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Nenngeld beträgt für Gaststarter:</w:t>
       </w:r>
       <w:r w:rsidRPr="00F50E17">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34252920" w14:textId="2DDCA867" w:rsidR="00F50E17" w:rsidRPr="002F7A5D" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
+    <w:p w14:paraId="34252920" w14:textId="2DDCA867" w:rsidR="00F50E17" w:rsidRPr="006C6FE2" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
       <w:pPr>
         <w:ind w:right="-428"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...18 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>Klasse S1 + S2</w:t>
+      </w:r>
+      <w:r w:rsidR="00F60890" w:rsidRPr="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00E92D96">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E92D96" w:rsidRPr="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
-      <w:r w:rsidR="004704C5" w:rsidRPr="002F7A5D">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004704C5" w:rsidRPr="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
-      <w:r w:rsidRPr="002F7A5D">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>,- Euro</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4613AEE4" w14:textId="51A3CD8E" w:rsidR="00F50E17" w:rsidRPr="002F7A5D" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
+    <w:p w14:paraId="4613AEE4" w14:textId="51A3CD8E" w:rsidR="00F50E17" w:rsidRPr="006C6FE2" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
       <w:pPr>
         <w:ind w:right="-428"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>Klasse S3</w:t>
       </w:r>
-      <w:r w:rsidR="00F60890" w:rsidRPr="002F7A5D">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F60890" w:rsidRPr="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
-      <w:r w:rsidR="00E92D96">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E92D96" w:rsidRPr="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="004704C5" w:rsidRPr="002F7A5D">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004704C5" w:rsidRPr="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
         </w:rPr>
         <w:t>0,- Euro</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75920914" w14:textId="61D6C19A" w:rsidR="004704C5" w:rsidRPr="002F7A5D" w:rsidRDefault="004704C5" w:rsidP="00F50E17">
       <w:pPr>
         <w:ind w:right="-428"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F7A5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Junioren/Rookies: 65,- Euro</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="482AABA5" w14:textId="77777777" w:rsidR="00F50E17" w:rsidRPr="002F7A5D" w:rsidRDefault="00F50E17" w:rsidP="00F50E17">
       <w:pPr>
         <w:ind w:right="-428"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2066,309 +2051,267 @@
             </w:tcBorders>
           </w:tcPr>
           <w:bookmarkEnd w:id="3"/>
           <w:p w14:paraId="255CDD78" w14:textId="77777777" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="00AF15A7" w:rsidP="00631F91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F7A5D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kontoinhaber:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="76A8FB70" w14:textId="14191477" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="00AF15A7" w:rsidP="00631F91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7A5D" w:rsidRPr="002F7A5D" w14:paraId="4FE258E3" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="11733A2A" w14:textId="77777777" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="00AF15A7" w:rsidP="00631F91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F7A5D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ban</w:t>
             </w:r>
             <w:r w:rsidR="009D3985" w:rsidRPr="002F7A5D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidRPr="002F7A5D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="0C8B1CF3" w14:textId="2132C883" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="00AF15A7" w:rsidP="00631F91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7A5D" w:rsidRPr="002F7A5D" w14:paraId="1F81BD55" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3978E8A9" w14:textId="77777777" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="00AF15A7" w:rsidP="00631F91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F7A5D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>BIC</w:t>
             </w:r>
             <w:r w:rsidRPr="002F7A5D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="6E828052" w14:textId="344314AB" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="00AF15A7" w:rsidP="00631F91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7A5D" w:rsidRPr="002F7A5D" w14:paraId="6D0A7F13" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4F491CF3" w14:textId="77777777" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="00AF15A7" w:rsidP="00AF15A7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F7A5D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IBAN</w:t>
             </w:r>
             <w:r w:rsidRPr="002F7A5D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-            </w:r>
+          </w:tcPr>
+          <w:p w14:paraId="42E88386" w14:textId="0C7CBE1D" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="00AF15A7" w:rsidP="00631F91">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7A5D" w:rsidRPr="002F7A5D" w14:paraId="5CADCDC2" w14:textId="77777777" w:rsidTr="00F50E17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="46B9DC1C" w14:textId="77777777" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="009D3985" w:rsidP="00631F91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F7A5D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Verwendungszweck</w:t>
             </w:r>
             <w:r w:rsidR="00AF15A7" w:rsidRPr="002F7A5D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6203" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="633E00B3" w14:textId="6475C88E" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="004704C5" w:rsidP="00631F91">
+          </w:tcPr>
+          <w:p w14:paraId="633E00B3" w14:textId="289617C8" w:rsidR="00AF15A7" w:rsidRPr="002F7A5D" w:rsidRDefault="00AF15A7" w:rsidP="00631F91">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002F7A5D">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="12BB798D" w14:textId="0CE4F991" w:rsidR="00831127" w:rsidRDefault="00831127" w:rsidP="00FD49AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063705F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Nennungen sind erst mit dem Eingang des Nenngeldes beim Promotor vollständig. Erfolgt der Zahlungseingang nach dem Nennschluss der jeweiligen Veranstaltung (14 Tage vor Veranstaltung) wird eine Nachnenngebühr von 25,- € fällig.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4746D8A9" w14:textId="03F2B2F3" w:rsidR="00FA1A97" w:rsidRDefault="00FA1A97" w:rsidP="00FD49AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2752,72 +2695,96 @@
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="524F905E" w14:textId="1FD4E2DE" w:rsidR="003A0CAE" w:rsidRPr="00960A87" w:rsidRDefault="003A0CAE" w:rsidP="003A0CAE">
+          <w:p w14:paraId="524F905E" w14:textId="14970382" w:rsidR="003A0CAE" w:rsidRPr="00960A87" w:rsidRDefault="003A0CAE" w:rsidP="003A0CAE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">S2 - </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA1A97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DMSB-SuperMoto-Meisterschaft</w:t>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE70BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>eutscher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA1A97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-SuperMoto-</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE70BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Cup</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="5"/>
     </w:tbl>
     <w:p w14:paraId="62DEA006" w14:textId="6E30A906" w:rsidR="003A0CAE" w:rsidRPr="002F7A5D" w:rsidRDefault="003A0CAE" w:rsidP="003A0CAE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -2929,72 +2896,80 @@
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB992B4" w14:textId="77777777" w:rsidR="00133A51" w:rsidRPr="00960A87" w:rsidRDefault="00133A51" w:rsidP="00CD35E4">
+          <w:p w14:paraId="5FB992B4" w14:textId="0116AF74" w:rsidR="00133A51" w:rsidRPr="00960A87" w:rsidRDefault="00133A51" w:rsidP="00CD35E4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">S3 - </w:t>
             </w:r>
             <w:r w:rsidRPr="00FA1A97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>DMSB</w:t>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="006C6FE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>eutscher</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA1A97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SuperMoto</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
@@ -3075,51 +3050,51 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
             <w:r w:rsidR="00133A51">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Europa-offen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CAE" w:rsidRPr="00D05F5E" w14:paraId="51EBFAC9" w14:textId="77777777" w:rsidTr="003A0CAE">
+      <w:tr w:rsidR="003A0CAE" w:rsidRPr="006C6FE2" w14:paraId="51EBFAC9" w14:textId="77777777" w:rsidTr="003A0CAE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12A4BCCD" w14:textId="77777777" w:rsidR="003A0CAE" w:rsidRPr="00960A87" w:rsidRDefault="003A0CAE" w:rsidP="003A0CAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -3292,51 +3267,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">S5 - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00D549EE" w:rsidRPr="005569A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Einsteiger</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CAE" w:rsidRPr="00D05F5E" w14:paraId="365C8126" w14:textId="77777777" w:rsidTr="003A0CAE">
+      <w:tr w:rsidR="003A0CAE" w:rsidRPr="006C6FE2" w14:paraId="365C8126" w14:textId="77777777" w:rsidTr="003A0CAE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="121C7353" w14:textId="769F8D03" w:rsidR="003A0CAE" w:rsidRPr="00960A87" w:rsidRDefault="003A0CAE" w:rsidP="003A0CAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -3408,51 +3383,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Basissport</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CAE" w:rsidRPr="00D05F5E" w14:paraId="7DA1D869" w14:textId="77777777" w:rsidTr="003A0CAE">
+      <w:tr w:rsidR="003A0CAE" w:rsidRPr="006C6FE2" w14:paraId="7DA1D869" w14:textId="77777777" w:rsidTr="003A0CAE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AF64E61" w14:textId="61F196EE" w:rsidR="003A0CAE" w:rsidRPr="00960A87" w:rsidRDefault="003A0CAE" w:rsidP="003A0CAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -3479,106 +3454,96 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8789" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3629D374" w14:textId="003713E7" w:rsidR="003A0CAE" w:rsidRPr="00960A87" w:rsidRDefault="00DE2C2E" w:rsidP="003A0CAE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Junioren - </w:t>
+            </w:r>
+            <w:r w:rsidR="003A0CAE" w:rsidRPr="00AB400E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ADAC SuperMoto Trophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Junioren</w:t>
+              <w:t>Basissport</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - </w:t>
-[...32 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A0CAE" w:rsidRPr="00D05F5E" w14:paraId="337EF8C6" w14:textId="77777777" w:rsidTr="003A0CAE">
+      <w:tr w:rsidR="003A0CAE" w:rsidRPr="006C6FE2" w14:paraId="337EF8C6" w14:textId="77777777" w:rsidTr="003A0CAE">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B8675C8" w14:textId="0C381662" w:rsidR="003A0CAE" w:rsidRPr="00960A87" w:rsidRDefault="003A0CAE" w:rsidP="003A0CAE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
@@ -3949,98 +3914,112 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>7.</w:t>
       </w:r>
       <w:r w:rsidR="00CD5283" w:rsidRPr="00CD5283">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wertung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BFF3275" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRPr="002F7A5D" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Hlk145420569"/>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:p w14:paraId="183F7F9C" w14:textId="53CC3362" w:rsidR="00CD5283" w:rsidRPr="002F7A5D" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
+    <w:p w14:paraId="183F7F9C" w14:textId="74A65F1F" w:rsidR="00CD5283" w:rsidRPr="002F7A5D" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD5283">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Wertung erfolgt gemäß </w:t>
       </w:r>
       <w:r w:rsidRPr="002F7A5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Art.</w:t>
       </w:r>
       <w:r w:rsidR="00EF639B" w:rsidRPr="002F7A5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="002F7A5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> der DMSB-</w:t>
       </w:r>
       <w:r w:rsidR="00EF639B" w:rsidRPr="002F7A5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SuperMoto</w:t>
       </w:r>
       <w:r w:rsidRPr="002F7A5D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Prädikatsbestimmungen </w:t>
+        <w:t xml:space="preserve"> Prädikatsbestimmungen</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F7A5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10EA76DA" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="256105DC" w14:textId="77777777" w:rsidR="002F7A5D" w:rsidRPr="002F7A5D" w:rsidRDefault="002F7A5D" w:rsidP="00CD5283">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:after="120"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -4358,128 +4337,113 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>portkommissar:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3958C275" w14:textId="2C264BC6" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3958C275" w14:textId="66A525F8" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="054140C9" w14:textId="197470C6" w:rsidR="00707B0C" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
+          <w:p w14:paraId="054140C9" w14:textId="68AE7BE6" w:rsidR="00707B0C" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Lizenznr.: </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>SPM1013591</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00707B0C" w:rsidRPr="0063705F" w14:paraId="0D8531C8" w14:textId="335F22AE" w:rsidTr="00707B0C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="416966DC" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sportkommissar:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="039BDD4B" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="63C247DF" w14:textId="7DFE63A3" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4501,51 +4465,50 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49D38D96" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rennleiter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53EB9BB7" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="188C7BE2" w14:textId="23415B94" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4567,51 +4530,50 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1130DA32" w14:textId="64028AD2" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telefon Mobil:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A2F684A" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="258FCC5F" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4633,51 +4595,50 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Veranstaltungssekretär</w:t>
             </w:r>
             <w:r w:rsidRPr="00E547BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BB066CE" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="532BCA37" w14:textId="1D62FDE1" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4699,51 +4660,50 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BBAC64F" w14:textId="642415CB" w:rsidR="00707B0C" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Telefon Mobil:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57569878" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69AF4B60" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -4771,51 +4731,50 @@
               </w:rPr>
               <w:t>Leiter d</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Streckensicherung:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="426755EF" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5AB0993C" w14:textId="79B274A8" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -4852,135 +4811,120 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>echn. Kommissar:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57A40D80" w14:textId="6C3C7B56" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00D05F5E" w:rsidP="00F50E17">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="57A40D80" w14:textId="4C08475C" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2ADD66" w14:textId="186D5804" w:rsidR="00707B0C" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
+          <w:p w14:paraId="6F2ADD66" w14:textId="08D41A79" w:rsidR="00707B0C" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lizenznr.:</w:t>
             </w:r>
             <w:r w:rsidR="00D05F5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>SPM1193594</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00707B0C" w:rsidRPr="0063705F" w14:paraId="128EDFD8" w14:textId="1FE844C7" w:rsidTr="00707B0C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C22F71D" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Technischer Kommissar:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="646F07E6" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2CA33C78" w14:textId="19DF6058" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5002,51 +4946,50 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E2E1A6B" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Technischer Kommissar:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19B83026" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58853D9D" w14:textId="297FE16B" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5082,51 +5025,50 @@
               <w:t>Zeitnahme</w:t>
             </w:r>
             <w:r w:rsidR="006D63EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-Kommissar</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EA6E2A4" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74F7C20B" w14:textId="18839FA6" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5149,51 +5091,50 @@
           </w:tcPr>
           <w:p w14:paraId="2EA18D8C" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Umweltbeauftragter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2878" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06BFF98C" w14:textId="77777777" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2898" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="16FDA20B" w14:textId="0C906DF0" w:rsidR="00707B0C" w:rsidRPr="0063705F" w:rsidRDefault="00707B0C" w:rsidP="00F50E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -5307,144 +5248,141 @@
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="556D1DF0" w14:textId="293A5E5D" w:rsidR="00843FAC" w:rsidRDefault="00843FAC" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vors. Schiedsgericht: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5622535B" w14:textId="77777777" w:rsidR="00843FAC" w:rsidRPr="0063705F" w:rsidRDefault="00843FAC" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00843FAC" w:rsidRPr="0063705F" w14:paraId="5B22531E" w14:textId="77777777" w:rsidTr="008D1FA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="754254BF" w14:textId="43AFA81B" w:rsidR="00843FAC" w:rsidRPr="0063705F" w:rsidRDefault="00843FAC" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schiedsgericht</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CBA1E1F" w14:textId="77777777" w:rsidR="00843FAC" w:rsidRPr="0063705F" w:rsidRDefault="00843FAC" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00843FAC" w:rsidRPr="0063705F" w14:paraId="71B85471" w14:textId="77777777" w:rsidTr="008D1FA3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EDB8728" w14:textId="01A48C78" w:rsidR="00843FAC" w:rsidRPr="0063705F" w:rsidRDefault="00843FAC" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schiedsgericht</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56DCDA87" w14:textId="77777777" w:rsidR="00843FAC" w:rsidRPr="0063705F" w:rsidRDefault="00843FAC" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2058EF2D" w14:textId="0EDC4281" w:rsidR="00843FAC" w:rsidRDefault="00843FAC" w:rsidP="00FB5DEE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32F00856" w14:textId="77777777" w:rsidR="00843FAC" w:rsidRDefault="00843FAC" w:rsidP="00FB5DEE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5486,91 +5424,89 @@
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="49803493" w14:textId="77777777" w:rsidR="003A5E2F" w:rsidRPr="0063705F" w:rsidRDefault="003A5E2F" w:rsidP="00C32CB2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sportwartesitzung 1:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="566DC9E3" w14:textId="77777777" w:rsidR="003A5E2F" w:rsidRPr="0063705F" w:rsidRDefault="003A5E2F" w:rsidP="001555A9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="0C027132" w14:textId="77777777" w:rsidTr="00FB5DEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50F2D5C6" w14:textId="77777777" w:rsidR="003A5E2F" w:rsidRPr="0063705F" w:rsidRDefault="003A5E2F" w:rsidP="00C32CB2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sportwartesitzung 2:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EFFF263" w14:textId="77777777" w:rsidR="003A5E2F" w:rsidRPr="0063705F" w:rsidRDefault="003A5E2F" w:rsidP="00C32CB2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="54BD4B9A" w14:textId="77777777" w:rsidR="003A5E2F" w:rsidRPr="001555A9" w:rsidRDefault="003A5E2F" w:rsidP="00D205E5">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EFCFBA4" w14:textId="4E42D06B" w:rsidR="00980121" w:rsidRDefault="00980121">
       <w:pPr>
         <w:rPr>
@@ -5871,92 +5807,90 @@
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B9B5EBA" w14:textId="77777777" w:rsidR="009D3985" w:rsidRPr="0063705F" w:rsidRDefault="009D3985" w:rsidP="001667CD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dokumentenabnahme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="628DC808" w14:textId="77777777" w:rsidR="009D3985" w:rsidRPr="0063705F" w:rsidRDefault="009D3985" w:rsidP="00C32CB2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0063705F" w:rsidRPr="0063705F" w14:paraId="10A7572B" w14:textId="77777777" w:rsidTr="00FB5DEE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BAF6D6E" w14:textId="77777777" w:rsidR="009D3985" w:rsidRPr="0063705F" w:rsidRDefault="009D3985" w:rsidP="001667CD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Technische Abnahme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2405E177" w14:textId="77777777" w:rsidR="009D3985" w:rsidRPr="0063705F" w:rsidRDefault="009D3985" w:rsidP="00C32CB2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0C31D214" w14:textId="77777777" w:rsidR="00C40518" w:rsidRDefault="00C40518" w:rsidP="00D205E5">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55EAD71B" w14:textId="77777777" w:rsidR="003A0CAE" w:rsidRDefault="003A0CAE" w:rsidP="003A0CAE">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -7053,70 +6987,80 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>250 €</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DFF0091" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRPr="001D1115" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3AC5ACCB" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRPr="001D1115" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
+    <w:p w14:paraId="3AC5ACCB" w14:textId="2D927527" w:rsidR="00CD5283" w:rsidRPr="001D1115" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Berufungskaution - zahlbar an den DMSB</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C82B3CC" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Status National/Europa-offen</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7291,209 +7235,185 @@
     <w:p w14:paraId="5828CE9A" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRPr="00C636E9" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308ABCBE" w14:textId="014FA5C8" w:rsidR="00CD5283" w:rsidRPr="00C636E9" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
+    <w:p w14:paraId="308ABCBE" w14:textId="149B86E3" w:rsidR="00CD5283" w:rsidRPr="00C636E9" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
       </w:r>
       <w:r w:rsidR="007048FE" w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 65 </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des DMS</w:t>
       </w:r>
       <w:r w:rsidR="007048FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
+      <w:r w:rsidR="006C6FE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> versichert.</w:t>
+        <w:t>versichert.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="557793D9" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRPr="00C636E9" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="676FC8F7" w14:textId="3CD8E585" w:rsidR="00CD5283" w:rsidRPr="00C636E9" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
+    <w:p w14:paraId="676FC8F7" w14:textId="27F1D64B" w:rsidR="00CD5283" w:rsidRPr="00C636E9" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Art. 97 des DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> Art. 97 des DMSG </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="467DA377" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRPr="00C636E9" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Änderung der Ausschreibung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF4F01C" w14:textId="1402DC7C" w:rsidR="00CD5283" w:rsidRPr="00C636E9" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
+    <w:p w14:paraId="5CF4F01C" w14:textId="43F1A272" w:rsidR="00CD5283" w:rsidRPr="00C636E9" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -7510,121 +7430,105 @@
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BAC40E2" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRPr="00C636E9" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C636E9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A41E85B" w14:textId="12B5F4E3" w:rsidR="00CD5283" w:rsidRPr="001D1115" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
+    <w:p w14:paraId="5A41E85B" w14:textId="14BA2387" w:rsidR="00CD5283" w:rsidRPr="001D1115" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">gemäß </w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>Art. 41 des DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>Art. 41 des DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7BC520" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRPr="001D1115" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00461CD8" w14:textId="77777777" w:rsidR="00CD5283" w:rsidRPr="000235C4" w:rsidRDefault="00CD5283" w:rsidP="00CD5283">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
@@ -7672,70 +7576,70 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000235C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIM, der FIM Europe und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:sectPr w:rsidR="00CD5283" w:rsidRPr="002039E8" w:rsidSect="00FA1A97">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1843" w:left="1418" w:header="720" w:footer="505" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="42F24258" w14:textId="77777777" w:rsidR="00007908" w:rsidRDefault="00007908">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7B933A99" w14:textId="77777777" w:rsidR="00007908" w:rsidRDefault="00007908">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7773,51 +7677,51 @@
   <w:font w:name="HelveticaNeue BoldCond">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="212AA203" w14:textId="77777777" w:rsidR="00FA1A97" w:rsidRPr="00055F20" w:rsidRDefault="00FA1A97" w:rsidP="00FA1A97">
     <w:pPr>
       <w:ind w:left="-142" w:right="-711"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
@@ -8163,51 +8067,51 @@
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Koordination Motorradsport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="653F084E" w14:textId="77777777" w:rsidR="00FA1A97" w:rsidRPr="00055F20" w:rsidRDefault="00FA1A97" w:rsidP="00FA1A97">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3E2E8475" w14:textId="30CDA78C" w:rsidR="00FA1A97" w:rsidRPr="00055F20" w:rsidRDefault="00FA1A97" w:rsidP="00FA1A97">
+  <w:p w14:paraId="3E2E8475" w14:textId="7B695CC6" w:rsidR="00FA1A97" w:rsidRPr="00055F20" w:rsidRDefault="00FA1A97" w:rsidP="00FA1A97">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -8227,59 +8131,59 @@
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>– Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="005968CD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00D579A6">
+    <w:r w:rsidR="006C6FE2">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -8416,70 +8320,70 @@
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.d</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="706F6243" w14:textId="77777777" w:rsidR="00007908" w:rsidRDefault="00007908">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7F937130" w14:textId="77777777" w:rsidR="00007908" w:rsidRDefault="00007908">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A4D10D4" w14:textId="77777777" w:rsidR="00E205A7" w:rsidRDefault="00E205A7">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B8625F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D23BD51" wp14:editId="6F2299F9">
           <wp:extent cx="1447800" cy="227311"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="12" name="Grafik 12"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -8498,51 +8402,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1468666" cy="230587"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05583EEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BE14AA00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07491FDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="412EEF40"/>
@@ -9669,102 +9573,103 @@
   <w:num w:numId="11" w16cid:durableId="471020796">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1334995452">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1236285734">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2072461106">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="367606642">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1509439039">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1613393795">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0034226A"/>
     <w:rsid w:val="00001378"/>
     <w:rsid w:val="00007908"/>
     <w:rsid w:val="00020937"/>
     <w:rsid w:val="000232F2"/>
     <w:rsid w:val="0003352B"/>
     <w:rsid w:val="000532D4"/>
     <w:rsid w:val="000548E4"/>
     <w:rsid w:val="00057167"/>
     <w:rsid w:val="000609B6"/>
     <w:rsid w:val="00074083"/>
     <w:rsid w:val="0008179A"/>
     <w:rsid w:val="00086D43"/>
     <w:rsid w:val="000B27D0"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000D268E"/>
     <w:rsid w:val="000F3FD4"/>
     <w:rsid w:val="00107414"/>
     <w:rsid w:val="001113E7"/>
     <w:rsid w:val="00112E2E"/>
     <w:rsid w:val="00133A51"/>
     <w:rsid w:val="00151445"/>
     <w:rsid w:val="001555A9"/>
     <w:rsid w:val="001603BD"/>
     <w:rsid w:val="001667CD"/>
     <w:rsid w:val="00166990"/>
     <w:rsid w:val="00166A26"/>
     <w:rsid w:val="00190909"/>
     <w:rsid w:val="001943AB"/>
     <w:rsid w:val="001A572D"/>
     <w:rsid w:val="001B50E4"/>
     <w:rsid w:val="001C08C3"/>
     <w:rsid w:val="001D7BC8"/>
     <w:rsid w:val="001E2F27"/>
     <w:rsid w:val="001E489C"/>
     <w:rsid w:val="001E4FC2"/>
     <w:rsid w:val="001F44B0"/>
     <w:rsid w:val="002008E9"/>
     <w:rsid w:val="002039E8"/>
     <w:rsid w:val="00207A46"/>
@@ -9847,50 +9752,51 @@
     <w:rsid w:val="005D0E25"/>
     <w:rsid w:val="005D3D21"/>
     <w:rsid w:val="005F02D5"/>
     <w:rsid w:val="005F0796"/>
     <w:rsid w:val="005F38BB"/>
     <w:rsid w:val="005F6D18"/>
     <w:rsid w:val="00616E1A"/>
     <w:rsid w:val="0061763F"/>
     <w:rsid w:val="00626DC4"/>
     <w:rsid w:val="00634143"/>
     <w:rsid w:val="0063705F"/>
     <w:rsid w:val="00637938"/>
     <w:rsid w:val="006414F6"/>
     <w:rsid w:val="006436AC"/>
     <w:rsid w:val="0064531F"/>
     <w:rsid w:val="00646B31"/>
     <w:rsid w:val="00647702"/>
     <w:rsid w:val="00663833"/>
     <w:rsid w:val="00673079"/>
     <w:rsid w:val="0068041F"/>
     <w:rsid w:val="00682CA5"/>
     <w:rsid w:val="0068347D"/>
     <w:rsid w:val="006A469A"/>
     <w:rsid w:val="006B2F1C"/>
     <w:rsid w:val="006C3A23"/>
+    <w:rsid w:val="006C6FE2"/>
     <w:rsid w:val="006D63EF"/>
     <w:rsid w:val="006F590F"/>
     <w:rsid w:val="00702952"/>
     <w:rsid w:val="007048FE"/>
     <w:rsid w:val="00707B0C"/>
     <w:rsid w:val="00711904"/>
     <w:rsid w:val="00711FDE"/>
     <w:rsid w:val="00713DA8"/>
     <w:rsid w:val="00723E09"/>
     <w:rsid w:val="00730542"/>
     <w:rsid w:val="00792E55"/>
     <w:rsid w:val="007A4F35"/>
     <w:rsid w:val="007B3070"/>
     <w:rsid w:val="007B6986"/>
     <w:rsid w:val="007B6C5B"/>
     <w:rsid w:val="007B751A"/>
     <w:rsid w:val="007C49A6"/>
     <w:rsid w:val="007C658B"/>
     <w:rsid w:val="007D7609"/>
     <w:rsid w:val="007E712E"/>
     <w:rsid w:val="007F227F"/>
     <w:rsid w:val="007F6988"/>
     <w:rsid w:val="007F7E9F"/>
     <w:rsid w:val="00800876"/>
     <w:rsid w:val="00831127"/>
@@ -9951,50 +9857,51 @@
     <w:rsid w:val="00AD5A1F"/>
     <w:rsid w:val="00AE1B7D"/>
     <w:rsid w:val="00AE48D3"/>
     <w:rsid w:val="00AF15A7"/>
     <w:rsid w:val="00B118D5"/>
     <w:rsid w:val="00B2062E"/>
     <w:rsid w:val="00B24F96"/>
     <w:rsid w:val="00B371F5"/>
     <w:rsid w:val="00B440C7"/>
     <w:rsid w:val="00B4553C"/>
     <w:rsid w:val="00B47CAD"/>
     <w:rsid w:val="00B50552"/>
     <w:rsid w:val="00B717EB"/>
     <w:rsid w:val="00B8402F"/>
     <w:rsid w:val="00B85819"/>
     <w:rsid w:val="00B8625F"/>
     <w:rsid w:val="00B870B2"/>
     <w:rsid w:val="00B87ED8"/>
     <w:rsid w:val="00B926FF"/>
     <w:rsid w:val="00B9460B"/>
     <w:rsid w:val="00BA12DD"/>
     <w:rsid w:val="00BA1B8A"/>
     <w:rsid w:val="00BD4B42"/>
     <w:rsid w:val="00BE04B8"/>
     <w:rsid w:val="00BE0CEF"/>
+    <w:rsid w:val="00BE70BB"/>
     <w:rsid w:val="00BF5B8C"/>
     <w:rsid w:val="00BF5C21"/>
     <w:rsid w:val="00BF7D8A"/>
     <w:rsid w:val="00C03A61"/>
     <w:rsid w:val="00C14124"/>
     <w:rsid w:val="00C16696"/>
     <w:rsid w:val="00C338CD"/>
     <w:rsid w:val="00C35D09"/>
     <w:rsid w:val="00C40518"/>
     <w:rsid w:val="00C47B20"/>
     <w:rsid w:val="00C50829"/>
     <w:rsid w:val="00C51118"/>
     <w:rsid w:val="00C51631"/>
     <w:rsid w:val="00C60649"/>
     <w:rsid w:val="00C813E4"/>
     <w:rsid w:val="00C962E0"/>
     <w:rsid w:val="00CA6F91"/>
     <w:rsid w:val="00CB0A21"/>
     <w:rsid w:val="00CB5B2B"/>
     <w:rsid w:val="00CB6BBD"/>
     <w:rsid w:val="00CC0307"/>
     <w:rsid w:val="00CD5283"/>
     <w:rsid w:val="00CD7553"/>
     <w:rsid w:val="00CE1556"/>
     <w:rsid w:val="00CE45A4"/>
@@ -10080,51 +9987,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="68697658"/>
   <w15:docId w15:val="{423DC5E9-BD99-4103-8D25-BD2BB20C265D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10966,51 +10873,51 @@
     <w:basedOn w:val="Standard"/>
     <w:link w:val="HBTEXT10pBLOCKSATZZchn"/>
     <w:qFormat/>
     <w:rsid w:val="00CD5283"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HBTEXT10pBLOCKSATZZchn">
     <w:name w:val="HB TEXT 10p BLOCKSATZ Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="HBTEXT10pBLOCKSATZ"/>
     <w:rsid w:val="00CD5283"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="65080968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="906840464">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11417,67 +11324,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{494CB3EC-DD2E-449B-9873-053F7D6652BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>773</Words>
-  <Characters>5901</Characters>
+  <Words>747</Words>
+  <Characters>5762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>140</Lines>
+  <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausschreibung SuperMoto</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6661</CharactersWithSpaces>
+  <CharactersWithSpaces>6434</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ausschreibung SuperMoto</dc:title>
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>