--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -5,87 +5,87 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="46A94E4F" w14:textId="77777777" w:rsidR="00F010F6" w:rsidRPr="0092710A" w:rsidRDefault="00F010F6" w:rsidP="00FF38E6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8952"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F010F6" w:rsidRPr="00F010F6" w14:paraId="008059A5" w14:textId="77777777" w:rsidTr="00011FD1">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="682DFFA5" w14:textId="5448095C" w:rsidR="00DB5852" w:rsidRDefault="00F010F6" w:rsidP="00DB5852">
+          <w:p w14:paraId="682DFFA5" w14:textId="3F07D988" w:rsidR="00DB5852" w:rsidRDefault="00F010F6" w:rsidP="00DB5852">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5A1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB - Ausschreibung </w:t>
             </w:r>
@@ -94,58 +94,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Straßensport</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5A1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="00D47989">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0095376C">
+            <w:r w:rsidR="004D6A7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47B539B4" w14:textId="0BAAF49B" w:rsidR="00011FD1" w:rsidRDefault="00011FD1" w:rsidP="00DB5852">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -527,177 +527,173 @@
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk120789565"/>
             <w:r w:rsidRPr="00897DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DMSB</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-NMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3CF0B643" w14:textId="77777777" w:rsidR="00EF29D1" w:rsidRDefault="00EF29D1" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF29D1" w14:paraId="6C3C28EE" w14:textId="77777777" w:rsidTr="00DA37E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E327792" w14:textId="56E2C335" w:rsidR="00EF29D1" w:rsidRDefault="00EF29D1" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM Europe-EMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6121E431" w14:textId="77777777" w:rsidR="00EF29D1" w:rsidRDefault="00EF29D1" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF29D1" w14:paraId="3F57E72D" w14:textId="77777777" w:rsidTr="00DA37E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5AFB1956" w14:textId="2AB33700" w:rsidR="00EF29D1" w:rsidRDefault="00EF29D1" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM-IMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6E07E137" w14:textId="77777777" w:rsidR="00EF29D1" w:rsidRDefault="00EF29D1" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF29D1" w14:paraId="1A473562" w14:textId="77777777" w:rsidTr="00DA37E1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A4C8E47" w14:textId="32401D3E" w:rsidR="00EF29D1" w:rsidRPr="00E93973" w:rsidRDefault="00EF29D1" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93973">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eintragung Promoter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="55FB06F8" w14:textId="77777777" w:rsidR="00EF29D1" w:rsidRPr="00E547BB" w:rsidRDefault="00EF29D1" w:rsidP="000878F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="7225B58A" w14:textId="4F87DE69" w:rsidR="004B571B" w:rsidRDefault="004B571B" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A6C3085" w14:textId="77777777" w:rsidR="00EF29D1" w:rsidRDefault="00EF29D1" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -1874,67 +1870,67 @@
           </w:tcPr>
           <w:p w14:paraId="0763CD2B" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1AC2A06C" w14:textId="09BC3EC4" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="1AC2A06C" w14:textId="49ABE3E1" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
@@ -1955,67 +1951,67 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FEA1AC7" w14:textId="46619D3F" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20EEFC46" w14:textId="65CC0659" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="20EEFC46" w14:textId="20FB7695" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB7826" w:rsidRPr="00775319" w14:paraId="3BED848C" w14:textId="0B50D303" w:rsidTr="00CB7826">
         <w:tc>
@@ -2024,67 +2020,67 @@
           </w:tcPr>
           <w:p w14:paraId="5388F61D" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48569060" w14:textId="19B3B11E" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="48569060" w14:textId="7A31B8C6" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
@@ -2105,67 +2101,67 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25DEF545" w14:textId="3560D40C" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Q</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36BBDBCE" w14:textId="61D6674E" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="36BBDBCE" w14:textId="43FBA8DD" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00E1025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2181,67 +2177,67 @@
           </w:tcPr>
           <w:p w14:paraId="2202C840" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5FC90D79" w14:textId="65C2A973" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="5FC90D79" w14:textId="3D4F3A46" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="001D46D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2269,72 +2265,72 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="053E27DF" w14:textId="2E10D2A4" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="027E97F4" w14:textId="0E9331BA" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="027E97F4" w14:textId="4F761157" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00E737BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00E1025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2345,72 +2341,72 @@
           </w:tcPr>
           <w:p w14:paraId="68C61DE1" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="137521A0" w14:textId="3A38481B" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="001D46D8" w:rsidP="00CB7826">
+          <w:p w14:paraId="137521A0" w14:textId="7F5C703A" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="001D46D8" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
-[...4 lines deleted...]
-              <w:t>5</w:t>
+            <w:r w:rsidR="00E737BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00CB7826">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00CB7826" w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r w:rsidR="00CB7826">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2433,67 +2429,67 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6D538D6C" w14:textId="4681DF51" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D5C5130" w14:textId="2A50FE8D" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="5D5C5130" w14:textId="0C23ACCD" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB7826" w:rsidRPr="00775319" w14:paraId="0C2FA237" w14:textId="39A37F78" w:rsidTr="00CB7826">
         <w:tc>
@@ -2502,67 +2498,67 @@
           </w:tcPr>
           <w:p w14:paraId="47AC90CD" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="423BD38D" w14:textId="6CB0D5B5" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="423BD38D" w14:textId="4FC77625" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
@@ -2583,67 +2579,67 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03169A6C" w14:textId="45853732" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="505E010D" w14:textId="056E3B07" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="505E010D" w14:textId="1D0DF001" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB7826" w:rsidRPr="00775319" w14:paraId="23808652" w14:textId="415B1D20" w:rsidTr="00CB7826">
         <w:tc>
@@ -2652,72 +2648,72 @@
           </w:tcPr>
           <w:p w14:paraId="1A6ED13A" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="285D6F38" w14:textId="3BEA2F03" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="285D6F38" w14:textId="1B52D4C5" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00E737BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="001D46D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2740,72 +2736,72 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DD19C41" w14:textId="7057CC27" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>U</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F792073" w14:textId="23A7B2DD" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="5F792073" w14:textId="041AAD28" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00E737BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00E1025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2816,72 +2812,72 @@
           </w:tcPr>
           <w:p w14:paraId="14ADBC80" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="682543A1" w14:textId="6A51CE73" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="682543A1" w14:textId="07DA18F8" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00E737BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="001D46D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2904,72 +2900,72 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77E7688E" w14:textId="738F604C" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33A189C1" w14:textId="6470A7EC" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="33A189C1" w14:textId="3544D985" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00E737BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00E1025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2980,72 +2976,72 @@
           </w:tcPr>
           <w:p w14:paraId="3AFAC291" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4106FC3C" w14:textId="7E417567" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="4106FC3C" w14:textId="79113310" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00E737BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="001D46D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3068,72 +3064,72 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FE11E4F" w14:textId="43CDFB1B" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED7CCD9" w14:textId="46BC99FC" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="2ED7CCD9" w14:textId="6095E8B8" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00E737BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00E1025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -3144,72 +3140,72 @@
           </w:tcPr>
           <w:p w14:paraId="67757931" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20B732B5" w14:textId="6B854345" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="20B732B5" w14:textId="03C9C89F" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00E737BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00E1025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3232,72 +3228,72 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33F5E4CE" w14:textId="08977BBA" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0413E4FD" w14:textId="6EB047CE" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="0413E4FD" w14:textId="17E6F50D" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
-[...4 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="00E737BB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00E1025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -3308,67 +3304,67 @@
           </w:tcPr>
           <w:p w14:paraId="1FCD900A" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1B8D73" w14:textId="319AA103" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="2C1B8D73" w14:textId="0AD1C77C" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
@@ -3389,67 +3385,67 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6885FCF9" w14:textId="5967EC01" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF88911" w14:textId="01E85F06" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="7CF88911" w14:textId="31FC7644" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00E1025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3465,67 +3461,67 @@
           </w:tcPr>
           <w:p w14:paraId="17133EC6" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="585BE721" w14:textId="1F736516" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="585BE721" w14:textId="74636F9B" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00E1025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3553,67 +3549,67 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74BA0EFF" w14:textId="5C9F08B1" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Z</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11984A93" w14:textId="6176754F" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="11984A93" w14:textId="06705AEB" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="00E1025B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -3629,67 +3625,67 @@
           </w:tcPr>
           <w:p w14:paraId="2744F704" w14:textId="4755E4C0" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC52B4C" w14:textId="12D904E2" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+          <w:p w14:paraId="1BC52B4C" w14:textId="6FC8DBED" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00680DED">
+            <w:r w:rsidR="00E737BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00775319">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0,-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> €</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="284" w:type="dxa"/>
@@ -3725,51 +3721,51 @@
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1570C055" w14:textId="577D9594" w:rsidR="00CB7826" w:rsidRPr="00775319" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5CADD140" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="0085048B" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
       <w:pPr>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="134176E5" w14:textId="64E3D28D" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
+    <w:p w14:paraId="134176E5" w14:textId="4839E40F" w:rsidR="00CB7826" w:rsidRPr="001E766C" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E766C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Hinweis:</w:t>
       </w:r>
       <w:r w:rsidR="001D46D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E766C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -3804,56 +3800,56 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00E1025B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E1025B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="001D46D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00680DED">
+      <w:r w:rsidR="00E737BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="001E766C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>,-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> €</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="517ADF38" w14:textId="199E9C76" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="001D46D8">
       <w:pPr>
@@ -3912,107 +3908,107 @@
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00680DED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="001E766C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>0,-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="697B7E67" w14:textId="34AB6087" w:rsidR="00E1025B" w:rsidRPr="001E766C" w:rsidRDefault="00E1025B" w:rsidP="001D46D8">
+    <w:p w14:paraId="697B7E67" w14:textId="13889132" w:rsidR="00E1025B" w:rsidRPr="001E766C" w:rsidRDefault="00E1025B" w:rsidP="001D46D8">
       <w:pPr>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Einstellfahrten </w:t>
       </w:r>
       <w:r w:rsidR="00680DED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Hockenheim</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00680DED">
+      <w:r w:rsidR="004D6A7E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>0,- € alle Klassen, Doppelstarter: 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E737BB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>7</w:t>
-      </w:r>
-[...12 lines deleted...]
-        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>0,- €</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FA880C8" w14:textId="77777777" w:rsidR="00451B91" w:rsidRDefault="00451B91" w:rsidP="003A5E2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="097FC84E" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4680,51 +4676,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F8650B5" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1876AB65" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkStart w:id="2" w:name="_Hlk53736847"/>
       <w:tr w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w14:paraId="6D64CDC2" w14:textId="1B99F23F" w:rsidTr="00DA37E1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65962AC0" w14:textId="40FF5822" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
@@ -4814,74 +4809,72 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EB1F83D" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C8CFC72" w14:textId="65B19686" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47BD9BC6" w14:textId="68E88851" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4892,51 +4885,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B7AB454" w14:textId="0B137895" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BEF2955" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w14:paraId="2035936A" w14:textId="2111A8E7" w:rsidTr="00DA37E1">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D8678C4" w14:textId="3A88DBD8" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -5009,74 +5001,72 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49F09136" w14:textId="3BC26C02" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CFFAE1E" w14:textId="2CB667BD" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67C78525" w14:textId="6CB67D6C" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5087,51 +5077,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32B33644" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D8965AF" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6574F46C" w14:textId="3D66D795" w:rsidR="00CB7826" w:rsidRDefault="00CB7826" w:rsidP="00CB7826">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -5391,51 +5380,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43826B48" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D5A7FFF" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w14:paraId="5236F5C7" w14:textId="77777777" w:rsidTr="00DF07C4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10DC1E9D" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -5502,143 +5490,138 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CB906E6" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="614AAB3A" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0897ABB6" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DA31E37" w14:textId="1AF38F8A" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00DF07C4" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35CAE731" w14:textId="19620B5F" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00DF07C4" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44141A04" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w14:paraId="416D8AE3" w14:textId="77777777" w:rsidTr="00DF07C4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="217FA378" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -5704,143 +5687,138 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AC83AAD" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E7FC31B" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="666CCEDA" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77487E8C" w14:textId="0CD667CB" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00DF07C4" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="332BBCA4" w14:textId="1858953D" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00DF07C4" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FF0BC1E" w14:textId="77777777" w:rsidR="00CB7826" w:rsidRPr="004C5FE3" w:rsidRDefault="00CB7826" w:rsidP="000878F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F5C600F" w14:textId="2C989052" w:rsidR="009D33D7" w:rsidRDefault="009D33D7" w:rsidP="00FD49AE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71B15A5B" w14:textId="3B7F2431" w:rsidR="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:tabs>
@@ -6477,50 +6455,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="41B9159B" w14:textId="7639D965" w:rsidR="00FD49AE" w:rsidRDefault="00DF07C4" w:rsidP="00CB7826">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00FD49AE" w:rsidRPr="00D205E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FD49AE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Sportwarte</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="8897" w:type="dxa"/>
         <w:tblBorders>
@@ -7990,50 +7969,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="69AA2E01" w14:textId="7AD32DCD" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00257BA5" w:rsidP="00066479">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00D205E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -8463,92 +8443,78 @@
     <w:p w14:paraId="537C291B" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DMSB-Protest-/Berufungskaution</w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D41E1F3" w14:textId="78CFDBF9" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
+    <w:p w14:paraId="5D41E1F3" w14:textId="5575C920" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00391197">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 152 des </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">DMSG </w:t>
-[...13 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
       <w:r w:rsidR="00391197">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gilt </w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -8639,68 +8605,77 @@
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Status National/Europa-offen</w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>140 €</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5146780B" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17781F55" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
+    <w:p w14:paraId="17781F55" w14:textId="22B1B2C8" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Berufungskaution - zahlbar an den DMSB</w:t>
+      </w:r>
+      <w:r w:rsidR="004D6A7E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7656B17A" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Status International</w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -8814,50 +8789,51 @@
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>13.</w:t>
       </w:r>
       <w:r w:rsidR="00B74A5B" w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Versicherung, Haftungsausschluss, Änderung der Ausschreibung und Absage </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4653FD" w14:textId="77777777" w:rsidR="00066479" w:rsidRPr="00B74A5B" w:rsidRDefault="00066479" w:rsidP="00B74A5B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -8867,234 +8843,202 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6331DFD7" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>a) Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B653039" w14:textId="26384A49" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
+    <w:p w14:paraId="0B653039" w14:textId="08867712" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00391197" w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 65 </w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des DMS</w:t>
       </w:r>
       <w:r w:rsidR="00391197">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> versichert</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F7AA83" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F553916" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">b) Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="537BBE22" w14:textId="3EDA5643" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
+    <w:p w14:paraId="537BBE22" w14:textId="2992AF8D" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 97 des </w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">DMSG </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3A0095" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="453532FD" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">c) Änderung der Ausschreibung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65F06838" w14:textId="0C72F889" w:rsidR="00066479" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00066479">
+    <w:p w14:paraId="65F06838" w14:textId="7B658F08" w:rsidR="00066479" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00066479">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Art. 56</w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
@@ -9108,145 +9052,129 @@
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B25603" w14:textId="52DB1445" w:rsidR="00066479" w:rsidRPr="00B74A5B" w:rsidRDefault="00066479" w:rsidP="00066479">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6FFB7344" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>d) Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C81DF08" w14:textId="12E019BA" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
+    <w:p w14:paraId="1C81DF08" w14:textId="022D2BCF" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 41 des </w:t>
       </w:r>
       <w:r w:rsidRPr="00066479">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D55FBF7" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRPr="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00066479">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26B00634" w14:textId="77777777" w:rsidR="00B74A5B" w:rsidRDefault="00B74A5B" w:rsidP="00B74A5B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
@@ -9300,70 +9228,70 @@
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIM, der FIM Europe und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C256066" w14:textId="3E25EB96" w:rsidR="00257BA5" w:rsidRDefault="00257BA5" w:rsidP="00AF15A7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00257BA5" w:rsidSect="009108A1">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1560" w:right="1418" w:bottom="2127" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="62914D97" w14:textId="77777777" w:rsidR="002F4032" w:rsidRDefault="002F4032">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5B0F0310" w14:textId="77777777" w:rsidR="002F4032" w:rsidRDefault="002F4032">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -9399,51 +9327,51 @@
   </w:font>
   <w:font w:name="HelveticaNeue BoldCond">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1421B645" w14:textId="77777777" w:rsidR="00451B91" w:rsidRPr="00055F20" w:rsidRDefault="00451B91" w:rsidP="00451B91">
     <w:pPr>
       <w:ind w:left="-142" w:right="-711"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
@@ -9795,51 +9723,51 @@
               <w:rFonts w:cs="Arial"/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Koordination Motorradsport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="66415A8F" w14:textId="77777777" w:rsidR="00451B91" w:rsidRPr="00055F20" w:rsidRDefault="00451B91" w:rsidP="00451B91">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="743C19B4" w14:textId="3BDC75D7" w:rsidR="00451B91" w:rsidRPr="00055F20" w:rsidRDefault="00451B91" w:rsidP="00451B91">
+  <w:p w14:paraId="743C19B4" w14:textId="2CB1771B" w:rsidR="00451B91" w:rsidRPr="00055F20" w:rsidRDefault="00451B91" w:rsidP="00451B91">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -9859,59 +9787,59 @@
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="00782FE7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="0095376C">
+    <w:r w:rsidR="004D6A7E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -10039,70 +9967,70 @@
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.d</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="01634C57" w14:textId="77777777" w:rsidR="002F4032" w:rsidRDefault="002F4032">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5DC9E07A" w14:textId="77777777" w:rsidR="002F4032" w:rsidRDefault="002F4032">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3278EABB" w14:textId="3D8915CB" w:rsidR="00451B91" w:rsidRDefault="000D14C0">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="50D7A1E9" wp14:editId="0E43B92E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>21590</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-93980</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="518160" cy="518160"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="2" name="Grafik 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -10253,51 +10181,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1468666" cy="230587"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05583EEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BE14AA00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07491FDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="412EEF40"/>
@@ -11331,52 +11259,52 @@
   <w:num w:numId="10" w16cid:durableId="267588904">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1476026864">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="601380138">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1961035982">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="2046060873">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="375815028">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1563562347">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -11385,50 +11313,51 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0034226A"/>
     <w:rsid w:val="00001378"/>
     <w:rsid w:val="00003C23"/>
     <w:rsid w:val="00011FD1"/>
     <w:rsid w:val="00020937"/>
     <w:rsid w:val="000232F2"/>
     <w:rsid w:val="00045D57"/>
     <w:rsid w:val="00046EF0"/>
     <w:rsid w:val="000532D4"/>
     <w:rsid w:val="000548E4"/>
     <w:rsid w:val="00057167"/>
     <w:rsid w:val="000609B6"/>
     <w:rsid w:val="00066479"/>
     <w:rsid w:val="00074083"/>
     <w:rsid w:val="00086D43"/>
     <w:rsid w:val="000B27D0"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000D14C0"/>
     <w:rsid w:val="000D268E"/>
     <w:rsid w:val="000F3FD4"/>
     <w:rsid w:val="001113E7"/>
     <w:rsid w:val="00112E2E"/>
     <w:rsid w:val="00122E20"/>
     <w:rsid w:val="00132354"/>
     <w:rsid w:val="00136DA8"/>
     <w:rsid w:val="00151445"/>
     <w:rsid w:val="00166990"/>
     <w:rsid w:val="00166A26"/>
     <w:rsid w:val="001837F7"/>
     <w:rsid w:val="001858D7"/>
     <w:rsid w:val="00190909"/>
     <w:rsid w:val="001943AB"/>
     <w:rsid w:val="001A572D"/>
     <w:rsid w:val="001B50E4"/>
     <w:rsid w:val="001B72CF"/>
     <w:rsid w:val="001C08C3"/>
     <w:rsid w:val="001D46D8"/>
     <w:rsid w:val="001E489C"/>
     <w:rsid w:val="001E4FC2"/>
     <w:rsid w:val="001E766C"/>
     <w:rsid w:val="001F44B0"/>
     <w:rsid w:val="002008E9"/>
@@ -11474,50 +11403,51 @@
     <w:rsid w:val="003B0AF3"/>
     <w:rsid w:val="003B5749"/>
     <w:rsid w:val="003C299E"/>
     <w:rsid w:val="003E6527"/>
     <w:rsid w:val="003E6E2A"/>
     <w:rsid w:val="003F27E8"/>
     <w:rsid w:val="00406931"/>
     <w:rsid w:val="00411954"/>
     <w:rsid w:val="0041587E"/>
     <w:rsid w:val="00416B54"/>
     <w:rsid w:val="00423BE1"/>
     <w:rsid w:val="00431A4E"/>
     <w:rsid w:val="00433CCA"/>
     <w:rsid w:val="00436674"/>
     <w:rsid w:val="004418C1"/>
     <w:rsid w:val="00451B91"/>
     <w:rsid w:val="0046280D"/>
     <w:rsid w:val="004705DE"/>
     <w:rsid w:val="00480D93"/>
     <w:rsid w:val="004A3C35"/>
     <w:rsid w:val="004A5654"/>
     <w:rsid w:val="004B571B"/>
     <w:rsid w:val="004C2F93"/>
     <w:rsid w:val="004C3166"/>
     <w:rsid w:val="004C61FF"/>
+    <w:rsid w:val="004D6A7E"/>
     <w:rsid w:val="004D6BFC"/>
     <w:rsid w:val="004D7BBF"/>
     <w:rsid w:val="004F5F10"/>
     <w:rsid w:val="00504DD7"/>
     <w:rsid w:val="00506A1C"/>
     <w:rsid w:val="005132EC"/>
     <w:rsid w:val="005320D8"/>
     <w:rsid w:val="005447D4"/>
     <w:rsid w:val="00550FB7"/>
     <w:rsid w:val="005605A0"/>
     <w:rsid w:val="0056172E"/>
     <w:rsid w:val="0056248D"/>
     <w:rsid w:val="00574C92"/>
     <w:rsid w:val="00582072"/>
     <w:rsid w:val="00583185"/>
     <w:rsid w:val="00583C84"/>
     <w:rsid w:val="005B0375"/>
     <w:rsid w:val="005B4D93"/>
     <w:rsid w:val="005C7B24"/>
     <w:rsid w:val="005C7FB4"/>
     <w:rsid w:val="005D3D21"/>
     <w:rsid w:val="005F0796"/>
     <w:rsid w:val="005F173E"/>
     <w:rsid w:val="00616E1A"/>
     <w:rsid w:val="00620455"/>
@@ -11689,50 +11619,51 @@
     <w:rsid w:val="00DA548A"/>
     <w:rsid w:val="00DB5852"/>
     <w:rsid w:val="00DC115A"/>
     <w:rsid w:val="00DC1555"/>
     <w:rsid w:val="00DC26ED"/>
     <w:rsid w:val="00DD1BF7"/>
     <w:rsid w:val="00DD4E3D"/>
     <w:rsid w:val="00DE544C"/>
     <w:rsid w:val="00DF07C4"/>
     <w:rsid w:val="00DF1F2B"/>
     <w:rsid w:val="00DF301C"/>
     <w:rsid w:val="00E00EFC"/>
     <w:rsid w:val="00E04929"/>
     <w:rsid w:val="00E073E2"/>
     <w:rsid w:val="00E1025B"/>
     <w:rsid w:val="00E16FB4"/>
     <w:rsid w:val="00E205A7"/>
     <w:rsid w:val="00E23166"/>
     <w:rsid w:val="00E23DA8"/>
     <w:rsid w:val="00E25655"/>
     <w:rsid w:val="00E46EEC"/>
     <w:rsid w:val="00E51D50"/>
     <w:rsid w:val="00E5281B"/>
     <w:rsid w:val="00E547BB"/>
     <w:rsid w:val="00E5586E"/>
+    <w:rsid w:val="00E737BB"/>
     <w:rsid w:val="00E846DE"/>
     <w:rsid w:val="00E84EA0"/>
     <w:rsid w:val="00EA0D1E"/>
     <w:rsid w:val="00EA5187"/>
     <w:rsid w:val="00EA7806"/>
     <w:rsid w:val="00EB04C1"/>
     <w:rsid w:val="00EB2294"/>
     <w:rsid w:val="00EB6C9B"/>
     <w:rsid w:val="00EC1C63"/>
     <w:rsid w:val="00ED188C"/>
     <w:rsid w:val="00ED5919"/>
     <w:rsid w:val="00ED78C5"/>
     <w:rsid w:val="00EF293C"/>
     <w:rsid w:val="00EF29D1"/>
     <w:rsid w:val="00F010F6"/>
     <w:rsid w:val="00F173DD"/>
     <w:rsid w:val="00F24BFD"/>
     <w:rsid w:val="00F31F7E"/>
     <w:rsid w:val="00F404C6"/>
     <w:rsid w:val="00F52ABD"/>
     <w:rsid w:val="00F56A9E"/>
     <w:rsid w:val="00F84F2E"/>
     <w:rsid w:val="00F91DBD"/>
     <w:rsid w:val="00F95253"/>
     <w:rsid w:val="00F97874"/>
@@ -11751,51 +11682,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7717CE50"/>
   <w15:docId w15:val="{423DC5E9-BD99-4103-8D25-BD2BB20C265D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12593,51 +12524,51 @@
     <w:link w:val="HBTEXT10pBLOCKSATZ"/>
     <w:locked/>
     <w:rsid w:val="00B74A5B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HBTEXT10pBLOCKSATZ">
     <w:name w:val="HB TEXT 10p BLOCKSATZ"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="HBTEXT10pBLOCKSATZZchn"/>
     <w:qFormat/>
     <w:rsid w:val="00B74A5B"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="65080968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="324556467">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13070,67 +13001,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F04125B7-AE53-462A-90C9-2A13DFCF9E32}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>758</Words>
-  <Characters>5402</Characters>
+  <Words>753</Words>
+  <Characters>5383</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>12</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>598</Lines>
+  <Paragraphs>322</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausschreibung IDM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6148</CharactersWithSpaces>
+  <CharactersWithSpaces>5814</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ausschreibung DHM</dc:title>
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>