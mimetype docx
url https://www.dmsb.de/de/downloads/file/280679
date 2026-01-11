--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -4,53 +4,53 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="52095D69" w14:textId="7E6BF1E3" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="00976765" w:rsidP="00930B85">
+    <w:p w14:paraId="52095D69" w14:textId="430A9607" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="00976765" w:rsidP="00930B85">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>DMSB-</w:t>
       </w:r>
       <w:r w:rsidR="0069475F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Haftung</w:t>
       </w:r>
       <w:r w:rsidR="008F6B13">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -69,56 +69,56 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C4DA2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Motoball</w:t>
       </w:r>
       <w:r w:rsidR="00E34749" w:rsidRPr="00D9472C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="00726EC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00D611D5">
+      <w:r w:rsidR="00832CD4">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61F4D834" w14:textId="08EA196B" w:rsidR="0069475F" w:rsidRDefault="002A4E58" w:rsidP="00930B85">
       <w:r w:rsidRPr="00D9472C">
         <w:t xml:space="preserve">Anschrift und Kontaktdaten </w:t>
       </w:r>
       <w:r w:rsidR="0033727F">
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008633E8">
         <w:t>Bewerbers =</w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
         <w:t>Veranstalters</w:t>
       </w:r>
       <w:r w:rsidR="0069475F">
         <w:t>/ Vereins</w:t>
       </w:r>
       <w:r w:rsidR="0054460B">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
@@ -456,77 +456,91 @@
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4F1F2AFB" w14:textId="318387C2" w:rsidR="00AC4498" w:rsidRPr="00D9472C" w:rsidRDefault="00AC4498" w:rsidP="00282269">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="708"/>
                 <w:tab w:val="left" w:pos="1416"/>
                 <w:tab w:val="left" w:pos="2124"/>
                 <w:tab w:val="left" w:pos="2832"/>
                 <w:tab w:val="left" w:pos="3540"/>
                 <w:tab w:val="left" w:pos="4740"/>
               </w:tabs>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1D462C56" w14:textId="77777777" w:rsidR="00A52730" w:rsidRDefault="00AC4498" w:rsidP="00282269">
+          <w:p w14:paraId="1D462C56" w14:textId="3204978E" w:rsidR="00A52730" w:rsidRDefault="00AC4498" w:rsidP="00282269">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC4498">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Spieler</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>name</w:t>
             </w:r>
             <w:r w:rsidR="00A52730">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> /Fahrername</w:t>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
+            <w:r w:rsidR="00A743EE">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Spieler/Fahrer</w:t>
+            </w:r>
+            <w:r w:rsidR="00A52730">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>name</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F5EBD42" w14:textId="281FB08B" w:rsidR="00AC4498" w:rsidRPr="00AC4498" w:rsidRDefault="00AC4498" w:rsidP="00282269">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC4498">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>anderer Föderation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DEE720B" w14:textId="77777777" w:rsidR="00AC4498" w:rsidRDefault="00AC4498" w:rsidP="00282269">
@@ -1245,114 +1259,106 @@
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44A7952E" w14:textId="387428D5" w:rsidR="00AC4498" w:rsidRPr="00D9472C" w:rsidRDefault="00AC4498" w:rsidP="004C16CC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC4498" w:rsidRPr="00D9472C" w14:paraId="0281E9C5" w14:textId="77777777" w:rsidTr="00AC4498">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4678" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56950D32" w14:textId="69992C40" w:rsidR="00AC4498" w:rsidRDefault="00AC4498" w:rsidP="004C16CC">
+          <w:p w14:paraId="56950D32" w14:textId="7886B854" w:rsidR="00AC4498" w:rsidRDefault="00A743EE" w:rsidP="004C16CC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Spiele</w:t>
+              <w:t>Spieler/Fahrer</w:t>
             </w:r>
-            <w:r w:rsidRPr="00185E1F">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00185E1F">
+            <w:r w:rsidR="00AC4498" w:rsidRPr="00185E1F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Name, Vorname)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4011E1CC" w14:textId="5FF1B40C" w:rsidR="00AC4498" w:rsidRPr="00185E1F" w:rsidRDefault="00AC4498" w:rsidP="004C16CC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="091031CB" w14:textId="188D4112" w:rsidR="00AC4498" w:rsidRPr="00185E1F" w:rsidRDefault="00AC4498" w:rsidP="004C16CC">
+          <w:p w14:paraId="091031CB" w14:textId="6D78B491" w:rsidR="00AC4498" w:rsidRPr="00185E1F" w:rsidRDefault="00AC4498" w:rsidP="004C16CC">
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Spieler</w:t>
             </w:r>
             <w:r w:rsidR="00A52730">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>trikot-/ Fahrer</w:t>
+              <w:t xml:space="preserve">trikot-/ </w:t>
+            </w:r>
+            <w:r w:rsidR="00A743EE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Spieler/Fahrer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>nummer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D52F4B0" w14:textId="09137465" w:rsidR="00AC4498" w:rsidRPr="00D9472C" w:rsidRDefault="00AC4498" w:rsidP="004C16CC">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2262,3660 +2268,4159 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33A6A302" w14:textId="77777777" w:rsidR="008F6B13" w:rsidRDefault="008F6B13">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk45623099"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D230EEB" w14:textId="48D878FF" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+    <w:p w14:paraId="31CFC656" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk182498786"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Zutreffendes bitte </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>unbedingt</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ankreuzen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64FFFF0C" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="0AF88E2A" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4BE8599B" w14:textId="62C47B0B" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkStart w:id="5" w:name="Kontrollkästchen40"/>
+    <w:p w14:paraId="7C728838" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-73"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...65 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bewerber</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="Kontrollkästchen41"/>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Kontrollkästchen40"/>
+            <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00A52730" w:rsidRPr="00A52730">
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fahrer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00A52730" w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beifahrer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">ist </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Eigentümer des einzusetzenden Fahrzeuges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC27EE1" w14:textId="32288746" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="50E0B791" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...7 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
-          <w:szCs w:val="16"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...8 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00100C1D" w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Bewerber, Fahrer/Beifahrer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sind </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...50 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>nicht</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eigentümer des einzusetzenden Fahrzeuges. Der Fahrzeugeigentümer gibt die in diesem Formular abgedruckte Haftungsverzichtserklärung ab.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57EF0CD1" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Bei falschen Angaben stellen Bewerber und Fahrer/Beifahrer den in der Haftungsverzichtserklärung des Fahrzeugeigentümers aufgeführten Personenkreis von jeglichen Ansprüchen des Fahrzeugeigentümers wegen Schäden</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="5F8A42F8" w14:textId="45CBD4B4" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">die im Zusammenhang mit der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) entstehen, frei. Dies gilt auch für Kosten des Fahrzeugeigentümers für eine angemessene Rechtsverfolgung. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08CB9149" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...13 lines deleted...]
-      <w:r w:rsidR="00A52730" w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04914B74" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...147 lines deleted...]
-    <w:p w14:paraId="5C4E69BB" w14:textId="323476A5" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Allgemeine Vertragserklärungen von Bewerber, Fahrer und Beifahrer (Bewerber, Fahrer und Beifahrer = Teilnehmer)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550861E1" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer haften für alle Verpflichtungen aus dem Nennungsvertrag als Gesamtschuldner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B85B01" w14:textId="3887FEA5" w:rsidR="00B743E7" w:rsidRPr="00A52730" w:rsidRDefault="00B743E7" w:rsidP="00695856">
+    <w:p w14:paraId="3D9FCC2E" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...6 lines deleted...]
-    <w:p w14:paraId="473B000D" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3668D994" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...11 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer versichern, dass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20176B3A" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="6F6FC693" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">die in dieser Erklärung gemachten Angaben richtig und vollständig sind, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D7946B2" w14:textId="53BCDE9B" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00D17C58">
+    <w:p w14:paraId="2E21DE01" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...36 lines deleted...]
-    <w:p w14:paraId="7099DE19" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sie uneingeschränkt den Anforderungen der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) gewachsen sind, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="644E95B7" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>das Fahrzeug in allen Punkten den einschlägigen technischen Bestimmungen entspricht,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59EA5134" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="35D28704" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>das Fahrzeug in allen Teilen jederzeit durch die Technischen Kommissare untersucht werden kann und</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D3A15EE" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="68926FC1" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sie das Fahrzeug nur in technisch und optisch einwandfreiem Zustand bei der jeweiligen Veranstaltung einsetzen werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0867FD5E" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="54D62E02" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...16 lines deleted...]
-    <w:p w14:paraId="186FB194" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sie von dem Nationalen Motorrad Sportgesetz (DMSG), den Internationalen Sportgesetz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C65EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>(ISC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der FIM (Fédération Internationale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C65EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Motocycliste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>) sowie der FIME (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C65EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Fédération Internationale Motocycliste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Europe) mit Anhängen, den FIM-/FIME-Rechts- und Disziplinarbestimmungen, den Anti-Doping-Regelwerk der FIM/FIME und des DMSB, der Rechts- und Verfahrensordnung des DMSB sowie den Anti-Doping Codes der Internationalen und Nationalen Anti-Doping Agenturen (WADA/NADA), den DMSB-Reglements, den Allgemeinen Meisterschaftsbestimmungen und den besonderen Serien-Bestimmungen, der Rechts- und Verfahrensordnung des DMSB, den Kodexen, den DMSB-Umweltrichtlinien und den sonstigen FIM-, FIME- und DMSB-Bestimmungen Kenntnis genommen haben und sie diese als für sich verbindlich anerkennen und sie befolgen werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37AFD5F9" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">sie gem. Vorgabe zur jeweiligen Disziplin -soweit erforderlich- im Besitz einer gültigen Fahrerlaubnis sind. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFC379C" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="6FB083BA" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...6 lines deleted...]
-    <w:p w14:paraId="59EE2207" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61BA6157" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Insbesondere erkennen Sie als verbindlich an, dass </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9C55E4" w14:textId="26CB6DA5" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="463540AA" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...37 lines deleted...]
-    <w:p w14:paraId="4B97BC28" w14:textId="67E78BA4" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>sie Tatsachen in der Person oder dem Verhalten eines Teammitgliedes (Bewerber, Fahrer, Beifahrer, Mechaniker, Helfer usw.), die das Vertragsverhältnis mit dem Veranstalter berühren oder einen Schadensersatzanspruch begründen, für und gegen sich gelten lassen müssen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FE8F7B" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...16 lines deleted...]
-    <w:p w14:paraId="171A2A71" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der DMSB, seine Gerichtsbarkeit, die Sportkommissare und die Veranstalter – jeweils im Rahmen ihrer Zuständigkeit – berechtigt sind, neben anderen Maßnahmen auch Strafen bei Verstößen gegen die sportlichen Regeln, sportgesetzlichen Bestimmungen und vertraglichen Pflichten – wie in den Internationalen Sportgesetz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>(ISC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der FIM (Fédération Internationale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C65EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Motocycliste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) sowie der FIME (Fédération Internationale </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C65EA7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Motocycliste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Europe) mit Anhängen, der Rechts- und Verfahrensordnung des DMSB, den Wettbewerbsbestimmungen mit Anhängen, den Serien- und Veranstaltungsausschreibungen und sonstigen Bestimmungen vorgesehen – festzusetzen – unbeschadet des Rechts, den in der Rechts- und Verfahrensordnung des DMSB, der FIM-/FIME-Rechts- und Disziplinarbestimmungen und den Reglements geregelten Verbandsrechtsweg zu beschreiten,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57D30D5E" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...16 lines deleted...]
-    <w:p w14:paraId="61DAF7B5" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>sie keine Substanzen oder Methoden anwenden dürfen, wie sie in der Verbotsliste des Anti-Doping-Code der WADA/NADA sowie in den Anti-Doping Bestimmungen der FIM, FIME und des DMSB definiert sind.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B4A504" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...6 lines deleted...]
-    <w:p w14:paraId="285DBF9C" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B2B6A6F" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Protest und Berufungsvollmacht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F8C89E2" w14:textId="0B08AF60" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="7B9F184F" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...37 lines deleted...]
-    <w:p w14:paraId="3D925E25" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Die Teilnehmer (auch mehrere für ein Fahrzeug genannte Fahrer) bevollmächtigen sich mit Abgabe dieser Erklärung gegenseitig, den jeweils anderen im Protest- und Berufungsverfahren zu vertreten. Sie bevollmächtigen sich insbesondere gegenseitig zur Abgabe von Protesten, deren Rücknahme, Ankündigung, Einlegung und Bestätigung, zur Rücknahme und zum Verzicht auf die Berufung und zur Stellung aller im Rahmen der Protest- und Berufungsverfahren möglichen Anträge sowie der Abgabe bzw. Entgegennahme von Erklärungen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="217495CC" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...6 lines deleted...]
-    <w:p w14:paraId="33329060" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10A379C5" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Erklärungen der Teilnehmer zum Ausschluss der Haftung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35D99209" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="6A83390E" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Teilnehmer nehmen auf eigene Gefahr an der Veranstaltung teil. Sie tragen die alleinige zivil- und strafrechtliche Verantwortung für alle von ihnen verursachten Schäden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76C430F8" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="4730BAA8" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...16 lines deleted...]
-    <w:p w14:paraId="5F9781CB" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Sie erklären den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3375A070" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...10 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den eigenen Teilnehmern (anderslautende Vereinbarungen zwischen den Teilnehmern gehen vor!) und Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525B3192" w14:textId="1D657B4D" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="4298C79F" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...56 lines deleted...]
-    <w:p w14:paraId="0F898C4D" w14:textId="3F4671E8" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge und deren Helfern,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2EFDEB" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...19 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären der FIM, FIME und des DMSB und der DMSB-Mitgliedsorganisationen,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AD82CC8" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="77D0146F" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...16 lines deleted...]
-    <w:p w14:paraId="423AC115" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären des ADAC e. V., der ADAC Regionalclubs, der ADAC Ortsclubs und der mit dem ADAC e. V. verbundenen Unternehmen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04ACCE1B" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...16 lines deleted...]
-    <w:p w14:paraId="630E26F5" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="746B84F2" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...16 lines deleted...]
-    <w:p w14:paraId="30F96729" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, den Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD83F62" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...16 lines deleted...]
-    <w:p w14:paraId="6AF767C8" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12047C07" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...18 lines deleted...]
-        <w:pStyle w:val="Listenabsatz"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den Erfüllungs- und Verrichtungsgehilfen, den gesetzlichen Vertretern, den haupt- und ehrenamtlichen Mitarbeitern aller zuvor genannten Personen und Stellen sowie deren Mitgliedern. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5116E1D2" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75E227DA" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen, ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt. Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="001FCBFD" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EE14AB4" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stillschweigende Haftungsausschlüsse bleiben von vorstehender Haftungsausschlussklausel unberührt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FBB22A" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69EE9DCB" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk45619122"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Mit Abgabe dieser Erklärung nehmen die Teilnehmer davon Kenntnis, dass Versicherungsschutz im Rahmen der Kraftverkehrsversicherungen in der Regel (Kfz-Haftpflicht, Kasko- und Insassen-Unfall-Versicherung) für Schäden, die aus dem Gebrauch des Fahrzeugs bei einer Motorsportveranstaltung oder Motorsportaktivität, einschließlich Rennen, Wettbewerben, Trainings, Test- und Demonstrations-Fahrten, wenn das Fahrzeug in einem hierfür abgegrenzten Gebiet mir Zugangsbeschränkung gebraucht wird und für diesen Gebrauch des Fahrzeugs eine Motorsporthaftpflichtversicherung nach Maßgabe des § 5d PflVG besteht, nicht gewährt wird. Sie verpflichten sich, auch den Halter und den Eigentümer des eingesetzten Fahrzeugs davon zu unterrichten.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="022858DB" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60E57072" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk45623110"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Entbindung von der Schweigepflicht</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D17A9AB" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Im Falle einer im Laufe der Veranstaltung eintretenden oder festgestellten Verletzung bzw. im Falle von gesundheitlichen Schäden, die die motorsportliche Tauglichkeit auf Dauer oder vorübergehend in Frage stellen können, entbindet der/die Unterzeichnende alle behandelnden Ärzte – im Hinblick auf das sich daraus nicht nur für ihn/sie selbst sondern auch für Dritte ergebende Sicherheitsrisiko – von der ärztlichen Schweigepflicht untereinander sowie gegenüber dem Renn-/Fahrtleiter, Sportkommissar, Schiedsrichter, Leitenden Rennarzt, DMSB-Verbandsarzt, der Koordination Motorradsport (DMSB) und dem Versicherungs-Schadensbüro. Die Verarbeitung Ihrer Daten erfolgt aufgrund eines berechtigten Interesses des DMSB. Zweck ist der Schutz der Lizenznehmer bei Sportveranstaltungen. Dieser Verarbeitung können Sie jederzeit mit Wirkung für die Zukunft widersprechen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FD4F74F" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58208B02" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Der DMSB, seine Mitgliedsorganisationen, die ADAC Regionalclubs und Veranstalter nehmen nicht an einem Streitbeilegungsverfahren vor einer Verbraucherschlichtungsstelle nach dem Verbraucherstreitbeilegungsgesetz teil.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7381A88F" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="140"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="502C782D" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Fahrer/Beifahrer mit einer C-Lizenz, H-Lizenz, V-Lizenz oder Race Card</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550B247F" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Ich erkläre mit meiner Unterschrift ausdrücklich, dass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27840749" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="3"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...18 lines deleted...]
-        <w:ind w:right="-1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>mir zum Zeitpunkt der Nennung zur Veranstaltung und bei Veranstaltungsteilnahme keine gesundheitlichen Mängel oder körperlichen Einschränkungen bekannt sind, die eine Teilnahme an der Veranstaltung ausschließen bzw. ich umgehend bei Bekanntwerden den Veranstalter hierüber unterrichten werden und von einer Teilnahme an der Veranstaltung absehen werde,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F184B9F" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...256 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>ich im Falle der Beantragung zum Zeitpunkt der Beantragung und Nutzung der Race Card nicht Inhaber einer anderen Fahrerlizenz (Jahreslizenz) des DMSB oder einer anderen Mitgliedsföderation (FMN) der FIM für das laufende Jahr bin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3219CCE8" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22D6B853" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:spacing w:before="58"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>FREISTELLUNGSERKLÄRUNG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:spacing w:val="-32"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>BEI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:spacing w:val="-32"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>FIL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:spacing w:val="-32"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>FOT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:i/>
-[...1 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PRODUKTIONEN und Datenschutzhinweise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D42D018" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:p w14:paraId="226A0C0A" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
-          <w:i/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A52730">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
-          <w:i/>
-[...6 lines deleted...]
-    <w:p w14:paraId="4735F67F" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Teilnehmer erklärt sein Einverständnis zur Durchführung von Foto- und Filmarbeiten während der Veranstaltung sowie zur Einräumung der unentgeltlichen Sende-, öffentlichen Wiedergabe-, Aufzeichnungs-, Vervielfältigungs- und Bearbeitungsrechte hinsichtlich der von seiner Person, etwaigen Begleitpersonen oder der von seinen Fahrzeugen gefertigten Film- oder Fotoaufnahmen gegenüber dem DMSB, den DMSB-Mitgliedsorganisationen, den ADAC-Regional-/Ortsclubs, dem Promotor und dem Veranstalter. Die Rechteeinräumung umfasst neben der Nutzung für die Berichterstattung über das Rennen, die Teilnehmerdaten und die Ergebnisse und Ergebnislisten in Print-, Radio-, TV- und Onlinemedien, wie insbesondere auch die Internet-/Facebook und sonstigen Online-Auftritte des DMSB, der DMSB-Mitgliedsorganisationen, der ADAC-Regional-/Ortsclubs und des Veranstalters sowie Promotors zu veröffentlich. Im Weiteren auch die Nutzung der Aufnahmen zu Zwecken der Eigenwerbung oder der Veranstaltungsbewerbung. Sendet der Teilnehmer Bildmaterial an den Veranstalter erklärt der Teilnehmer darüber hinaus sein Einverständnis zur uneingeschränkten honorarfreien Verwendung, Verwertung oder Veröffentlichung durch den DMSB, den DMSB-Mitgliedsorganisationen, den ADAC Regional-/Ortsclubs, dem Promotor und Veranstalter.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="595CA4D6" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...5 lines deleted...]
-    <w:p w14:paraId="7C3E2E70" w14:textId="452E4469" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="522C9157" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...32 lines deleted...]
-    <w:p w14:paraId="788889C0" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich willige ferner ein, dass eine Veröffentlichung (auch im Internet) von Entscheidungen - unter Angabe der Teilnehmerdaten - des Renn-/Fahrtleiters sowie der Sportkommissare und ggf. in Folge der Verbandsgerichte erfolgen kann sowie eine Übermittlung der Entscheidungen an die DMSB-Mitgliedsorganisationen, die ADAC-Regional- und Ortsclubs, an den Promotor/Veranstalter/Serienausschreiber sowie an die Sportwarte des DMSB erfolgen kann. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12D08A27" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...5 lines deleted...]
-    <w:p w14:paraId="29198FC0" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6550C1F3" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...14 lines deleted...]
-    <w:p w14:paraId="54AC7C1C" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hinweis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662D6190" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Veranstaltung widerrufen wird, ist eine Teilnahme an dieser Veranstaltung (Vorgaben zur Veranstaltung) nicht möglich.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7604CCCB" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31316EC6" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...96 lines deleted...]
-        <w:t xml:space="preserve">unter </w:t>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00F519D2" w:rsidRPr="00F519D2">
+        <w:r w:rsidRPr="00030516">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:i/>
-[...1 lines deleted...]
-            <w:szCs w:val="16"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>info@dmsb.de</w:t>
+          <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F519D2">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – unter Angabe der Veranstaltung und des Veranstaltungsdatums - widerrufen. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5073727A" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77FB9646" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Wenn der Teilnehmer/in minderjährig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...11 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>oder</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...11 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>nicht</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>voll</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>geschäftsfähig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ist,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>versichert</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>alleinige Unterzeichner,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>dass</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>das</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>alleinige</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sorgerecht</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>hat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...5 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>berechtigt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ist,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>diese</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Erklärung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>auch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>im</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Namen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>etwaiger</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>weiterer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sorge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>erechtigter</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:w w:val="99"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>verbindlich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>abzugeben.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Bei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...5 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Unterzeichnung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>durch</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Sorgeberechtigte ist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>die</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...14 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Angabe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...239 lines deleted...]
-          <w:i/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>des</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vollständigen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Namens</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und Anschrift </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>erforderlic</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="2"/>
-          <w:sz w:val="16"/>
-[...247 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...4 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD890C2" w14:textId="77777777" w:rsidR="00695856" w:rsidRPr="00A52730" w:rsidRDefault="00695856" w:rsidP="00695856">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="09C0E11C" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
-        <w:jc w:val="both"/>
-[...21 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:i/>
-[...7 lines deleted...]
-    <w:p w14:paraId="1548F6C7" w14:textId="77777777" w:rsidR="00440FD4" w:rsidRPr="00A52730" w:rsidRDefault="00440FD4" w:rsidP="00440FD4">
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4788B561" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...35 lines deleted...]
-    <w:p w14:paraId="0AD59A77" w14:textId="2511EF7C" w:rsidR="00440FD4" w:rsidRPr="00A52730" w:rsidRDefault="00440FD4" w:rsidP="00440FD4">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62A32BA5" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28CE37E1" w14:textId="6312FA57" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...17 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Ort/</w:t>
+      </w:r>
+      <w:r w:rsidR="00C65EA7" w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Datum </w:t>
+      </w:r>
+      <w:r w:rsidR="00C65EA7" w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Name </w:t>
-[...111 lines deleted...]
-          <w:szCs w:val="16"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name des 1. Fahrers in Blockschrift und Unterschrift des 1. Fahrers </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A426B8A" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>bzw. bei Minderjährigen des/r gesetzlichen Vertreter(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F9386B2" w14:textId="77777777" w:rsidR="00440FD4" w:rsidRPr="00A52730" w:rsidRDefault="00440FD4" w:rsidP="00440FD4">
+    <w:p w14:paraId="31243479" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:i/>
-[...6 lines deleted...]
-    <w:p w14:paraId="19A32EBC" w14:textId="77777777" w:rsidR="00440FD4" w:rsidRPr="00A52730" w:rsidRDefault="00440FD4" w:rsidP="00440FD4">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54FDC74B" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...7 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Unterschrift durch einen gesetzlichen Vertreter bitte ankreuzen (nur möglich bei Jahreslizenz): </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...3 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2444B47F" w14:textId="77777777" w:rsidR="00440FD4" w:rsidRPr="00A52730" w:rsidRDefault="00440FD4" w:rsidP="00440FD4">
+    <w:p w14:paraId="26D37113" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...8 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Obige Unterschrift erfolgte nicht nur im eigenen Namen, sondern auch im Namen des anderen Elternteils</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ACD2993" w14:textId="77777777" w:rsidR="00440FD4" w:rsidRPr="00A52730" w:rsidRDefault="00440FD4" w:rsidP="00440FD4">
+    <w:p w14:paraId="18A59DCD" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:szCs w:val="16"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A38848" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...8 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00A52730">
-[...2 lines deleted...]
-          <w:szCs w:val="16"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bzw. ich bin zur alleinigen Vertretung meines Kindes berechtigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC0EA82" w14:textId="77777777" w:rsidR="00440FD4" w:rsidRPr="00A52730" w:rsidRDefault="00440FD4" w:rsidP="00440FD4">
+    <w:p w14:paraId="30AFFE96" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="22F14BAE" w14:textId="77777777" w:rsidR="00440FD4" w:rsidRPr="00A52730" w:rsidRDefault="00440FD4" w:rsidP="00440FD4">
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AC67E75" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
-          <w:sz w:val="16"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="00E7F19C" w14:textId="77777777" w:rsidR="00440FD4" w:rsidRPr="00A52730" w:rsidRDefault="00440FD4" w:rsidP="00440FD4">
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BEE30A9" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BCD9B6F" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:ind w:left="2977" w:right="-1" w:hanging="2977"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Ort/Datum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Name des 2. Fahrers in Blockschrift und Unterschrift des 2. Fahrers/Beifahrers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D0DB92" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2977"/>
+        </w:tabs>
+        <w:ind w:left="2977" w:right="-1" w:hanging="2977"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> bzw. bei Minderjährigen des/r gesetzlichen Vertreter(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C845F9B" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D54A8FB" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...8 lines deleted...]
-    <w:p w14:paraId="13462AF5" w14:textId="77777777" w:rsidR="00440FD4" w:rsidRPr="00A52730" w:rsidRDefault="00440FD4" w:rsidP="00440FD4">
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bei Unterschrift durch einen gesetzlichen Vertreter bitte ankreuzen (nur möglich bei Jahreslizenz): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13E37FB3" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Kontrollkästchen2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Obige Unterschrift erfolgte nicht nur im eigenen Namen, sondern auch im Namen des anderen Elternteils.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A6B9B1" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C2E6F9A" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Kontrollkästchen2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ich bin zur alleinigen Vertretung meines Kindes berechtigt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C7C388C" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1491FEEC" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FED4FB8" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E18113A" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Name des Bewerbers in Blockschrift und Unterschrift - falls nicht personengleich-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:i/>
-[...26 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:br w:type="textWrapping" w:clear="all"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C598735" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk45623008"/>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Nur erforderlich, wenn Bewerber, Fahrer und Beifahrer nicht Eigentümer des einzusetzenden Fahrzeugs sind</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21A4CB61" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:right="-1"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A1B1AE2" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:right="-1"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Verzichtserklärung des Fahrzeugeigentümers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE3375B" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Ich bin mit der Beteiligung des in der Erklärung näher bezeichneten Fahrzeuges an der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) einverstanden und erkläre den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CF5D14" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den eigenen Teilnehmern und Helfern,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45327286" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge (soweit die Veranstaltung auf einer permanenten oder temporär geschlossenen Strecke stattfindet) und deren Helfern, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B60699A" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären der FIM, FIME und des DMSB und der DMSB-Mitgliedsorganisationen,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC01A80" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären des ADAC e. V., der ADAC Regional-/Ortsclubs und der mit dem ADAC e. V. verbundenen Unternehmen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C58D5E" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CD4C80" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFCC65C" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F527490" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den Erfüllungs- und Verrichtungsgehilfen, den gesetzlichen Vertretern, den haupt- und ehrenamtlichen Mitarbeitern aller zuvor genannten Personen und Stellen sowie deren Mitgliedern. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="494E9A8B" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="678BA56E" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73564C1E" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B30EF6" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0051DB26" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich willige ein, dass meine personenbezogenen Daten (Vor- und Zuname, ggf. amtl. Kennzeichen, Fahrgestellnummer) verarbeitet werden, damit das genannte Fahrzeug an der gegenständlichen Veranstaltung teilnehmen kann. Die Daten werden, sofern dies erforderlich ist an den Veranstalter und die DMSB Mitgliedsorganisationen sowie den DMSB weitergeleitet. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00030516">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>datenschutz@dmsb.de</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unter Angabe der Veranstaltung und des Veranstaltungsdatums - widerrufen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F50E3DF" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D42BC27" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hinweis:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="4438F9BC" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Veranstaltung widerrufen wird, ist eine Teilnahme an dieser Veranstaltung (Vorgaben zur Veranstaltung) nicht möglich. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D18BC5" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00030516">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>datenschutz@dmsb.de</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – unter Angaben der Veranstaltung und des Veranstaltungsdatums - widerrufen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79EBE2AC" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6963E614" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="387E8860" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69428F0F" w14:textId="77777777" w:rsidR="00832CD4" w:rsidRPr="00030516" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B22B779" w14:textId="03EAF453" w:rsidR="00440FD4" w:rsidRPr="00832CD4" w:rsidRDefault="00832CD4" w:rsidP="00832CD4">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Ort/Datum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Unterschrift</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Name und Anschrift des Eigentümers in Blockschrift</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:sectPr w:rsidR="00440FD4" w:rsidRPr="00832CD4" w:rsidSect="00726EC9">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="818" w:right="849" w:bottom="426" w:left="851" w:header="135" w:footer="124" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B8465AE" w14:textId="77777777" w:rsidR="00BD0215" w:rsidRDefault="00BD0215" w:rsidP="00CA1A18">
+    <w:p w14:paraId="572DC64D" w14:textId="77777777" w:rsidR="00F05F25" w:rsidRDefault="00F05F25" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7F813CF5" w14:textId="77777777" w:rsidR="00BD0215" w:rsidRDefault="00BD0215" w:rsidP="00CA1A18">
+    <w:p w14:paraId="09D58A5E" w14:textId="77777777" w:rsidR="00F05F25" w:rsidRDefault="00F05F25" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FranklinGothicLTCom-Bk">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="332A9BC6" w14:textId="41111C24" w:rsidR="00726EC9" w:rsidRPr="00124B90" w:rsidRDefault="00FB693B" w:rsidP="00726EC9">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="332A9BC6" w14:textId="307C8EF3" w:rsidR="00726EC9" w:rsidRPr="00124B90" w:rsidRDefault="00FB693B" w:rsidP="00726EC9">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9214"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>DMSB-</w:t>
     </w:r>
     <w:r w:rsidR="00DF30E0">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
@@ -5946,76 +6451,76 @@
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>o</w:t>
     </w:r>
     <w:r w:rsidR="005C4DA2">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>ball</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
-    <w:r w:rsidR="00B57F5C">
+    <w:r w:rsidR="00832CD4">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00D611D5">
+    <w:r w:rsidR="00832CD4">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00926725">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
@@ -6117,70 +6622,70 @@
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B68103C" w14:textId="77777777" w:rsidR="002905D6" w:rsidRDefault="002905D6">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D8C9BDA" w14:textId="77777777" w:rsidR="00BD0215" w:rsidRDefault="00BD0215" w:rsidP="00CA1A18">
+    <w:p w14:paraId="4DB4AEC5" w14:textId="77777777" w:rsidR="00F05F25" w:rsidRDefault="00F05F25" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4720F85E" w14:textId="77777777" w:rsidR="00BD0215" w:rsidRDefault="00BD0215" w:rsidP="00CA1A18">
+    <w:p w14:paraId="7CE7C8B5" w14:textId="77777777" w:rsidR="00F05F25" w:rsidRDefault="00F05F25" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01D685F6" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00954E64">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E9849DE" wp14:editId="235691A8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4736465</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>142875</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1752600" cy="274955"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="19455"/>
               <wp:lineTo x="21365" y="19455"/>
@@ -6215,51 +6720,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1752600" cy="274955"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00DB00C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="602600F0"/>
     <w:lvl w:ilvl="0" w:tplc="E4A061F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7641,89 +8146,90 @@
   <w:num w:numId="6" w16cid:durableId="186793448">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1413236700">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1057973717">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="660930828">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="2079816412">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="112554522">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="225409810">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="130"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA1A18"/>
+    <w:rsid w:val="00007667"/>
     <w:rsid w:val="00023AD3"/>
     <w:rsid w:val="00040E94"/>
     <w:rsid w:val="00041957"/>
     <w:rsid w:val="00047FBB"/>
     <w:rsid w:val="00070455"/>
     <w:rsid w:val="000A1017"/>
     <w:rsid w:val="000B03DC"/>
     <w:rsid w:val="000B29E5"/>
     <w:rsid w:val="000B3B23"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000E0247"/>
     <w:rsid w:val="00100C1D"/>
     <w:rsid w:val="0013272E"/>
     <w:rsid w:val="001462CF"/>
     <w:rsid w:val="0016260F"/>
     <w:rsid w:val="00167E1A"/>
     <w:rsid w:val="00185E1F"/>
     <w:rsid w:val="001D05CB"/>
     <w:rsid w:val="00206691"/>
     <w:rsid w:val="00206938"/>
     <w:rsid w:val="00225F91"/>
     <w:rsid w:val="002437ED"/>
     <w:rsid w:val="00251085"/>
     <w:rsid w:val="00282269"/>
     <w:rsid w:val="0028513E"/>
     <w:rsid w:val="002905D6"/>
     <w:rsid w:val="002A36F7"/>
     <w:rsid w:val="002A3715"/>
     <w:rsid w:val="002A4E58"/>
     <w:rsid w:val="002C3989"/>
     <w:rsid w:val="002E2F66"/>
     <w:rsid w:val="002F1F8D"/>
     <w:rsid w:val="0032603E"/>
     <w:rsid w:val="0033727F"/>
     <w:rsid w:val="00370AFA"/>
@@ -7746,176 +8252,182 @@
     <w:rsid w:val="005C4DA2"/>
     <w:rsid w:val="005D2CC1"/>
     <w:rsid w:val="006028A3"/>
     <w:rsid w:val="00624636"/>
     <w:rsid w:val="006550DA"/>
     <w:rsid w:val="00671DC8"/>
     <w:rsid w:val="006801A5"/>
     <w:rsid w:val="0069475F"/>
     <w:rsid w:val="00695856"/>
     <w:rsid w:val="006A2F37"/>
     <w:rsid w:val="006B78E2"/>
     <w:rsid w:val="006E3719"/>
     <w:rsid w:val="006E6A68"/>
     <w:rsid w:val="00702D91"/>
     <w:rsid w:val="007173C4"/>
     <w:rsid w:val="00726EC9"/>
     <w:rsid w:val="0076196A"/>
     <w:rsid w:val="00776339"/>
     <w:rsid w:val="007B0E09"/>
     <w:rsid w:val="007B1029"/>
     <w:rsid w:val="007B5F5B"/>
     <w:rsid w:val="00802017"/>
     <w:rsid w:val="00810FA3"/>
     <w:rsid w:val="00830F9A"/>
     <w:rsid w:val="00832CA0"/>
+    <w:rsid w:val="00832CD4"/>
     <w:rsid w:val="00857857"/>
     <w:rsid w:val="008633E8"/>
     <w:rsid w:val="008B11EB"/>
     <w:rsid w:val="008B4361"/>
     <w:rsid w:val="008D666B"/>
     <w:rsid w:val="008F6B13"/>
     <w:rsid w:val="00901B41"/>
     <w:rsid w:val="009023C1"/>
     <w:rsid w:val="00926725"/>
     <w:rsid w:val="00930B85"/>
     <w:rsid w:val="00954E64"/>
     <w:rsid w:val="00976765"/>
     <w:rsid w:val="009859BF"/>
     <w:rsid w:val="009A05BA"/>
     <w:rsid w:val="009A0BF7"/>
     <w:rsid w:val="009C68F6"/>
     <w:rsid w:val="009D1A50"/>
     <w:rsid w:val="00A23F4C"/>
     <w:rsid w:val="00A41F03"/>
     <w:rsid w:val="00A52730"/>
     <w:rsid w:val="00A53952"/>
     <w:rsid w:val="00A542AB"/>
     <w:rsid w:val="00A55552"/>
     <w:rsid w:val="00A57744"/>
     <w:rsid w:val="00A70730"/>
+    <w:rsid w:val="00A743EE"/>
     <w:rsid w:val="00A862DB"/>
     <w:rsid w:val="00AB4B5C"/>
     <w:rsid w:val="00AC3FEB"/>
     <w:rsid w:val="00AC4498"/>
     <w:rsid w:val="00AF7D0F"/>
     <w:rsid w:val="00B11936"/>
     <w:rsid w:val="00B24ACC"/>
     <w:rsid w:val="00B26387"/>
     <w:rsid w:val="00B31E67"/>
     <w:rsid w:val="00B37C73"/>
     <w:rsid w:val="00B57F5C"/>
     <w:rsid w:val="00B743E7"/>
     <w:rsid w:val="00BC2149"/>
     <w:rsid w:val="00BD0215"/>
     <w:rsid w:val="00BD0E35"/>
     <w:rsid w:val="00BD2ABE"/>
     <w:rsid w:val="00C11A3E"/>
     <w:rsid w:val="00C14A53"/>
     <w:rsid w:val="00C200AF"/>
     <w:rsid w:val="00C42543"/>
     <w:rsid w:val="00C525AB"/>
+    <w:rsid w:val="00C65EA7"/>
     <w:rsid w:val="00C77BDF"/>
     <w:rsid w:val="00C83116"/>
     <w:rsid w:val="00C921F9"/>
     <w:rsid w:val="00C97391"/>
     <w:rsid w:val="00CA1A18"/>
     <w:rsid w:val="00CA7A36"/>
     <w:rsid w:val="00CB6BBD"/>
     <w:rsid w:val="00CC0C1A"/>
     <w:rsid w:val="00CD7EDD"/>
     <w:rsid w:val="00CE1D5E"/>
     <w:rsid w:val="00CE331C"/>
     <w:rsid w:val="00CE4E7D"/>
     <w:rsid w:val="00D00EA5"/>
     <w:rsid w:val="00D52CFF"/>
+    <w:rsid w:val="00D548A5"/>
     <w:rsid w:val="00D56C84"/>
     <w:rsid w:val="00D611D5"/>
     <w:rsid w:val="00D72C65"/>
     <w:rsid w:val="00D75A43"/>
     <w:rsid w:val="00D75C2A"/>
     <w:rsid w:val="00D9472C"/>
     <w:rsid w:val="00DA68A6"/>
     <w:rsid w:val="00DD1B5A"/>
     <w:rsid w:val="00DD70B2"/>
     <w:rsid w:val="00DE28A4"/>
     <w:rsid w:val="00DE2B56"/>
     <w:rsid w:val="00DF30E0"/>
     <w:rsid w:val="00DF3328"/>
     <w:rsid w:val="00DF3CCA"/>
     <w:rsid w:val="00DF6301"/>
     <w:rsid w:val="00E07FC6"/>
     <w:rsid w:val="00E1613D"/>
     <w:rsid w:val="00E241C1"/>
     <w:rsid w:val="00E31BB8"/>
     <w:rsid w:val="00E34749"/>
     <w:rsid w:val="00E36DBF"/>
     <w:rsid w:val="00E4262A"/>
+    <w:rsid w:val="00E67C7E"/>
     <w:rsid w:val="00E77A92"/>
     <w:rsid w:val="00E838B3"/>
     <w:rsid w:val="00E844C3"/>
     <w:rsid w:val="00ED2E63"/>
     <w:rsid w:val="00EF5973"/>
+    <w:rsid w:val="00F05F25"/>
     <w:rsid w:val="00F131F0"/>
     <w:rsid w:val="00F4777E"/>
     <w:rsid w:val="00F519D2"/>
     <w:rsid w:val="00F5524E"/>
     <w:rsid w:val="00F86B80"/>
     <w:rsid w:val="00F96FAF"/>
     <w:rsid w:val="00FA3818"/>
     <w:rsid w:val="00FB693B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="715AC10A"/>
   <w15:docId w15:val="{9B25BFFB-EE9F-4B4A-9CD1-EBA4250F7FA3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8511,74 +9023,74 @@
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="KeinLeerraum">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00AC4498"/>
   </w:style>
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F519D2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="880552155">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@dmsb.de" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -8846,67 +9358,67 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDB37C76-0447-4771-9287-152FA65E51A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>10326</Characters>
+  <Pages>4</Pages>
+  <Words>2401</Words>
+  <Characters>15369</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>374</Lines>
+  <Paragraphs>206</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11941</CharactersWithSpaces>
+  <CharactersWithSpaces>17564</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>