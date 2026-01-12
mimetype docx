--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -4,79 +4,79 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8952"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F010F6" w:rsidRPr="00F010F6" w14:paraId="77F1E082" w14:textId="77777777" w:rsidTr="002229DA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8952" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC1B2B6" w14:textId="5F13D577" w:rsidR="00F010F6" w:rsidRPr="00AD5A1F" w:rsidRDefault="00F010F6" w:rsidP="00FE1A4B">
+          <w:p w14:paraId="4EC1B2B6" w14:textId="16681E54" w:rsidR="00F010F6" w:rsidRPr="00AD5A1F" w:rsidRDefault="00F010F6" w:rsidP="00FE1A4B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD5A1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB - Ausschreibung </w:t>
             </w:r>
@@ -85,58 +85,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Motocross</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD5A1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="00F40347">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D63F24">
+            <w:r w:rsidR="000E5BFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="153EC6C0" w14:textId="7FA57536" w:rsidR="00F010F6" w:rsidRPr="006939B0" w:rsidRDefault="00F010F6" w:rsidP="002229DA">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006939B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Grundlage dieser Ausschreibung sind </w:t>
       </w:r>
       <w:r w:rsidR="00114FF3" w:rsidRPr="006939B0">
         <w:rPr>
@@ -439,195 +439,191 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00897DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DMSB</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-NMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18199E7C" w14:textId="01C11EF8" w:rsidR="00CE0C2B" w:rsidRDefault="00CE0C2B" w:rsidP="00CE0C2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE0C2B" w14:paraId="19BD3ABB" w14:textId="77777777" w:rsidTr="0038340C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="539A9794" w14:textId="00C53D37" w:rsidR="00CE0C2B" w:rsidRDefault="00CE0C2B" w:rsidP="00CE0C2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM Europe-EMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CB5E91F" w14:textId="085018AD" w:rsidR="00CE0C2B" w:rsidRDefault="00CE0C2B" w:rsidP="00CE0C2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE0C2B" w14:paraId="66CE473B" w14:textId="77777777" w:rsidTr="0038340C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B82E424" w14:textId="483519E3" w:rsidR="00CE0C2B" w:rsidRDefault="00CE0C2B" w:rsidP="00CE0C2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM-IMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3776E224" w14:textId="5960ED15" w:rsidR="00CE0C2B" w:rsidRDefault="00CE0C2B" w:rsidP="00CE0C2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE0C2B" w14:paraId="5103A056" w14:textId="77777777" w:rsidTr="0038340C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="128F9F91" w14:textId="7A5A2E93" w:rsidR="00CE0C2B" w:rsidRPr="00A216CE" w:rsidRDefault="00CE0C2B" w:rsidP="00CE0C2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93973">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eintragung Promoter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AE93E31" w14:textId="1AAE8E6F" w:rsidR="00CE0C2B" w:rsidRPr="00E547BB" w:rsidRDefault="00CE0C2B" w:rsidP="00CE0C2B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42176D4F" w14:textId="310D54E1" w:rsidR="00AF0889" w:rsidRDefault="00CE0C2B" w:rsidP="00CE0C2B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8411,234 +8407,210 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43A8161F" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>a) Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22658905" w14:textId="331CB744" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
+    <w:p w14:paraId="22658905" w14:textId="5F0F5584" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00DC0FF6" w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 65 </w:t>
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des DMS</w:t>
       </w:r>
       <w:r w:rsidR="00DC0FF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
+      <w:r w:rsidR="000E5BFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> versichert</w:t>
+        <w:t>versichert</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C46428F" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E743534" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">b) Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B29C9C7" w14:textId="3B247CDC" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
+    <w:p w14:paraId="6B29C9C7" w14:textId="4B556E9E" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 97 des </w:t>
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">DMSG </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D2ED8D8" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4941B28E" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">c) Änderung der Ausschreibung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786BD47D" w14:textId="29686623" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
+    <w:p w14:paraId="786BD47D" w14:textId="278190A5" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
@@ -8656,131 +8628,115 @@
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC3B69F" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>d) Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E41CB4C" w14:textId="4D6BE236" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
+    <w:p w14:paraId="7E41CB4C" w14:textId="3096DD56" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 41 des </w:t>
       </w:r>
       <w:r w:rsidRPr="009420A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D212523" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="009420A8" w:rsidRDefault="00A1532C" w:rsidP="009420A8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B9A7360" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="00325C38" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
@@ -8825,159 +8781,158 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00325C38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIM, der FIM Europe und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A1532C" w:rsidRPr="00E0525A" w:rsidSect="00B90A08">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="720" w:footer="363" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4659EB9A" w14:textId="77777777" w:rsidR="00B90A08" w:rsidRDefault="00B90A08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="420B3AD8" w14:textId="77777777" w:rsidR="00B90A08" w:rsidRDefault="00B90A08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
-    <w:altName w:val="Tahoma"/>
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue CondensedObl">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue Condensed">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue BoldCond">
-    <w:altName w:val="Times New Roman"/>
+    <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38DF01D7" w14:textId="77777777" w:rsidR="00E54C29" w:rsidRPr="00055F20" w:rsidRDefault="00E54C29" w:rsidP="00E54C29">
     <w:pPr>
       <w:ind w:left="-142" w:right="-711"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
@@ -9301,51 +9256,51 @@
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Koordination Motorradsport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="719CD190" w14:textId="77777777" w:rsidR="00E54C29" w:rsidRPr="00055F20" w:rsidRDefault="00E54C29" w:rsidP="00E54C29">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="28207A2C" w14:textId="6A11088E" w:rsidR="00E54C29" w:rsidRPr="00055F20" w:rsidRDefault="00E54C29" w:rsidP="00E54C29">
+  <w:p w14:paraId="28207A2C" w14:textId="56582E3A" w:rsidR="00E54C29" w:rsidRPr="00055F20" w:rsidRDefault="00E54C29" w:rsidP="00E54C29">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -9365,59 +9320,59 @@
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="0070598A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>1/</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00D63F24">
+    <w:r w:rsidR="000E5BFE">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -9555,70 +9510,70 @@
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.d</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="137539C1" w14:textId="77777777" w:rsidR="00B90A08" w:rsidRDefault="00B90A08">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="01CF8174" w14:textId="77777777" w:rsidR="00B90A08" w:rsidRDefault="00B90A08">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E453BEF" w14:textId="36B85C89" w:rsidR="00E205A7" w:rsidRDefault="00E205A7" w:rsidP="002229DA">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3816"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="002229DA">
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B8625F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D718F6A" wp14:editId="1897BE2F">
           <wp:extent cx="1447800" cy="227311"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
@@ -9643,51 +9598,51 @@
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1468666" cy="230587"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05583EEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BE14AA00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="07491FDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="412EEF40"/>
@@ -10837,52 +10792,52 @@
   <w:num w:numId="11" w16cid:durableId="1816604910">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2117141024">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1344629620">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="83502392">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="618224704">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1016419066">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1512640119">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -10891,52 +10846,54 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0034226A"/>
     <w:rsid w:val="00001378"/>
     <w:rsid w:val="00004158"/>
     <w:rsid w:val="00020937"/>
     <w:rsid w:val="000232F2"/>
     <w:rsid w:val="00050C98"/>
     <w:rsid w:val="000532D4"/>
     <w:rsid w:val="000548E4"/>
     <w:rsid w:val="00057167"/>
     <w:rsid w:val="000609B6"/>
     <w:rsid w:val="00071FC1"/>
     <w:rsid w:val="00074083"/>
     <w:rsid w:val="00086D43"/>
     <w:rsid w:val="000905E2"/>
     <w:rsid w:val="000A1983"/>
     <w:rsid w:val="000B27D0"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000D268E"/>
     <w:rsid w:val="000D4D9C"/>
+    <w:rsid w:val="000E5BFE"/>
     <w:rsid w:val="000F3FD4"/>
     <w:rsid w:val="001113E7"/>
     <w:rsid w:val="00112E2E"/>
     <w:rsid w:val="00114FF3"/>
     <w:rsid w:val="00151445"/>
     <w:rsid w:val="00166990"/>
     <w:rsid w:val="00166A26"/>
     <w:rsid w:val="001858D7"/>
     <w:rsid w:val="00190909"/>
     <w:rsid w:val="001943AB"/>
     <w:rsid w:val="001A2813"/>
     <w:rsid w:val="001A35AF"/>
     <w:rsid w:val="001A572D"/>
     <w:rsid w:val="001B50E4"/>
     <w:rsid w:val="001C08C3"/>
     <w:rsid w:val="001E1038"/>
     <w:rsid w:val="001E489C"/>
     <w:rsid w:val="001E4FC2"/>
     <w:rsid w:val="001F44B0"/>
     <w:rsid w:val="002008E9"/>
     <w:rsid w:val="00207A46"/>
     <w:rsid w:val="00210F55"/>
     <w:rsid w:val="002127BA"/>
     <w:rsid w:val="00212EF5"/>
     <w:rsid w:val="00216796"/>
@@ -11256,51 +11213,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7C3ED51A"/>
   <w15:docId w15:val="{F18A216B-FD3B-4926-9A28-6A7512732CFE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12108,51 +12065,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Textkrper-ZeileneinzugZchn">
     <w:name w:val="Textkörper-Zeileneinzug Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Textkrper-Zeileneinzug"/>
     <w:rsid w:val="00A1532C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="002B6516"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="65080968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="733241114">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12559,67 +12516,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B62B905B-F33C-481D-882E-A80A76CAC0D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>680</Words>
-  <Characters>5203</Characters>
+  <Words>810</Words>
+  <Characters>5053</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>11</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>561</Lines>
+  <Paragraphs>308</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausschreibung IDM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5872</CharactersWithSpaces>
+  <CharactersWithSpaces>5555</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ausschreibung MX Open</dc:title>
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>