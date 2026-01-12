--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -35,51 +35,51 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9521"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A5944" w:rsidRPr="00296A08" w14:paraId="3D8C3CAB" w14:textId="77777777" w:rsidTr="0017616B">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="1003"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9639" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10167DCF" w14:textId="15BF4B70" w:rsidR="00786E74" w:rsidRPr="00FE698D" w:rsidRDefault="00786E74" w:rsidP="00E653C1">
+          <w:p w14:paraId="10167DCF" w14:textId="3F7DD410" w:rsidR="00786E74" w:rsidRPr="00FE698D" w:rsidRDefault="00786E74" w:rsidP="00E653C1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">DMSB </w:t>
             </w:r>
@@ -106,58 +106,58 @@
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Supplementary Regulations</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="0007504B" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00C957E3" w:rsidRPr="00FE698D">
+            <w:r w:rsidR="001E502B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00F0749E" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C16908" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r w:rsidR="00F0749E" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -2933,67 +2933,51 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E8995B4" w14:textId="705B0361" w:rsidR="000C66C8" w:rsidRPr="00FE698D" w:rsidRDefault="00D2017B" w:rsidP="003D5BA9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Official Virtual </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Board:</w:t>
+              <w:t>Official Virtual Notice Board:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6696" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F40E17F" w14:textId="5BBCF78B" w:rsidR="00B74E1E" w:rsidRPr="00FE698D" w:rsidRDefault="00B74E1E" w:rsidP="00FC5D96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
@@ -3150,51 +3134,51 @@
       <w:r w:rsidR="00C45509" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>Timetable</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1070"/>
         <w:gridCol w:w="880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A4C69" w:rsidRPr="00FE698D" w14:paraId="5FD47710" w14:textId="77777777" w:rsidTr="008A4C69">
+      <w:tr w:rsidR="008A4C69" w:rsidRPr="001E502B" w14:paraId="5FD47710" w14:textId="77777777" w:rsidTr="008A4C69">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34FE1A17" w14:textId="6215DAA7" w:rsidR="008A4C69" w:rsidRPr="00FE698D" w:rsidRDefault="009B4BB1" w:rsidP="008A4C69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
@@ -4387,51 +4371,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="292F7212" w14:textId="1C37F050" w:rsidR="0060609B" w:rsidRPr="00FE698D" w:rsidRDefault="0060609B" w:rsidP="00E653C1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1070"/>
         <w:gridCol w:w="880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0060609B" w:rsidRPr="00FE698D" w14:paraId="29E15601" w14:textId="77777777" w:rsidTr="00A53541">
+      <w:tr w:rsidR="0060609B" w:rsidRPr="001E502B" w14:paraId="29E15601" w14:textId="77777777" w:rsidTr="00A53541">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="21C21AE4" w14:textId="3C73D270" w:rsidR="0060609B" w:rsidRPr="00FE698D" w:rsidRDefault="0060609B" w:rsidP="00A53541">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
@@ -6484,51 +6468,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="44A3C061" w14:textId="77777777" w:rsidR="00D122D8" w:rsidRPr="00FE698D" w:rsidRDefault="00D122D8" w:rsidP="0060609B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1070"/>
         <w:gridCol w:w="880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D122D8" w:rsidRPr="00FE698D" w14:paraId="4732A48A" w14:textId="77777777" w:rsidTr="00E33485">
+      <w:tr w:rsidR="00D122D8" w:rsidRPr="001E502B" w14:paraId="4732A48A" w14:textId="77777777" w:rsidTr="00E33485">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43465818" w14:textId="6A51AC41" w:rsidR="00D122D8" w:rsidRPr="00FE698D" w:rsidRDefault="00D122D8" w:rsidP="00E33485">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
@@ -8110,51 +8094,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44B568C0" w14:textId="77777777" w:rsidR="0060609B" w:rsidRPr="00FE698D" w:rsidRDefault="0060609B" w:rsidP="00E653C1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="6770"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A785B" w:rsidRPr="00FE698D" w14:paraId="4B3D19AC" w14:textId="77777777" w:rsidTr="008155AD">
+      <w:tr w:rsidR="008A785B" w:rsidRPr="001E502B" w14:paraId="4B3D19AC" w14:textId="77777777" w:rsidTr="008155AD">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E0AB5FF" w14:textId="77777777" w:rsidR="008A785B" w:rsidRPr="00FE698D" w:rsidRDefault="008A785B" w:rsidP="008155AD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
@@ -8275,145 +8259,143 @@
             <w:r w:rsidR="003C79BC" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="003C79BC" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A785B" w:rsidRPr="00FE698D" w14:paraId="6A72104E" w14:textId="77777777" w:rsidTr="003D5BA9">
+      <w:tr w:rsidR="008A785B" w:rsidRPr="001E502B" w14:paraId="6A72104E" w14:textId="77777777" w:rsidTr="003D5BA9">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="020EB268" w14:textId="0BB3F65A" w:rsidR="008A785B" w:rsidRPr="00FE698D" w:rsidRDefault="008A785B" w:rsidP="003D5BA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Scrutineering date</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> + </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> + place</w:t>
+            </w:r>
             <w:r w:rsidR="00E85D80" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08DEE7DF" w14:textId="77777777" w:rsidR="008A785B" w:rsidRPr="00FE698D" w:rsidRDefault="008A785B" w:rsidP="003D5BA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>according to the Promotor’s Timetable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008A785B" w:rsidRPr="00FE698D" w14:paraId="0C9FB0BE" w14:textId="77777777" w:rsidTr="003D5BA9">
+      <w:tr w:rsidR="008A785B" w:rsidRPr="001E502B" w14:paraId="0C9FB0BE" w14:textId="77777777" w:rsidTr="003D5BA9">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34E87D4F" w14:textId="5B0C8E25" w:rsidR="008A785B" w:rsidRPr="00FE698D" w:rsidRDefault="008A785B" w:rsidP="003D5BA9">
+          <w:p w14:paraId="34E87D4F" w14:textId="04451002" w:rsidR="008A785B" w:rsidRPr="00FE698D" w:rsidRDefault="001E502B" w:rsidP="003D5BA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:t>Riders briefing</w:t>
+              <w:t>Rider’s</w:t>
+            </w:r>
+            <w:r w:rsidR="008A785B" w:rsidRPr="00FE698D">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> briefing</w:t>
             </w:r>
             <w:r w:rsidR="00E85D80" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="561C095A" w14:textId="77777777" w:rsidR="008A785B" w:rsidRPr="00FE698D" w:rsidRDefault="008A785B" w:rsidP="003D5BA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
@@ -9026,51 +9008,51 @@
     <w:p w14:paraId="6F5308FC" w14:textId="77777777" w:rsidR="00D22ADA" w:rsidRPr="00FE698D" w:rsidRDefault="00D22ADA" w:rsidP="008A785B">
       <w:pPr>
         <w:ind w:right="-567"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1070"/>
         <w:gridCol w:w="880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00692C36" w:rsidRPr="00FE698D" w14:paraId="5EAF8D03" w14:textId="77777777" w:rsidTr="00E33485">
+      <w:tr w:rsidR="00692C36" w:rsidRPr="001E502B" w14:paraId="5EAF8D03" w14:textId="77777777" w:rsidTr="00E33485">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="07052CF0" w14:textId="29944B4C" w:rsidR="00692C36" w:rsidRPr="00FE698D" w:rsidRDefault="00AA7537" w:rsidP="00E33485">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
@@ -10393,71 +10375,51 @@
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="705B3976" w14:textId="71BD92FF" w:rsidR="00D80807" w:rsidRPr="00FE698D" w:rsidRDefault="008A729D" w:rsidP="00FC6756">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">DMSB </w:t>
-[...19 lines deleted...]
-              <w:t>-Cup (</w:t>
+              <w:t>DMSB Rundstrecken-Cup (</w:t>
             </w:r>
             <w:r w:rsidR="00D80807" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Pro Superstock 1000 Cup</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76B85874" w14:textId="1B683B30" w:rsidR="00D80807" w:rsidRPr="00FE698D" w:rsidRDefault="00D80807" w:rsidP="00FC6756">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
@@ -11622,166 +11584,166 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3AEB7E9B" w14:textId="77777777" w:rsidR="00D80807" w:rsidRPr="00FE698D" w:rsidRDefault="00D80807" w:rsidP="008039F5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1070"/>
         <w:gridCol w:w="880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00512262" w:rsidRPr="00FE698D" w14:paraId="64C80460" w14:textId="77777777" w:rsidTr="00D07B8C">
+      <w:tr w:rsidR="00512262" w:rsidRPr="001E502B" w14:paraId="64C80460" w14:textId="77777777" w:rsidTr="00D07B8C">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7E58E326" w14:textId="52266827" w:rsidR="00512262" w:rsidRPr="00FE698D" w:rsidRDefault="008A785B" w:rsidP="00D07B8C">
+          <w:p w14:paraId="7E58E326" w14:textId="52266827" w:rsidR="00512262" w:rsidRPr="001E502B" w:rsidRDefault="008A785B" w:rsidP="00D07B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FE698D">
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E502B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>TWIN Cup</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="330F15E7" w14:textId="77CF2E12" w:rsidR="00512262" w:rsidRPr="00FE698D" w:rsidRDefault="00512262" w:rsidP="00D07B8C">
+          <w:p w14:paraId="330F15E7" w14:textId="77CF2E12" w:rsidR="00512262" w:rsidRPr="001E502B" w:rsidRDefault="00512262" w:rsidP="00D07B8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FE698D">
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001E502B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>DMSB-Reg</w:t>
             </w:r>
-            <w:r w:rsidR="00A74A46" w:rsidRPr="00FE698D">
+            <w:r w:rsidR="00A74A46" w:rsidRPr="001E502B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE698D">
+            <w:r w:rsidRPr="001E502B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>-Nr.</w:t>
             </w:r>
-            <w:r w:rsidR="00A74A46" w:rsidRPr="00FE698D">
+            <w:r w:rsidR="00A74A46" w:rsidRPr="001E502B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE698D">
+            <w:r w:rsidRPr="001E502B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> S-</w:t>
             </w:r>
-            <w:r w:rsidR="00BA7FC1" w:rsidRPr="00FE698D">
+            <w:r w:rsidR="00BA7FC1" w:rsidRPr="001E502B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>422</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE698D">
+            <w:r w:rsidRPr="001E502B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>/2</w:t>
             </w:r>
-            <w:r w:rsidR="00540028" w:rsidRPr="00FE698D">
+            <w:r w:rsidR="00540028" w:rsidRPr="001E502B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+                <w:lang w:val="nl-NL" w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00512262" w:rsidRPr="00FE698D" w14:paraId="5B83DD6C" w14:textId="77777777" w:rsidTr="002B33E6">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="685CBF53" w14:textId="77777777" w:rsidR="00512262" w:rsidRPr="00FE698D" w:rsidRDefault="00512262" w:rsidP="002B33E6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -12837,51 +12799,51 @@
     </w:p>
     <w:p w14:paraId="52182016" w14:textId="77777777" w:rsidR="006011C3" w:rsidRPr="00FE698D" w:rsidRDefault="006011C3" w:rsidP="002C3F1E">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="1070"/>
         <w:gridCol w:w="880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006011C3" w:rsidRPr="00FE698D" w14:paraId="573D4FB1" w14:textId="77777777" w:rsidTr="00AC2881">
+      <w:tr w:rsidR="006011C3" w:rsidRPr="001E502B" w14:paraId="573D4FB1" w14:textId="77777777" w:rsidTr="00AC2881">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9747" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FB980F3" w14:textId="5B186945" w:rsidR="006011C3" w:rsidRPr="00FE698D" w:rsidRDefault="00956C9E" w:rsidP="00AC2881">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
@@ -14242,51 +14204,51 @@
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 5 </w:t>
       </w:r>
       <w:r w:rsidR="00D01C90" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Entry Closing Date </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9747" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1668"/>
         <w:gridCol w:w="2551"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00786E74" w:rsidRPr="00FE698D" w14:paraId="37FAD9C5" w14:textId="77777777" w:rsidTr="002B33E6">
+      <w:tr w:rsidR="00786E74" w:rsidRPr="001E502B" w14:paraId="37FAD9C5" w14:textId="77777777" w:rsidTr="002B33E6">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1668" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51FA4B31" w14:textId="77777777" w:rsidR="00786E74" w:rsidRPr="00FE698D" w:rsidRDefault="00D01C90" w:rsidP="002B33E6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
@@ -14454,118 +14416,115 @@
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3006"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="227"/>
         <w:gridCol w:w="9"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E02080" w:rsidRPr="00FE698D" w14:paraId="2944E5E6" w14:textId="24482C64" w:rsidTr="0001631E">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3006" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5103A952" w14:textId="77777777" w:rsidR="00E02080" w:rsidRPr="00FE698D" w:rsidRDefault="00E02080" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Races</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14839D03" w14:textId="77777777" w:rsidR="00E02080" w:rsidRPr="00FE698D" w:rsidRDefault="00E02080" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="182B36FC" w14:textId="2B24EB19" w:rsidR="00E02080" w:rsidRPr="00FE698D" w:rsidRDefault="00E02080" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -14598,51 +14557,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CE9328B" w14:textId="56732562" w:rsidR="00E02080" w:rsidRPr="00FE698D" w:rsidRDefault="00E02080" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -14685,131 +14643,128 @@
           <w:p w14:paraId="7FDBAB33" w14:textId="037656FD" w:rsidR="00E02080" w:rsidRPr="00FE698D" w:rsidRDefault="00E02080" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00800987" w:rsidRPr="00FE698D" w14:paraId="31B8B2B0" w14:textId="2943D08B" w:rsidTr="0001631E">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3006" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53347581" w14:textId="77BDC35F" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IDM Superbike</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59CE1EC1" w14:textId="683BA30A" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">International </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E8CC49C" w14:textId="6E34EF63" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="002A2435">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22F12E2B" w14:textId="77777777" w:rsidR="00660C05" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">FMN A, FIM </w:t>
@@ -14897,83 +14852,71 @@
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">One </w:t>
             </w:r>
             <w:r w:rsidR="004E2CD6" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">event </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>event riders</w:t>
+            </w:r>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: DMSB V </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A0BCCB2" w14:textId="35502928" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -15088,135 +15031,131 @@
           </w:tcPr>
           <w:p w14:paraId="29A438A4" w14:textId="6DF3CF05" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00800987" w:rsidRPr="00FE698D" w14:paraId="3FDBDEE1" w14:textId="77777777" w:rsidTr="0001631E">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3006" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B17B533" w14:textId="7917DBE0" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>IDM Supersport</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="078F47B0" w14:textId="45F95E03" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EBDDC9E" w14:textId="77777777" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74C55D48" w14:textId="77777777" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -15228,143 +15167,139 @@
           </w:tcPr>
           <w:p w14:paraId="529882B9" w14:textId="77777777" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00800987" w:rsidRPr="00FE698D" w14:paraId="5D5ED703" w14:textId="77777777" w:rsidTr="0001631E">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3006" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56F3F6F8" w14:textId="60467279" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IDM S</w:t>
             </w:r>
             <w:r w:rsidR="00532299" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>portbike</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68565F3A" w14:textId="680785EE" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54902AAE" w14:textId="77777777" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39C243A8" w14:textId="77777777" w:rsidR="00800987" w:rsidRPr="00FE698D" w:rsidRDefault="00800987" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -15382,284 +15317,276 @@
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A05014" w:rsidRPr="00FE698D" w14:paraId="1711460F" w14:textId="77777777" w:rsidTr="00B43491">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="9" w:type="dxa"/>
           <w:trHeight w:val="136"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4423" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1435D389" w14:textId="77777777" w:rsidR="00A05014" w:rsidRPr="00FE698D" w:rsidRDefault="00A05014" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45136F2A" w14:textId="1E3D52A0" w:rsidR="00A05014" w:rsidRPr="00FE698D" w:rsidRDefault="00A05014" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Rider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7000DF05" w14:textId="1E29EF5E" w:rsidR="00A05014" w:rsidRPr="00FE698D" w:rsidRDefault="00A05014" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Passenger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1645" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FBBEA1D" w14:textId="77777777" w:rsidR="00A05014" w:rsidRPr="00FE698D" w:rsidRDefault="00A05014" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E5E26" w:rsidRPr="00FE698D" w14:paraId="76C9D51B" w14:textId="77777777" w:rsidTr="0001631E">
         <w:trPr>
           <w:trHeight w:val="608"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3006" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C768CFA" w14:textId="15E7008B" w:rsidR="006E5E26" w:rsidRPr="00FE698D" w:rsidRDefault="004B2549" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IDM Sidecar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B0B434A" w14:textId="57980307" w:rsidR="006E5E26" w:rsidRPr="00FE698D" w:rsidRDefault="004B2549" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>World Championship</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A213A03" w14:textId="47EF606D" w:rsidR="006E5E26" w:rsidRPr="00FE698D" w:rsidRDefault="00DD12A7" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>According to the FIM Sidecar World Championship Regulations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37BB4D8C" w14:textId="49560122" w:rsidR="006E5E26" w:rsidRPr="00FE698D" w:rsidRDefault="009C2707" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>105/</w:t>
             </w:r>
@@ -15816,127 +15743,124 @@
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3012"/>
         <w:gridCol w:w="1411"/>
         <w:gridCol w:w="3402"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
       <w:tr w:rsidR="00406A0E" w:rsidRPr="00FE698D" w14:paraId="375366C2" w14:textId="77777777" w:rsidTr="00D33750">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F50CDF5" w14:textId="21D7B2BE" w:rsidR="00406A0E" w:rsidRPr="00FE698D" w:rsidRDefault="00C15991" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">FIME </w:t>
             </w:r>
             <w:r w:rsidR="00406A0E" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Support Races</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29F9D6AB" w14:textId="77777777" w:rsidR="00406A0E" w:rsidRPr="00FE698D" w:rsidRDefault="00406A0E" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70AD2D78" w14:textId="4BCD7B35" w:rsidR="00406A0E" w:rsidRPr="00FE698D" w:rsidRDefault="00406A0E" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -15965,194 +15889,189 @@
             <w:r w:rsidR="008A272E" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EB63C25" w14:textId="6B1367BB" w:rsidR="00406A0E" w:rsidRPr="00FE698D" w:rsidRDefault="00406A0E" w:rsidP="00131651">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>FIME EMN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075468D" w:rsidRPr="00FE698D" w14:paraId="232AC9BA" w14:textId="77777777" w:rsidTr="00D33750">
         <w:trPr>
           <w:trHeight w:val="508"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="486BCD94" w14:textId="6579AEB3" w:rsidR="0075468D" w:rsidRPr="00FE698D" w:rsidRDefault="0075468D" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Northern Talent Cup </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ABA937C" w14:textId="03904094" w:rsidR="0075468D" w:rsidRPr="00FE698D" w:rsidRDefault="0075468D" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>European Cup</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="12B8EB65" w14:textId="500A280F" w:rsidR="0075468D" w:rsidRPr="00FE698D" w:rsidRDefault="0075468D" w:rsidP="0075468D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B8EB65" w14:textId="500A280F" w:rsidR="0075468D" w:rsidRPr="001E502B" w:rsidRDefault="0075468D" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="pt-PT"/>
               </w:rPr>
               <w:t>CCR Continental License (FIM Europe)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B2B3205" w14:textId="4F7735A7" w:rsidR="0075468D" w:rsidRPr="00FE698D" w:rsidRDefault="0075468D" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-PT"/>
               </w:rPr>
               <w:t>742/</w:t>
             </w:r>
@@ -16251,226 +16170,219 @@
             </w:r>
             <w:r w:rsidR="00C4413A" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="pt-PT"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0075468D" w:rsidRPr="00FE698D" w14:paraId="2E1F96AE" w14:textId="77777777" w:rsidTr="00D33750">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47B1915C" w14:textId="77777777" w:rsidR="0075468D" w:rsidRPr="00FE698D" w:rsidRDefault="0075468D" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02225A28" w14:textId="77777777" w:rsidR="0075468D" w:rsidRPr="00FE698D" w:rsidRDefault="0075468D" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AE95AF0" w14:textId="77777777" w:rsidR="0075468D" w:rsidRPr="00FE698D" w:rsidRDefault="0075468D" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6552A20C" w14:textId="77777777" w:rsidR="0075468D" w:rsidRPr="00FE698D" w:rsidRDefault="0075468D" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D44D1F" w:rsidRPr="00FE698D" w14:paraId="71B7EAE7" w14:textId="77777777" w:rsidTr="00D33750">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E9D2CCE" w14:textId="25A5DFB3" w:rsidR="00D44D1F" w:rsidRPr="00FE698D" w:rsidRDefault="00C15991" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Support Races</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ECC9CFF" w14:textId="18FBB1C0" w:rsidR="00D44D1F" w:rsidRPr="00FE698D" w:rsidRDefault="00C15991" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AAFCB63" w14:textId="2E6A2F24" w:rsidR="00D44D1F" w:rsidRPr="00FE698D" w:rsidRDefault="00C15991" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -16505,178 +16417,174 @@
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="551A6C41" w14:textId="0A8EAF58" w:rsidR="00D44D1F" w:rsidRPr="00FE698D" w:rsidRDefault="00C15991" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>FIM IMN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD033A" w:rsidRPr="00FE698D" w14:paraId="7326F35A" w14:textId="77777777" w:rsidTr="00D33750">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11D729A2" w14:textId="38AEA24D" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="005444DB" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ADAC</w:t>
             </w:r>
             <w:r w:rsidR="00FD033A" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Junior Cup </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51439136" w14:textId="77777777" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="00FD033A" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>European open</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0664D79D" w14:textId="678B1477" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="00FD033A" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="729ABC1B" w14:textId="77777777" w:rsidR="001D5E81" w:rsidRPr="00FE698D" w:rsidRDefault="00C2500C" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>FMN A</w:t>
             </w:r>
@@ -16791,51 +16699,50 @@
             <w:r w:rsidR="00123488" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>riders</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00123488" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>: DMSB C, Race Card</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39404F17" w14:textId="4A0261AD" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="00FD033A" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -16914,112 +16821,109 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD033A" w:rsidRPr="00632967" w14:paraId="62485249" w14:textId="77777777" w:rsidTr="00D33750">
+      <w:tr w:rsidR="00FD033A" w:rsidRPr="001E502B" w14:paraId="62485249" w14:textId="77777777" w:rsidTr="00D33750">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F461A3C" w14:textId="35F19307" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="003B49AA" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>DRC/Pro Superstock 1000 Cup</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F693807" w14:textId="1D61719D" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="00FD033A" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10DDAABB" w14:textId="7222587C" w:rsidR="00C12443" w:rsidRPr="00FE698D" w:rsidRDefault="00437680" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>FMN A/B, Continental Championships License</w:t>
             </w:r>
@@ -17116,133 +17020,129 @@
             </w:r>
             <w:r w:rsidR="008D1188" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00437680" w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Race Card </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="618FBCBC" w14:textId="59E8576F" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="00FD033A" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00221E54" w:rsidRPr="00632967" w14:paraId="26162B4B" w14:textId="77777777" w:rsidTr="00D33750">
+      <w:tr w:rsidR="00221E54" w:rsidRPr="001E502B" w14:paraId="26162B4B" w14:textId="77777777" w:rsidTr="00D33750">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B124EEF" w14:textId="53140245" w:rsidR="00221E54" w:rsidRPr="00FE698D" w:rsidRDefault="00221E54" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Kawasaki Ninja ZX-4RR Cup</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="486B053C" w14:textId="77777777" w:rsidR="00221E54" w:rsidRPr="00FE698D" w:rsidRDefault="00221E54" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="687CE355" w14:textId="1372BE0F" w:rsidR="0035784D" w:rsidRPr="00FE698D" w:rsidRDefault="003B49AA" w:rsidP="0035784D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">FMN A/B, Continental Championships License (CCR), </w:t>
@@ -17322,159 +17222,154 @@
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>riders</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="13"/>
                 <w:szCs w:val="13"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>: Race Card</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48F2CFAE" w14:textId="77777777" w:rsidR="00221E54" w:rsidRPr="00FE698D" w:rsidRDefault="00221E54" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD033A" w:rsidRPr="00FE698D" w14:paraId="131AFCC8" w14:textId="77777777" w:rsidTr="00D33750">
         <w:trPr>
           <w:trHeight w:val="310"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3012" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4108DA70" w14:textId="6AE70653" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="00FD033A" w:rsidP="00312B7E">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TWIN Cup</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1411" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BB0C9BE" w14:textId="322F4627" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="00FD033A" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18382357" w14:textId="7A82E232" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="00FD033A" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70FBF21A" w14:textId="278381BC" w:rsidR="00FD033A" w:rsidRPr="00FE698D" w:rsidRDefault="00FD033A" w:rsidP="0075468D">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="788729D4" w14:textId="77777777" w:rsidR="00301CC0" w:rsidRPr="00FE698D" w:rsidRDefault="00301CC0" w:rsidP="00687764">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-US" w:eastAsia="de-DE"/>
@@ -17856,51 +17751,51 @@
         <w:t>Art. 8 Circuit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="608E6386" w14:textId="77777777" w:rsidR="00D770FE" w:rsidRPr="00FE698D" w:rsidRDefault="00D770FE" w:rsidP="00F3732A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9356" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1384"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="5279"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D95436" w:rsidRPr="00FE698D" w14:paraId="7DB4CA9D" w14:textId="77777777" w:rsidTr="008A272E">
+      <w:tr w:rsidR="00D95436" w:rsidRPr="001E502B" w14:paraId="7DB4CA9D" w14:textId="77777777" w:rsidTr="008A272E">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D5F2840" w14:textId="77777777" w:rsidR="00D95436" w:rsidRPr="00FE698D" w:rsidRDefault="00D95436" w:rsidP="002B33E6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4253"/>
                 <w:tab w:val="left" w:pos="4536"/>
               </w:tabs>
               <w:ind w:right="-567"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:val="en-US" w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:lang w:val="en"/>
@@ -19101,51 +18996,51 @@
         </w:rPr>
         <w:t>The races listed below will run over the following distances:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3006"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="993"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2546"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006751CE" w:rsidRPr="00FE698D" w14:paraId="7E6FA3CA" w14:textId="7A69A25E" w:rsidTr="00815E2A">
+      <w:tr w:rsidR="006751CE" w:rsidRPr="001E502B" w14:paraId="7E6FA3CA" w14:textId="7A69A25E" w:rsidTr="00815E2A">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3006" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E89D560" w14:textId="77777777" w:rsidR="006751CE" w:rsidRPr="00FE698D" w:rsidRDefault="006751CE" w:rsidP="00815E2A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE698D">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Race</w:t>
             </w:r>
@@ -27831,82 +27726,74 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00986CE2" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F9446A" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Protests and Appeals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71A9A281" w14:textId="29F811A1" w:rsidR="002E055E" w:rsidRPr="00FE698D" w:rsidRDefault="002E055E" w:rsidP="00D95436">
+    <w:p w14:paraId="71A9A281" w14:textId="204D7C1E" w:rsidR="002E055E" w:rsidRPr="00FE698D" w:rsidRDefault="002E055E" w:rsidP="00D95436">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance </w:t>
       </w:r>
       <w:r w:rsidR="00205BE2" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>with Art. 152 of the DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>with Art. 152 of the DMSG</w:t>
       </w:r>
       <w:r w:rsidR="00C74084" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00205BE2" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39E9B3AF" w14:textId="58C75235" w:rsidR="00F9446A" w:rsidRPr="00FE698D" w:rsidRDefault="00F9446A" w:rsidP="00D95436">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
@@ -28586,172 +28473,140 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 16.1 Insurance Coverage, </w:t>
       </w:r>
       <w:r w:rsidR="00383AF7" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Liability Insurance</w:t>
       </w:r>
       <w:r w:rsidR="00BB5FF2" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="040DA682" w14:textId="5A31EA09" w:rsidR="00BB5FF2" w:rsidRPr="00FE698D" w:rsidRDefault="00A44510" w:rsidP="0061289A">
+    <w:p w14:paraId="040DA682" w14:textId="579F4544" w:rsidR="00BB5FF2" w:rsidRPr="00FE698D" w:rsidRDefault="00A44510" w:rsidP="0061289A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The event is insured in accordance with Art</w:t>
       </w:r>
       <w:r w:rsidR="00BB5FF2" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A618F2" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 65 of the DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> 65 of the DMSG.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="791B1464" w14:textId="77777777" w:rsidR="0061289A" w:rsidRPr="00FE698D" w:rsidRDefault="0061289A" w:rsidP="0061289A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A29FD5E" w14:textId="66DF4DCB" w:rsidR="00BC29C6" w:rsidRPr="00FE698D" w:rsidRDefault="00BC29C6" w:rsidP="00BC29C6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 16.2 Waiver of Liability </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26385640" w14:textId="4B9BC665" w:rsidR="00BC29C6" w:rsidRPr="00FE698D" w:rsidRDefault="008E3781" w:rsidP="0061289A">
+    <w:p w14:paraId="26385640" w14:textId="14312EA7" w:rsidR="00BC29C6" w:rsidRPr="00FE698D" w:rsidRDefault="008E3781" w:rsidP="0061289A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>In accordance with Art. 97 of the DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>In accordance with Art. 97 of the DMSG.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E43CB33" w14:textId="77777777" w:rsidR="0061289A" w:rsidRPr="00FE698D" w:rsidRDefault="0061289A" w:rsidP="0061289A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18AC748E" w14:textId="6B0C6903" w:rsidR="008E3781" w:rsidRPr="00FE698D" w:rsidRDefault="008E3781" w:rsidP="0061289A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -28770,148 +28625,116 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Art. 16.3 Modifications to the</w:t>
       </w:r>
       <w:r w:rsidR="000D6555" w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Supplementary Regulations</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="794BACD1" w14:textId="35C862B7" w:rsidR="008E3781" w:rsidRPr="00FE698D" w:rsidRDefault="000D6555" w:rsidP="0061289A">
+    <w:p w14:paraId="794BACD1" w14:textId="3DD77431" w:rsidR="008E3781" w:rsidRPr="00FE698D" w:rsidRDefault="000D6555" w:rsidP="0061289A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>In accordance with Art. 56 of the DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">In accordance with Art. 56 of the DMSG. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD8ECA5" w14:textId="77777777" w:rsidR="0061289A" w:rsidRPr="00FE698D" w:rsidRDefault="0061289A" w:rsidP="0061289A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7E36E0BD" w14:textId="757E10FC" w:rsidR="008E3781" w:rsidRPr="00FE698D" w:rsidRDefault="000D6555" w:rsidP="000D6555">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Art. 16.4 Cancellation of the Event</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="441E038A" w14:textId="3A468D0D" w:rsidR="000D6555" w:rsidRPr="00FE698D" w:rsidRDefault="000D6555" w:rsidP="0061289A">
+    <w:p w14:paraId="441E038A" w14:textId="0D914622" w:rsidR="000D6555" w:rsidRPr="00FE698D" w:rsidRDefault="000D6555" w:rsidP="0061289A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE698D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>In accordance with Art. 41 of the DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>In accordance with Art. 41 of the DMSG.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77F3B794" w14:textId="77777777" w:rsidR="0061289A" w:rsidRPr="00FE698D" w:rsidRDefault="0061289A" w:rsidP="0061289A">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13C1E39A" w14:textId="3B1F6097" w:rsidR="0040538B" w:rsidRPr="00FE698D" w:rsidRDefault="0040538B" w:rsidP="0061289A">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -29203,61 +29026,67 @@
       <w:tblInd w:w="108" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1809"/>
       <w:gridCol w:w="2019"/>
       <w:gridCol w:w="708"/>
       <w:gridCol w:w="4678"/>
     </w:tblGrid>
     <w:tr w:rsidR="00F455A9" w:rsidRPr="00055F20" w14:paraId="2782405D" w14:textId="77777777" w:rsidTr="00E33485">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1809" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0DAE1885" w14:textId="77777777" w:rsidR="00F455A9" w:rsidRPr="00FE698D" w:rsidRDefault="00F455A9" w:rsidP="00F455A9">
+        <w:p w14:paraId="0DAE1885" w14:textId="6875D011" w:rsidR="00F455A9" w:rsidRPr="00FE698D" w:rsidRDefault="001E502B" w:rsidP="00F455A9">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00FE698D">
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            </w:rPr>
+            <w:t>D</w:t>
+          </w:r>
+          <w:r w:rsidR="00F455A9" w:rsidRPr="00FE698D">
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2019" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="6AEF524C" w14:textId="77777777" w:rsidR="00F455A9" w:rsidRPr="00FE698D" w:rsidRDefault="00F455A9" w:rsidP="00F455A9">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
           </w:pPr>
         </w:p>
@@ -29395,108 +29224,108 @@
           <w:r w:rsidRPr="00FE698D">
             <w:rPr>
               <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             </w:rPr>
             <w:t>Koordination Motorradsport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="56C2DE5B" w14:textId="77777777" w:rsidR="001E2871" w:rsidRPr="00BD0E7F" w:rsidRDefault="001E2871" w:rsidP="0011289F">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="10"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="54126194" w14:textId="5EE964E7" w:rsidR="001E2871" w:rsidRPr="00A01986" w:rsidRDefault="00DB04F9" w:rsidP="00C81E29">
+  <w:p w14:paraId="54126194" w14:textId="543D0AFD" w:rsidR="001E2871" w:rsidRPr="00A01986" w:rsidRDefault="00DB04F9" w:rsidP="00C81E29">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A01986">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>IDM</w:t>
     </w:r>
     <w:r w:rsidR="001E2871" w:rsidRPr="00A01986">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>-Supplementary Regulations – Version 0</w:t>
     </w:r>
-    <w:r w:rsidR="00B84150">
+    <w:r w:rsidR="001E502B">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="001E2871" w:rsidRPr="00A01986">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00D534F8">
+    <w:r w:rsidR="001E502B">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00A01986">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00C81E29">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="001E2871" w:rsidRPr="00A01986">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-US"/>
@@ -30206,51 +30035,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="875578743">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2104836341">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2126922050">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1553420573">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1613393795">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -30259,90 +30088,92 @@
     <w:rsid w:val="000024B4"/>
     <w:rsid w:val="000077DE"/>
     <w:rsid w:val="00015582"/>
     <w:rsid w:val="0001631E"/>
     <w:rsid w:val="00020A84"/>
     <w:rsid w:val="00023321"/>
     <w:rsid w:val="00024C31"/>
     <w:rsid w:val="0002511C"/>
     <w:rsid w:val="00041DB8"/>
     <w:rsid w:val="0005272B"/>
     <w:rsid w:val="000558C9"/>
     <w:rsid w:val="000569E7"/>
     <w:rsid w:val="000716C8"/>
     <w:rsid w:val="00072069"/>
     <w:rsid w:val="00075031"/>
     <w:rsid w:val="0007504B"/>
     <w:rsid w:val="00077DDB"/>
     <w:rsid w:val="00077E23"/>
     <w:rsid w:val="000955FF"/>
     <w:rsid w:val="000965F2"/>
     <w:rsid w:val="000A1254"/>
     <w:rsid w:val="000A4B33"/>
     <w:rsid w:val="000A6F91"/>
     <w:rsid w:val="000A7E9C"/>
     <w:rsid w:val="000B1242"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000C66C8"/>
     <w:rsid w:val="000D195F"/>
     <w:rsid w:val="000D6555"/>
     <w:rsid w:val="000F4873"/>
     <w:rsid w:val="000F5F1A"/>
     <w:rsid w:val="0010458F"/>
     <w:rsid w:val="001075BF"/>
     <w:rsid w:val="00107C55"/>
     <w:rsid w:val="001117F7"/>
     <w:rsid w:val="0011289F"/>
     <w:rsid w:val="0011493C"/>
     <w:rsid w:val="00123488"/>
     <w:rsid w:val="0012417C"/>
     <w:rsid w:val="001256EC"/>
     <w:rsid w:val="00126F33"/>
     <w:rsid w:val="00131651"/>
     <w:rsid w:val="0013319E"/>
     <w:rsid w:val="001343FE"/>
     <w:rsid w:val="001379A0"/>
     <w:rsid w:val="00142780"/>
     <w:rsid w:val="00143EAC"/>
     <w:rsid w:val="0014655F"/>
     <w:rsid w:val="001519DA"/>
     <w:rsid w:val="001754F5"/>
     <w:rsid w:val="0017616B"/>
     <w:rsid w:val="00177104"/>
     <w:rsid w:val="00177503"/>
     <w:rsid w:val="00181F67"/>
     <w:rsid w:val="00193F7C"/>
     <w:rsid w:val="001950D4"/>
     <w:rsid w:val="001A72BE"/>
     <w:rsid w:val="001B4C2F"/>
     <w:rsid w:val="001B4F2D"/>
     <w:rsid w:val="001B5AFF"/>
     <w:rsid w:val="001B6D3E"/>
     <w:rsid w:val="001B77FA"/>
     <w:rsid w:val="001D133D"/>
     <w:rsid w:val="001D3115"/>
     <w:rsid w:val="001D5E81"/>
     <w:rsid w:val="001E2871"/>
+    <w:rsid w:val="001E502B"/>
     <w:rsid w:val="001F159E"/>
     <w:rsid w:val="001F1CC7"/>
     <w:rsid w:val="001F35C9"/>
     <w:rsid w:val="001F4343"/>
     <w:rsid w:val="002016B8"/>
     <w:rsid w:val="00205309"/>
     <w:rsid w:val="00205BE2"/>
     <w:rsid w:val="002139A9"/>
     <w:rsid w:val="00215421"/>
     <w:rsid w:val="00216BD4"/>
     <w:rsid w:val="00217361"/>
     <w:rsid w:val="00217DF6"/>
     <w:rsid w:val="002219BC"/>
     <w:rsid w:val="00221E54"/>
     <w:rsid w:val="00230792"/>
     <w:rsid w:val="00237AAB"/>
     <w:rsid w:val="00240EB7"/>
     <w:rsid w:val="00252A64"/>
     <w:rsid w:val="002576C5"/>
     <w:rsid w:val="00261F34"/>
     <w:rsid w:val="00264256"/>
     <w:rsid w:val="00271B66"/>
     <w:rsid w:val="002829EB"/>
     <w:rsid w:val="00283005"/>
     <w:rsid w:val="002846E6"/>
@@ -33483,67 +33314,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{046D6A9D-8D6C-47C3-BCB8-5FBD663B9B6B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1909</Words>
-  <Characters>12252</Characters>
+  <Words>1955</Words>
+  <Characters>12182</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>28</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>1353</Lines>
+  <Paragraphs>744</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>DMSB - Ausschreibung IDM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14133</CharactersWithSpaces>
+  <CharactersWithSpaces>13393</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>DMSB - Ausschreibung IDM</dc:title>
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>