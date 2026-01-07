--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -1,96 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="52095D69" w14:textId="12AB3136" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="00930B85" w:rsidP="00930B85">
+    <w:p w14:paraId="52095D69" w14:textId="075AF11A" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="00930B85" w:rsidP="00930B85">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D9472C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Nennformular </w:t>
       </w:r>
       <w:r w:rsidR="005529BB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Enduro</w:t>
       </w:r>
       <w:r w:rsidR="00E34749" w:rsidRPr="00D9472C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="00726EC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00D23E7F">
+      <w:r w:rsidR="007F6689">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C517443" w14:textId="7A01DC3E" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="002A4E58" w:rsidP="00930B85">
       <w:r w:rsidRPr="00D9472C">
         <w:t xml:space="preserve">Anschrift und Kontaktdaten </w:t>
       </w:r>
       <w:r w:rsidR="0033727F">
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
         <w:t xml:space="preserve"> Veranstalters</w:t>
       </w:r>
       <w:r w:rsidR="0054460B">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D9472C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0054460B">
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
@@ -1817,61 +1821,59 @@
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34A086C8" w14:textId="30E61290" w:rsidR="002437ED" w:rsidRPr="00D9472C" w:rsidRDefault="00DA3019" w:rsidP="002437ED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1843"/>
                 <w:tab w:val="left" w:pos="3402"/>
                 <w:tab w:val="left" w:pos="4740"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">7 - </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009A1665">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Senioren</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D5F76E8" w14:textId="77777777" w:rsidR="002437ED" w:rsidRPr="00D9472C" w:rsidRDefault="002437ED" w:rsidP="002437ED">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002437ED" w:rsidRPr="00D9472C" w14:paraId="4D862673" w14:textId="77777777" w:rsidTr="00DE6A9B">
         <w:trPr>
@@ -2617,61 +2619,59 @@
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E16F9B0" w14:textId="2A79F5E2" w:rsidR="002437ED" w:rsidRDefault="00DA3019" w:rsidP="002437ED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1843"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">4 - </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009A1665">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Junioren</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5275D883" w14:textId="21201B8E" w:rsidR="002437ED" w:rsidRDefault="002437ED" w:rsidP="002437ED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1843"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
@@ -2744,61 +2744,59 @@
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidR="00DE6A9B">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009A1665">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Jugend</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2EF11738" w14:textId="56D25B31" w:rsidR="002437ED" w:rsidRPr="004C16CC" w:rsidRDefault="00DE6A9B" w:rsidP="002437ED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1843"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -2979,71 +2977,51 @@
           <w:tcPr>
             <w:tcW w:w="2124" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1BA56057" w14:textId="44F8D0DF" w:rsidR="00DE6A9B" w:rsidRDefault="00DE6A9B" w:rsidP="002437ED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1843"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">11 – </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">11 – Seitenwagen </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="326DAC38" w14:textId="0279570F" w:rsidR="00DE6A9B" w:rsidRDefault="00DE6A9B" w:rsidP="002437ED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1843"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
@@ -3109,85 +3087,142 @@
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>12- Quad/ATV´s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7A17F146" w14:textId="77777777" w:rsidR="00DE6A9B" w:rsidRDefault="00DE6A9B" w:rsidP="002437ED">
+          <w:p w14:paraId="7A17F146" w14:textId="31D1CBD8" w:rsidR="00DE6A9B" w:rsidRDefault="007F6689" w:rsidP="002437ED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1843"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:size w:val="18"/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2270" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="038FFDF9" w14:textId="77777777" w:rsidR="00DE6A9B" w:rsidRPr="00DE6A9B" w:rsidRDefault="00DE6A9B" w:rsidP="002437ED">
+          <w:p w14:paraId="038FFDF9" w14:textId="0E7A61A1" w:rsidR="00DE6A9B" w:rsidRPr="007F6689" w:rsidRDefault="007F6689" w:rsidP="002437ED">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1843"/>
                 <w:tab w:val="left" w:pos="3402"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007F6689">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>13- Elektro</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="460EF087" w14:textId="77777777" w:rsidR="00DE6A9B" w:rsidRPr="00D9472C" w:rsidRDefault="00DE6A9B" w:rsidP="002437ED">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002437ED" w:rsidRPr="00D9472C" w14:paraId="3BEA9E1E" w14:textId="77777777" w:rsidTr="00DE6A9B">
         <w:trPr>
@@ -4860,4405 +4895,3985 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C8BAE6C" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk45623099"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk182498786"/>
       <w:r w:rsidRPr="002E3883">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Zutreffendes bitte </w:t>
       </w:r>
       <w:r w:rsidRPr="002E3883">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>unbedingt</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3883">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ankreuzen</w:t>
       </w:r>
       <w:r w:rsidRPr="002E3883">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25AF3BDA" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="5" w:name="Kontrollkästchen40"/>
-    <w:p w14:paraId="4E97F322" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="4B3A7CAF" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-73"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bewerber</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Kontrollkästchen41"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fahrer</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+        <w:t xml:space="preserve"> Fahrer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beifahrer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">ist </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Eigentümer des einzusetzenden Fahrzeuges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3657507F" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="1DCE3080" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Bewerber, Fahrer/Beifahrer</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> sind </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>nicht</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eigentümer des einzusetzenden Fahrzeuges. Der Fahrzeugeigentümer gibt die in diesem Formular abgedruckte Haftungsverzichtserklärung ab.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EB7D640" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="0A2759B2" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Bei falschen Angaben stellen Bewerber und Fahrer/Beifahrer den in der Haftungsverzichtserklärung des Fahrzeugeigentümers aufgeführten Personenkreis von jeglichen Ansprüchen des Fahrzeugeigentümers wegen Schäden</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="7DA34557" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">die im Zusammenhang mit der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) entstehen, frei. Dies gilt auch für Kosten des Fahrzeugeigentümers für eine angemessene Rechtsverfolgung. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22A8C82C" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BA8109D" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="401416E7" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Allgemeine Vertragserklärungen von Bewerber, Fahrer und Beifahrer (Bewerber, Fahrer und Beifahrer = Teilnehmer)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79925A88" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="5DBF6A5E" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer haften für alle Verpflichtungen aus dem Nennungsvertrag als Gesamtschuldner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA80B37" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="136078CF" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FC327E8" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="77075CCF" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer versichern, dass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CDEAA8D" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="70807991" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">die in dieser Erklärung gemachten Angaben richtig und vollständig sind, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1541B0B4" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="0BC49FFF" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="142495D3" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sie uneingeschränkt den Anforderungen der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) gewachsen sind, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113AB7E8" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>das Fahrzeug in allen Punkten den einschlägigen technischen Bestimmungen entspricht,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A948E7A" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="14ADF096" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>das Fahrzeug in allen Teilen jederzeit durch die Technischen Kommissare untersucht werden kann und</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102ABB76" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="6FF371E5" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sie das Fahrzeug nur in technisch und optisch einwandfreiem Zustand bei der jeweiligen Veranstaltung einsetzen werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526648E0" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="6965625D" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...159 lines deleted...]
-    <w:p w14:paraId="39069D41" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sie von dem Nationalen Motorrad Sportgesetz (DMSG), den Internationalen Sportgesetz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>(ISC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der FIM (Fédération Internationale Motocycliste) sowie der FIME (Fédération Internationale Motocycliste Europe) mit Anhängen, den FIM-/FIME-Rechts- und Disziplinarbestimmungen, den Anti-Doping-Regelwerk der FIM/FIME und des DMSB, der Rechts- und Verfahrensordnung des DMSB sowie den Anti-Doping Codes der Internationalen und Nationalen Anti-Doping Agenturen (WADA/NADA), den DMSB-Reglements, den Allgemeinen Meisterschaftsbestimmungen und den besonderen Serien-Bestimmungen, der Rechts- und Verfahrensordnung des DMSB, den Kodexen, den DMSB-Umweltrichtlinien und den sonstigen FIM-, FIME- und DMSB-Bestimmungen Kenntnis genommen haben und sie diese als für sich verbindlich anerkennen und sie befolgen werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717B7382" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">sie gem. Vorgabe zur jeweiligen Disziplin -soweit erforderlich- im Besitz einer gültigen Fahrerlaubnis sind. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DCBA552" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="280B2762" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18922B69" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="4EF29678" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Insbesondere erkennen Sie als verbindlich an, dass </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A980ED9" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="4B835874" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A54668">
-[...18 lines deleted...]
-    <w:p w14:paraId="767E5B0B" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="00387CF6" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>sie Tatsachen in der Person oder dem Verhalten eines Teammitgliedes (Bewerber, Fahrer, Beifahrer, Mechaniker, Helfer usw.), die das Vertragsverhältnis mit dem Veranstalter berühren oder einen Schadensersatzanspruch begründen, für und gegen sich gelten lassen müssen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08E53256" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387CF6">
-[...67 lines deleted...]
-    <w:p w14:paraId="6877A862" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der DMSB, seine Gerichtsbarkeit, die Sportkommissare und die Veranstalter – jeweils im Rahmen ihrer Zuständigkeit – berechtigt sind, neben anderen Maßnahmen auch Strafen bei Verstößen gegen die sportlichen Regeln, sportgesetzlichen Bestimmungen und vertraglichen Pflichten – wie in den Internationalen Sportgesetz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>(ISC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der FIM (Fédération Internationale Motocycliste) sowie der FIME (Fédération Internationale Motocycliste Europe) mit Anhängen, der Rechts- und Verfahrensordnung des DMSB, den Wettbewerbsbestimmungen mit Anhängen, den Serien- und Veranstaltungsausschreibungen und sonstigen Bestimmungen vorgesehen – festzusetzen – unbeschadet des Rechts, den in der Rechts- und Verfahrensordnung des DMSB, der FIM-/FIME-Rechts- und Disziplinarbestimmungen und den Reglements geregelten Verbandsrechtsweg zu beschreiten,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC8B8B3" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sie keine Substanzen oder Methoden anwenden dürfen, wie sie in der Verbotsliste des Anti-Doping-Code der WADA/NADA sowie in den Anti-Doping Bestimmungen der FIM, FIME und des DMSB definiert sind.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5183AD50" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="3E62925B" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="439CBD9D" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="6695730A" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Protest und Berufungsvollmacht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F230AEC" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="0E6B3980" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer (auch mehrere für ein Fahrzeug genannte Fahrer) bevollmächtigen sich mit Abgabe dieser Erklärung gegenseitig, den jeweils anderen im Protest- und Berufungsverfahren zu vertreten. Sie bevollmächtigen sich insbesondere gegenseitig zur Abgabe von Protesten, deren Rücknahme, Ankündigung, Einlegung und Bestätigung, zur Rücknahme und zum Verzicht auf die Berufung und zur Stellung aller im Rahmen der Protest- und Berufungsverfahren möglichen Anträge sowie der Abgabe bzw. Entgegennahme von Erklärungen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E66E63D" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="4289A86F" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C9B7838" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="360F885C" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Erklärungen der Teilnehmer zum Ausschluss der Haftung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="335FCFD1" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="0CEF09B1" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Teilnehmer nehmen auf eigene Gefahr an der Veranstaltung teil. Sie tragen die alleinige zivil- und strafrechtliche Verantwortung für alle von ihnen verursachten Schäden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB445BC" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="49537DBA" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...18 lines deleted...]
-    <w:p w14:paraId="07E44213" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Sie erklären den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="230B2BC7" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den eigenen Teilnehmern (anderslautende Vereinbarungen zwischen den Teilnehmern gehen vor!) und Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC78148" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="7E9B37A6" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge und deren Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32B791B5" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="23B2CAA6" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären der FIM, FIME und des DMSB und der DMSB-Mitgliedsorganisationen,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="475D8B78" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="1D151926" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="6ABC55B4" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären des ADAC e. V., der ADAC Regionalclubs, der ADAC Ortsclubs und der mit dem ADAC e. V. verbundenen Unternehmen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D728E49" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="5630D5CC" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC96B4C" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...9 lines deleted...]
-    <w:p w14:paraId="2A86D32B" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, den Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50262836" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...9 lines deleted...]
-    <w:p w14:paraId="115FED38" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E18525" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">den Erfüllungs- und Verrichtungsgehilfen, den gesetzlichen Vertretern, den haupt- und ehrenamtlichen Mitarbeitern aller zuvor genannten Personen und Stellen sowie deren Mitgliedern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF4152D" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="00BDBB01" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1ADD39B7" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="09BBD1AF" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...9 lines deleted...]
-    <w:p w14:paraId="33FBD735" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen, ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt. Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0567E286" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F7BC8CB" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="7D69D347" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="2AD30AF5" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stillschweigende Haftungsausschlüsse bleiben von vorstehender Haftungsausschlussklausel unberührt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FDB53DF" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D583277" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="7C2D8B04" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk45619122"/>
-      <w:bookmarkEnd w:id="3"/>
-[...7 lines deleted...]
-        <w:t>Mit Abgabe dieser Erklärung nehmen die Teilnehmer davon Kenntnis, dass Versicherungsschutz im Rahmen der Kraftverkehrsversicherungen in der Regel (Kfz-Haftpflicht, Kasko- und Insassen-Unfall-Versicherung) für Schäden, die aus dem Gebrauch des Fahrzeugs bei einer Motorsportveranstaltung oder Motorsportaktivität, einschließlich Rennen, Wettbewerben, Trainings, Tests und Demonstrationen, wenn das Fahrzeug in einem hierfür abgegrenzten Gebiet mir Zugangsbeschränkung gebraucht wird und für diesen Gebrauch des Fahrzeugs eine Motorsporthaftpflichtversicherung nach Maßgabe des § 5d PflVG besteht, nicht gewährt wird. Sie verpflichten sich, auch den Halter und den Eigentümer des eingesetzten Fahrzeugs davon zu unterrichten.</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Mit Abgabe dieser Erklärung nehmen die Teilnehmer davon Kenntnis, dass Versicherungsschutz im Rahmen der Kraftverkehrsversicherungen in der Regel (Kfz-Haftpflicht, Kasko- und Insassen-Unfall-Versicherung) für Schäden, die aus dem Gebrauch des Fahrzeugs bei einer Motorsportveranstaltung oder Motorsportaktivität, einschließlich Rennen, Wettbewerben, Trainings, Test- und Demonstrations-Fahrten, wenn das Fahrzeug in einem hierfür abgegrenzten Gebiet mir Zugangsbeschränkung gebraucht wird und für diesen Gebrauch des Fahrzeugs eine Motorsporthaftpflichtversicherung nach Maßgabe des § 5d PflVG besteht, nicht gewährt wird. Sie verpflichten sich, auch den Halter und den Eigentümer des eingesetzten Fahrzeugs davon zu unterrichten.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="3B94FACA" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="7A3B2610" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D65DF16" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="4A303FB4" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk45623110"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Entbindung von der Schweigepflicht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282C48AD" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="3808BB07" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...58 lines deleted...]
-    <w:p w14:paraId="45ECEE16" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Im Falle einer im Laufe der Veranstaltung eintretenden oder festgestellten Verletzung bzw. im Falle von gesundheitlichen Schäden, die die motorsportliche Tauglichkeit auf Dauer oder vorübergehend in Frage stellen können, entbindet der/die Unterzeichnende alle behandelnden Ärzte – im Hinblick auf das sich daraus nicht nur für ihn/sie selbst sondern auch für Dritte ergebende Sicherheitsrisiko – von der ärztlichen Schweigepflicht untereinander sowie gegenüber dem Renn-/Fahrtleiter, Sportkommissar, Schiedsrichter, Leitenden Rennarzt, DMSB-Verbandsarzt, der Koordination Motorradsport (DMSB) und dem Versicherungs-Schadensbüro. Die Verarbeitung Ihrer Daten erfolgt aufgrund eines berechtigten Interesses des DMSB. Zweck ist der Schutz der Lizenznehmer bei Sportveranstaltungen. Dieser Verarbeitung können Sie jederzeit mit Wirkung für die Zukunft widersprechen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FBBED4" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D76A8A5" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="71D4A933" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der DMSB, seine Mitgliedsorganisationen, die ADAC Regionalclubs und Veranstalter nehmen nicht an einem Streitbeilegungsverfahren vor einer Verbraucherschlichtungsstelle nach dem Verbraucherstreitbeilegungsgesetz teil.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3095F0" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="066BEFBC" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EF4E36B" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="75D8A97B" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>Fahrer/Beifahrer mit einer</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="03C54170" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+        <w:t>Fahrer/Beifahrer mit einer C-Lizenz, H-Lizenz, V-Lizenz oder Race Card</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13EAB7A4" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ich erkläre mit meiner Unterschrift ausdrücklich, dass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="416C16B1" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="00387CF6" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="2E93CE0B" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387CF6">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>mir zum Zeitpunkt der Nennung zur Veranstaltung und bei Veranstaltungsteilnahme keine gesundheitlichen Mängel oder körperlichen Einschränkungen bekannt sind, die eine Teilnahme an der Veranstaltung ausschließen bzw. ich umgehend bei Bekanntwerden den Veranstalter hierüber unterrichten werden und von einer Teilnahme an der Veranstaltung absehen werde,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AAF5632" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="00387CF6" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="77545010" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387CF6">
-[...45 lines deleted...]
-    <w:p w14:paraId="638AAA75" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="00320962" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>ich im Falle der Beantragung zum Zeitpunkt der Beantragung und Nutzung der Race Card nicht Inhaber einer anderen Fahrerlizenz (Jahreslizenz) des DMSB oder einer anderen Mitgliedsföderation (FMN) der FIM für das laufende Jahr bin.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78906E5E" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59BA32BA" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="57E71664" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:spacing w:before="58"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FREISTELLUNGSERKLÄRUNG</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>BEI</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FIL</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FOT</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PRODUKTIONEN und Datenschutzhinweise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5738FCCF" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="5752D91C" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Der Teilnehmer erklärt sein Einverständnis zur Durchführung von Foto- und Filmarbeiten während der Veranstaltung sowie zur Einräumung der unentgeltlichen Sende-, öffentlichen Wiedergabe-, Aufzeichnungs-, Vervielfältigungs- und Bearbeitungsrechte hinsichtlich der von seiner Person, etwaigen Begleitpersonen oder der von ihren Fahrzeugen gefertigten Film- oder Fotoaufnahmen gegenüber dem DMSB, seinen Mitgliedsorganisationen, den ADAC Regionalclubs und dem Veranstalter. Die Rechteeinräumung umfasst neben der Nutzung für die Berichterstattung über das Rennen, die Teilnehmer und die Ergebnisse in Print-, Radio-, TV- und Onlinemedien, wie insbesondere auch die Internet-/Facebook-Auftritte des DMSB, seiner Mitgliedsorganisationen, der ADAC Regionalclubs und Veranstalter, auch die Nutzung der Aufnahmen zu Zwecken der Eigenwerbung oder der Veranstaltungsbewerbung. Sendet der Teilnehmer Bildmaterial an den Veranstalter erklärt der Teilnehmer darüber hinaus sein Einverständnis zur uneingeschränkten honorarfreien Verwendung, Verwertung oder Veröffentlichung durch den DMSB, seine Mitgliedsorganisationen, den ADAC Regionalclubs und dem Veranstalter</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Der Teilnehmer erklärt sein Einverständnis zur Durchführung von Foto- und Filmarbeiten während der Veranstaltung sowie zur Einräumung der unentgeltlichen Sende-, öffentlichen Wiedergabe-, Aufzeichnungs-, Vervielfältigungs- und Bearbeitungsrechte hinsichtlich der von seiner Person, etwaigen Begleitpersonen oder der von seinen  Fahrzeugen gefertigten Film- oder Fotoaufnahmen gegenüber dem DMSB, den DMSB-Mitgliedsorganisationen, den ADAC-Regional-/Ortsclubs, dem Promotor und dem Veranstalter. Die Rechteeinräumung umfasst neben der Nutzung für die Berichterstattung über das Rennen, die Teilnehmerdaten und die Ergebnisse und Ergebnislisten in Print-, Radio-, TV- und Onlinemedien, wie insbesondere auch die Internet-/Facebook und sonstigen Online-Auftritte des DMSB, der DMSB-Mitgliedsorganisationen, der ADAC-Regional-/Ortsclubs und des Veranstalters sowie Promotors zu veröffentlich. Im Weiteren auch die Nutzung der Aufnahmen zu Zwecken der Eigenwerbung oder der Veranstaltungsbewerbung. Sendet der Teilnehmer Bildmaterial an den Veranstalter erklärt der Teilnehmer darüber hinaus sein Einverständnis zur uneingeschränkten honorarfreien Verwendung, Verwertung oder Veröffentlichung durch den DMSB, den DMSB-Mitgliedsorganisationen, den ADAC Regional-/Ortsclubs, dem Promotor und Veranstalter.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="205FFEC2" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DBD2E6C" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich willige ferner ein, dass eine Veröffentlichung (auch im Internet) von Entscheidungen - unter Angabe der Teilnehmerdaten - des Renn-/Fahrtleiters sowie der Sportkommissare und ggf. in Folge der Verbandsgerichte erfolgen kann sowie eine Übermittlung der Entscheidungen an die DMSB-Mitgliedsorganisationen, die ADAC-Regional- und Ortsclubs, an den Promotor/Veranstalter/Serienausschreiber sowie an die Sportwarte des DMSB erfolgen kann. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DAAA5D2" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16A85929" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hinweis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="537134B6" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Veranstaltung widerrufen wird, ist eine Teilnahme an dieser Veranstaltung (Vorgaben zur Veranstaltung) nicht möglich.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39001A83" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...11 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5405D8BF" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...180 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="002E3883">
+        <w:r w:rsidRPr="00030516">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002E3883">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – unter Angabe der Veranstaltung und des Veranstaltungsdatums - widerrufen. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F590A53" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15EE046C" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Wenn der Teilnehmer/in minderjährig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>nicht</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>voll</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>geschäftsfähig</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ist,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>versichert</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>alleinige Unterzeichner,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>dass</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>das</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>alleinige</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sorgerecht</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>hat</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>berechtigt</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ist,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>diese</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Erklärung</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>auch</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>im</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Namen</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>etwaiger</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>weiterer</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sorge</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>erechtigter</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>verbindlich</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>abzugeben.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Bei</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Unterzeichnung</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>durch</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sorgeberechtigte ist</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>die</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Angabe</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vollständigen </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Namens</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> und Anschrift </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>erforderlic</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B19408F" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="672C56DC" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-    <w:p w14:paraId="02CE755C" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B0D1588" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FFFD38E" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:eastAsia="de-DE"/>
-[...15 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7674B7AA" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="0463BD90" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ort/Datum  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Name des 1. Fahrers in Blockschrift und Unterschrift des 1. Fahrers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76B6F422" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="016C0207" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>bzw. bei Minderjährigen des/r gesetzlichen Vertreter(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63C0B476" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="27966950" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72D7F34C" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="5052E054" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Unterschrift durch einen gesetzlichen Vertreter bitte ankreuzen (nur möglich bei Jahreslizenz): </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619DA20B" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="1674D9B0" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Obige Unterschrift erfolgte nicht nur im eigenen Namen, sondern auch im Namen des anderen Elternteils</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775E6E83" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="1BCFE498" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="118162C7" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bzw. ich bin zur alleinigen Vertretung meines Kindes berechtigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC294B7" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="2BB731AE" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FD03DDF" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="2DF99B55" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02E26490" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="5BC8CB6B" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4238A5E7" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="4130A2E9" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:left="2977" w:right="-1" w:hanging="2977"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ort/Datum</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Name des 2. Fahrers in Blockschrift und Unterschrift des 2. Fahrers/Beifahrers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1241749A" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="01E692B9" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:left="2977" w:right="-1" w:hanging="2977"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> bzw. bei Minderjährigen des/r gesetzlichen Vertreter(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7422EEB7" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="05978107" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B2CDA36" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="203D9767" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Unterschrift durch einen gesetzlichen Vertreter bitte ankreuzen (nur möglich bei Jahreslizenz): </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BC5404" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="75E61B2E" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...16 lines deleted...]
-    <w:p w14:paraId="0DEFBD73" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Obige Unterschrift erfolgte nicht nur im eigenen Namen, sondern auch im Namen des anderen Elternteils.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AD9D53" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A7940B5" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...24 lines deleted...]
-    <w:p w14:paraId="4143ADC3" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ich bin zur alleinigen Vertretung meines Kindes berechtigt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B44B81" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C6DD92C" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="57C14F21" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D3143D3" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="2E0598D4" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6603E37F" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="27C4CFD0" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Name des Bewerbers in Blockschrift und Unterschrift - falls nicht personengleich-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E3B6411" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="44652D63" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk45623008"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Nur erforderlich, wenn Bewerber, Fahrer und Beifahrer nicht Eigentümer des einzusetzenden Fahrzeugs sind</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="077AAD5B" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="788B0C19" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:right="-1"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="085932FC" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="095C12D2" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:right="-1"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Verzichtserklärung des Fahrzeugeigentümers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6105A67E" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="2C4ABFF5" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="30D10B69" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Ich bin mit der Beteiligung des in der Erklärung näher bezeichneten Fahrzeuges an der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) einverstanden und erkläre den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AB2E049" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den eigenen Teilnehmern und Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EAF9A9A" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="4B5338E5" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="11CAEF86" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge (soweit die Veranstaltung auf einer permanenten oder temporär geschlossenen Strecke stattfindet) und deren Helfern, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52BA8401" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="31539889" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären der FIM, FIME und des DMSB und der DMSB-Mitgliedsorganisationen,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5866F9E5" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...29 lines deleted...]
-    <w:p w14:paraId="6F0F83BA" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären des ADAC e. V., der ADAC Regional-/Ortsclubs und der mit dem ADAC e. V. verbundenen Unternehmen,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018DB6BD" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="413D6D1B" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="34A81D65" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8F8C6F" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="307C7007" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A0B602E" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="30E294B3" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">den Erfüllungs- und Verrichtungsgehilfen, den gesetzlichen Vertretern, den haupt- und ehrenamtlichen Mitarbeitern aller zuvor genannten Personen und Stellen sowie deren Mitgliedern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0175A73F" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="7F6F522E" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="199DC9E5" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="6CB0AB47" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55571DE6" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="50A7AF10" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A22DF61" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="4BF3E4C9" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76E04DB9" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="669CC30A" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...28 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich willige ein, dass meine personenbezogenen Daten (Vor- und Zuname, ggf. amtl. Kennzeichen, Fahrgestellnummer) verarbeitet werden, damit das genannte Fahrzeug an der gegenständlichen Veranstaltung teilnehmen kann. Die Daten werden, sofern dies erforderlich ist an den Veranstalter und die DMSB Mitgliedsorganisationen sowie den DMSB weitergeleitet. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="002E3883">
+        <w:r w:rsidRPr="00030516">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> unter Angabe der Veranstaltung und des Veranstaltungsdatums - widerrufen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1612A8F9" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="26F3568A" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64E9082F" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="604BA1EE" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Hinweis:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEBE7F6" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="50901155" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...10 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Veranstaltung widerrufen wird, ist eine Teilnahme an dieser Veranstaltung (Vorgaben zur Veranstaltung) nicht möglich. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F5DCF8" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="45228521" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00030516">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>datenschutz@dmsb.de</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – unter Angaben der Veranstaltung und des Veranstaltungsdatums - widerrufen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102AEFF0" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="585A255E" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="5A43757F" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="155873F2" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="002E3883" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="68FF6286" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2873A345" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D64DADC" w14:textId="77777777" w:rsidR="00B06F41" w:rsidRPr="00953F36" w:rsidRDefault="00B06F41" w:rsidP="00B06F41">
+    <w:p w14:paraId="774B59D1" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="00030516" w:rsidRDefault="007F6689" w:rsidP="007F6689">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ort/Datum</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Name und Anschrift des Eigentümers in Blockschrift</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-    </w:p>
+    </w:p>
+    <w:p w14:paraId="20C19945" w14:textId="77777777" w:rsidR="007F6689" w:rsidRPr="000F1641" w:rsidRDefault="007F6689" w:rsidP="007F6689"/>
     <w:p w14:paraId="73DAF417" w14:textId="4FE08FE8" w:rsidR="00440FD4" w:rsidRPr="00440FD4" w:rsidRDefault="00440FD4" w:rsidP="00B06F41">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00440FD4" w:rsidRPr="00440FD4" w:rsidSect="00726EC9">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="818" w:right="849" w:bottom="426" w:left="851" w:header="135" w:footer="124" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4FA14AFB" w14:textId="77777777" w:rsidR="001D4DFE" w:rsidRDefault="001D4DFE" w:rsidP="00CA1A18">
+    <w:p w14:paraId="73243CD3" w14:textId="77777777" w:rsidR="00FC78E4" w:rsidRDefault="00FC78E4" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4A15840F" w14:textId="77777777" w:rsidR="001D4DFE" w:rsidRDefault="001D4DFE" w:rsidP="00CA1A18">
+    <w:p w14:paraId="05233605" w14:textId="77777777" w:rsidR="00FC78E4" w:rsidRDefault="00FC78E4" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9293,124 +8908,134 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FranklinGothicLTCom-Bk">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="332A9BC6" w14:textId="4B3EB8DF" w:rsidR="00726EC9" w:rsidRPr="00124B90" w:rsidRDefault="00FB693B" w:rsidP="00726EC9">
+  <w:p w14:paraId="2D95823B" w14:textId="77777777" w:rsidR="007F6689" w:rsidRDefault="007F6689">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="332A9BC6" w14:textId="302A7FCC" w:rsidR="00726EC9" w:rsidRPr="00124B90" w:rsidRDefault="00FB693B" w:rsidP="00726EC9">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9214"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>DMSB-</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Nennformular </w:t>
     </w:r>
     <w:r w:rsidR="005529BB">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Enduro</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
-    <w:r w:rsidR="00B06F41">
+    <w:r w:rsidR="007F6689">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00D23E7F">
+    <w:r w:rsidR="007F6689">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
@@ -9499,99 +9124,101 @@
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="04A6D080" w14:textId="77777777" w:rsidR="00726EC9" w:rsidRPr="00124B90" w:rsidRDefault="00726EC9" w:rsidP="00726EC9">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
-      <w:t xml:space="preserve">Herausgeber: DMSB-Deutscher Motorsport Bund e.V., </w:t>
-[...17 lines deleted...]
-      <w:t>. 70, 60528 Frankfurt, www.dmsb.de</w:t>
+      <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B68103C" w14:textId="77777777" w:rsidR="002905D6" w:rsidRDefault="002905D6">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7A464727" w14:textId="77777777" w:rsidR="007F6689" w:rsidRDefault="007F6689">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="61673566" w14:textId="77777777" w:rsidR="001D4DFE" w:rsidRDefault="001D4DFE" w:rsidP="00CA1A18">
+    <w:p w14:paraId="045175D0" w14:textId="77777777" w:rsidR="00FC78E4" w:rsidRDefault="00FC78E4" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B7CF8C1" w14:textId="77777777" w:rsidR="001D4DFE" w:rsidRDefault="001D4DFE" w:rsidP="00CA1A18">
+    <w:p w14:paraId="505FA671" w14:textId="77777777" w:rsidR="00FC78E4" w:rsidRDefault="00FC78E4" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="74A381A8" w14:textId="77777777" w:rsidR="007F6689" w:rsidRDefault="007F6689">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01D685F6" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00954E64">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E9849DE" wp14:editId="235691A8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4736465</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>142875</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1752600" cy="274955"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="19455"/>
@@ -9626,50 +9253,60 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1752600" cy="274955"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51206AAF" w14:textId="77777777" w:rsidR="007F6689" w:rsidRDefault="007F6689">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00DB00C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="602600F0"/>
     <w:lvl w:ilvl="0" w:tplc="E4A061F2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -11055,51 +10692,50 @@
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1457527655">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1047410490">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1647081748">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1891189052">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1922982577">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="316302365">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -11138,68 +10774,70 @@
     <w:rsid w:val="002C3989"/>
     <w:rsid w:val="002E2F66"/>
     <w:rsid w:val="002F1F8D"/>
     <w:rsid w:val="00324D23"/>
     <w:rsid w:val="0033727F"/>
     <w:rsid w:val="00370AFA"/>
     <w:rsid w:val="003B7328"/>
     <w:rsid w:val="003E025D"/>
     <w:rsid w:val="00401130"/>
     <w:rsid w:val="00417A22"/>
     <w:rsid w:val="00440FD4"/>
     <w:rsid w:val="00444EC9"/>
     <w:rsid w:val="00460E77"/>
     <w:rsid w:val="0048358B"/>
     <w:rsid w:val="004C16CC"/>
     <w:rsid w:val="004D5883"/>
     <w:rsid w:val="004F69A8"/>
     <w:rsid w:val="004F7957"/>
     <w:rsid w:val="00506A8C"/>
     <w:rsid w:val="00516881"/>
     <w:rsid w:val="00522572"/>
     <w:rsid w:val="005354B1"/>
     <w:rsid w:val="0054460B"/>
     <w:rsid w:val="005529BB"/>
     <w:rsid w:val="00553BAC"/>
+    <w:rsid w:val="00582677"/>
     <w:rsid w:val="00596A5D"/>
     <w:rsid w:val="005B271F"/>
     <w:rsid w:val="006028A3"/>
     <w:rsid w:val="00624636"/>
     <w:rsid w:val="006550DA"/>
     <w:rsid w:val="00671DC8"/>
     <w:rsid w:val="006801A5"/>
     <w:rsid w:val="00684340"/>
     <w:rsid w:val="006A2F37"/>
     <w:rsid w:val="006B78E2"/>
     <w:rsid w:val="006E3719"/>
     <w:rsid w:val="00702D91"/>
     <w:rsid w:val="007173C4"/>
     <w:rsid w:val="00726EC9"/>
     <w:rsid w:val="00776339"/>
     <w:rsid w:val="007B0E09"/>
     <w:rsid w:val="007B1029"/>
     <w:rsid w:val="007B5F5B"/>
+    <w:rsid w:val="007F6689"/>
     <w:rsid w:val="00802017"/>
     <w:rsid w:val="00810FA3"/>
     <w:rsid w:val="00830F9A"/>
     <w:rsid w:val="00832CA0"/>
     <w:rsid w:val="00857857"/>
     <w:rsid w:val="008B11EB"/>
     <w:rsid w:val="008B4361"/>
     <w:rsid w:val="008D666B"/>
     <w:rsid w:val="009023C1"/>
     <w:rsid w:val="00930B85"/>
     <w:rsid w:val="00933178"/>
     <w:rsid w:val="00954E64"/>
     <w:rsid w:val="00976765"/>
     <w:rsid w:val="009859BF"/>
     <w:rsid w:val="009A05BA"/>
     <w:rsid w:val="009A0BF7"/>
     <w:rsid w:val="009A1665"/>
     <w:rsid w:val="009C68F6"/>
     <w:rsid w:val="009D0F08"/>
     <w:rsid w:val="009D1A50"/>
     <w:rsid w:val="00A23F4C"/>
     <w:rsid w:val="00A41F03"/>
     <w:rsid w:val="00A53952"/>
     <w:rsid w:val="00A542AB"/>
     <w:rsid w:val="00A55552"/>
@@ -11244,50 +10882,51 @@
     <w:rsid w:val="00D9472C"/>
     <w:rsid w:val="00DA3019"/>
     <w:rsid w:val="00DA68A6"/>
     <w:rsid w:val="00DD1B5A"/>
     <w:rsid w:val="00DD70B2"/>
     <w:rsid w:val="00DE28A4"/>
     <w:rsid w:val="00DE6A9B"/>
     <w:rsid w:val="00DF3CCA"/>
     <w:rsid w:val="00DF6301"/>
     <w:rsid w:val="00E0093B"/>
     <w:rsid w:val="00E1613D"/>
     <w:rsid w:val="00E241C1"/>
     <w:rsid w:val="00E31BB8"/>
     <w:rsid w:val="00E34749"/>
     <w:rsid w:val="00E36DBF"/>
     <w:rsid w:val="00E4262A"/>
     <w:rsid w:val="00E838B3"/>
     <w:rsid w:val="00ED2E63"/>
     <w:rsid w:val="00EF5973"/>
     <w:rsid w:val="00F131F0"/>
     <w:rsid w:val="00F4777E"/>
     <w:rsid w:val="00F86B80"/>
     <w:rsid w:val="00F96FAF"/>
     <w:rsid w:val="00FA3818"/>
     <w:rsid w:val="00FB693B"/>
+    <w:rsid w:val="00FC78E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="715AC10A"/>
@@ -11930,54 +11569,54 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="880552155">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -12240,69 +11879,69 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EC4EE3E-0F94-4CE9-9828-2B2F5EF51346}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2483</Words>
-  <Characters>15643</Characters>
+  <Words>2554</Words>
+  <Characters>16093</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>130</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>134</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18090</CharactersWithSpaces>
+  <CharactersWithSpaces>18610</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jana Haböck</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>