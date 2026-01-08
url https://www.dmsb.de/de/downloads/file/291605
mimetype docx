--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -1,134 +1,137 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8952"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F010F6" w:rsidRPr="00F010F6" w14:paraId="0206C6A1" w14:textId="77777777" w:rsidTr="00B1089D">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9178" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7711D434" w14:textId="4CACD804" w:rsidR="00F010F6" w:rsidRPr="00AD5A1F" w:rsidRDefault="001B45A2" w:rsidP="008F2B37">
+          <w:p w14:paraId="7711D434" w14:textId="6E4CBDC6" w:rsidR="00F010F6" w:rsidRPr="00AD5A1F" w:rsidRDefault="001B45A2" w:rsidP="008F2B37">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>DMSB - Ausschreibung Enduro</w:t>
             </w:r>
             <w:r w:rsidR="00F010F6" w:rsidRPr="00AD5A1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="005D543B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00000607">
+            <w:r w:rsidR="00B55176">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="58FECC27" w14:textId="69951936" w:rsidR="00F010F6" w:rsidRPr="00F010F6" w:rsidRDefault="00F010F6" w:rsidP="00F010F6">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F010F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Grundlage dieser Ausschreibung sind </w:t>
       </w:r>
       <w:r w:rsidR="00E85011" w:rsidRPr="00897DAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -445,51 +448,50 @@
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00897DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NMN</w:t>
             </w:r>
             <w:r w:rsidR="004D0B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3865E77E" w14:textId="3BF64668" w:rsidR="000D0CBC" w:rsidRDefault="000D0CBC" w:rsidP="00B9739A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0CBC" w14:paraId="551ED889" w14:textId="77777777" w:rsidTr="00B9739A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="09145A09" w14:textId="599FE6AD" w:rsidR="000D0CBC" w:rsidRDefault="000D0CBC" w:rsidP="004D0B5C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -508,51 +510,50 @@
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00897DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>EMN</w:t>
             </w:r>
             <w:r w:rsidR="004D0B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CCED06D" w14:textId="71F7DA2C" w:rsidR="000D0CBC" w:rsidRDefault="000D0CBC" w:rsidP="00B9739A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0CBC" w14:paraId="3C10407F" w14:textId="77777777" w:rsidTr="00B9739A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B65F230" w14:textId="3E5C9CB9" w:rsidR="000D0CBC" w:rsidRDefault="000D0CBC" w:rsidP="004D0B5C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -571,51 +572,50 @@
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00897DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>IMN</w:t>
             </w:r>
             <w:r w:rsidR="004D0B5C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3108DCED" w14:textId="4C79B462" w:rsidR="000D0CBC" w:rsidRDefault="000D0CBC" w:rsidP="00B9739A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D0CBC" w14:paraId="4D82B3BD" w14:textId="77777777" w:rsidTr="006257CA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56871E27" w14:textId="72A77013" w:rsidR="000D0CBC" w:rsidRPr="006257CA" w:rsidRDefault="000D0CBC" w:rsidP="006257CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -655,51 +655,50 @@
             <w:r w:rsidR="006257CA" w:rsidRPr="006257CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Seriengeber</w:t>
             </w:r>
             <w:r w:rsidRPr="006257CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="189CAC17" w14:textId="7409EABE" w:rsidR="000D0CBC" w:rsidRPr="00E547BB" w:rsidRDefault="000D0CBC" w:rsidP="00B9739A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
     </w:tbl>
     <w:p w14:paraId="4301A28E" w14:textId="77777777" w:rsidR="0077663E" w:rsidRDefault="0077663E" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1451B2D3" w14:textId="77777777" w:rsidR="000D0CBC" w:rsidRDefault="000D0CBC" w:rsidP="000A2DF7">
       <w:pPr>
@@ -1323,51 +1322,51 @@
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00D205E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nenngeld</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="3" w:name="_Hlk121141696"/>
     <w:bookmarkStart w:id="4" w:name="_Hlk121134509"/>
-    <w:p w14:paraId="7EDAFD6C" w14:textId="48C7200B" w:rsidR="000A2DF7" w:rsidRPr="000A2DF7" w:rsidRDefault="000A2DF7" w:rsidP="000A2DF7">
+    <w:p w14:paraId="7EDAFD6C" w14:textId="6DC0CA00" w:rsidR="000A2DF7" w:rsidRPr="000A2DF7" w:rsidRDefault="000A2DF7" w:rsidP="000A2DF7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FE413F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1390,87 +1389,82 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="000A2DF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Nenngeld beträgt für 1-Tages Veranstaltungen:</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2DF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="00442B24" w:rsidRPr="00442B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>100</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2DF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>0,- Euro (</w:t>
-[...6 lines deleted...]
-        <w:t>100</w:t>
+        <w:t>,- Euro (</w:t>
+      </w:r>
+      <w:r w:rsidR="00442B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>110</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2DF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,- Euro*)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A10D4C4" w14:textId="5FF3DD32" w:rsidR="000A2DF7" w:rsidRDefault="000A2DF7" w:rsidP="000A2DF7">
+    <w:p w14:paraId="3A10D4C4" w14:textId="31C05532" w:rsidR="000A2DF7" w:rsidRDefault="000A2DF7" w:rsidP="000A2DF7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00FE413F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1491,79 +1485,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000A2DF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Nenngeld beträgt für 2-Tages Veranstaltungen:</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2DF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>1</w:t>
-[...6 lines deleted...]
-        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00442B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>190</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2DF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>0,- Euro (</w:t>
-[...6 lines deleted...]
-        <w:t>20</w:t>
+        <w:t>,- Euro (</w:t>
+      </w:r>
+      <w:r w:rsidR="00442B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>210</w:t>
       </w:r>
       <w:r w:rsidRPr="000A2DF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>0,- Euro*)</w:t>
+        <w:t>,- Euro*)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C3005A" w14:textId="677C1019" w:rsidR="000A2DF7" w:rsidRPr="000A2DF7" w:rsidRDefault="000A2DF7" w:rsidP="000A2DF7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -1627,65 +1622,85 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="000A2DF7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>30,- Euro pro Fahrtag</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="0EB74A66" w14:textId="77777777" w:rsidR="000A2DF7" w:rsidRPr="00E855E2" w:rsidRDefault="000A2DF7" w:rsidP="000A2DF7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CD4A8D5" w14:textId="5E198FFA" w:rsidR="0051725A" w:rsidRDefault="0051725A" w:rsidP="000D0CBC">
+    <w:p w14:paraId="7CD4A8D5" w14:textId="06077F3B" w:rsidR="0051725A" w:rsidRDefault="0051725A" w:rsidP="000D0CBC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0051725A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>*: bei 3 Sonderprüfungen gilt der höhere Betrag</w:t>
+      </w:r>
+      <w:r w:rsidR="00442B24">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">|   </w:t>
+      </w:r>
+      <w:r w:rsidR="00442B24" w:rsidRPr="00C801DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Im Nenngeld sind 10.- Euro für die Transponderüberlassung enthalten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15B541CA" w14:textId="65A99F4C" w:rsidR="000A2DF7" w:rsidRDefault="000A2DF7" w:rsidP="000D0CBC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="052956B2" w14:textId="77777777" w:rsidR="00E93973" w:rsidRDefault="000D0CBC" w:rsidP="000D0CBC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk121138228"/>
       <w:r w:rsidRPr="00166990">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Nenngeld ist mit der Nennung an den Veranstalter zu überweisen. </w:t>
@@ -3840,70 +3855,79 @@
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="256E08BC" w14:textId="6EC9BD28" w:rsidR="006E1DB4" w:rsidRPr="00960A87" w:rsidRDefault="006E1DB4" w:rsidP="006E1DB4">
+          <w:p w14:paraId="256E08BC" w14:textId="150D043A" w:rsidR="006E1DB4" w:rsidRPr="00960A87" w:rsidRDefault="006E1DB4" w:rsidP="006E1DB4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>DEC / DMSB-Enduro-</w:t>
-[...6 lines deleted...]
-              <w:t>Meisterschaft</w:t>
+              <w:t xml:space="preserve">DEC / </w:t>
+            </w:r>
+            <w:r w:rsidR="00442B24" w:rsidRPr="0044125B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Deutscher</w:t>
+            </w:r>
+            <w:r w:rsidR="0044125B" w:rsidRPr="0044125B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Enduro-Cup</w:t>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(E1B, E2B, E3B, 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1020" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0951D903" w14:textId="233C549B" w:rsidR="006E1DB4" w:rsidRPr="00960A87" w:rsidRDefault="006257CA" w:rsidP="00F010D4">
             <w:pPr>
@@ -4029,63 +4053,78 @@
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53208BA0" w14:textId="77777777" w:rsidR="006E1DB4" w:rsidRDefault="00000607" w:rsidP="006E1DB4">
+          <w:p w14:paraId="53208BA0" w14:textId="0EB6B809" w:rsidR="006E1DB4" w:rsidRDefault="00000607" w:rsidP="006E1DB4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Gruppe C</w:t>
+            </w:r>
+            <w:r w:rsidR="005F11BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidR="005F11BC" w:rsidRPr="005F11BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0070C0"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Deutscher Enduro-Pokal</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="636106F6" w14:textId="206D371D" w:rsidR="00000607" w:rsidRPr="00000607" w:rsidRDefault="00000607" w:rsidP="006E1DB4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00000607">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(Senioren, Super Senioren, Damen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1020" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C54ED73" w14:textId="21AA7CD3" w:rsidR="006E1DB4" w:rsidRPr="00960A87" w:rsidRDefault="006257CA" w:rsidP="00F010D4">
             <w:pPr>
@@ -5446,71 +5485,51 @@
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">ADAC Enduro </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Jugend </w:t>
             </w:r>
             <w:r w:rsidRPr="00960A87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Cup (</w:t>
-[...19 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Cup (Basissport)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1191" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71A0BD69" w14:textId="70F34099" w:rsidR="006257CA" w:rsidRPr="006257CA" w:rsidRDefault="006257CA" w:rsidP="00806D10">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1049" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -5836,174 +5855,153 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00D205E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Zeitkontrollen / </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Zeitkontrollen / Tankstops</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4077"/>
         <w:gridCol w:w="5387"/>
       </w:tblGrid>
       <w:tr w:rsidR="001B7F25" w14:paraId="1F4B0BEB" w14:textId="77777777" w:rsidTr="00C05031">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4568F3F5" w14:textId="77777777" w:rsidR="001B7F25" w:rsidRPr="001B7F25" w:rsidRDefault="001B7F25" w:rsidP="00C05031">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B7F25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>geplante ZK´s inkl. Rundenziel:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6663D764" w14:textId="77777777" w:rsidR="001B7F25" w:rsidRPr="001B7F25" w:rsidRDefault="001B7F25" w:rsidP="00C05031">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B7F25" w14:paraId="358BD249" w14:textId="77777777" w:rsidTr="001B7F25">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4077" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D1B24F2" w14:textId="5FFAFD02" w:rsidR="001B7F25" w:rsidRPr="001B7F25" w:rsidRDefault="001B7F25" w:rsidP="00C05031">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B7F25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">geplante </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Tankstops</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> ohne Service</w:t>
+              <w:t>Tankstops ohne Service</w:t>
             </w:r>
             <w:r w:rsidRPr="001B7F25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25652D69" w14:textId="174C107C" w:rsidR="001B7F25" w:rsidRPr="001B7F25" w:rsidRDefault="001B7F25" w:rsidP="00C05031">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6ECED09B" w14:textId="77777777" w:rsidR="001B7F25" w:rsidRDefault="001B7F25" w:rsidP="000A2DF7">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -6569,63 +6567,63 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26C4B4C8" w14:textId="3DEBB5F3" w:rsidR="003A5E2F" w:rsidRDefault="00F146FA" w:rsidP="006E1DB4">
+          <w:p w14:paraId="26C4B4C8" w14:textId="1D733FF7" w:rsidR="003A5E2F" w:rsidRDefault="00C801DF" w:rsidP="006E1DB4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Matthias Bartsch</w:t>
+              <w:t>Stefan Schneider</w:t>
             </w:r>
             <w:r w:rsidR="00A00FD1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00517C36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(nur DEM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C70642" w14:paraId="675251D4" w14:textId="77777777" w:rsidTr="006E1DB4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="492CC373" w14:textId="77777777" w:rsidR="00C70642" w:rsidRDefault="00CA6207" w:rsidP="006E1DB4">
@@ -7085,144 +7083,141 @@
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="797607E8" w14:textId="77777777" w:rsidR="00543CA6" w:rsidRDefault="00543CA6" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vors. Schiedsgericht: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="401A412C" w14:textId="77777777" w:rsidR="00543CA6" w:rsidRPr="0063705F" w:rsidRDefault="00543CA6" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00543CA6" w:rsidRPr="0063705F" w14:paraId="67496774" w14:textId="77777777" w:rsidTr="00543CA6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A26801F" w14:textId="77777777" w:rsidR="00543CA6" w:rsidRPr="0063705F" w:rsidRDefault="00543CA6" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schiedsgericht</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="020DD24C" w14:textId="77777777" w:rsidR="00543CA6" w:rsidRPr="0063705F" w:rsidRDefault="00543CA6" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00543CA6" w:rsidRPr="0063705F" w14:paraId="57606A90" w14:textId="77777777" w:rsidTr="00543CA6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0612AFAD" w14:textId="77777777" w:rsidR="00543CA6" w:rsidRPr="0063705F" w:rsidRDefault="00543CA6" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Schiedsgericht</w:t>
             </w:r>
             <w:r w:rsidRPr="0063705F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="15EA44DC" w14:textId="77777777" w:rsidR="00543CA6" w:rsidRPr="0063705F" w:rsidRDefault="00543CA6" w:rsidP="008D1FA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7EB37708" w14:textId="77777777" w:rsidR="00543CA6" w:rsidRPr="006D4348" w:rsidRDefault="00543CA6" w:rsidP="00020937">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A65A30E" w14:textId="7E0326BA" w:rsidR="006D4348" w:rsidRDefault="001B7F25" w:rsidP="000A2DF7">
       <w:pPr>
@@ -8868,130 +8863,177 @@
       </w:pPr>
       <w:r w:rsidRPr="00B55862">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gemäß Art. 41 des DMSG 202</w:t>
       </w:r>
       <w:r w:rsidR="00B55862">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B8E531F" w14:textId="77777777" w:rsidR="00000607" w:rsidRDefault="00000607" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0420A845" w14:textId="57AD39C6" w:rsidR="006D4348" w:rsidRDefault="00D70403" w:rsidP="00D205E5">
+    <w:p w14:paraId="406EC3AD" w14:textId="77777777" w:rsidR="00B55176" w:rsidRDefault="00B55176" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14F3AA93" w14:textId="77777777" w:rsidR="00B55176" w:rsidRDefault="00B55176" w:rsidP="00D205E5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="501768EC" w14:textId="77777777" w:rsidR="00B55176" w:rsidRDefault="00B55176" w:rsidP="00D205E5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="662D39BF" w14:textId="77777777" w:rsidR="00B55176" w:rsidRDefault="00B55176" w:rsidP="00D205E5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0420A845" w14:textId="41AFBAF3" w:rsidR="006D4348" w:rsidRDefault="00D70403" w:rsidP="00D205E5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="004D0B5C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gf. </w:t>
       </w:r>
       <w:r w:rsidR="006D4348">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Freitext</w:t>
+      </w:r>
+      <w:r w:rsidR="0019351B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und Erläuterungen bei Ausschreibung Basissport</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73E416F6" w14:textId="77777777" w:rsidR="006D4348" w:rsidRDefault="006D4348" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1051D40A" w14:textId="77777777" w:rsidR="006D4348" w:rsidRDefault="006D4348" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="006D4348" w:rsidSect="00B753BA">
-      <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1843" w:left="1418" w:header="720" w:footer="363" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4004B07C" w14:textId="77777777" w:rsidR="00D145D1" w:rsidRDefault="00D145D1">
+    <w:p w14:paraId="38DA2145" w14:textId="77777777" w:rsidR="000A3BD5" w:rsidRDefault="000A3BD5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="29A01B3C" w14:textId="77777777" w:rsidR="00D145D1" w:rsidRDefault="00D145D1">
+    <w:p w14:paraId="301DB1CD" w14:textId="77777777" w:rsidR="000A3BD5" w:rsidRDefault="000A3BD5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -9029,51 +9071,61 @@
   <w:font w:name="HelveticaNeue BoldCond">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7643D7DE" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRDefault="00AD65C1">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72E13178" w14:textId="77777777" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
     <w:pPr>
       <w:ind w:left="-142" w:right="-711"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
@@ -9182,261 +9234,294 @@
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:u w:val="single"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4433CF17" w14:textId="77777777" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
-[...80 lines deleted...]
-  </w:p>
   <w:tbl>
     <w:tblPr>
-      <w:tblStyle w:val="Tabellenraster1"/>
+      <w:tblStyle w:val="Tabellenraster2"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1809"/>
-      <w:gridCol w:w="2127"/>
+      <w:gridCol w:w="2235"/>
+      <w:gridCol w:w="1559"/>
+      <w:gridCol w:w="709"/>
+      <w:gridCol w:w="4252"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A32A5F" w:rsidRPr="00055F20" w14:paraId="33844282" w14:textId="77777777" w:rsidTr="000377C6">
+    <w:tr w:rsidR="00AD65C1" w:rsidRPr="00AD65C1" w14:paraId="0B97274B" w14:textId="77777777" w:rsidTr="00E256F9">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1809" w:type="dxa"/>
+          <w:tcW w:w="2235" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="129C80FF" w14:textId="77777777" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
+        <w:p w14:paraId="7F228B75" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRPr="00AD65C1" w:rsidRDefault="00AD65C1" w:rsidP="00AD65C1">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00055F20">
+          <w:bookmarkStart w:id="13" w:name="_Hlk149742485"/>
+          <w:r w:rsidRPr="00AD65C1">
             <w:rPr>
               <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2127" w:type="dxa"/>
+          <w:tcW w:w="1559" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
+          <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="190D6FBC" w14:textId="77777777" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
+        <w:p w14:paraId="6B4CF738" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRPr="00AD65C1" w:rsidRDefault="00AD65C1" w:rsidP="00AD65C1">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
-    </w:tr>
-[...3 lines deleted...]
-      </w:trPr>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1809" w:type="dxa"/>
+          <w:tcW w:w="709" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="73F84C71" w14:textId="77777777" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
+        <w:p w14:paraId="02B518F5" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRPr="00AD65C1" w:rsidRDefault="00AD65C1" w:rsidP="00AD65C1">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00055F20">
-[...4 lines deleted...]
-          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2127" w:type="dxa"/>
-[...3 lines deleted...]
-          </w:tcBorders>
+          <w:tcW w:w="4252" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="17997560" w14:textId="77777777" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
+        <w:p w14:paraId="788B1AFC" w14:textId="6193E164" w:rsidR="00AD65C1" w:rsidRPr="00AD65C1" w:rsidRDefault="00AD65C1" w:rsidP="00AD65C1">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Dennis Grebeldinger</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+    </w:tr>
+    <w:tr w:rsidR="00AD65C1" w:rsidRPr="00AD65C1" w14:paraId="50BC6476" w14:textId="77777777" w:rsidTr="00E256F9">
+      <w:trPr>
+        <w:trHeight w:val="227"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="2235" w:type="dxa"/>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="40CB2876" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRPr="00AD65C1" w:rsidRDefault="00AD65C1" w:rsidP="00AD65C1">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4536"/>
+              <w:tab w:val="right" w:pos="9072"/>
+            </w:tabs>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00AD65C1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>DMSB genehmigt am:</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="1559" w:type="dxa"/>
+          <w:tcBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tcBorders>
+          <w:vAlign w:val="bottom"/>
+        </w:tcPr>
+        <w:p w14:paraId="4CDC03E5" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRPr="00AD65C1" w:rsidRDefault="00AD65C1" w:rsidP="00AD65C1">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4536"/>
+              <w:tab w:val="right" w:pos="9072"/>
+            </w:tabs>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="709" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="2F8E378B" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRPr="00AD65C1" w:rsidRDefault="00AD65C1" w:rsidP="00AD65C1">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4536"/>
+              <w:tab w:val="right" w:pos="9072"/>
+            </w:tabs>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00AD65C1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t xml:space="preserve">   von</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4252" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="7DF590AE" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRPr="00AD65C1" w:rsidRDefault="00AD65C1" w:rsidP="00AD65C1">
+          <w:pPr>
+            <w:tabs>
+              <w:tab w:val="center" w:pos="4536"/>
+              <w:tab w:val="right" w:pos="9072"/>
+            </w:tabs>
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00AD65C1">
+            <w:rPr>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>Koordination Sport</w:t>
+          </w:r>
+        </w:p>
+      </w:tc>
     </w:tr>
+    <w:bookmarkEnd w:id="13"/>
   </w:tbl>
-  <w:p w14:paraId="1B62F7B5" w14:textId="77777777" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
+  <w:p w14:paraId="4433CF17" w14:textId="686889B2" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
+    <w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="22"/>
+        <w:u w:val="single"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="1B62F7B5" w14:textId="77777777" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00AD65C1">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
+      <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3EC5AAB4" w14:textId="2EB6C541" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
+  <w:p w14:paraId="3EC5AAB4" w14:textId="023313AA" w:rsidR="00A32A5F" w:rsidRPr="00055F20" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">DMSB-Ausschreibung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -9456,59 +9541,59 @@
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">– Stand </w:t>
     </w:r>
     <w:r w:rsidR="000E4CF5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>01</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00000607">
+    <w:r w:rsidR="00AD65C1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -9631,87 +9716,129 @@
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5192F11C" w14:textId="59B31AB4" w:rsidR="000D0CBC" w:rsidRPr="00A32A5F" w:rsidRDefault="00A32A5F" w:rsidP="00A32A5F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.d</w:t>
+      <w:t xml:space="preserve">Herausgeber: DMSB-Deutscher Motorsport Bund e.V., </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00055F20">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>Hahnstr</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00055F20">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
+        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+        <w:lang w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>. 70, 60528 Frankfurt, www.dmsb.d</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="538F4FE2" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRDefault="00AD65C1">
+    <w:pPr>
+      <w:pStyle w:val="Fuzeile"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E6F8EEC" w14:textId="77777777" w:rsidR="00D145D1" w:rsidRDefault="00D145D1">
+    <w:p w14:paraId="28C60E4B" w14:textId="77777777" w:rsidR="000A3BD5" w:rsidRDefault="000A3BD5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="626C298E" w14:textId="77777777" w:rsidR="00D145D1" w:rsidRDefault="00D145D1">
+    <w:p w14:paraId="336ABE2B" w14:textId="77777777" w:rsidR="000A3BD5" w:rsidRDefault="000A3BD5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3F94EA08" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRDefault="00AD65C1">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0993E900" w14:textId="77777777" w:rsidR="00E205A7" w:rsidRDefault="00E205A7">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00B8625F">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="677488F0" wp14:editId="7CB63EDE">
           <wp:extent cx="1447800" cy="227311"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:docPr id="20" name="Grafik 20"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -9729,52 +9856,62 @@
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1468666" cy="230587"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="32CE030C" w14:textId="77777777" w:rsidR="00AD65C1" w:rsidRDefault="00AD65C1">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05583EEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="BE14AA00"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06F219FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9CD06EBA"/>
@@ -11449,52 +11586,52 @@
   <w:num w:numId="18" w16cid:durableId="2009599213">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="950866834">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1147016828">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1278830380">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="300770789">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="788210028">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1053309078">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:val="bestFit" w:percent="225"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
@@ -11503,173 +11640,181 @@
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0034226A"/>
     <w:rsid w:val="00000607"/>
     <w:rsid w:val="00001378"/>
     <w:rsid w:val="00007B0A"/>
     <w:rsid w:val="00020937"/>
     <w:rsid w:val="000232F2"/>
     <w:rsid w:val="0003015F"/>
     <w:rsid w:val="000532D4"/>
     <w:rsid w:val="000548E4"/>
     <w:rsid w:val="00057167"/>
     <w:rsid w:val="000609B6"/>
     <w:rsid w:val="00067F03"/>
     <w:rsid w:val="00074083"/>
     <w:rsid w:val="00086254"/>
     <w:rsid w:val="00086D43"/>
     <w:rsid w:val="000A2DF7"/>
+    <w:rsid w:val="000A3BD5"/>
     <w:rsid w:val="000B1E2C"/>
     <w:rsid w:val="000B27D0"/>
     <w:rsid w:val="000D0CBC"/>
     <w:rsid w:val="000D268E"/>
     <w:rsid w:val="000E4CF5"/>
     <w:rsid w:val="000F3FD4"/>
     <w:rsid w:val="000F416C"/>
     <w:rsid w:val="001113E7"/>
     <w:rsid w:val="00112E2E"/>
     <w:rsid w:val="00113BB2"/>
     <w:rsid w:val="00116D22"/>
     <w:rsid w:val="00121CFB"/>
     <w:rsid w:val="00123502"/>
     <w:rsid w:val="00151445"/>
     <w:rsid w:val="00166990"/>
     <w:rsid w:val="00166A26"/>
     <w:rsid w:val="00177988"/>
     <w:rsid w:val="00190909"/>
+    <w:rsid w:val="0019351B"/>
     <w:rsid w:val="001943AB"/>
     <w:rsid w:val="001976A4"/>
     <w:rsid w:val="001A572D"/>
     <w:rsid w:val="001B45A2"/>
     <w:rsid w:val="001B50E4"/>
     <w:rsid w:val="001B71D9"/>
     <w:rsid w:val="001B7F25"/>
     <w:rsid w:val="001C08C3"/>
     <w:rsid w:val="001C3FBC"/>
     <w:rsid w:val="001C64BF"/>
     <w:rsid w:val="001E23F3"/>
     <w:rsid w:val="001E489C"/>
     <w:rsid w:val="001E4FC2"/>
     <w:rsid w:val="001E71C9"/>
     <w:rsid w:val="001F44B0"/>
     <w:rsid w:val="002008E9"/>
     <w:rsid w:val="00207A46"/>
     <w:rsid w:val="002127BA"/>
     <w:rsid w:val="00212EF5"/>
     <w:rsid w:val="00220107"/>
     <w:rsid w:val="00226B07"/>
     <w:rsid w:val="00231503"/>
     <w:rsid w:val="00233E47"/>
     <w:rsid w:val="00235FF2"/>
     <w:rsid w:val="00242573"/>
+    <w:rsid w:val="00252B00"/>
     <w:rsid w:val="00263EF9"/>
     <w:rsid w:val="00266523"/>
     <w:rsid w:val="00266756"/>
     <w:rsid w:val="00274F0F"/>
     <w:rsid w:val="00280869"/>
     <w:rsid w:val="00281A7E"/>
     <w:rsid w:val="00297643"/>
     <w:rsid w:val="00297994"/>
     <w:rsid w:val="002A4937"/>
     <w:rsid w:val="002B79E6"/>
     <w:rsid w:val="002C4EC4"/>
     <w:rsid w:val="002C4F31"/>
     <w:rsid w:val="002D1498"/>
     <w:rsid w:val="002D51B9"/>
     <w:rsid w:val="002F1942"/>
     <w:rsid w:val="003205A6"/>
     <w:rsid w:val="00321764"/>
     <w:rsid w:val="00334F8F"/>
     <w:rsid w:val="0034226A"/>
     <w:rsid w:val="00343957"/>
     <w:rsid w:val="0034522E"/>
     <w:rsid w:val="00346335"/>
     <w:rsid w:val="003671CA"/>
     <w:rsid w:val="003744BA"/>
     <w:rsid w:val="00390505"/>
     <w:rsid w:val="00390B01"/>
     <w:rsid w:val="0039252E"/>
     <w:rsid w:val="00392B92"/>
     <w:rsid w:val="0039518E"/>
     <w:rsid w:val="003A5E2F"/>
     <w:rsid w:val="003B5749"/>
     <w:rsid w:val="003B7F1C"/>
     <w:rsid w:val="003C299E"/>
     <w:rsid w:val="003C40EC"/>
     <w:rsid w:val="003E6527"/>
     <w:rsid w:val="003F27E8"/>
     <w:rsid w:val="00406931"/>
     <w:rsid w:val="00411954"/>
+    <w:rsid w:val="00414AC7"/>
     <w:rsid w:val="0041587E"/>
     <w:rsid w:val="00416B54"/>
     <w:rsid w:val="00423BE1"/>
     <w:rsid w:val="00431A4E"/>
     <w:rsid w:val="00433CCA"/>
+    <w:rsid w:val="0044125B"/>
     <w:rsid w:val="0044232E"/>
+    <w:rsid w:val="00442B24"/>
     <w:rsid w:val="0046280D"/>
     <w:rsid w:val="004705DE"/>
     <w:rsid w:val="00470DB0"/>
     <w:rsid w:val="00471DEC"/>
     <w:rsid w:val="0049404D"/>
     <w:rsid w:val="004B3DBD"/>
     <w:rsid w:val="004C2F93"/>
     <w:rsid w:val="004C3166"/>
     <w:rsid w:val="004D0B5C"/>
     <w:rsid w:val="004F232E"/>
     <w:rsid w:val="004F5F10"/>
     <w:rsid w:val="004F6F6A"/>
+    <w:rsid w:val="0050195D"/>
     <w:rsid w:val="00506A1C"/>
     <w:rsid w:val="005132EC"/>
     <w:rsid w:val="0051725A"/>
     <w:rsid w:val="00517C36"/>
     <w:rsid w:val="005249E9"/>
     <w:rsid w:val="005273A9"/>
     <w:rsid w:val="00530202"/>
     <w:rsid w:val="005340F2"/>
     <w:rsid w:val="005354A8"/>
     <w:rsid w:val="00543CA6"/>
     <w:rsid w:val="005447D4"/>
     <w:rsid w:val="00550FB7"/>
     <w:rsid w:val="005605A0"/>
     <w:rsid w:val="0056172E"/>
     <w:rsid w:val="0056248D"/>
     <w:rsid w:val="00583C84"/>
     <w:rsid w:val="00595EDF"/>
     <w:rsid w:val="005A7E40"/>
     <w:rsid w:val="005B0375"/>
     <w:rsid w:val="005B4D93"/>
     <w:rsid w:val="005D3D21"/>
     <w:rsid w:val="005D543B"/>
     <w:rsid w:val="005D55B0"/>
     <w:rsid w:val="005F0796"/>
+    <w:rsid w:val="005F11BC"/>
     <w:rsid w:val="00616E1A"/>
     <w:rsid w:val="006257CA"/>
     <w:rsid w:val="00634143"/>
     <w:rsid w:val="00637938"/>
     <w:rsid w:val="0064531F"/>
     <w:rsid w:val="00646B31"/>
     <w:rsid w:val="00647702"/>
     <w:rsid w:val="00654D84"/>
     <w:rsid w:val="006669C9"/>
     <w:rsid w:val="00673079"/>
     <w:rsid w:val="00674874"/>
     <w:rsid w:val="00682CA5"/>
     <w:rsid w:val="0068347D"/>
     <w:rsid w:val="006A469A"/>
     <w:rsid w:val="006B440A"/>
     <w:rsid w:val="006C4848"/>
     <w:rsid w:val="006D4348"/>
     <w:rsid w:val="006D66CF"/>
     <w:rsid w:val="006E1DB4"/>
     <w:rsid w:val="006F590F"/>
     <w:rsid w:val="00702952"/>
     <w:rsid w:val="00711FDE"/>
     <w:rsid w:val="00713DA8"/>
     <w:rsid w:val="00723E09"/>
     <w:rsid w:val="0076197A"/>
@@ -11705,109 +11850,113 @@
     <w:rsid w:val="00920551"/>
     <w:rsid w:val="00925DBF"/>
     <w:rsid w:val="0092710A"/>
     <w:rsid w:val="00936246"/>
     <w:rsid w:val="00960A87"/>
     <w:rsid w:val="00963086"/>
     <w:rsid w:val="009854A9"/>
     <w:rsid w:val="009864AF"/>
     <w:rsid w:val="00992EEE"/>
     <w:rsid w:val="009B31D9"/>
     <w:rsid w:val="009D26CB"/>
     <w:rsid w:val="009D3795"/>
     <w:rsid w:val="009D39F3"/>
     <w:rsid w:val="009E0E33"/>
     <w:rsid w:val="009E3F83"/>
     <w:rsid w:val="009F3AAD"/>
     <w:rsid w:val="009F695F"/>
     <w:rsid w:val="009F7ECA"/>
     <w:rsid w:val="00A00FD1"/>
     <w:rsid w:val="00A01537"/>
     <w:rsid w:val="00A056BE"/>
     <w:rsid w:val="00A204F9"/>
     <w:rsid w:val="00A216CE"/>
     <w:rsid w:val="00A32A5F"/>
     <w:rsid w:val="00A343D1"/>
+    <w:rsid w:val="00A53C76"/>
     <w:rsid w:val="00A71514"/>
     <w:rsid w:val="00A77BE1"/>
     <w:rsid w:val="00A821C4"/>
     <w:rsid w:val="00AB575B"/>
     <w:rsid w:val="00AB7439"/>
     <w:rsid w:val="00AC0386"/>
     <w:rsid w:val="00AC4370"/>
     <w:rsid w:val="00AC6060"/>
     <w:rsid w:val="00AD500E"/>
     <w:rsid w:val="00AD5A1F"/>
+    <w:rsid w:val="00AD65C1"/>
     <w:rsid w:val="00AE1B7D"/>
     <w:rsid w:val="00AE5A21"/>
     <w:rsid w:val="00AF15A7"/>
     <w:rsid w:val="00B1089D"/>
     <w:rsid w:val="00B118D5"/>
     <w:rsid w:val="00B126CB"/>
     <w:rsid w:val="00B2062E"/>
     <w:rsid w:val="00B21A1B"/>
     <w:rsid w:val="00B371F5"/>
     <w:rsid w:val="00B4049E"/>
     <w:rsid w:val="00B440C7"/>
     <w:rsid w:val="00B47CAD"/>
     <w:rsid w:val="00B50552"/>
+    <w:rsid w:val="00B55176"/>
     <w:rsid w:val="00B55862"/>
     <w:rsid w:val="00B60D13"/>
     <w:rsid w:val="00B717EB"/>
     <w:rsid w:val="00B72623"/>
     <w:rsid w:val="00B753BA"/>
     <w:rsid w:val="00B81699"/>
     <w:rsid w:val="00B8402F"/>
     <w:rsid w:val="00B85819"/>
     <w:rsid w:val="00B8625F"/>
     <w:rsid w:val="00B870B2"/>
     <w:rsid w:val="00B87ED8"/>
     <w:rsid w:val="00B926FF"/>
     <w:rsid w:val="00B9460B"/>
     <w:rsid w:val="00B9739A"/>
     <w:rsid w:val="00BA12DD"/>
     <w:rsid w:val="00BA1B8A"/>
     <w:rsid w:val="00BD4B42"/>
     <w:rsid w:val="00BE04B8"/>
     <w:rsid w:val="00BE0CEF"/>
     <w:rsid w:val="00BF5B8C"/>
     <w:rsid w:val="00BF5C21"/>
     <w:rsid w:val="00C03A61"/>
     <w:rsid w:val="00C14124"/>
     <w:rsid w:val="00C16696"/>
     <w:rsid w:val="00C22962"/>
     <w:rsid w:val="00C26D1A"/>
     <w:rsid w:val="00C30370"/>
     <w:rsid w:val="00C338CD"/>
     <w:rsid w:val="00C35D09"/>
     <w:rsid w:val="00C47B20"/>
     <w:rsid w:val="00C50829"/>
     <w:rsid w:val="00C51118"/>
     <w:rsid w:val="00C51631"/>
     <w:rsid w:val="00C60649"/>
     <w:rsid w:val="00C70642"/>
     <w:rsid w:val="00C75709"/>
+    <w:rsid w:val="00C801DF"/>
     <w:rsid w:val="00C962E0"/>
     <w:rsid w:val="00CA1FC9"/>
     <w:rsid w:val="00CA6207"/>
     <w:rsid w:val="00CA6F91"/>
     <w:rsid w:val="00CB0A21"/>
     <w:rsid w:val="00CB14E8"/>
     <w:rsid w:val="00CB5B2B"/>
     <w:rsid w:val="00CC0307"/>
     <w:rsid w:val="00CC4C74"/>
     <w:rsid w:val="00CE1556"/>
     <w:rsid w:val="00CE45A4"/>
     <w:rsid w:val="00CF30C4"/>
     <w:rsid w:val="00CF3DF7"/>
     <w:rsid w:val="00D11112"/>
     <w:rsid w:val="00D11E54"/>
     <w:rsid w:val="00D145D1"/>
     <w:rsid w:val="00D203D5"/>
     <w:rsid w:val="00D203D9"/>
     <w:rsid w:val="00D205E5"/>
     <w:rsid w:val="00D21484"/>
     <w:rsid w:val="00D25FAD"/>
     <w:rsid w:val="00D27EDB"/>
     <w:rsid w:val="00D4320D"/>
     <w:rsid w:val="00D43797"/>
     <w:rsid w:val="00D44305"/>
@@ -11823,50 +11972,51 @@
     <w:rsid w:val="00DC1555"/>
     <w:rsid w:val="00DD1BF7"/>
     <w:rsid w:val="00DE54F2"/>
     <w:rsid w:val="00DF1F2B"/>
     <w:rsid w:val="00E00EFC"/>
     <w:rsid w:val="00E073E2"/>
     <w:rsid w:val="00E149FE"/>
     <w:rsid w:val="00E16FB4"/>
     <w:rsid w:val="00E205A7"/>
     <w:rsid w:val="00E25655"/>
     <w:rsid w:val="00E379AE"/>
     <w:rsid w:val="00E4303B"/>
     <w:rsid w:val="00E46EEC"/>
     <w:rsid w:val="00E51D50"/>
     <w:rsid w:val="00E5281B"/>
     <w:rsid w:val="00E547BB"/>
     <w:rsid w:val="00E5586E"/>
     <w:rsid w:val="00E764F7"/>
     <w:rsid w:val="00E846DE"/>
     <w:rsid w:val="00E84EA0"/>
     <w:rsid w:val="00E85011"/>
     <w:rsid w:val="00E855E2"/>
     <w:rsid w:val="00E93973"/>
     <w:rsid w:val="00EA0D1E"/>
     <w:rsid w:val="00EA5187"/>
+    <w:rsid w:val="00EA574D"/>
     <w:rsid w:val="00EA7806"/>
     <w:rsid w:val="00EB04C1"/>
     <w:rsid w:val="00EB2294"/>
     <w:rsid w:val="00EB6C9B"/>
     <w:rsid w:val="00EC1C63"/>
     <w:rsid w:val="00EC3246"/>
     <w:rsid w:val="00ED78C5"/>
     <w:rsid w:val="00EF293C"/>
     <w:rsid w:val="00F010D4"/>
     <w:rsid w:val="00F010F6"/>
     <w:rsid w:val="00F146FA"/>
     <w:rsid w:val="00F151A9"/>
     <w:rsid w:val="00F173DD"/>
     <w:rsid w:val="00F24BFD"/>
     <w:rsid w:val="00F31F7E"/>
     <w:rsid w:val="00F326AD"/>
     <w:rsid w:val="00F404C6"/>
     <w:rsid w:val="00F4195A"/>
     <w:rsid w:val="00F56A9E"/>
     <w:rsid w:val="00F734C8"/>
     <w:rsid w:val="00F84F2E"/>
     <w:rsid w:val="00F95253"/>
     <w:rsid w:val="00F97874"/>
     <w:rsid w:val="00FA04B8"/>
     <w:rsid w:val="00FD2C56"/>
@@ -11882,51 +12032,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="11AEC1D8"/>
   <w15:docId w15:val="{423DC5E9-BD99-4103-8D25-BD2BB20C265D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12705,55 +12855,75 @@
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00346335"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00000607"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="Tabellenraster2">
+    <w:name w:val="Tabellenraster2"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:next w:val="Tabellenraster"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00AD65C1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="65080968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="324822254">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12847,58 +13017,54 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2096392652">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -13161,70 +13327,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{01433654-EA18-4C14-9BF4-FD99D9A7E85B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>803</Words>
-  <Characters>5064</Characters>
+  <Words>823</Words>
+  <Characters>5186</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
+  <Lines>43</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausschreibung DEM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5856</CharactersWithSpaces>
+  <CharactersWithSpaces>5998</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ausschreibung DEM</dc:title>
   <dc:creator>MW;frw</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>