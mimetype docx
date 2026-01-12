--- v0 (2025-10-04)
+++ v1 (2026-01-12)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="52095D69" w14:textId="685C117C" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="00976765" w:rsidP="00930B85">
+    <w:p w14:paraId="52095D69" w14:textId="72B893F2" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="00976765" w:rsidP="00930B85">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>DMSB-</w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Nennformular </w:t>
       </w:r>
       <w:r w:rsidR="00E07FC6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -62,56 +62,56 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004915E5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Langstrecke </w:t>
       </w:r>
       <w:r w:rsidR="00E34749" w:rsidRPr="00D9472C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00726EC9">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="002D41E5">
+      <w:r w:rsidR="0045093E">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C517443" w14:textId="7A01DC3E" w:rsidR="00930B85" w:rsidRPr="00D9472C" w:rsidRDefault="002A4E58" w:rsidP="00930B85">
       <w:r w:rsidRPr="00D9472C">
         <w:t xml:space="preserve">Anschrift und Kontaktdaten </w:t>
       </w:r>
       <w:r w:rsidR="0033727F">
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
         <w:t xml:space="preserve"> Veranstalters</w:t>
       </w:r>
       <w:r w:rsidR="0054460B">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D9472C">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0054460B">
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00930B85" w:rsidRPr="00D9472C">
@@ -3201,51 +3201,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-Lizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB22EE4" w14:textId="2F17BCEE" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00050752">
+          <w:p w14:paraId="5AB22EE4" w14:textId="77D4438C" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
@@ -3257,51 +3257,65 @@
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> B Lizenz</w:t>
+              <w:t xml:space="preserve"> B</w:t>
+            </w:r>
+            <w:r w:rsidR="00E450D8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="680446B0" w14:textId="6A7408B2" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -3657,685 +3671,681 @@
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="30A44605" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="78057B7F" w14:textId="77777777" w:rsidTr="004915E5">
+      <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="78057B7F" w14:textId="77777777" w:rsidTr="00E450D8">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="5527" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6186E452" w14:textId="51FD3C57" w:rsidR="00050752" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5105" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0EF21467" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="10E3BEE3" w14:textId="77777777" w:rsidR="00E450D8" w:rsidRDefault="00E450D8">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE3B8D9" w14:textId="77777777" w:rsidR="00E450D8" w:rsidRDefault="00E450D8"/>
+    <w:p w14:paraId="78135561" w14:textId="77777777" w:rsidR="00E450D8" w:rsidRDefault="00E450D8"/>
+    <w:p w14:paraId="01B9AA5B" w14:textId="77777777" w:rsidR="00E450D8" w:rsidRDefault="00E450D8"/>
+    <w:p w14:paraId="219F1BD9" w14:textId="77777777" w:rsidR="00E450D8" w:rsidRDefault="00E450D8"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tabellenraster"/>
+        <w:tblW w:w="10632" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1751"/>
+        <w:gridCol w:w="1751"/>
+        <w:gridCol w:w="1752"/>
+        <w:gridCol w:w="667"/>
+        <w:gridCol w:w="1088"/>
+        <w:gridCol w:w="1751"/>
+        <w:gridCol w:w="1872"/>
+      </w:tblGrid>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="387A0339" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="100AE5D9" w14:textId="1E50E53B" w:rsidR="00050752" w:rsidRPr="004915E5" w:rsidRDefault="00050752" w:rsidP="00050752">
+          <w:p w14:paraId="100AE5D9" w14:textId="0C1EB733" w:rsidR="00050752" w:rsidRPr="00E450D8" w:rsidRDefault="00050752" w:rsidP="00E450D8">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00E450D8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Fahrer</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> (Name, Vorname)</w:t>
+              <w:t>Fahrer (Name, Vorname)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0D2076CC" w14:textId="46364E2B" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="7E2F9CC2" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3BDA66A4" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44A07F9D" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="12E70E59" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="039DC80D" w14:textId="1E541BC0" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Stra</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>ß</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>/Hausnummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="57103AB7" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>PLZ/Wohnort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="2F5FF312" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="451E25E1" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="309FEF66" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="5E205D97" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0EFCB497" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0FA8AE12" w14:textId="3D8C74DB" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="6B204375" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1AB3517C" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C49BD8A" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="316DCA3B" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FC8DCC9" w14:textId="789467D4" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3210"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Staatsangehörigkeit</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67CAD978" w14:textId="332DFE41" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>geb. am</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="3910AA17" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7095FF1E" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="40D626CD" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="43AD0F7F" w14:textId="6A35976B" w:rsidTr="00E25192">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="4EC3AC12" w14:textId="41BE83FE" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:r w:rsidRPr="00185E1F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Lizenzausstellende Föderation (FMN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1CF6E594" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:r w:rsidRPr="00185E1F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Lizenz-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00E25192" w14:paraId="5D7DFE25" w14:textId="77777777" w:rsidTr="00E25192">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C6BAE23" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00E25192" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="7A04766A" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00E25192" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00E25192" w14:paraId="23FE8090" w14:textId="77777777" w:rsidTr="00E25192">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="133"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="458BAA02" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00E25192" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E25192">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Lizenzstufe Fahrer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="1A05DD07" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00E25192" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="0044195B" w14:paraId="5B880690" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="348"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7596CF47" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0044195B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="359AD51F" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0044195B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="0044195B" w14:paraId="28E1F91A" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0C70A54C" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0044195B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044195B">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Krankenkasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="58820610" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0033302F" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0033302F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Sitz der Krankenkasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="32AE314A" w14:textId="77777777" w:rsidTr="00C223A2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C6A0C1F" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -4363,51 +4373,50 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> A-Lizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B5FF315" w14:textId="131113BC" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
             <w:pPr>
               <w:ind w:right="-14"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
@@ -4450,60 +4459,59 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00076699">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-Lizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AFD1CCE" w14:textId="01FBC875" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
+          <w:p w14:paraId="7AFD1CCE" w14:textId="4B0AF313" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
@@ -4515,58 +4523,72 @@
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> B Lizenz</w:t>
+              <w:t xml:space="preserve"> B</w:t>
+            </w:r>
+            <w:r w:rsidR="00E450D8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B47032B" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -4594,51 +4616,50 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> J-Lizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E517E08" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -4737,864 +4758,824 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Race Card </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="5B33D535" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1273" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="727F7DFA" w14:textId="64317AE3" w:rsidR="00050752" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Motorrad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2010C221" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3DF42B74" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="43E4135E" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1273" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1066FE23" w14:textId="0A6F4BA6" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054460B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Fabrikat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A304634" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="75C4B63D" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054460B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Typ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0902171E" w14:textId="5D894263" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="7A242BBB" w14:textId="77777777" w:rsidTr="004915E5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1273" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78D2528B" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="37B58526" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49C1D6F3" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C600172" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="1CC67DA2" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7B58710E" w14:textId="77777777" w:rsidR="00050752" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0AF60FBD" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="366CBD73" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="05CE7DA2" w14:textId="1619F917" w:rsidR="00050752" w:rsidRPr="0033302F" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:pStyle w:val="Listenabsatz"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0033302F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Fahrer (Name, Vorname)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5DB651CB" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="69AD55EE" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04ACC36A" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="72D17CCA" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="427F992E" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="39C671BD" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Stra</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>ß</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>/Hausnummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0D06372E" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>PLZ/Wohnort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="6611ABC2" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34245FC4" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="727AA4D0" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="004B744B" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4EF71668" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Telefon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="782360F4" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>E-Mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="6FD4116C" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69B91A44" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D31854F" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="0CBEC80C" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="35AD4177" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3210"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Staatsangehörigkeit</w:t>
             </w:r>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="52B534FE" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D9472C">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>geb. am</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="59AF89BE" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E0D2AB0" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A2B4980" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="316CEC91" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="3E441A7C" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:r w:rsidRPr="00185E1F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Lizenzausstellende Föderation (FMN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="55B8E66E" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:r w:rsidRPr="00185E1F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Lizenz-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00E25192" w14:paraId="1D1161E2" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5BD35A16" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00E25192" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="5633D223" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00E25192" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00E25192" w14:paraId="41DE468D" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="133"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3EE4D46C" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00E25192" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E25192">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Lizenzstufe Fahrer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="6BB60B59" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00E25192" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="0044195B" w14:paraId="18EAB09E" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="348"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="07455463" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0044195B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09C3002F" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0044195B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="0044195B" w14:paraId="7C65D6B6" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7E8650F2" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0044195B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0044195B">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Krankenkasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="01DC52EC" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0033302F" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0033302F">
               <w:rPr>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Sitz der Krankenkasse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="4F9DE906" w14:textId="77777777" w:rsidTr="00C223A2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="227"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6574E2C4" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -5622,51 +5603,50 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> A-Lizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="502C7403" w14:textId="4B9D7F51" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
             <w:pPr>
               <w:ind w:right="-14"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
@@ -5709,60 +5689,59 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00076699">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-Lizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1371" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="546B65C3" w14:textId="3345E9D3" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
+          <w:p w14:paraId="546B65C3" w14:textId="1314D684" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
@@ -5774,58 +5753,72 @@
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> B Lizenz</w:t>
+              <w:t xml:space="preserve"> B</w:t>
+            </w:r>
+            <w:r w:rsidR="00E450D8">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Lizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="372BDF67" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -5853,51 +5846,50 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> J-Lizenz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1370" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29264C09" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00596A5D" w:rsidRDefault="00050752" w:rsidP="00C223A2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Kontrollkästchen2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -5996,4308 +5988,4204 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00596A5D">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Race Card </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="00D9472C" w14:paraId="76719142" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1273" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B9B76B4" w14:textId="77777777" w:rsidR="00050752" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Motorrad:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="36259309" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3686" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A868A39" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="0054460B" w14:paraId="451E6E54" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1273" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7DDE8809" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054460B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Fabrikat:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D15B33C" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2489E947" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054460B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Typ:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="59C71285" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00050752" w:rsidRPr="0054460B" w14:paraId="7425A8DB" w14:textId="77777777" w:rsidTr="000040D5">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="2410" w:type="dxa"/>
           <w:trHeight w:val="228"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1273" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3B7B6994" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3263" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="088E1D2C" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="00D9472C" w:rsidRDefault="00050752" w:rsidP="00050752"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4F01E29F" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="165FCC19" w14:textId="77777777" w:rsidR="00050752" w:rsidRPr="0054460B" w:rsidRDefault="00050752" w:rsidP="00050752">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="67841C88" w14:textId="64A5B7F7" w:rsidR="00225F91" w:rsidRDefault="00225F91">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk40254638"/>
       <w:bookmarkStart w:id="1" w:name="_Hlk40256382"/>
       <w:bookmarkStart w:id="2" w:name="_Hlk40254584"/>
     </w:p>
     <w:p w14:paraId="448F65AF" w14:textId="09305E11" w:rsidR="00805B73" w:rsidRDefault="00805B73">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F42A4D4" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="1C54EF97" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk45623099"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk182498786"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Zutreffendes bitte </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>unbedingt</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> ankreuzen</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ABA3D6B" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="0178368C" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="5" w:name="Kontrollkästchen40"/>
-    <w:p w14:paraId="55D31AFF" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="7BD13F4B" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-73"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bewerber</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Kontrollkästchen41"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fahrer</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+        <w:t xml:space="preserve"> Fahrer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val=""/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Beifahrer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">ist </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Eigentümer des einzusetzenden Fahrzeuges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBF7C7C" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="2576276B" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Bewerber, Fahrer/Beifahrer</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> sind </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>nicht</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Eigentümer des einzusetzenden Fahrzeuges. Der Fahrzeugeigentümer gibt die in diesem Formular abgedruckte Haftungsverzichtserklärung ab.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33175E57" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="40D30CF6" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Bei falschen Angaben stellen Bewerber und Fahrer/Beifahrer den in der Haftungsverzichtserklärung des Fahrzeugeigentümers aufgeführten Personenkreis von jeglichen Ansprüchen des Fahrzeugeigentümers wegen Schäden</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">die im Zusammenhang mit der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) entstehen, frei. Dies gilt auch für Kosten des Fahrzeugeigentümers für eine angemessene Rechtsverfolgung. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="228AF969" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="7BA51214" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="488F07C3" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="06B38BDF" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Allgemeine Vertragserklärungen von Bewerber, Fahrer und Beifahrer (Bewerber, Fahrer und Beifahrer = Teilnehmer)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32299CC8" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="31098E34" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer haften für alle Verpflichtungen aus dem Nennungsvertrag als Gesamtschuldner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01706F70" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="56A13077" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="516FD9CD" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="00CD1B54" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer versichern, dass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B037D91" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="579E0DAD" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">die in dieser Erklärung gemachten Angaben richtig und vollständig sind, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF4FEC9" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="657F8D79" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">sie uneingeschränkt den Anforderungen der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) gewachsen sind, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54DF606D" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="69634846" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>das Fahrzeug in allen Punkten den einschlägigen technischen Bestimmungen entspricht,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188315A9" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="20D8A629" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>das Fahrzeug in allen Teilen jederzeit durch die Technischen Kommissare untersucht werden kann und</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E2A29F" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="326B289F" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sie das Fahrzeug nur in technisch und optisch einwandfreiem Zustand bei der jeweiligen Veranstaltung einsetzen werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C85B0BC" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="5402184E" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...96 lines deleted...]
-        <w:t xml:space="preserve"> und DMSB-Bestimmungen Kenntnis genommen haben und sie diese als für sich verbindlich anerkennen und sie befolgen werden. </w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sie von dem Nationalen Motorrad Sportgesetz (DMSG), den Internationalen Sportgesetz </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>(ISC)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der FIM (Fédération Internationale Motocycliste) sowie der FIME (Fédération Internationale Motocycliste Europe) mit Anhängen, den FIM-/FIME-Rechts- und Disziplinarbestimmungen, den Anti-Doping-Regelwerk der FIM/FIME und des DMSB, der Rechts- und Verfahrensordnung des DMSB sowie den Anti-Doping Codes der Internationalen und Nationalen Anti-Doping Agenturen (WADA/NADA), den DMSB-Reglements, den Allgemeinen Meisterschaftsbestimmungen und den besonderen Serien-Bestimmungen, der Rechts- und Verfahrensordnung des DMSB, den Kodexen, den DMSB-Umweltrichtlinien und den sonstigen FIM-, FIME- und DMSB-Bestimmungen Kenntnis genommen haben und sie diese als für sich verbindlich anerkennen und sie befolgen werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FDA099E" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="6F6B392E" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">sie gem. Vorgabe zur jeweiligen Disziplin -soweit erforderlich- im Besitz einer gültigen Fahrerlaubnis sind. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AAFCCC3" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="7F7D9989" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="354F30ED" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="1078187B" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Insbesondere erkennen Sie als verbindlich an, dass </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A14D701" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="6A4FD5F6" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A54668">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Tatsachen in der Person oder dem Verhalten eines Teammitgliedes (Bewerber, Fahrer, Beifahrer, Mechaniker, Helfer usw.), die das Vertragsverhältnis mit dem Veranstalter berühren oder einen Schadensersatzanspruch begründen, für und gegen sich gelten lassen müssen,</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>sie Tatsachen in der Person oder dem Verhalten eines Teammitgliedes (Bewerber, Fahrer, Beifahrer, Mechaniker, Helfer usw.), die das Vertragsverhältnis mit dem Veranstalter berühren oder einen Schadensersatzanspruch begründen, für und gegen sich gelten lassen müssen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C891236" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="00387CF6" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="13D02FD0" w14:textId="2176475E" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387CF6">
-[...24 lines deleted...]
-        <w:t>wie im ISC, der RuVO, den Wettbewerbsbestimmungen mit Anhängen, den Serien- und Veranstaltungsausschreibungen und sonstigen Bestimmungen vorgesehen – festzusetzen – unbeschadet des Rechts, den im ISC, der RuVO, der FIM-/FIME-Rechts- und Disziplinarbestimmungen und den Reglements geregelten Verbandsrechtsweg zu beschreiten,</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>der DMSB, seine Gerichtsbarkeit, die Sportkommissare und die Veranstalter – jeweils im Rahmen ihrer Zuständigkeit – berechtigt sind, neben anderen Maßnahmen auch Strafen bei Verstößen gegen die sportlichen Regeln, sportgesetzlichen Bestimmungen und vertraglichen Pflichten – wie in den Internationalen Sportgesetz der FIM (Fédération Internationale Motocycliste) sowie der FIME (Fédération Internationale Motocycliste Europe) mit Anhängen, der Rechts- und Verfahrensordnung des DMSB, den Wettbewerbsbestimmungen mit Anhängen, den Serien- und Veranstaltungsausschreibungen und sonstigen Bestimmungen vorgesehen – festzusetzen – unbeschadet des Rechts, den in der Rechts- und Verfahrensordnung des DMSB, der FIM-/FIME-Rechts- und Disziplinarbestimmungen und den Reglements geregelten Verbandsrechtsweg zu beschreiten,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418C7B15" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="34C6F230" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>sie keine Substanzen oder Methoden anwenden dürfen, wie sie in der Verbotsliste des Anti-Doping-Code der WADA/NADA sowie in den Anti-Doping Bestimmungen der FIM, FIME und des DMSB definiert sind.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455AA9D3" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="4F45FB0C" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4231CB49" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="4ABCCC82" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Protest und Berufungsvollmacht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B507BE0" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="47FE6633" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Die Teilnehmer (auch mehrere für ein Fahrzeug genannte Fahrer) bevollmächtigen sich mit Abgabe dieser Erklärung gegenseitig, den jeweils anderen im Protest- und Berufungsverfahren zu vertreten. Sie bevollmächtigen sich insbesondere gegenseitig zur Abgabe von Protesten, deren Rücknahme, Ankündigung, Einlegung und Bestätigung, zur Rücknahme und zum Verzicht auf die Berufung und zur Stellung aller im Rahmen der Protest- und Berufungsverfahren möglichen Anträge sowie der Abgabe bzw. Entgegennahme von Erklärungen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29ACF760" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="05A39D9B" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B9ADDC9" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="70E1E613" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Erklärungen der Teilnehmer zum Ausschluss der Haftung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F3B65E7" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="25444B88" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Teilnehmer nehmen auf eigene Gefahr an der Veranstaltung teil. Sie tragen die alleinige zivil- und strafrechtliche Verantwortung für alle von ihnen verursachten Schäden. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C10864" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="48127826" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...15 lines deleted...]
-        <w:t>r</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Sie erklären den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C6BA404" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="0798182F" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den eigenen Teilnehmern (anderslautende Vereinbarungen zwischen den Teilnehmern gehen vor!) und Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5880166D" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="70E47666" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge und deren Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E93FCB" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="079F1128" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären der FIM, FIME und des DMSB und der DMSB-Mitgliedsorganisationen,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434133AD" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="7C61E6CC" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-        <w:t>dem ADAC e. V., den ADAC Regionalclubs, den ADAC Ortsclubs und den mit dem ADAC e. V. verbundenen Unternehmen, deren Präsidenten, Organen, Geschäftsführern, Generalsekretären,</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären des ADAC e. V., der ADAC Regionalclubs, der ADAC Ortsclubs und der mit dem ADAC e. V. verbundenen Unternehmen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37684106" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="52E013F3" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-        <w:t>den sonstigen DMSB Mitgliedsorganisationen, deren Präsidenten, Organen, Geschäftsführern, Generalsekretären,</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35936077" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="796A2438" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, den Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71E89489" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="77FC7B77" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-        <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02974DC6" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="2C197FA4" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den Erfüllungs- und Verrichtungsgehilfen, den gesetzlichen Vertretern, den haupt- und ehrenamtlichen Mitarbeitern aller zuvor genannten Personen und Stellen sowie deren Mitgliedern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="018F5E1B" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
-[...25 lines deleted...]
-    <w:p w14:paraId="7419D5A0" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="69427058" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E254538" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="34DCE1E5" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt. Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen, ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt. Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16DD43F2" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="18D2E6AF" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41846325" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="6DE88EE7" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Stillschweigende Haftungsausschlüsse bleiben von vorstehender Haftungsausschlussklausel unberührt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EDC602E" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="0DBF3120" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3762811B" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="7ACC602E" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk45619122"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-        <w:t>Mit Abgabe dieser Erklärung nehmen die Teilnehmer davon Kenntnis, dass Versicherungsschutz im Rahmen der Kraftverkehrsversicherungen in der Regel (Kfz-Haftpflicht, Kasko- und Insassen-Unfall-Versicherung) für Schäden, die aus dem Gebrauch des Fahrzeugs bei einer Motorsportveranstaltung oder Motorsportaktivität, einschließlich Rennen, Wettbewerben, Trainings, Tests und Demonstrationen, wenn das Fahrzeug in einem hierfür abgegrenzten Gebiet mir Zugangsbeschränkung gebraucht wird und für diesen Gebrauch des Fahrzeugs eine Motorsporthaftpflichtversicherung nach Maßgabe des § 5d PflVG besteht, nicht gewährt wird. Sie verpflichten sich, auch den Halter und den Eigentümer des eingesetzten Fahrzeugs davon zu unterrichten.</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Mit Abgabe dieser Erklärung nehmen die Teilnehmer davon Kenntnis, dass Versicherungsschutz im Rahmen der Kraftverkehrsversicherungen in der Regel (Kfz-Haftpflicht, Kasko- und Insassen-Unfall-Versicherung) für Schäden, die aus dem Gebrauch des Fahrzeugs bei einer Motorsportveranstaltung oder Motorsportaktivität, einschließlich Rennen, Wettbewerben, Trainings, Test- und Demonstrations-Fahrten, wenn das Fahrzeug in einem hierfür abgegrenzten Gebiet mir Zugangsbeschränkung gebraucht wird und für diesen Gebrauch des Fahrzeugs eine Motorsporthaftpflichtversicherung nach Maßgabe des § 5d PflVG besteht, nicht gewährt wird. Sie verpflichten sich, auch den Halter und den Eigentümer des eingesetzten Fahrzeugs davon zu unterrichten.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
-    <w:p w14:paraId="58FFABB8" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="0D92B076" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="636B938C" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="4F885A23" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk45623110"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Entbindung von der Schweigepflicht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31085CAB" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="3CF6BE31" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...37 lines deleted...]
-        <w:t>Koordination Motorradsport (DMSB) und dem Versicherungs-Schadensbüro. Die Verarbeitung Ihrer Daten erfolgt aufgrund eines berechtigten Interesses des DMSB. Zweck ist der Schutz der Lizenznehmer bei Sportveranstaltungen. Dieser Verarbeitung können Sie jederzeit mit Wirkung für die Zukunft widersprechen.</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Im Falle einer im Laufe der Veranstaltung eintretenden oder festgestellten Verletzung bzw. im Falle von gesundheitlichen Schäden, die die motorsportliche Tauglichkeit auf Dauer oder vorübergehend in Frage stellen können, entbindet der/die Unterzeichnende alle behandelnden Ärzte – im Hinblick auf das sich daraus nicht nur für ihn/sie selbst sondern auch für Dritte ergebende Sicherheitsrisiko – von der ärztlichen Schweigepflicht untereinander sowie gegenüber dem Renn-/Fahrtleiter, Sportkommissar, Schiedsrichter, Leitenden Rennarzt, DMSB-Verbandsarzt, der Koordination Motorradsport (DMSB) und dem Versicherungs-Schadensbüro. Die Verarbeitung Ihrer Daten erfolgt aufgrund eines berechtigten Interesses des DMSB. Zweck ist der Schutz der Lizenznehmer bei Sportveranstaltungen. Dieser Verarbeitung können Sie jederzeit mit Wirkung für die Zukunft widersprechen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28D7DACC" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="60EB3098" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BF1934E" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="39B42C68" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der DMSB, seine Mitgliedsorganisationen, die ADAC Regionalclubs und Veranstalter nehmen nicht an einem Streitbeilegungsverfahren vor einer Verbraucherschlichtungsstelle nach dem Verbraucherstreitbeilegungsgesetz teil.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DAD174F" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="50186EEB" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74643B31" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="5463FEBE" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>Fahrer/Beifahrer mit einer</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Card</w:t>
+        <w:t>Fahrer/Beifahrer mit einer C-Lizenz, H-Lizenz, V-Lizenz oder Race Card</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="443FACA1" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="1B30A2E8" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ich erkläre mit meiner Unterschrift ausdrücklich, dass</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59CE70A2" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="00387CF6" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="33E656A1" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387CF6">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>mir zum Zeitpunkt der Nennung zur Veranstaltung und bei Veranstaltungsteilnahme keine gesundheitlichen Mängel oder körperlichen Einschränkungen bekannt sind, die eine Teilnahme an der Veranstaltung ausschließen bzw. ich umgehend bei Bekanntwerden den Veranstalter hierüber unterrichten werden und von einer Teilnahme an der Veranstaltung absehen werde,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FC3D004" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="00387CF6" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="269628BE" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00387CF6">
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> für das laufende Jahr bin.</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>ich im Falle der Beantragung zum Zeitpunkt der Beantragung und Nutzung der Race Card nicht Inhaber einer anderen Fahrerlizenz (Jahreslizenz) des DMSB oder einer anderen Mitgliedsföderation (FMN) der FIM für das laufende Jahr bin.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76100922" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="00320962" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="69A5DB16" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="603B5BD4" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="1AD2C192" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:spacing w:before="58"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FREISTELLUNGSERKLÄRUNG</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>BEI</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FIL</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-32"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>FOT</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PRODUKTIONEN und Datenschutzhinweise</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="603EC53B" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="2258CB11" w14:textId="519CAA94" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Der Teilnehmer erklärt sein Einverständnis zur Durchführung von Foto- und Filmarbeiten während der Veranstaltung sowie zur Einräumung der unentgeltlichen Sende-, öffentlichen Wiedergabe-, Aufzeichnungs-, Vervielfältigungs- und Bearbeitungsrechte hinsichtlich der von seiner Person, etwaigen Begleitpersonen oder der von ihren Fahrzeugen gefertigten Film- oder Fotoaufnahmen gegenüber dem DMSB, seinen Mitgliedsorganisationen, den ADAC Regionalclubs und dem Veranstalter. Die Rechteeinräumung umfasst neben der Nutzung für die Berichterstattung über das Rennen, die Teilnehmer und die Ergebnisse in Print-, Radio-, TV- und Onlinemedien, wie insbesondere auch die Internet-/Facebook-Auftritte des DMSB, seiner Mitgliedsorganisationen, der ADAC Regionalclubs und Veranstalter, auch die Nutzung der Aufnahmen zu Zwecken der Eigenwerbung oder der Veranstaltungsbewerbung. Sendet der Teilnehmer Bildmaterial an den Veranstalter erklärt der Teilnehmer darüber hinaus sein Einverständnis zur uneingeschränkten honorarfreien Verwendung, Verwertung oder Veröffentlichung durch den DMSB, seine Mitgliedsorganisationen, den ADAC Regionalclubs und dem Veranstalter</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Der Teilnehmer erklärt sein Einverständnis zur Durchführung von Foto- und Filmarbeiten während der Veranstaltung sowie zur Einräumung der unentgeltlichen Sende-, öffentlichen Wiedergabe-, Aufzeichnungs-, Vervielfältigungs- und Bearbeitungsrechte hinsichtlich der von seiner Person, etwaigen Begleitpersonen oder der von seinen Fahrzeugen gefertigten Film- oder Fotoaufnahmen gegenüber dem DMSB, den DMSB-Mitgliedsorganisationen, den ADAC-Regional-/Ortsclubs, dem Promotor und dem Veranstalter. Die Rechteeinräumung umfasst neben der Nutzung für die Berichterstattung über das Rennen, die Teilnehmerdaten und die Ergebnisse und Ergebnislisten in Print-, Radio-, TV- und Onlinemedien, wie insbesondere auch die Internet-/Facebook und sonstigen Online-Auftritte des DMSB, der DMSB-Mitgliedsorganisationen, der ADAC-Regional-/Ortsclubs und des Veranstalters sowie Promotors zu veröffentlich. Im Weiteren auch die Nutzung der Aufnahmen zu Zwecken der Eigenwerbung oder der Veranstaltungsbewerbung. Sendet der Teilnehmer Bildmaterial an den Veranstalter erklärt der Teilnehmer darüber hinaus sein Einverständnis zur uneingeschränkten honorarfreien Verwendung, Verwertung oder Veröffentlichung durch den DMSB, den DMSB-Mitgliedsorganisationen, den ADAC Regional-/Ortsclubs, dem Promotor und Veranstalter.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43731A86" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31CD6E3B" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ich willige ferner ein, dass eine Veröffentlichung (auch im Internet) von Entscheidungen - unter Angabe der Teilnehmerdaten - des Renn-/Fahrtleiters sowie der Sportkommissare und ggf. in Folge der Verbandsgerichte erfolgen kann sowie eine Übermittlung der Entscheidungen an die DMSB-Mitgliedsorganisationen, die ADAC-Regional- und Ortsclubs, an den Promotor/Veranstalter/Serienausschreiber sowie an die Sportwarte des DMSB erfolgen kann. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="310AA853" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00E8384C" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Hinweis:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C45B4D" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Veranstaltung widerrufen wird, ist eine Teilnahme an dieser Veranstaltung (Vorgaben zur Veranstaltung) nicht möglich.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72EF92CE" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="632153E1" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
-      <w:pPr>
+    <w:p w14:paraId="6BDFDB79" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...152 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="002E3883">
+        <w:r w:rsidRPr="00030516">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002E3883">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – unter Angabe der Veranstaltung und des Veranstaltungsdatums - widerrufen. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F3ADDE" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7061C954" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Wenn der Teilnehmer/in minderjährig</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>nicht</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>voll</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>geschäftsfähig</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ist,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>versichert</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>alleinige Unterzeichner,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>dass</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>das</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>alleinige</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sorgerecht</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>hat</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>berechtigt</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>ist,</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>diese</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Erklärung</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>auch</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>im</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Namen</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="16"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>etwaiger</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>weiterer</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="15"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sorge</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>erechtigter</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:w w:val="99"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>verbindlich</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>abzugeben.</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Bei</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>der</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Unterzeichnung</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>durch</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Sorgeberechtigte ist</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>die</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Angabe</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> vollständigen </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Namens</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> und Anschrift </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>erforderlic</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...19 lines deleted...]
-        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p w14:paraId="6F816EE2" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="727597BE" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
+          <w:strike/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5387C05F" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="244B5A86" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19EBE87C" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="79DC7BF3" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A42AD13" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="1A8C1F1A" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Ort/Datum  </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Name des 1. Fahrers in Blockschrift und Unterschrift des 1. Fahrers </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AF66514" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="0C91EBCF" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>bzw. bei Minderjährigen des/r gesetzlichen Vertreter(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19908C6E" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="551022FD" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59681B78" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="671B25FD" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Unterschrift durch einen gesetzlichen Vertreter bitte ankreuzen (nur möglich bei Jahreslizenz): </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F2BDB0" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="178D5233" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Obige Unterschrift erfolgte nicht nur im eigenen Namen, sondern auch im Namen des anderen Elternteils</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4063BC6A" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="23972899" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78FD46A7" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bzw. ich bin zur alleinigen Vertretung meines Kindes berechtigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D40002E" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="278C630A" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B53BE1A" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="4FC03F8A" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46B0B9AC" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="1D5260DC" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04CFC73E" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="7C5A9596" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:left="2977" w:right="-1" w:hanging="2977"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ort/Datum</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Name des 2. Fahrers in Blockschrift und Unterschrift des 2. Fahrers/Beifahrers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321B3B23" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="3A298824" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2977"/>
         </w:tabs>
         <w:ind w:left="2977" w:right="-1" w:hanging="2977"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> bzw. bei Minderjährigen des/r gesetzlichen Vertreter(s)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B88E99" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="66588F3D" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1843581B" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="6E7BFFE8" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Unterschrift durch einen gesetzlichen Vertreter bitte ankreuzen (nur möglich bei Jahreslizenz): </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A97B316" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="261564F0" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...13 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Obige Unterschrift erfolgte nicht nur im eigenen Namen, sondern auch im Namen des anderen Elternteils.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58BE446F" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="1DCE1631" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="063628D3" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
-[...21 lines deleted...]
-        <w:t>ch bin zur alleinigen Vertretung meines Kindes berechtigt.</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ich bin zur alleinigen Vertretung meines Kindes berechtigt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16543051" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="66C8E404" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36CE4CAC" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="43E06497" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="236033A2" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="127FC75B" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CA99CD4" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="4B0FA102" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Name des Bewerbers in Blockschrift und Unterschrift - falls nicht personengleich-</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51F235B9" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="31A0B759" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk45623008"/>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Nur erforderlich, wenn Bewerber, Fahrer und Beifahrer nicht Eigentümer des einzusetzenden Fahrzeugs sind</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5403E9B3" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="7DA6A134" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:right="-1"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35295CA8" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="7C8339DA" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:right="-1"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Verzichtserklärung des Fahrzeugeigentümers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED470B3" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="514F6B09" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ich bin mit der Beteiligung des in der Erklärung näher bezeichneten Fahrzeuges an der Veranstaltung (ungezeitetes und gezeitetes Training, Qualifikationstraining, Warm-up, Übungs- und Besichtigungsfahrten, Rennen, Wertungsläufe, Wertungsprüfungen zur Erzielung von Höchstgeschwindigkeiten oder kürzesten Fahrzeiten) einverstanden und erkläre den Verzicht auf Ansprüche jeder Art für Schäden, die im Zusammenhang mit der Veranstaltung entstehen, und zwar gegenüber</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F44A70" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="6ECA286F" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>den eigenen Teilnehmern und Helfern,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D86222" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="5C7E274E" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge (soweit die Veranstaltung auf einer permanenten oder temporär geschlossenen Strecke stattfindet) und deren Helfern, deren Präsidenten, Organen, Geschäftsführern und Generalsekretären, </w:t>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den jeweils anderen Teilnehmern, den Eigentümern und Haltern aller an der Veranstaltung teilnehmenden Fahrzeuge (soweit die Veranstaltung auf einer permanenten oder temporär geschlossenen Strecke stattfindet) und deren Helfern, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C399C13" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="6EB6B446" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-        <w:t>dem ADAC e. V., den ADAC Regionalclubs, den ADAC Ortsclubs und den mit dem ADAC e. V. verbundenen Unternehmen, deren Präsidenten, Organen, Geschäftsführern, Generalsekretären,</w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären der FIM, FIME und des DMSB und der DMSB-Mitgliedsorganisationen,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29256A0F" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="722ED292" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">den sonstigen DMSB Mitgliedsorganisationen, deren Präsidenten, Organen, Geschäftsführern, Generalsekretären, </w:t>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>den Präsidenten, Organen, Geschäftsführern und Generalsekretären des ADAC e. V., der ADAC Regional-/Ortsclubs und der mit dem ADAC e. V. verbundenen Unternehmen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B627D2B" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="09510FAC" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">dem Promotor/Serienorganisator, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C68AB8C" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="05D2EADE" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>dem Veranstalter, den Sportwarten, den Rennstreckeneigentümern, den Rechtsträgern der Behörden, Renndiensten und allen anderen Personen, die mit der Organisation der Veranstaltung in Verbindung stehen,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4689D3EE" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="0788EEAA" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">den Straßenbaulastträgern und </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30942289" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="2B38A316" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">den Erfüllungs- und Verrichtungsgehilfen, den gesetzlichen Vertretern, den haupt- und ehrenamtlichen Mitarbeitern aller zuvor genannten Personen und Stellen sowie deren Mitgliedern. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DFDA9C7" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="36D546BA" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47670020" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="2F072F34" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Der Haftungsverzicht gilt nicht für Schäden aus der Verletzung des Lebens, des Körpers oder der Gesundheit und für sonstige Schäden, die auf einer vorsätzlichen oder grob fahrlässigen Pflichtverletzung beruhen sowie nicht für Schäden aus der Verletzung einer wesentlichen Vertragspflicht durch den enthafteten Personenkreis. Bei Schäden, die auf einer leicht fahrlässigen Pflichtverletzung von wesentlichen Vertragspflichten beruhen ist die Haftung für Vermögens- und Sachschäden der Höhe nach auf den typischen, vorhersehbaren Schaden beschränkt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="557C9461" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="41AAAB5E" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Haftungsverzicht gilt für Ansprüche aus jeglichem Rechtsgrund, insbesondere also für Schadensersatzansprüche aus vertraglicher und außervertraglicher Haftung und für Ansprüche aus unerlaubter Handlung. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27553564" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="4B7D07F2" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AEE033D" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="16A69DBE" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Ich willige ein, dass meine personenbezogenen Daten (Vor- und Zuname, ggf. amtl. Kennzeichen, Fahrgestellnummer) verarbeitet werden, damit das genannte Fahrzeug an der gegenständlichen Veranstaltung teilnehmen kann. Die Daten werden, sofern dies erforderlich ist an den Veranstalter und die DMSB Mitgliedsorganisationen sowie den DMSB weitergeleitet. </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="002E3883">
+        <w:r w:rsidRPr="00030516">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> unter Angabe der Veranstaltung und des Veranstaltungsdatums - widerrufen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67FF00B1" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="10FE38CD" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CCA75B8" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="03D5BB7C" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Hinweis:</w:t>
-      </w:r>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Rennveranstaltung widerrufen wird, ist eine Teilnahme an diesem Rennen (Vorgaben zur Veranstaltung) nicht möglich. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:p w14:paraId="77C7BDA6" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="39864190" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Falls die Einwilligung nicht erteilt oder vor der Teilnahme an der Veranstaltung widerrufen wird, ist eine Teilnahme an dieser Veranstaltung (Vorgaben zur Veranstaltung) nicht möglich. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="44C376B3" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="6E8E1005" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Einwilligung können Sie jederzeit für die Zukunft unter </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00030516">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>datenschutz@dmsb.de</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – unter Angaben der Veranstaltung und des Veranstaltungsdatums - widerrufen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:strike/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00030516">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Weitere Informationen entnehmen Sie den Datenschutzbestimmungen unter www.dmsb.de.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="19AD925D" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="5B09806F" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="32D4AB64" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="002E3883" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="1690FC77" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53322869" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4645336A" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23BFD83F" w14:textId="77777777" w:rsidR="00347A2D" w:rsidRPr="00953F36" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+    <w:p w14:paraId="67D2393B" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="00030516" w:rsidRDefault="0045093E" w:rsidP="0045093E">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Ort/Datum</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E3883">
+      <w:r w:rsidRPr="00030516">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Name und Anschrift des Eigentümers in Blockschrift</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
+    <w:p w14:paraId="06EA7077" w14:textId="77777777" w:rsidR="0045093E" w:rsidRPr="000F1641" w:rsidRDefault="0045093E" w:rsidP="0045093E"/>
+    <w:p w14:paraId="23BFD83F" w14:textId="59BF560C" w:rsidR="00347A2D" w:rsidRPr="00953F36" w:rsidRDefault="00347A2D" w:rsidP="00347A2D">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="1BF2CBE5" w14:textId="5E09F681" w:rsidR="00D66D4A" w:rsidRPr="00953F36" w:rsidRDefault="00D66D4A" w:rsidP="00347A2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D66D4A" w:rsidRPr="00953F36" w:rsidSect="00726EC9">
-      <w:headerReference w:type="default" r:id="rId10"/>
-      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="818" w:right="849" w:bottom="426" w:left="851" w:header="135" w:footer="124" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="733E41C6" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00CA1A18" w:rsidP="00CA1A18">
+    <w:p w14:paraId="2D203F41" w14:textId="77777777" w:rsidR="002A4952" w:rsidRDefault="002A4952" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E5A81B9" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00CA1A18" w:rsidP="00CA1A18">
+    <w:p w14:paraId="09C84EDE" w14:textId="77777777" w:rsidR="002A4952" w:rsidRDefault="002A4952" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -10332,51 +10220,51 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FranklinGothicLTCom-Bk">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="332A9BC6" w14:textId="721DF2E2" w:rsidR="00726EC9" w:rsidRPr="00124B90" w:rsidRDefault="00FB693B" w:rsidP="00726EC9">
+  <w:p w14:paraId="332A9BC6" w14:textId="75DDC83B" w:rsidR="00726EC9" w:rsidRPr="00124B90" w:rsidRDefault="00FB693B" w:rsidP="00726EC9">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9214"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>DMSB-</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
@@ -10398,58 +10286,58 @@
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
     <w:r w:rsidR="00852892">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="002D41E5">
+    <w:r w:rsidR="0045093E">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00726EC9" w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
@@ -10552,58 +10440,58 @@
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00124B90">
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B68103C" w14:textId="77777777" w:rsidR="002905D6" w:rsidRDefault="002905D6">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32819ED5" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00CA1A18" w:rsidP="00CA1A18">
+    <w:p w14:paraId="178A37EB" w14:textId="77777777" w:rsidR="002A4952" w:rsidRDefault="002A4952" w:rsidP="00CA1A18">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="56788943" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00CA1A18" w:rsidP="00CA1A18">
+    <w:p w14:paraId="2920B41B" w14:textId="77777777" w:rsidR="002A4952" w:rsidRDefault="002A4952" w:rsidP="00CA1A18">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01D685F6" w14:textId="77777777" w:rsidR="00CA1A18" w:rsidRDefault="00954E64">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E9849DE" wp14:editId="235691A8">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4736465</wp:posOffset>
           </wp:positionH>
@@ -12261,121 +12149,126 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="372770223">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="761026038">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1296182173">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1363632836">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1694719932">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="283075075">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="145409"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA1A18"/>
+    <w:rsid w:val="00007667"/>
     <w:rsid w:val="00023AD3"/>
     <w:rsid w:val="00040E94"/>
     <w:rsid w:val="00041957"/>
     <w:rsid w:val="00047FBB"/>
     <w:rsid w:val="00050752"/>
     <w:rsid w:val="00070455"/>
     <w:rsid w:val="00076699"/>
     <w:rsid w:val="000A1017"/>
     <w:rsid w:val="000B03DC"/>
     <w:rsid w:val="000B29E5"/>
     <w:rsid w:val="000B3B23"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="001228BF"/>
     <w:rsid w:val="0013272E"/>
     <w:rsid w:val="001462CF"/>
     <w:rsid w:val="0016260F"/>
     <w:rsid w:val="00167E1A"/>
     <w:rsid w:val="00185E1F"/>
     <w:rsid w:val="001D05CB"/>
     <w:rsid w:val="00206691"/>
     <w:rsid w:val="00206938"/>
     <w:rsid w:val="00225F91"/>
     <w:rsid w:val="002437ED"/>
     <w:rsid w:val="00251085"/>
     <w:rsid w:val="00282269"/>
     <w:rsid w:val="0028513E"/>
     <w:rsid w:val="002905D6"/>
     <w:rsid w:val="002A36F7"/>
+    <w:rsid w:val="002A4952"/>
     <w:rsid w:val="002A4E58"/>
     <w:rsid w:val="002C3989"/>
     <w:rsid w:val="002D41E5"/>
     <w:rsid w:val="002E2F66"/>
     <w:rsid w:val="002F1F8D"/>
     <w:rsid w:val="00324D23"/>
     <w:rsid w:val="0033302F"/>
     <w:rsid w:val="0033727F"/>
     <w:rsid w:val="00347A2D"/>
     <w:rsid w:val="00370AFA"/>
     <w:rsid w:val="003B7328"/>
     <w:rsid w:val="003E025D"/>
     <w:rsid w:val="00422E6E"/>
     <w:rsid w:val="00440FD4"/>
     <w:rsid w:val="0044195B"/>
     <w:rsid w:val="00444EC9"/>
+    <w:rsid w:val="0045093E"/>
     <w:rsid w:val="0048358B"/>
     <w:rsid w:val="004915E5"/>
     <w:rsid w:val="004C16CC"/>
     <w:rsid w:val="004D5883"/>
     <w:rsid w:val="004F69A8"/>
     <w:rsid w:val="00506A8C"/>
     <w:rsid w:val="00516881"/>
     <w:rsid w:val="00522572"/>
     <w:rsid w:val="0054460B"/>
     <w:rsid w:val="005529BB"/>
     <w:rsid w:val="00553BAC"/>
     <w:rsid w:val="00570B41"/>
     <w:rsid w:val="00596A5D"/>
     <w:rsid w:val="005B271F"/>
     <w:rsid w:val="006028A3"/>
     <w:rsid w:val="00624636"/>
     <w:rsid w:val="006550DA"/>
     <w:rsid w:val="00671DC8"/>
     <w:rsid w:val="006801A5"/>
     <w:rsid w:val="006A2F37"/>
     <w:rsid w:val="006A6342"/>
     <w:rsid w:val="006B78E2"/>
     <w:rsid w:val="006E3719"/>
     <w:rsid w:val="00702D91"/>
     <w:rsid w:val="007173C4"/>
@@ -12443,80 +12336,81 @@
     <w:rsid w:val="00CC0C1A"/>
     <w:rsid w:val="00CD7EDD"/>
     <w:rsid w:val="00CE1D5E"/>
     <w:rsid w:val="00CE331C"/>
     <w:rsid w:val="00CE4E7D"/>
     <w:rsid w:val="00CF2509"/>
     <w:rsid w:val="00D56C84"/>
     <w:rsid w:val="00D66D4A"/>
     <w:rsid w:val="00D75A43"/>
     <w:rsid w:val="00D75C2A"/>
     <w:rsid w:val="00D9472C"/>
     <w:rsid w:val="00DA68A6"/>
     <w:rsid w:val="00DD1B5A"/>
     <w:rsid w:val="00DD70B2"/>
     <w:rsid w:val="00DE28A4"/>
     <w:rsid w:val="00DF3CCA"/>
     <w:rsid w:val="00DF6301"/>
     <w:rsid w:val="00E07FC6"/>
     <w:rsid w:val="00E1613D"/>
     <w:rsid w:val="00E241C1"/>
     <w:rsid w:val="00E25192"/>
     <w:rsid w:val="00E31BB8"/>
     <w:rsid w:val="00E34749"/>
     <w:rsid w:val="00E36DBF"/>
     <w:rsid w:val="00E4262A"/>
+    <w:rsid w:val="00E450D8"/>
     <w:rsid w:val="00E64772"/>
     <w:rsid w:val="00E838B3"/>
     <w:rsid w:val="00ED2E63"/>
     <w:rsid w:val="00EF5973"/>
     <w:rsid w:val="00F131F0"/>
     <w:rsid w:val="00F4777E"/>
     <w:rsid w:val="00F86B80"/>
     <w:rsid w:val="00F96FAF"/>
     <w:rsid w:val="00FA3818"/>
     <w:rsid w:val="00FB693B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="145409"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="715AC10A"/>
   <w15:docId w15:val="{9B25BFFB-EE9F-4B4A-9CD1-EBA4250F7FA3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13139,51 +13033,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="880552155">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -13449,69 +13343,69 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{649BBE45-6CBB-4616-A8DF-0344E551F534}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2563</Words>
-  <Characters>16148</Characters>
+  <Words>2595</Words>
+  <Characters>16608</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>134</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>405</Lines>
+  <Paragraphs>223</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18674</CharactersWithSpaces>
+  <CharactersWithSpaces>18980</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>