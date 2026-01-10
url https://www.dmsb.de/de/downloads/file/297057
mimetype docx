--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="72518F66" w14:textId="5543343D" w:rsidR="00EC4240" w:rsidRPr="00567505" w:rsidRDefault="007A376E" w:rsidP="00EC4240">
+    <w:p w14:paraId="72518F66" w14:textId="393CE3AD" w:rsidR="00EC4240" w:rsidRPr="00567505" w:rsidRDefault="007A376E" w:rsidP="00EC4240">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00567505">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Entry form for </w:t>
       </w:r>
       <w:r w:rsidR="00DA526B" w:rsidRPr="00567505">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00841FCB" w:rsidRPr="00567505">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -75,56 +75,56 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ing events</w:t>
       </w:r>
       <w:r w:rsidR="00F43816" w:rsidRPr="00567505">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> motorcycle</w:t>
       </w:r>
       <w:r w:rsidR="00061FAB" w:rsidRPr="00567505">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20</w:t>
       </w:r>
       <w:r w:rsidR="00BB4FBE" w:rsidRPr="00567505">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00567505">
+      <w:r w:rsidR="00931206">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF740C1" w14:textId="7AA7C0F2" w:rsidR="007A376E" w:rsidRPr="00567505" w:rsidRDefault="00567505" w:rsidP="00036E28">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5245"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00567505">
         <w:t>Organizer</w:t>
       </w:r>
       <w:r w:rsidR="00036E28" w:rsidRPr="00567505">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="007A376E" w:rsidRPr="00567505">
         <w:t xml:space="preserve">ddress, </w:t>
       </w:r>
       <w:r w:rsidR="00036E28" w:rsidRPr="00567505">
         <w:t>contact details</w:t>
       </w:r>
       <w:r w:rsidR="007A376E" w:rsidRPr="00567505">
@@ -2224,51 +2224,50 @@
           <w:wAfter w:w="1555" w:type="dxa"/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8219" w:type="dxa"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="19B4F72C" w14:textId="77777777" w:rsidR="00DB2E3E" w:rsidRPr="00567505" w:rsidRDefault="00DB2E3E" w:rsidP="00DB2E3E">
             <w:pPr>
               <w:ind w:left="2410" w:hanging="2410"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2838" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E7B2135" w14:textId="77777777" w:rsidR="00DB2E3E" w:rsidRPr="00567505" w:rsidRDefault="00DB2E3E" w:rsidP="00DB2E3E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DB2E3E" w:rsidRPr="00567505" w14:paraId="2ECEE5D9" w14:textId="77777777" w:rsidTr="008320F3">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="1555" w:type="dxa"/>
           <w:trHeight w:val="170"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4166" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
@@ -3365,51 +3364,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00350C60" w:rsidRPr="00567505" w14:paraId="51F487D9" w14:textId="77777777" w:rsidTr="008320F3">
         <w:trPr>
           <w:gridAfter w:val="4"/>
           <w:wAfter w:w="1555" w:type="dxa"/>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11057" w:type="dxa"/>
             <w:gridSpan w:val="20"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="29919B03" w14:textId="77777777" w:rsidR="00350C60" w:rsidRPr="00567505" w:rsidRDefault="00350C60" w:rsidP="00DB2E3E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00771DB7" w:rsidRPr="00EF2AB3" w14:paraId="4822E71D" w14:textId="77777777" w:rsidTr="008320F3">
+      <w:tr w:rsidR="00771DB7" w:rsidRPr="001F0E0D" w14:paraId="4822E71D" w14:textId="77777777" w:rsidTr="008320F3">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="576" w:type="dxa"/>
           <w:trHeight w:val="268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2D0C6DCB" w14:textId="77777777" w:rsidR="00771DB7" w:rsidRPr="00567505" w:rsidRDefault="00350C60" w:rsidP="00DB2E3E">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00567505">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>DMSB</w:t>
             </w:r>
             <w:r w:rsidR="00771DB7" w:rsidRPr="00567505">
               <w:rPr>
@@ -4065,3664 +4064,4060 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F7112B5" w14:textId="77777777" w:rsidR="00771DB7" w:rsidRPr="00567505" w:rsidRDefault="00771DB7" w:rsidP="00AC6EB7"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F0A2BC6" w14:textId="77777777" w:rsidR="00B82D20" w:rsidRPr="00567505" w:rsidRDefault="00B82D20">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00567505">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="739A97B9" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="09FC8336" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk46139614"/>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">You </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> tick the appropriate boxes below</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CBB7BB0" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="37425834" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="1" w:name="Kontrollkästchen40"/>
-    <w:p w14:paraId="0F84BC92" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="073E9577" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-73"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Competitor</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Kontrollkästchen41"/>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Driver </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        <w:t xml:space="preserve"> Rider  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Kontrollkästchen41"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Passenger </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
         <w:t>is the owner of the motorcycle to be used</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7242F844" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="06F8B027" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:color w:val="0070C0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Competitor, Driver </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+        <w:t xml:space="preserve">Competitor, Rider/Passenger </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">not </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>owner of the motorcycle to be u</w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+        <w:t>owner of the motorcycle to be used. The motorcycle owner shall submit the disclaimer printed on this form.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8A8B4F" w14:textId="649DDA8B" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>sed. The motorcycle owner shall submit the disclaimer printed on this form.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0E3B30A2" w14:textId="2DDC0589" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>In the case of false statements, competitor and rider/</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>passenger</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> release the group of persons specified in the disclaimer submitted by the vehicle owner from all claims of the vehicle owner with regard to damages arising in connection with the event (= untimed and timed practice, qualifying practice, warm-up, tests and reconnaissance/inspection laps, races, heats, special stages to achieve maximum speeds or shortest driving times). This applies also for costs of the vehicle owner incurred in reasonably asserting his legal rights. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170EFF96" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
-[...58 lines deleted...]
-    <w:p w14:paraId="2330EE54" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    </w:p>
+    <w:p w14:paraId="356FE593" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="berschrift5"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="2733D054" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>General contractual statements of competitors, riders (competitor, rider and passenger = participant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20C70834" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="berschrift4"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The participants are jointly and severely liable for all obligations resulting from the entry contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09CBE8C2" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="0E927787" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="6EACFD77" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24003835" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The participants confirm that </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D84B7C3" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="37790BA4" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>The information given on this declaration are correct and complete,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678AA5A7" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="39C069DF" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">They are fit to meet the requirements in connection with the event </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>(= untimed and timed practice, qualification practice, warm-up, tests and reconnaissance sessions, races, heats, special stages to achieve highest possible speeds or shortest driving times)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> without restrictions,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D01F493" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="25AA5AF1" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>The motorcycle complies with the current and applicable Technical Regulations in all points,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F107D5F" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="136F9B9B" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>Any part of the motorcycle may be inspected by the scrutineers at any time and that</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16A69AC7" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="3BB14ACC" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>They will always present the motorcycle at each event in a perfect technical and visual condition,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108C8209" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="1B8F4483" w14:textId="04E18598" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">They have taken note of National Motorcycle Sporting Code (DMSG), the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>FIM (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF2AB3">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="222222"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Fédération Internationale de</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F0E0D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="fr-FR"/>
         </w:rPr>
-        <w:t>Fédération Internationale de Motocyclisme</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+        <w:t xml:space="preserve"> Motocyclisme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and FIM Europe</w:t>
-[...12 lines deleted...]
-    <w:p w14:paraId="79656084" w14:textId="36614E3A" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>) and FIME (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F0E0D">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fédération Internationale </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="001F0E0D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Motocyclisme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Europe)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> International Sporting Codes with Appendices,  the FIM and FIME Judicial and Disciplinary Rules, the Anti-Doping rules of the FIM/FIME and of the DMSB, the DMSB Judicial Code and Code of Procedure (RuVO), the Anti-Doping Code of the International and the National Anti-Doping Agencies (WADA/NADA), the DMSB Regulations, the General Championship Regulations and the special Series Regulations, the DMSB Judicial Code and Code of Procedure, the Codices, the DMSB Environmental Code and all other FIM, FIME and DMSB Regulations and that they will accept and respect those</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6244053E" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...30 lines deleted...]
-    <w:p w14:paraId="4134B292" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>They are in possession of a valid drivers’ license, if necessary, according to the requirements of the respective discipline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="668A0971" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DB36661" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="58991FCC" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper3"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>They furthermore recognise as binding in particular that:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066B5AD4" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="0565B698" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="berschrift4"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Circumstances in relation to the person or to the behaviour of a team member (competitor, driver, codriver, mechanic, staff member etc.) which affect the contractual relationship with the organiser or result in a claim for damages shall be applicable for and against them,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5F882458" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>Circumstances in relation to the person or to the behaviour of a team member (competitor, rider, passenger, mechanic, staff member etc.) which affect the contractual relationship with the organiser or result in a claim for damages shall be applicable for and against them,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A1AA4C2" w14:textId="30A94F86" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:spacing w:before="0"/>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...7 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The DMSB, its jurisdiction, the Stewards and the organisers – each party within the scope of their responsibilities – are authorised, in addition to other procedures, to also inflict penalties for infringements of the sporting regulations, the legal sporting provisions and contractual obligations, as provided for in the ISC, the RuVO, the Sporting Regulations with Appendices, the Series Regulations and Event Supplementary Regulations and other provisions, irrespective of the right to take legal action as provided for in the ISC, the RuVO, the FIM/FIME Judicial and Disciplinary Rules and the other sporting regulations,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="04E7400E" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>The DMSB, its jurisdiction, the Stewards and the organisers – each party within the scope of their responsibilities – are authorised, in addition to other procedures, to also inflict penalties for infringements of the sporting regulations, the legal sporting provisions and contractual obligations - as provided for in the FIM (Fédération Internationale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F0E0D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Motocycliste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) and FIME (Fédération </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="001F0E0D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Internationale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F0E0D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Motocycliste</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Europe) Sporting Codes with Appendices, the DMSB Judicial Code and Code of Procedures, the Sporting Regulations with Appendices, the Series Regulations and Event Supplementary Regulations and other provisions, irrespective of the right to take legal action as provided for in the DMSB Judicial ‘Code and Code of Procedures, the FIM/FIME Judicial and Disciplinary Rules and the other sporting regulations,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2F8183" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t>They are prohibited to take any substances or apply any methods as defined in the list of prohibited substances and methods in the WADA/NADA Anti-Doping Codea and in the FIM, FIME and DMSB Anti-Doping Regulations.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="369104C5" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>They are prohibited to take any substances or apply any methods as defined in the WADA/NADA list of prohibited substances and methods and in the FIM, FIME and DMSB Anti-Doping Regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48887307" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7470CF6E" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="35B1B7B9" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:pStyle w:val="berschrift3"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:color w:val="auto"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Protest and appeal proxy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D2B54F" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="7DE2086C" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk46137960"/>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">With the submission of this binding </w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="00E02698">
-[...32 lines deleted...]
-    <w:p w14:paraId="7C826566" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>declaration, the participants (refers also to several riders entered for one motorcycle) authorize each other to represent the other party/ies in any protest or appeal case. They authorise each other in particular to submit protests, to withdraw them, to notify of the intention of appeal, to submit an appeal, to confirm, withdraw appeals or to declare that they will not appeal and to submit all applications in connection with a protest or appeal case as well as to submit and to receive all statements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636A1DBB" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="0070C0"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="3178E1C2" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79036A91" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Declaration by the participants on the exclusion of liability </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="057991F1" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="131C4280" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Participants take part in the event at their own risk. They bear the sole responsibility under civil and criminal law for any damage caused by them.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E08273" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="3E2FEBDC" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>They declare to waive any claims or rights to pursue action for damages in connection with the event against:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F93C95" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="4F783C13" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>The own participants (barring any other special agreements between the participants) and team members,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="529612EB" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="52A586FC" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>The other participants respectively, the owners or registered keepers of all the vehicles participating in the event and their assistants,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6260A5B3" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="33384278" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk214443027"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The FIM, the FIME, the DMSB, the DMSB affiliated and member organisations, their presidents, executive bodies, managing directors and secretaries general,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="30C1A62F" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t xml:space="preserve">The Presidents, executive bodies, managing directors and secretaries general of the FIM, FIME and the DMSB and of the DMSB member </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>organisations,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="105AD608" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:strike/>
-[...9 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The ADAC e.V., the ADAC district/regional clubs, the ADAC local clubs and the corporations associated with the ADAC e.V., their presidents, executive bodies, managing directors, secretaries general, </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="101130F8" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>The Presidents, executive bodies, managing directors and secretaries general of the ADAC e.V., the ADAC district clubs, the ADAC regional clubs and the corporations associated with the ADAC e.V.,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="07D19B9E" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The other DMSB </w:t>
-[...31 lines deleted...]
-    <w:p w14:paraId="7E90500A" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>The promoter/series organiser,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F4BC468" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The promoter/series organiser,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="015B8773" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>The organiser, the officials and marshals, the circuit owners, the authorities’ entities, the racing services and all other persons involved with the organisation of the event,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68BA929C" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The organiser, the officials and marshals, the circuit owners, the authorities’ entities, racing services and all other persons involved with the organisation of the event,</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2F67E4FA" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t xml:space="preserve">The organisation responsible for the construction and maintenance of roads, and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589759CA" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...39 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>The agents and other persons employed to perform an obligation, the legal representatives, the full-time employees and volunteers of all the above persons and entities as well as their members.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="779B9976" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="415C8289" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="275B2979" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="150887AE" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...19 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk182636332"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The disclaimer does not apply for damages or harm to life, body or health or any other damage resulting from the deliberate or gross negligent breach of duty, and not for any other damage resulting from the breach of a material contractual obligation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">damage. The disclaimer applies to claims for any legal reason whatsoever, so in particular to claims for damages based on contractual and non-contractual liability and to claims from tortuous acts. </w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="6F52C61E" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t xml:space="preserve">committed by the group of persons released from liability. In the case of damages resulting from a slightly negligent breach of duty of a material contractual obligation, the liability for financial loss and for damage to property is limited to the typical foreseeable damage. The disclaimer applies to claims for any legal reason whatsoever, so </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>in particular to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> claims for damages based on contractual and non-contractual liability and to claims from tortuous acts. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="0349E3C0" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="558771D2" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44B2DF71" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...8 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Implied exclusions from liability shall remain unaffected by the above non-liability clause.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4826681F" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="1D32CFB7" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="04753725" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41576BE8" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...38 lines deleted...]
-    <w:p w14:paraId="1FD13DAA" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>By submitting this declaration, participants acknowledge that insurance cover is generally not provided under the motor vehicle traffic insurance policies (motor vehicle liability, comprehensive and passenger accident insurance) for damage resulting from the use of the vehicle at a motor sport event or motor sport activity, including races, competitions, practice sessions, tests and demonstration runs, if the vehicle is used in an area delimited for this purpose with restricted access and a motor sport liability insurance policy in accordance with Section 5d PflVG exists for this use of the vehicle. They undertake to also inform the keeper and the owner of the vehicle used of this.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51D3879C" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:color w:val="0070C0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39377794" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="3B064DD4" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Release from confidentiality obligations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FF333EC" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="7BE495E7" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...16 lines deleted...]
-    <w:p w14:paraId="501B9F54" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>If an injury occurs or is detected during an event or in the case of health detriment which could temporarily or permanently call into question the fitness to participate in motor sport events, the undersigned – under consideration of the possible safety risk which might result not only for him/her but also for third parties – releases all treating doctors from their duty to treat medical record confidentially amongst each other and with regard to the clerk of the course, the stewards, referees, the chief medical officer, the DMSB doctors, co-ordination motorcycle sport (DMSB) and the insurance claims administration. Your data will be processed for the purpose of a legitimate interest of the DMSB. This purpose is the protection of the licence holders at sporting events. You may object to this processing at any time with effect for the future.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B57C199" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="0070C0"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="4EBC3501" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40AAB5AB" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>The DMSB, its affiliated and member organisations, the ADAC district/regional clubs and the organiser do not participate in dispute settlement proceedings in front of a consumer arbitration board in accordance with the Act on the Settlement of Consumer Disputes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="254A38E3" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="7008259A" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B7527EB" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="039785E7" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>Driver/co-driver with a Race Card</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="488938D7" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t xml:space="preserve">Rider/passengers with a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>C-Licence, H-Licence, V-Licence or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Race Card</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F89342" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>With my signature I expressly declare that</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53565B1C" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="6936287C" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:ind w:left="142" w:right="-1" w:hanging="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- I am not aware of any health problems or physical limitations at the time of registration for the event and during participation in    the event that would prevent me from participating, respectively I will inform the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>organiser</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> immediately if I become aware of any of such problems or limitations and will refrain from participating in the event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DBC1142" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:left="142" w:right="-1" w:hanging="142"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
-        <w:t>at the time of applying for the Race Card, I am not aware of any health deficiencies or physical disabilities that would prohibit me from participating in the event,</w:t>
-[...37 lines deleted...]
-    <w:p w14:paraId="0BFD7F89" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>in the case of applying for and or using the Race Card, I am not the holder of another rider's licence (annual licence) of the DMSB or of another FIA member federation (ASN) for the current year at the time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EF069E" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1712552F" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="76DD959D" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:spacing w:before="58"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:caps/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Declaration of exemption for film/photo productions</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and Privacy Notices</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="355A9835" w14:textId="5EB7A51C" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="2DC1AD69" w14:textId="7CFE1062" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The participant declares his/her consent to the performance of photo and film productions during the event as well as to the granting of the broadcasting rights, the rights of public reproduction, recording, duplication and adaptation in relation to any filming or photo recordings made of his person, of any accompanying persons or of their motorcycles at no charge with regard to the DMSB, its affiliated and member organisations, the ADAC district/regional clubs and the organiser. In addition to the use for the purpose of covering the race, the participants and the results in print, radio, TV and online media, such as in particular also the internet/ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EF2AB3" w:rsidRPr="00E02698">
+        <w:t xml:space="preserve">The participant declares his/her consent to the performance of photo and film productions during the event as well as to the granting of the broadcasting rights, the rights of public reproduction, recording, duplication and adaptation in relation to any filming or photo recordings made of his/her person, of any accompanying persons or of his/her motorcycle at no charge with regard to the DMSB, the DMSB affiliated and member organisations, the ADAC district/regional clubs, the promoter and the organiser. In addition to the use for the purpose of covering the race, the granting of rights includes the publication of the participants data and the results and result lists in print, radio, TV and online media, such as in particular also the internet/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Facebook</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+        <w:t>facebook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> online presence of the DMSB, its affiliated and member organisation, the ADAC district/regional clubs and the organiser, the granting of rights includes the use of the recordings for the purpose of self-promotion or promotion of the event. If the participants submits image materials to the organiser, he/she declares moreover his/her content to the unrestricted use, exploitation or publication by the DMSB, its affiliated and member organisations, the ADAC district/regional clubs and the organiser, at no charge.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F8E0291" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t xml:space="preserve"> and other online presences of the DMSB, the DMSB affiliated and member organisation, the ADAC district/regional clubs and the organiser and promoter. This includes moreover the use of the recordings for the purpose of self-promotion or promotion of the event. If the participants </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>submit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> image materials to the organiser, he/she declares moreover his/her consent to the unrestricted use, exploitation or publication by the DMSB, the DMSB affiliated and member organisations, the ADAC district/regional clubs, the promoter and the organiser, at no charge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2654E8" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3605624C" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="2B94383A" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
-[...9 lines deleted...]
-    <w:p w14:paraId="0798CD90" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>I furthermore agree that a publication (also in the internet) of decisions – including the participant’s data – of the clerk of the course as well as of the stewards and, if applicable, subsequent decisions of the sporting courts may take place and that such decisions may be transmitted to the DMSB affiliated and member organisations, to the ADAC district/regional and local clubs, to the promoter/organiser/series organiser as well as to the DMSB officials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="703DCAEE" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="0C12B986" w14:textId="7F658312" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9EFFB4" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...32 lines deleted...]
-    <w:p w14:paraId="45640399" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C45DF4" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="FranklinGothicLTCom-Bk" w:cs="Arial"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="28EAEE15" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>If this consent is not declared or if it is revoked before the participation in the event, a participation in this event (condition for participation) is not possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33553102" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...18 lines deleted...]
-    <w:p w14:paraId="57BC6BE0" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6645EB9F" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The consent can be revoked at any time with effect for the future to </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="00E02698">
+        <w:r w:rsidRPr="00566E21">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E02698">
-[...27 lines deleted...]
-    <w:p w14:paraId="14612D11" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – indicating the event and the event date. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk214443276"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Further information is available in the data protection regulations under </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00566E21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>www.dmsb.de</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="236D210F" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In the case that the participant is a minor or not legally competent, the sole signatory confirms that he/she has the sole custody or that he/she is entitled to issue this binding statement also on behalf of additional custodians, if any. The signature of any custody must be accompanied by the indication of the full name and address. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C99FE50" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F0AAE4E" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
-[...21 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="2ABE0FF1" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="587651F6" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF03D78" w14:textId="07B75A5E" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="4E333A29" w14:textId="36144CDC" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Date/</w:t>
       </w:r>
-      <w:r w:rsidR="00EF2AB3" w:rsidRPr="00E02698">
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Place </w:t>
       </w:r>
-      <w:r w:rsidR="00EF2AB3" w:rsidRPr="00E02698">
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>Name of the driver in block letters and signature or, in the case of minors, of the legal representative(s)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="27731955" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>Name of the 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rider in block letters and signature of the 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>st</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rider or, in the case of minors, of the legal representative(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E4B1109" w14:textId="77777777" w:rsidR="00931206" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="059FABB9" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="40D94D74" w14:textId="77777777" w:rsidR="00931206" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B7D240B" w14:textId="77777777" w:rsidR="00931206" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ADCB015" w14:textId="77777777" w:rsidR="00931206" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F5BF9A9" w14:textId="77777777" w:rsidR="00931206" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46858EAD" w14:textId="77777777" w:rsidR="00931206" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="482E81DA" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>In case of the signature of a legal representative, please tick below (only possible for annual licences):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="598B8384" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="3B385260" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> The above signature is provided not only on my own behalf but also on behalf of the other parent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58413857" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="7ABCFFF8" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB4B7CB" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Or I am alone entitled to represent my child.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591B5631" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="12FBB367" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08C687EC" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="5D1E22ED" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="682EB3E3" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62B80AD7" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4984D237" w14:textId="6B7C5F0E" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1843"/>
+        </w:tabs>
+        <w:ind w:left="2977" w:right="-1" w:hanging="2977"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Date/</w:t>
+      </w:r>
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Place </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>Name of the 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rider in block letters and signature of the 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>nd</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> rider/passenger or, in the case of minors, of the legal representative(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07816858" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A8C9BB7" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>In case of the signature of a legal representative, please tick below (only possible for annual licences):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3E613E" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Kontrollkästchen2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The above signature is provided not only on my own behalf but also on behalf of the other parent</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27257658" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="4"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6339DA3E" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Kontrollkästchen2"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Or I am alone entitled to represent my child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D767948" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05178332" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5387"/>
+        </w:tabs>
+        <w:ind w:right="-1"/>
+        <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43590E59" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="7210C5F1" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A884D37" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="088691E9" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Name of the competitor in block letters and signature – unless identical -</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B510325" w14:textId="2B5CEE86" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
-[...2 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="2D9845BA" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45B7BF3F" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="0070C0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Only required, if competitor, rider and passenger are not the owner of the entered motorcycle</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3530A316" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+    </w:p>
+    <w:p w14:paraId="25ED5C9C" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...33 lines deleted...]
-          <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Disclaimer of the vehicle owner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62A0310F" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="1E068971" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="565"/>
           <w:tab w:val="left" w:pos="1133"/>
           <w:tab w:val="left" w:pos="1698"/>
           <w:tab w:val="left" w:pos="2266"/>
           <w:tab w:val="left" w:pos="2832"/>
           <w:tab w:val="left" w:pos="3397"/>
           <w:tab w:val="left" w:pos="3965"/>
           <w:tab w:val="left" w:pos="4530"/>
           <w:tab w:val="left" w:pos="5098"/>
           <w:tab w:val="left" w:pos="5664"/>
           <w:tab w:val="left" w:pos="6229"/>
           <w:tab w:val="left" w:pos="6797"/>
           <w:tab w:val="left" w:pos="7362"/>
           <w:tab w:val="left" w:pos="7930"/>
           <w:tab w:val="left" w:pos="8496"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>I agree with the participation of the vehicle specified on the entry form in the event (= untimed and timed practice, qualifying, warm-up, tests and reconnaissance/inspection laps, races, heats, special stages to achieve maximum speeds or shortest driving times) and confirm to waive any claims or rights to pursue action for damages in connection with the event against</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="368701CA" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="7BD37370" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>The own participants and assistants,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745C6717" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="7A008326" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The other participants respectively, the owners and proprietors of all the </w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="17EBCCDA" w14:textId="3898AAF3" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>The other participants respectively, the owners and proprietors of all the motorcycles participating in the event (as far as the event takes place on a permanently or temporarily closed track) and their assistants,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B44591" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="18"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E02698">
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="4C1E8576" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t xml:space="preserve">The Presidents, executive bodies, managing directors and secretaries general of the FIM, FIME and the DMSB and of the DMSB member </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>organisations,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EDD696D" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:strike/>
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The ADAC e.V., the ADAC district/regional clubs, the ADAC local clubs and the corporations associated with the ADAC, their presidents, executive bodies, managing directors, secretaries general, </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="49F2D788" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>The Presidents, executive bodies, managing directors and secretaries general of the ADAC e.V., the ADAC regional/district clubs and the corporations associated with the ADAC e.V.,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F223259" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...4 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The other DMSB </w:t>
-[...31 lines deleted...]
-    <w:p w14:paraId="04436A2E" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+        <w:t>The FIM,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>the FIME the DMSB, the DMSB affiliated and member organisations, their presidents, executive bodies, managing directors, secretaries general,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DF244B4" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>The promoter/series organiser,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="294D1E29" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="624290B5" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>The organiser, the officials and marshals, the circuit owners, the authorities’ entities, racing services and all other persons involved with the organisation of the event,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E8ACE42" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="2EB653B6" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The organisation responsible for the construction and maintenance of roads, and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E1778C3" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="23B62C6F" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="170"/>
         </w:tabs>
         <w:ind w:left="170" w:hanging="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>The agents and other persons employed to perform an obligation, the legal representatives, the full-time employees and volunteers of all the above persons and entities as well as their members.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6580D948" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="1ED36476" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B1C9685" w14:textId="18454F0E" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="2EC1B6F2" w14:textId="4452FD38" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">The disclaimer does not apply for damages or harm to life, body or health or any other damage resulting from the deliberate or gross negligent breach of duty, and not for any other damage resulting from the breach of a material contractual obligation committed by the group of </w:t>
       </w:r>
-      <w:r w:rsidR="00EF2AB3" w:rsidRPr="00E02698">
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>people</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> released from liability. In the case of damages resulting from a slightly negligent breach of duty of a material contractual obligation, the liability for financial loss and for damage to property is limited to the typical foreseeable damage. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C72D5B" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="58941E9B" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">The disclaimer applies to claims for any legal reason whatsoever, so in particular to claims for damages based on contractual and non-contractual liability and to claims from tortuous acts. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E23C903" w14:textId="4F00EC88" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="4566FF18" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">I agree that my personal data (first name and surname, if applicable license plate number, chassis number) may be processed that the vehicle in question can participate in the event. If necessary, the data will be forwarded to the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EF2AB3" w:rsidRPr="00E02698">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B550CF2" w14:textId="6FC67AC7" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:t xml:space="preserve">I agree that my personal data (first name and surname, if applicable license plate number, chassis number) may be processed so that the vehicle can participate in the event concerned. If necessary, the data will be forwarded to the </w:t>
+      </w:r>
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
         <w:t>organizer</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, the DMSB member </w:t>
       </w:r>
-      <w:r w:rsidR="00EF2AB3" w:rsidRPr="00E02698">
+      <w:r w:rsidR="001F0E0D" w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>organizations</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the DMSB. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
-[...19 lines deleted...]
-        <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The consent can be revoked at any time with effect for the future under </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00566E21">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>datenschutz@dmsb.de</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> – indicating the event and the event date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE34078" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="28DE4F7F" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="722D2743" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="739C7BB9" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49483637" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="55435813" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
-[...9 lines deleted...]
-    <w:p w14:paraId="7254C600" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>If this consent is not declared or if it is revoked before the participation in the event, a participation in this event (condition for participation) is not possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1396B216" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The consent can be revoked at any time with effect for the future under </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00566E21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>datenschutz@dmsb.de</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00566E21">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – indicating the event and the event date. Further information is available in the data protection regulations under </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00566E21">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t>www.dmsb.de</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="173AC006" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43E56B57" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="393CEF07" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="5353B52E" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71AAB149" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="4D5A97FA" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C60443E" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="27852BBC" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>_____________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5426C8C7" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="3AEBA3F0" w14:textId="77777777" w:rsidR="00931206" w:rsidRPr="00566E21" w:rsidRDefault="00931206" w:rsidP="00931206">
       <w:pPr>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Date/Place</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Signature</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E02698">
+      <w:r w:rsidRPr="00566E21">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:tab/>
         <w:t>Name and address of the vehicle owner in block letters</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="6EF1545B" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
-[...30 lines deleted...]
-    <w:p w14:paraId="048C40BF" w14:textId="77777777" w:rsidR="00A7058E" w:rsidRPr="00E02698" w:rsidRDefault="00A7058E" w:rsidP="00A7058E">
+    <w:p w14:paraId="4144D2C3" w14:textId="18E1E3A6" w:rsidR="00B56E6D" w:rsidRPr="00931206" w:rsidRDefault="00B56E6D" w:rsidP="00931206">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2520"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E02698">
-[...21 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId10"/>
+    </w:p>
+    <w:sectPr w:rsidR="00B56E6D" w:rsidRPr="00931206" w:rsidSect="003A438D">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="849" w:bottom="568" w:left="851" w:header="135" w:footer="124" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A6BC0FC" w14:textId="77777777" w:rsidR="00C205C3" w:rsidRPr="00567505" w:rsidRDefault="00C205C3" w:rsidP="00CA1A18">
+    <w:p w14:paraId="5BAB179D" w14:textId="77777777" w:rsidR="000E2BF3" w:rsidRPr="00567505" w:rsidRDefault="000E2BF3" w:rsidP="00CA1A18">
       <w:r w:rsidRPr="00567505">
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73CBA558" w14:textId="77777777" w:rsidR="00C205C3" w:rsidRPr="00567505" w:rsidRDefault="00C205C3" w:rsidP="00CA1A18">
+    <w:p w14:paraId="518A9FD0" w14:textId="77777777" w:rsidR="000E2BF3" w:rsidRPr="00567505" w:rsidRDefault="000E2BF3" w:rsidP="00CA1A18">
       <w:r w:rsidRPr="00567505">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -7757,99 +8152,99 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FranklinGothicLTCom-Bk">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7831A2FD" w14:textId="4F23C36E" w:rsidR="00BB4FBE" w:rsidRPr="00567505" w:rsidRDefault="00BB4FBE" w:rsidP="00BB4FBE">
+  <w:p w14:paraId="7831A2FD" w14:textId="15C664E0" w:rsidR="00BB4FBE" w:rsidRPr="00567505" w:rsidRDefault="00BB4FBE" w:rsidP="00BB4FBE">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00567505">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Entry form Drag Racing events motorcycle – Version 0</w:t>
     </w:r>
-    <w:r w:rsidR="000F3CCC" w:rsidRPr="00567505">
+    <w:r w:rsidR="00931206">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00567505">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
-    <w:r w:rsidR="00567505">
+    <w:r w:rsidR="00931206">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00567505">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00567505">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00567505">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
@@ -7930,113 +8325,114 @@
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidRPr="00567505">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="808080"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2346B820" w14:textId="77777777" w:rsidR="00BB4FBE" w:rsidRPr="00567505" w:rsidRDefault="00BB4FBE" w:rsidP="00BB4FBE">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00EF2AB3">
+    <w:r w:rsidRPr="00B56E6D">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
+        <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>Author</w:t>
     </w:r>
     <w:r w:rsidRPr="00A7058E">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve">: DMSB-Deutscher </w:t>
     </w:r>
     <w:r w:rsidRPr="00567505">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t>Motorsportbund</w:t>
     </w:r>
     <w:r w:rsidRPr="00A7058E">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:val="de-DE"/>
       </w:rPr>
       <w:t xml:space="preserve"> e.V., Hahnstr. </w:t>
     </w:r>
     <w:r w:rsidRPr="00567505">
       <w:rPr>
         <w:color w:val="808080"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
       <w:t>70, 60528 Frankfurt, www.dmsb.de</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="53AB9226" w14:textId="77777777" w:rsidR="00CD57C3" w:rsidRPr="00567505" w:rsidRDefault="00CD57C3">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2592ED71" w14:textId="77777777" w:rsidR="00C205C3" w:rsidRPr="00567505" w:rsidRDefault="00C205C3" w:rsidP="00CA1A18">
+    <w:p w14:paraId="41919B7C" w14:textId="77777777" w:rsidR="000E2BF3" w:rsidRPr="00567505" w:rsidRDefault="000E2BF3" w:rsidP="00CA1A18">
       <w:r w:rsidRPr="00567505">
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BE9264E" w14:textId="77777777" w:rsidR="00C205C3" w:rsidRPr="00567505" w:rsidRDefault="00C205C3" w:rsidP="00CA1A18">
+    <w:p w14:paraId="3F9B600B" w14:textId="77777777" w:rsidR="000E2BF3" w:rsidRPr="00567505" w:rsidRDefault="000E2BF3" w:rsidP="00CA1A18">
       <w:r w:rsidRPr="00567505">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31AF31DF" w14:textId="77777777" w:rsidR="00CD57C3" w:rsidRPr="00567505" w:rsidRDefault="00FF4F16">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="00567505">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="de-DE"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20040B15" wp14:editId="5629F015">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>4793615</wp:posOffset>
           </wp:positionH>
@@ -8931,162 +9327,169 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="996958772">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1254241330">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="586228042">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="381559463">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1725445408">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1647667226">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA1A18"/>
+    <w:rsid w:val="00007667"/>
     <w:rsid w:val="0001092C"/>
     <w:rsid w:val="00035F6E"/>
     <w:rsid w:val="00036E28"/>
     <w:rsid w:val="00047FBB"/>
     <w:rsid w:val="000529B6"/>
     <w:rsid w:val="00061FAB"/>
     <w:rsid w:val="00076025"/>
     <w:rsid w:val="0008210B"/>
     <w:rsid w:val="000A0DD9"/>
     <w:rsid w:val="000A63AC"/>
     <w:rsid w:val="000B120A"/>
     <w:rsid w:val="000B29E5"/>
     <w:rsid w:val="000B3B23"/>
+    <w:rsid w:val="000B5DC6"/>
+    <w:rsid w:val="000E2BF3"/>
     <w:rsid w:val="000F3CCC"/>
     <w:rsid w:val="00153237"/>
     <w:rsid w:val="00191F23"/>
     <w:rsid w:val="001C0C7B"/>
+    <w:rsid w:val="001F0E0D"/>
     <w:rsid w:val="00206514"/>
     <w:rsid w:val="0023650C"/>
     <w:rsid w:val="00251085"/>
     <w:rsid w:val="002905D6"/>
     <w:rsid w:val="002B2E2A"/>
     <w:rsid w:val="002C3989"/>
     <w:rsid w:val="002D7A81"/>
     <w:rsid w:val="003213F0"/>
     <w:rsid w:val="00350C60"/>
     <w:rsid w:val="00356799"/>
     <w:rsid w:val="003A438D"/>
     <w:rsid w:val="003C1807"/>
     <w:rsid w:val="003D1765"/>
     <w:rsid w:val="003D300A"/>
     <w:rsid w:val="003E0445"/>
     <w:rsid w:val="00417A6C"/>
     <w:rsid w:val="00431FBC"/>
     <w:rsid w:val="004D5883"/>
     <w:rsid w:val="004D5C3E"/>
     <w:rsid w:val="004F15CF"/>
     <w:rsid w:val="00513A60"/>
     <w:rsid w:val="0053381E"/>
     <w:rsid w:val="00553BAC"/>
     <w:rsid w:val="00562AE1"/>
     <w:rsid w:val="00567505"/>
     <w:rsid w:val="005910BF"/>
     <w:rsid w:val="006243F9"/>
     <w:rsid w:val="00645EDC"/>
     <w:rsid w:val="00661846"/>
     <w:rsid w:val="00666EE4"/>
     <w:rsid w:val="006E4E6D"/>
     <w:rsid w:val="006F3CB7"/>
     <w:rsid w:val="0072319F"/>
     <w:rsid w:val="00724427"/>
     <w:rsid w:val="00735645"/>
     <w:rsid w:val="007550FA"/>
     <w:rsid w:val="00771DB7"/>
     <w:rsid w:val="007765F1"/>
     <w:rsid w:val="00785972"/>
     <w:rsid w:val="00795EA4"/>
     <w:rsid w:val="007A376E"/>
     <w:rsid w:val="008320F3"/>
     <w:rsid w:val="00832CA0"/>
     <w:rsid w:val="00841FCB"/>
     <w:rsid w:val="00876601"/>
     <w:rsid w:val="008847B3"/>
     <w:rsid w:val="008E41DD"/>
     <w:rsid w:val="00925EA2"/>
+    <w:rsid w:val="00931206"/>
     <w:rsid w:val="009445C5"/>
     <w:rsid w:val="0095262B"/>
     <w:rsid w:val="00956FB0"/>
     <w:rsid w:val="00964830"/>
     <w:rsid w:val="009C0DFE"/>
     <w:rsid w:val="00A016CD"/>
     <w:rsid w:val="00A2056A"/>
     <w:rsid w:val="00A207A7"/>
     <w:rsid w:val="00A23F4C"/>
     <w:rsid w:val="00A27F15"/>
+    <w:rsid w:val="00A32796"/>
     <w:rsid w:val="00A542AB"/>
     <w:rsid w:val="00A62FCE"/>
     <w:rsid w:val="00A7058E"/>
     <w:rsid w:val="00AA6F71"/>
     <w:rsid w:val="00AC6EB7"/>
     <w:rsid w:val="00AD438A"/>
     <w:rsid w:val="00B23A1A"/>
     <w:rsid w:val="00B37C73"/>
+    <w:rsid w:val="00B56E6D"/>
     <w:rsid w:val="00B73AE1"/>
     <w:rsid w:val="00B82D20"/>
     <w:rsid w:val="00B9349E"/>
     <w:rsid w:val="00BB4FBE"/>
     <w:rsid w:val="00BB6697"/>
     <w:rsid w:val="00C205C3"/>
     <w:rsid w:val="00C761E7"/>
     <w:rsid w:val="00C82929"/>
     <w:rsid w:val="00C83116"/>
     <w:rsid w:val="00C916D2"/>
     <w:rsid w:val="00CA1A18"/>
     <w:rsid w:val="00CB6BBD"/>
     <w:rsid w:val="00CD57C3"/>
     <w:rsid w:val="00CE1D5E"/>
     <w:rsid w:val="00CE4E7D"/>
     <w:rsid w:val="00D0728D"/>
     <w:rsid w:val="00D10914"/>
     <w:rsid w:val="00D25295"/>
     <w:rsid w:val="00D35EF3"/>
     <w:rsid w:val="00D67DBF"/>
     <w:rsid w:val="00DA24A0"/>
     <w:rsid w:val="00DA526B"/>
     <w:rsid w:val="00DB2E3E"/>
     <w:rsid w:val="00E0284B"/>
     <w:rsid w:val="00E10F4A"/>
@@ -9099,53 +9502,53 @@
     <w:rsid w:val="00EF2AB3"/>
     <w:rsid w:val="00F43816"/>
     <w:rsid w:val="00F771E4"/>
     <w:rsid w:val="00F86B80"/>
     <w:rsid w:val="00FA3818"/>
     <w:rsid w:val="00FF4F16"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="26625"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7C648615"/>
   <w15:docId w15:val="{28405EB9-6FBD-4D7D-B163-2E67C1BB5414}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
@@ -10007,51 +10410,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1428771605">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dmsb.de" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dmsb.de" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datenschutz@dmsb.de" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -10302,67 +10705,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2548</Words>
-  <Characters>14738</Characters>
+  <Words>2714</Words>
+  <Characters>15859</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>122</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>386</Lines>
+  <Paragraphs>215</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Nennformular für Rundstreckenrennen 2015</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17252</CharactersWithSpaces>
+  <CharactersWithSpaces>18358</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Nennformular für Rundstreckenrennen 2015</dc:title>
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>