--- v0 (2025-10-04)
+++ v1 (2026-01-27)
@@ -1,82 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8952"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F010F6" w:rsidRPr="00F010F6" w14:paraId="77F1E082" w14:textId="77777777" w:rsidTr="002229DA">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8952" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E0E0E0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC1B2B6" w14:textId="7445E290" w:rsidR="00F010F6" w:rsidRPr="00AD5A1F" w:rsidRDefault="00517B6D" w:rsidP="00FE1A4B">
+          <w:p w14:paraId="4EC1B2B6" w14:textId="033EEC2B" w:rsidR="00F010F6" w:rsidRPr="00AD5A1F" w:rsidRDefault="00517B6D" w:rsidP="00FE1A4B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>DMX</w:t>
             </w:r>
@@ -94,58 +95,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Motocross</w:t>
             </w:r>
             <w:r w:rsidR="00F010F6" w:rsidRPr="00AD5A1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20</w:t>
             </w:r>
             <w:r w:rsidR="00F40347">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="0096239F">
+            <w:r w:rsidR="00D41FCF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="153EC6C0" w14:textId="13A51A8D" w:rsidR="00F010F6" w:rsidRPr="00BB425D" w:rsidRDefault="00F010F6" w:rsidP="002229DA">
       <w:pPr>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB425D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Grundlage dieser Ausschreibung sind </w:t>
       </w:r>
       <w:r w:rsidR="00F005FF" w:rsidRPr="00D5395B">
         <w:rPr>
@@ -442,201 +443,197 @@
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D3323B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DMSB-NMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="18199E7C" w14:textId="01C11EF8" w:rsidR="00CE0C2B" w:rsidRPr="00D3323B" w:rsidRDefault="00CE0C2B" w:rsidP="0093549B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE0C2B" w:rsidRPr="00D3323B" w14:paraId="19BD3ABB" w14:textId="77777777" w:rsidTr="0038340C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="539A9794" w14:textId="00C53D37" w:rsidR="00CE0C2B" w:rsidRPr="00D3323B" w:rsidRDefault="00CE0C2B" w:rsidP="0093549B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D3323B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM Europe-EMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6CB5E91F" w14:textId="085018AD" w:rsidR="00CE0C2B" w:rsidRPr="00D3323B" w:rsidRDefault="00CE0C2B" w:rsidP="0093549B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CE0C2B" w:rsidRPr="00D3323B" w14:paraId="66CE473B" w14:textId="77777777" w:rsidTr="0038340C">
+      <w:tr w:rsidR="00996657" w:rsidRPr="00D3323B" w14:paraId="0AD98518" w14:textId="77777777" w:rsidTr="0038340C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B82E424" w14:textId="483519E3" w:rsidR="00CE0C2B" w:rsidRPr="00D3323B" w:rsidRDefault="00CE0C2B" w:rsidP="0093549B">
+          <w:p w14:paraId="39DE3AF2" w14:textId="030BBE4F" w:rsidR="00996657" w:rsidRPr="00D3323B" w:rsidRDefault="00996657" w:rsidP="0093549B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D3323B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>FIM-IMN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3776E224" w14:textId="5960ED15" w:rsidR="00CE0C2B" w:rsidRPr="00D3323B" w:rsidRDefault="00CE0C2B" w:rsidP="0093549B">
+          </w:tcPr>
+          <w:p w14:paraId="1D8823FE" w14:textId="77777777" w:rsidR="00996657" w:rsidRPr="00D3323B" w:rsidRDefault="00996657" w:rsidP="0093549B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE0C2B" w:rsidRPr="00D3323B" w14:paraId="5103A056" w14:textId="77777777" w:rsidTr="0038340C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="128F9F91" w14:textId="7A5A2E93" w:rsidR="00CE0C2B" w:rsidRPr="00D3323B" w:rsidRDefault="00CE0C2B" w:rsidP="0093549B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D3323B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eintragung Promoter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AE93E31" w14:textId="1AAE8E6F" w:rsidR="00CE0C2B" w:rsidRPr="00D3323B" w:rsidRDefault="00CE0C2B" w:rsidP="0093549B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42176D4F" w14:textId="310D54E1" w:rsidR="00AF0889" w:rsidRPr="00D3323B" w:rsidRDefault="00CE0C2B" w:rsidP="00CE0C2B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1440"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -1669,515 +1666,357 @@
       <w:r w:rsidR="00FD49AE" w:rsidRPr="00BB425D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">diesem </w:t>
       </w:r>
       <w:r w:rsidR="0085396F" w:rsidRPr="00BB425D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Verbot ausgenommen</w:t>
       </w:r>
       <w:r w:rsidR="00FD49AE" w:rsidRPr="00BB425D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> sind Teilnehmer mit Wettbewerbsfahrzeugen und der damit verbundenen Fahrt </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="667132F2" w14:textId="4B809025" w:rsidR="00FD49AE" w:rsidRPr="00BB425D" w:rsidRDefault="00BB425D" w:rsidP="00896461">
+    <w:p w14:paraId="63E50DFC" w14:textId="690EDEFC" w:rsidR="00024928" w:rsidRDefault="00BB425D" w:rsidP="00996657">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD49AE" w:rsidRPr="00BB425D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>von oder zur Rennstrecke.</w:t>
       </w:r>
-      <w:r w:rsidR="00E547BB" w:rsidRPr="00BB425D">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00024928">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E50DFC" w14:textId="77777777" w:rsidR="00024928" w:rsidRDefault="00024928">
-[...16 lines deleted...]
-    <w:p w14:paraId="3E64CCCE" w14:textId="77777777" w:rsidR="00024928" w:rsidRDefault="00024928" w:rsidP="00E26105">
+    <w:p w14:paraId="306C30B6" w14:textId="77777777" w:rsidR="0006364E" w:rsidRDefault="0006364E" w:rsidP="00E26105">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E02EF24" w14:textId="655664C5" w:rsidR="00E26105" w:rsidRDefault="00E26105" w:rsidP="00E26105">
+    <w:p w14:paraId="4E02EF24" w14:textId="6C205BBC" w:rsidR="00E26105" w:rsidRDefault="00E26105" w:rsidP="00E26105">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D205E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Nenngeld</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="619D28FE" w14:textId="670AE5CB" w:rsidR="00E26105" w:rsidRDefault="00E26105" w:rsidP="00E26105">
+    <w:p w14:paraId="619D28FE" w14:textId="2E46BDFA" w:rsidR="00E26105" w:rsidRDefault="0006364E" w:rsidP="00E26105">
       <w:pPr>
         <w:ind w:right="-428"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk121136816"/>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deutsche Motocross-Meisterschaft </w:t>
+      </w:r>
+      <w:r w:rsidR="00B531AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>250/Open/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA32DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Damen/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B531AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Quad/SW</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26105" w:rsidRPr="005F1F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Das Nenngeld beträgt für</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> d</w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00426C45" w:rsidRPr="00517B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidR="00517B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00</w:t>
+      </w:r>
+      <w:r w:rsidR="00426C45" w:rsidRPr="00517B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> €</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="653A8E35" w14:textId="27C16AF6" w:rsidR="00E26105" w:rsidRPr="0093549B" w:rsidRDefault="0006364E" w:rsidP="00E26105">
+      <w:pPr>
+        <w:ind w:right="-428"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00971E3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deutsche </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jugend Motocross-Meisterschaft</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ie</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Deutschen Meisterschaft</w:t>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E704B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50/</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26105">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>65/85/125</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26105" w:rsidRPr="005F1F59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E26105">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>en</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00426C45" w:rsidRPr="00517B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50</w:t>
       </w:r>
       <w:r w:rsidR="00517B6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:szCs w:val="24"/>
-[...1 lines deleted...]
-        <w:tab/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00</w:t>
       </w:r>
       <w:r w:rsidR="00426C45" w:rsidRPr="00517B6D">
-        <w:rPr>
-[...235 lines deleted...]
-      <w:r w:rsidRPr="00517B6D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> €</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="1ED2CB92" w14:textId="77777777" w:rsidR="0093549B" w:rsidRDefault="0093549B" w:rsidP="0012438A">
+    <w:p w14:paraId="44808C12" w14:textId="77777777" w:rsidR="00EA32DB" w:rsidRDefault="00EA32DB" w:rsidP="0012438A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60D7E2D2" w14:textId="77777777" w:rsidR="0093549B" w:rsidRDefault="0093549B" w:rsidP="0012438A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CEB7074" w14:textId="17D8523E" w:rsidR="0012438A" w:rsidRDefault="0012438A" w:rsidP="0012438A">
+    <w:p w14:paraId="6CEB7074" w14:textId="7FE3DC7C" w:rsidR="0012438A" w:rsidRDefault="0012438A" w:rsidP="0012438A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00166990">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Nenngeld ist </w:t>
       </w:r>
       <w:r w:rsidR="000D1BB2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>an folgendes Konto zu überweisen</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> zu überweisen. </w:t>
+        <w:t xml:space="preserve">an folgendes Konto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu überweisen.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3227"/>
         <w:gridCol w:w="6095"/>
       </w:tblGrid>
       <w:tr w:rsidR="0012438A" w14:paraId="311DAA3C" w14:textId="77777777" w:rsidTr="0033521E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3227" w:type="dxa"/>
           </w:tcPr>
@@ -2368,143 +2207,173 @@
           <w:p w14:paraId="22307714" w14:textId="77777777" w:rsidR="0012438A" w:rsidRDefault="0012438A" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Verwendungszweck:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3854F250" w14:textId="6BA66078" w:rsidR="0012438A" w:rsidRDefault="000D1BB2" w:rsidP="0093549B">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3854F250" w14:textId="45FBCEA9" w:rsidR="0012438A" w:rsidRDefault="000D1BB2" w:rsidP="0093549B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006364E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>DMX</w:t>
+            </w:r>
+            <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Veranstaltungsort,</w:t>
+            </w:r>
+            <w:r w:rsidR="00070893">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="000D1BB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>DMX, Fahrername</w:t>
+              <w:t>Fahrername</w:t>
             </w:r>
             <w:r w:rsidR="00E109DB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="005F4013">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Startnummer, </w:t>
-[...6 lines deleted...]
-              <w:t>Veranstaltungsort</w:t>
+              <w:t>Startnummer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7F8C3122" w14:textId="77777777" w:rsidR="000D1BB2" w:rsidRDefault="000D1BB2" w:rsidP="005076DF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A654AD1" w14:textId="77777777" w:rsidR="00E109DB" w:rsidRDefault="00E109DB" w:rsidP="00557024">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77406549" w14:textId="5AF4061F" w:rsidR="00557024" w:rsidRPr="005076DF" w:rsidRDefault="00557024" w:rsidP="00557024">
+    <w:p w14:paraId="77406549" w14:textId="6F150DFE" w:rsidR="00557024" w:rsidRPr="005076DF" w:rsidRDefault="00557024" w:rsidP="00557024">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="005076DF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. ausgeschriebene Klassen</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5477" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>usgeschriebene Klassen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="9520" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="757"/>
         <w:gridCol w:w="1790"/>
         <w:gridCol w:w="4118"/>
         <w:gridCol w:w="571"/>
         <w:gridCol w:w="571"/>
         <w:gridCol w:w="571"/>
         <w:gridCol w:w="571"/>
         <w:gridCol w:w="571"/>
       </w:tblGrid>
       <w:tr w:rsidR="00557024" w:rsidRPr="004C5FE3" w14:paraId="47951F92" w14:textId="77777777" w:rsidTr="0093549B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2709,68 +2578,77 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662106">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="571" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48D091B6" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="00662106" w:rsidRDefault="00557024" w:rsidP="000D49C8">
+          <w:p w14:paraId="48D091B6" w14:textId="3CA937BD" w:rsidR="00557024" w:rsidRPr="00662106" w:rsidRDefault="00557024" w:rsidP="000D49C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662106">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA32DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00507E40" w:rsidRPr="004C5FE3" w14:paraId="73B0940E" w14:textId="77777777" w:rsidTr="0093549B">
         <w:trPr>
           <w:trHeight w:val="193"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="757" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12AE886E" w14:textId="64D89DEB" w:rsidR="00507E40" w:rsidRPr="004C5FE3" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -2794,74 +2672,74 @@
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB49DCE" w14:textId="39EB0B4D" w:rsidR="00507E40" w:rsidRPr="004C5FE3" w:rsidRDefault="00507E40" w:rsidP="0093549B">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00662106">
+          <w:p w14:paraId="4CB49DCE" w14:textId="695B6419" w:rsidR="00507E40" w:rsidRPr="0006364E" w:rsidRDefault="00507E40" w:rsidP="0093549B">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DM</w:t>
             </w:r>
-            <w:r w:rsidR="0093549B">
+            <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4816CA5E" w14:textId="06DCED8E" w:rsidR="00507E40" w:rsidRPr="004C5FE3" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662106">
               <w:rPr>
@@ -3073,76 +2951,76 @@
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48D98758" w14:textId="66C01B4D" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
+          <w:p w14:paraId="48D98758" w14:textId="7AF6EED4" w:rsidR="00507E40" w:rsidRPr="0006364E" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00662106">
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DM</w:t>
             </w:r>
-            <w:r w:rsidR="0093549B">
+            <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00662106">
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C2A11CF" w14:textId="64921CAD" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -3318,76 +3196,76 @@
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19131806" w14:textId="18974269" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
+          <w:p w14:paraId="19131806" w14:textId="714540C3" w:rsidR="00507E40" w:rsidRPr="0006364E" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00662106">
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DM</w:t>
             </w:r>
-            <w:r w:rsidR="0093549B">
+            <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00662106">
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09BB8D89" w14:textId="54630C9C" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3573,76 +3451,76 @@
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EB02F8B" w14:textId="7BCD89F8" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
+          <w:p w14:paraId="6EB02F8B" w14:textId="22CDA99D" w:rsidR="00507E40" w:rsidRPr="0006364E" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00662106">
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DM</w:t>
             </w:r>
-            <w:r w:rsidR="0093549B">
+            <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00662106">
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42109FBA" w14:textId="76E7AEDC" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -3829,77 +3707,77 @@
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33CA3637" w14:textId="2D533130" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
+          <w:p w14:paraId="33CA3637" w14:textId="74D3B285" w:rsidR="00507E40" w:rsidRPr="0006364E" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00662106">
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DM</w:t>
             </w:r>
-            <w:r w:rsidR="0093549B">
+            <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00662106">
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35B421C2" w14:textId="77777777" w:rsidR="0093549B" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662106">
@@ -4084,77 +3962,77 @@
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3993B83E" w14:textId="513BFBDF" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
+          <w:p w14:paraId="3993B83E" w14:textId="7DF3BCF8" w:rsidR="00507E40" w:rsidRPr="0006364E" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00662106">
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DM</w:t>
             </w:r>
-            <w:r w:rsidR="0093549B">
+            <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00662106">
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Open</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="730FE296" w14:textId="77777777" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4339,77 +4217,77 @@
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1055C3B7" w14:textId="7E2B559B" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
+          <w:p w14:paraId="1055C3B7" w14:textId="18ED6766" w:rsidR="00507E40" w:rsidRPr="0006364E" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00662106">
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DM</w:t>
             </w:r>
-            <w:r w:rsidR="0093549B">
+            <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00662106">
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Quad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="770896ED" w14:textId="77777777" w:rsidR="0093549B" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -4592,79 +4470,79 @@
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FB26A60" w14:textId="20E2788B" w:rsidR="00507E40" w:rsidRPr="00662106" w:rsidRDefault="00507E40" w:rsidP="0093549B">
+          <w:p w14:paraId="4FB26A60" w14:textId="1A5CFB30" w:rsidR="00507E40" w:rsidRPr="0006364E" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00662106">
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>DM</w:t>
             </w:r>
-            <w:r w:rsidR="0093549B">
+            <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00662106">
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ED0EAA9" w14:textId="77777777" w:rsidR="0093549B" w:rsidRDefault="00507E40" w:rsidP="0093549B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
@@ -4792,51 +4670,50 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(X)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0093549B" w:rsidRPr="004C5FE3" w14:paraId="3A9B0F41" w14:textId="77777777" w:rsidTr="0093549B">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="757" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25AB0313" w14:textId="1D71F3C1" w:rsidR="0093549B" w:rsidRPr="004C5FE3" w:rsidRDefault="0093549B" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
@@ -4849,74 +4726,82 @@
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1790" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA1C09A" w14:textId="170A115E" w:rsidR="0093549B" w:rsidRPr="0093549B" w:rsidRDefault="0093549B" w:rsidP="0093549B">
+          <w:p w14:paraId="2CA1C09A" w14:textId="76DF4B48" w:rsidR="0093549B" w:rsidRPr="0006364E" w:rsidRDefault="0093549B" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00662106">
+            <w:r w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DM</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>-Damen</w:t>
+              <w:t xml:space="preserve">X </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0006364E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Damen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4118" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="636AB122" w14:textId="77777777" w:rsidR="0093549B" w:rsidRDefault="0093549B" w:rsidP="0093549B">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662106">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -4984,51 +4869,50 @@
           <w:tcPr>
             <w:tcW w:w="571" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="382E6393" w14:textId="5134C0CD" w:rsidR="0093549B" w:rsidRDefault="0093549B" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="571" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66AED1CC" w14:textId="6FD55382" w:rsidR="0093549B" w:rsidRPr="004C5FE3" w:rsidRDefault="0093549B" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>X</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="571" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="404040" w:themeFill="text1" w:themeFillTint="BF"/>
             <w:vAlign w:val="center"/>
@@ -5046,407 +4930,239 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="571" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D6D712A" w14:textId="65F196AA" w:rsidR="0093549B" w:rsidRPr="004C5FE3" w:rsidRDefault="0093549B" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C5FE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(X)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0093549B" w:rsidRPr="004C5FE3" w14:paraId="7493636B" w14:textId="77777777" w:rsidTr="002A78C4">
-[...191 lines deleted...]
-      </w:tr>
     </w:tbl>
     <w:p w14:paraId="55236724" w14:textId="77777777" w:rsidR="00557024" w:rsidRDefault="00557024" w:rsidP="00557024">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF0889">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>X = Start- und Wertungsberechtigt / (X) = Nur Startberechtigt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7AF232" w14:textId="2CACAFD4" w:rsidR="00EA32DB" w:rsidRDefault="00EA32DB" w:rsidP="00557024">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>V*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA32DB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA32DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Die Ausstellung einer V-Lizenz setzt ein Mindestalter von 18 Jahren voraus.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B4ED5D7" w14:textId="1EDCCB09" w:rsidR="00A1532C" w:rsidRDefault="00A1532C" w:rsidP="006332E2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14C73CFC" w14:textId="3CB9B466" w:rsidR="00A1532C" w:rsidRPr="00557024" w:rsidRDefault="006332E2" w:rsidP="00557024">
-[...110 lines deleted...]
-    <w:p w14:paraId="5757739F" w14:textId="77777777" w:rsidR="00024928" w:rsidRDefault="00024928" w:rsidP="00D3323B">
+    <w:p w14:paraId="17AB105F" w14:textId="77777777" w:rsidR="00996657" w:rsidRDefault="00996657" w:rsidP="006332E2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F6B2635" w14:textId="5CEBA64B" w:rsidR="006332E2" w:rsidRPr="00D3323B" w:rsidRDefault="00DD372B" w:rsidP="00D3323B">
+    <w:p w14:paraId="14C73CFC" w14:textId="3CB9B466" w:rsidR="00A1532C" w:rsidRPr="00557024" w:rsidRDefault="006332E2" w:rsidP="00557024">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="120"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1532C" w:rsidRPr="005C0B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wertung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9B9580" w14:textId="1C920E45" w:rsidR="00024928" w:rsidRPr="00996657" w:rsidRDefault="00557024">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk145420569"/>
+      <w:r w:rsidRPr="005C0B29">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die Wertung erfolgt </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009420A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gemäß DMSB-Reglements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009420A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gemäß DMSB</w:t>
+      </w:r>
+      <w:r w:rsidR="00517B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009420A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Prädikatsbestimmungen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00024928">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA413FE" w14:textId="77777777" w:rsidR="0006364E" w:rsidRDefault="0006364E" w:rsidP="00D3323B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F6B2635" w14:textId="419581DF" w:rsidR="006332E2" w:rsidRPr="00D3323B" w:rsidRDefault="00DD372B" w:rsidP="00D3323B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00D205E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -5661,51 +5377,50 @@
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>DMSB-Pflichtkommissar</w:t>
             </w:r>
             <w:r w:rsidRPr="006332E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B09F9D0" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
@@ -5725,51 +5440,50 @@
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006332E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Liz.-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3314010F" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00557024" w:rsidRPr="006332E2" w14:paraId="79229526" w14:textId="77777777" w:rsidTr="0093549B">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
@@ -5892,194 +5606,50 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="740EDC33" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557024" w:rsidRPr="006332E2" w14:paraId="7EDEB08B" w14:textId="77777777" w:rsidTr="0093549B">
-[...142 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="00557024" w:rsidRPr="00D3323B" w14:paraId="63707AEC" w14:textId="77777777" w:rsidTr="0093549B">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4027C0CD" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="00D3323B" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
@@ -6891,135 +6461,125 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00557024" w:rsidRPr="006332E2" w14:paraId="64A10C3E" w14:textId="77777777" w:rsidTr="0093549B">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0406CF38" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
+          <w:p w14:paraId="0406CF38" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="00996657" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00D3323B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t>Leitender Rennarzt</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="006332E2">
+            </w:pPr>
+            <w:r w:rsidRPr="00996657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t>Leitender Rennarzt:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14484EB8" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
+          <w:p w14:paraId="14484EB8" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="00996657" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3500A53D" w14:textId="1024579D" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
+          <w:p w14:paraId="3500A53D" w14:textId="1024579D" w:rsidR="00557024" w:rsidRPr="00996657" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006332E2">
+            <w:r w:rsidRPr="00996657">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Liz.-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
@@ -7077,51 +6637,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Zeitnahme (Obmann):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CBD088E" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
+          <w:p w14:paraId="1CBD088E" w14:textId="599C3010" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
@@ -7142,51 +6702,51 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Liz.-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D243EA3" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
+          <w:p w14:paraId="1D243EA3" w14:textId="30C78C90" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00557024" w:rsidRPr="006332E2" w14:paraId="7E7DAB43" w14:textId="77777777" w:rsidTr="0093549B">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3543" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
@@ -7215,51 +6775,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Umweltbeauftragter:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2692" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E6D654A" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
+          <w:p w14:paraId="4E6D654A" w14:textId="30425819" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
@@ -7286,115 +6846,131 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Liz.-Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2267" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3268EDF5" w14:textId="77777777" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
+          <w:p w14:paraId="3268EDF5" w14:textId="229EB21F" w:rsidR="00557024" w:rsidRPr="006332E2" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="362032AF" w14:textId="77777777" w:rsidR="00557024" w:rsidRDefault="00557024" w:rsidP="00557024">
-      <w:pPr>
+    <w:p w14:paraId="325D4B60" w14:textId="5FCBE102" w:rsidR="00D3323B" w:rsidRDefault="00557024" w:rsidP="00557024">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB425D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00BB425D">
+        <w:t xml:space="preserve">Die Anerkennung der Sportwarte erfolgt vorbehaltlich des Besitzes einer entsprechenden Lizenz, sofern </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5477" w:rsidRPr="0006364E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Anerkennung der Sportwarte erfolgt vorbehaltlich des Besitzes einer entsprechenden Lizenz, sofern </w:t>
-[...10 lines deleted...]
-      <w:r>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BB425D">
+        <w:t>rforde</w:t>
+      </w:r>
+      <w:r w:rsidR="00996657">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>erforderlich</w:t>
+        <w:t>rl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>ich</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5477" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C377F49" w14:textId="77777777" w:rsidR="00BB425D" w:rsidRDefault="00BB425D" w:rsidP="00D3323B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0280CC84" w14:textId="77777777" w:rsidR="00996657" w:rsidRDefault="00996657" w:rsidP="00D3323B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75E0853D" w14:textId="34652A2A" w:rsidR="00557024" w:rsidRDefault="00557024" w:rsidP="00557024">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
@@ -7558,51 +7134,51 @@
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6095" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="35A1676B" w14:textId="77777777" w:rsidR="00557024" w:rsidRDefault="00557024" w:rsidP="0093549B">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7A86FD70" w14:textId="77777777" w:rsidR="00896461" w:rsidRDefault="00896461" w:rsidP="00CE0C2B">
+    <w:p w14:paraId="0C71CB69" w14:textId="77777777" w:rsidR="00996657" w:rsidRDefault="00996657" w:rsidP="00CE0C2B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15FA6AB3" w14:textId="6B4A56B3" w:rsidR="00557024" w:rsidRDefault="00557024" w:rsidP="00557024">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -7905,94 +7481,86 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DF605CB" w14:textId="551439D9" w:rsidR="00A1532C" w:rsidRPr="001D1115" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Fahrerlager gilt als Parc Fermé</w:t>
       </w:r>
       <w:r w:rsidR="00F005FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E2BA9CD" w14:textId="03FC103A" w:rsidR="00A1532C" w:rsidRPr="001D1115" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
+    <w:p w14:paraId="12FB4E23" w14:textId="73BE4F54" w:rsidR="00024928" w:rsidRDefault="00A1532C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die </w:t>
       </w:r>
       <w:r w:rsidR="00896461">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>drei</w:t>
       </w:r>
       <w:r w:rsidRPr="001D1115">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Erstplatzierten jeder Klasse</w:t>
       </w:r>
       <w:r w:rsidR="00F005FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00024928">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2522AA91" w14:textId="77777777" w:rsidR="0093549B" w:rsidRDefault="0093549B" w:rsidP="00971E3D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C92327F" w14:textId="4EB8DDD2" w:rsidR="00971E3D" w:rsidRPr="00896461" w:rsidRDefault="00971E3D" w:rsidP="00971E3D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
@@ -8014,434 +7582,403 @@
       <w:r w:rsidRPr="00D205E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Preis- &amp; Punktegeld</w:t>
       </w:r>
       <w:r w:rsidR="008247DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, Reisekostenvergütung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7816F1" w14:textId="6F9AC984" w:rsidR="00971E3D" w:rsidRDefault="00971E3D" w:rsidP="00971E3D">
-[...19 lines deleted...]
-        <w:t>Tageswertung</w:t>
+    <w:p w14:paraId="79B90001" w14:textId="58D467A8" w:rsidR="00971E3D" w:rsidRDefault="00656361" w:rsidP="00971E3D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00656361">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In den folgenden Klassen gibt es für jeden Wertungslauf bis einschließlich Platz 15 ein Punktegeld in folgender Höhe:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B90001" w14:textId="77777777" w:rsidR="00971E3D" w:rsidRDefault="00971E3D" w:rsidP="00971E3D">
+    <w:p w14:paraId="08D13A3A" w14:textId="77777777" w:rsidR="00656361" w:rsidRDefault="00656361" w:rsidP="00971E3D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="063CD3C6" w14:textId="5FF2CC21" w:rsidR="00E5457C" w:rsidRDefault="00E5457C" w:rsidP="00E5457C">
+    <w:p w14:paraId="063CD3C6" w14:textId="12740701" w:rsidR="00E5457C" w:rsidRPr="0006364E" w:rsidRDefault="00E5457C" w:rsidP="00E5457C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00971E3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Deutsche </w:t>
+      </w:r>
+      <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jugend </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Motocross</w:t>
+      </w:r>
+      <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Meisterschaft </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA32DB" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>50/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>65</w:t>
+      </w:r>
+      <w:r w:rsidR="0093549B" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0093549B" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1,00 € pro Punkt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D65F22" w14:textId="2E1C5589" w:rsidR="00971E3D" w:rsidRPr="0006364E" w:rsidRDefault="00971E3D" w:rsidP="00971E3D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deutsche </w:t>
+      </w:r>
+      <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jugend Motocross-Meisterschaft </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>85</w:t>
+      </w:r>
+      <w:r w:rsidR="00575BEF" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/125</w:t>
+      </w:r>
+      <w:r w:rsidR="0093549B" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2,00 € pro Punkt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5BDF03" w14:textId="09E9079E" w:rsidR="00971E3D" w:rsidRPr="0006364E" w:rsidRDefault="00971E3D" w:rsidP="00971E3D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Deutsche Motocross </w:t>
       </w:r>
-      <w:r w:rsidR="0012438A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Jugend </w:t>
+      <w:r w:rsidR="0012438A" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Junioren</w:t>
+      </w:r>
+      <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Meisterschaft 250</w:t>
+      </w:r>
+      <w:r w:rsidR="0093549B" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6,00 € pro Punkt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADBB6F8" w14:textId="1CDF7488" w:rsidR="0012438A" w:rsidRPr="0006364E" w:rsidRDefault="0012438A" w:rsidP="00971E3D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Deutsche Motocross</w:t>
+      </w:r>
+      <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Meisterschaft Open/</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA32DB" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Damen/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Quad</w:t>
+      </w:r>
+      <w:r w:rsidR="0093549B" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6,00 € pro Punkt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75A1AC1E" w14:textId="11187291" w:rsidR="00971E3D" w:rsidRDefault="00971E3D" w:rsidP="00971E3D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Deutsche Motocross</w:t>
+      </w:r>
+      <w:r w:rsidR="00070893" w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006364E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Meisterschaft</w:t>
       </w:r>
       <w:r w:rsidRPr="00971E3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Meisterschaft</w:t>
-[...324 lines deleted...]
-        <w:t>Deutsche Motocross Meisterschaft Seitenwagen</w:t>
+        <w:t xml:space="preserve"> Seitenwagen</w:t>
       </w:r>
       <w:r w:rsidR="0093549B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00971E3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8467,176 +8004,76 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="583524EF" w14:textId="09F12574" w:rsidR="00630469" w:rsidRDefault="00E109DB" w:rsidP="00971E3D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34DB6609" w14:textId="4BF08C79" w:rsidR="008247DB" w:rsidRDefault="0012438A" w:rsidP="0012438A">
-[...98 lines deleted...]
-    </w:p>
     <w:p w14:paraId="3B7286B5" w14:textId="07CA4BEA" w:rsidR="00630469" w:rsidRDefault="008247DB" w:rsidP="0012438A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>In den Klassen Quad/Seitenwagen gibt es folgende Reisekostenvergütung:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="315D3CA8" w14:textId="77777777" w:rsidR="0093549B" w:rsidRDefault="0093549B" w:rsidP="0012438A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D3BAF6F" w14:textId="6DECD2BB" w:rsidR="008247DB" w:rsidRPr="008247DB" w:rsidRDefault="008247DB" w:rsidP="0012438A">
+    <w:p w14:paraId="7D3BAF6F" w14:textId="1214CB61" w:rsidR="008247DB" w:rsidRPr="008247DB" w:rsidRDefault="008247DB" w:rsidP="0012438A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008247DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Quad</w:t>
       </w:r>
       <w:r w:rsidRPr="008247DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -8646,108 +8083,143 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0093549B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0093549B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00EA32DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
       <w:r w:rsidRPr="008247DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>60,00 €</w:t>
+        <w:t>,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="094643BD" w14:textId="60CACE8D" w:rsidR="008247DB" w:rsidRPr="008247DB" w:rsidRDefault="008247DB" w:rsidP="0012438A">
+    <w:p w14:paraId="094643BD" w14:textId="24E15880" w:rsidR="008247DB" w:rsidRPr="008247DB" w:rsidRDefault="008247DB" w:rsidP="0012438A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008247DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="0093549B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eitenwagen</w:t>
       </w:r>
       <w:r w:rsidRPr="008247DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008247DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>75,00 €</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA32DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>40</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008247DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,00 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E23068F" w14:textId="77777777" w:rsidR="00971E3D" w:rsidRPr="00166990" w:rsidRDefault="00971E3D" w:rsidP="00D205E5">
+    <w:p w14:paraId="3E23068F" w14:textId="77777777" w:rsidR="00971E3D" w:rsidRDefault="00971E3D" w:rsidP="00D205E5">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D271B41" w14:textId="77777777" w:rsidR="00996657" w:rsidRPr="00166990" w:rsidRDefault="00996657" w:rsidP="00D205E5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F75BDE6" w14:textId="0CF2E42E" w:rsidR="00A1532C" w:rsidRPr="00896461" w:rsidRDefault="00AF15A7" w:rsidP="00896461">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
@@ -8931,62 +8403,75 @@
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB425D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(ggfs. erweitern bzw. auf separatem Blatt aufführen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C60A9BC" w14:textId="77777777" w:rsidR="0093549B" w:rsidRDefault="0093549B" w:rsidP="00A1532C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E5EE680" w14:textId="55258B5F" w:rsidR="00A1532C" w:rsidRDefault="00896461" w:rsidP="00A1532C">
+    <w:p w14:paraId="210A8839" w14:textId="77777777" w:rsidR="00996657" w:rsidRDefault="00996657" w:rsidP="00A1532C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E5EE680" w14:textId="55258B5F" w:rsidR="00A1532C" w:rsidRDefault="00896461" w:rsidP="00A1532C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00971E3D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="00A1532C">
@@ -9250,71 +8735,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Status National/Europa-offen</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>140 €</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABB4BD4" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E58B745" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
+    <w:p w14:paraId="1E58B745" w14:textId="09BC90FB" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Berufungskaution - zahlbar an den DMSB</w:t>
       </w:r>
+      <w:r w:rsidR="00996657">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4C7B8ED5" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:pStyle w:val="HBTEXT10pBLOCKSATZ"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Status International</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -9351,77 +8846,68 @@
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Status National/Europa-offen</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>350 €</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03734876" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="29CFEC43" w14:textId="2C18C86D" w:rsidR="00024928" w:rsidRDefault="00A1532C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Protest- und Berufungskautionen sind mehrwertsteuerfrei)</w:t>
       </w:r>
-    </w:p>
-[...10 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00024928">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D993E5E" w14:textId="77777777" w:rsidR="00024928" w:rsidRDefault="00024928" w:rsidP="00A1532C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -9541,238 +9027,206 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43A8161F" w14:textId="5754C014" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00896461">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>a) Versicherungsschutz, Haftpflicht-Versicherung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22658905" w14:textId="252FE9CC" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00896461">
+    <w:p w14:paraId="22658905" w14:textId="5B3B92B4" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00896461">
       <w:pPr>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Veranstaltung ist gemäß </w:t>
       </w:r>
       <w:r w:rsidR="00DC0FF6" w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 65 </w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des DMS</w:t>
       </w:r>
       <w:r w:rsidR="00DC0FF6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 202</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> versichert</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C46428F" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E743534" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00896461">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">b) Haftungsausschluss </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B29C9C7" w14:textId="51A203CD" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00896461">
+    <w:p w14:paraId="6B29C9C7" w14:textId="1777DCB5" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00896461">
       <w:pPr>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 97 des </w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">DMSG </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D2ED8D8" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4941B28E" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00896461">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">c) Änderung der Ausschreibung </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="786BD47D" w14:textId="633AD146" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00896461" w:rsidP="00A1532C">
+    <w:p w14:paraId="786BD47D" w14:textId="6C5AD302" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00896461" w:rsidP="00A1532C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
@@ -9814,150 +9268,134 @@
       </w:r>
       <w:r w:rsidR="00A1532C" w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>des</w:t>
       </w:r>
       <w:r w:rsidR="00A1532C" w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A1532C" w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC3B69F" w14:textId="431CD179" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00896461" w:rsidP="00A1532C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A1532C" w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>d) Absage der Veranstaltung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E41CB4C" w14:textId="3368FE04" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00896461">
+    <w:p w14:paraId="7E41CB4C" w14:textId="74E5747B" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="00896461">
       <w:pPr>
         <w:ind w:left="708" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>gemäß</w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Art. 41 des </w:t>
       </w:r>
       <w:r w:rsidRPr="006E2FB6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>DMSG 202</w:t>
-[...7 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>DMSG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D212523" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="006E2FB6" w:rsidRDefault="00A1532C" w:rsidP="006E2FB6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B9A7360" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="00325C38" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
@@ -9990,80 +9428,72 @@
         <w:t>FIM Sporting Code, des DMSB und dieser Ausschreibung durchgeführt wird.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F49048A" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="00325C38" w:rsidRDefault="00A1532C" w:rsidP="00A1532C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00325C38">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Der Veranstalter hat dafür Sorge zu tragen, dass alle vom Veranstalter eingesetzten Helfer und Beteiligte, die keiner Lizenzierung unterliegen und im Rahmen der sportlichen Organisation mit Aufgaben betraut werden, je nach Veranstaltungsstatus verpflichtet werden die Bestimmungen der FIM, der FIM Europe und des DMSB anzuerkennen und einzuhalten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A2F8D1" w14:textId="77777777" w:rsidR="00A1532C" w:rsidRPr="00A1532C" w:rsidRDefault="00A1532C" w:rsidP="006E2FB6">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00A1532C" w:rsidRPr="00A1532C" w:rsidSect="00880EC1">
+    <w:sectPr w:rsidR="00A1532C" w:rsidRPr="00325C38" w:rsidSect="00880EC1">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="851" w:left="1418" w:header="720" w:footer="363" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="446D5410" w14:textId="77777777" w:rsidR="00565BE1" w:rsidRDefault="00565BE1">
+    <w:p w14:paraId="1ABECB49" w14:textId="77777777" w:rsidR="00C525C0" w:rsidRDefault="00C525C0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="500FCD66" w14:textId="77777777" w:rsidR="00565BE1" w:rsidRDefault="00565BE1">
+    <w:p w14:paraId="48C3DE7C" w14:textId="77777777" w:rsidR="00C525C0" w:rsidRDefault="00C525C0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -10080,51 +9510,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue CondensedObl">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue Condensed">
-    <w:altName w:val="Courier New"/>
+    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="03000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="HelveticaNeue BoldCond">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -10297,61 +9727,67 @@
       <w:tblW w:w="9214" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1809"/>
       <w:gridCol w:w="2019"/>
       <w:gridCol w:w="708"/>
       <w:gridCol w:w="4678"/>
     </w:tblGrid>
     <w:tr w:rsidR="00DA7D87" w:rsidRPr="00055F20" w14:paraId="489FDA39" w14:textId="77777777" w:rsidTr="006E2FB6">
       <w:trPr>
         <w:trHeight w:val="227"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1809" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="13F78E76" w14:textId="77777777" w:rsidR="00DA7D87" w:rsidRPr="00055F20" w:rsidRDefault="00DA7D87" w:rsidP="00DA7D87">
+        <w:p w14:paraId="13F78E76" w14:textId="0D69D4E3" w:rsidR="00DA7D87" w:rsidRPr="00055F20" w:rsidRDefault="00996657" w:rsidP="00DA7D87">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00055F20">
+          <w:r>
+            <w:rPr>
+              <w:sz w:val="20"/>
+            </w:rPr>
+            <w:t>DMSB-</w:t>
+          </w:r>
+          <w:r w:rsidR="00DA7D87" w:rsidRPr="00055F20">
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>NMN:</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2019" w:type="dxa"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="1B2105FC" w14:textId="77777777" w:rsidR="00DA7D87" w:rsidRPr="00055F20" w:rsidRDefault="00DA7D87" w:rsidP="00DA7D87">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4536"/>
               <w:tab w:val="right" w:pos="9072"/>
             </w:tabs>
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
           </w:pPr>
         </w:p>
@@ -10484,51 +9920,51 @@
             <w:rPr>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:t>Koordination Motorradsport</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="719CD190" w14:textId="77777777" w:rsidR="00E54C29" w:rsidRPr="00055F20" w:rsidRDefault="00E54C29" w:rsidP="00E54C29">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="0"/>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="7513"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="28207A2C" w14:textId="5FC18FF5" w:rsidR="00E54C29" w:rsidRPr="00055F20" w:rsidRDefault="00E54C29" w:rsidP="00E54C29">
+  <w:p w14:paraId="28207A2C" w14:textId="02EF8AFE" w:rsidR="00E54C29" w:rsidRPr="00055F20" w:rsidRDefault="00E54C29" w:rsidP="00E54C29">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9070"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>DM</w:t>
     </w:r>
     <w:r w:rsidR="00517B6D">
       <w:rPr>
@@ -10548,89 +9984,89 @@
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">-Ausschreibung </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>Motocross</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> – Stand 0</w:t>
     </w:r>
-    <w:r w:rsidR="002A78C4">
+    <w:r w:rsidR="00996657">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="0070598A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="0096239F">
+    <w:r w:rsidR="00D41FCF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00055F20">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -10770,118 +10206,118 @@
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>Herausgeber: DMSB-Deutscher Motorsport Bund e.V., Hahnstr. 70, 60528 Frankfurt, www.dmsb.d</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cstheme="minorBidi"/>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="04F8BF85" w14:textId="77777777" w:rsidR="00565BE1" w:rsidRDefault="00565BE1">
+    <w:p w14:paraId="7A75FBC7" w14:textId="77777777" w:rsidR="00C525C0" w:rsidRDefault="00C525C0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AD25634" w14:textId="77777777" w:rsidR="00565BE1" w:rsidRDefault="00565BE1">
+    <w:p w14:paraId="5ACE16AE" w14:textId="77777777" w:rsidR="00C525C0" w:rsidRDefault="00C525C0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7E453BEF" w14:textId="2B2585CA" w:rsidR="00E205A7" w:rsidRDefault="00517B6D" w:rsidP="002229DA">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3816"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="598A6AD3" wp14:editId="185B79FE">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="598A6AD3" wp14:editId="049B7722">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>81280</wp:posOffset>
+            <wp:posOffset>80645</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-266700</wp:posOffset>
+            <wp:posOffset>-160665</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1008394" cy="667170"/>
-          <wp:effectExtent l="0" t="0" r="1270" b="0"/>
+          <wp:extent cx="1008394" cy="455100"/>
+          <wp:effectExtent l="0" t="0" r="1270" b="2540"/>
           <wp:wrapNone/>
           <wp:docPr id="213275637" name="Grafik 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="213275637" name="Grafik 1"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1008394" cy="667170"/>
+                    <a:ext cx="1008394" cy="455100"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00E205A7">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="002229DA">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00E205A7">
       <w:tab/>
@@ -11995,102 +11431,106 @@
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1816604910">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="2117141024">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1344629620">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="83502392">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="618224704">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1016419066">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:printFractionalCharacterWidth/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0034226A"/>
     <w:rsid w:val="00001378"/>
     <w:rsid w:val="00004158"/>
     <w:rsid w:val="00020937"/>
     <w:rsid w:val="000232F2"/>
     <w:rsid w:val="00024928"/>
     <w:rsid w:val="00050C98"/>
     <w:rsid w:val="000532D4"/>
     <w:rsid w:val="000548E4"/>
     <w:rsid w:val="00057167"/>
     <w:rsid w:val="000609B6"/>
+    <w:rsid w:val="0006364E"/>
     <w:rsid w:val="00064F0D"/>
+    <w:rsid w:val="00070893"/>
     <w:rsid w:val="00074083"/>
     <w:rsid w:val="00086D43"/>
     <w:rsid w:val="000905E2"/>
+    <w:rsid w:val="00097FFD"/>
     <w:rsid w:val="000A1983"/>
     <w:rsid w:val="000B27D0"/>
+    <w:rsid w:val="000B5DC6"/>
     <w:rsid w:val="000C4279"/>
     <w:rsid w:val="000C5478"/>
     <w:rsid w:val="000D150C"/>
     <w:rsid w:val="000D1BB2"/>
     <w:rsid w:val="000D268E"/>
     <w:rsid w:val="000D4D9C"/>
     <w:rsid w:val="000F3FD4"/>
     <w:rsid w:val="00102C67"/>
     <w:rsid w:val="001113E7"/>
     <w:rsid w:val="00112E2E"/>
     <w:rsid w:val="00114FF3"/>
     <w:rsid w:val="0012438A"/>
     <w:rsid w:val="00141FC5"/>
     <w:rsid w:val="00151445"/>
     <w:rsid w:val="00166990"/>
     <w:rsid w:val="00166A26"/>
     <w:rsid w:val="001858D7"/>
     <w:rsid w:val="00190909"/>
     <w:rsid w:val="001943AB"/>
     <w:rsid w:val="001A2813"/>
     <w:rsid w:val="001A35AF"/>
     <w:rsid w:val="001A572D"/>
     <w:rsid w:val="001B50E4"/>
     <w:rsid w:val="001C08C3"/>
     <w:rsid w:val="001C0CEB"/>
@@ -12109,50 +11549,51 @@
     <w:rsid w:val="00216796"/>
     <w:rsid w:val="00220107"/>
     <w:rsid w:val="002229DA"/>
     <w:rsid w:val="00226B07"/>
     <w:rsid w:val="00231503"/>
     <w:rsid w:val="00235FF2"/>
     <w:rsid w:val="00242573"/>
     <w:rsid w:val="00245771"/>
     <w:rsid w:val="00263EF9"/>
     <w:rsid w:val="00266523"/>
     <w:rsid w:val="00266756"/>
     <w:rsid w:val="00274F0F"/>
     <w:rsid w:val="00281A7E"/>
     <w:rsid w:val="0029149F"/>
     <w:rsid w:val="00295BE3"/>
     <w:rsid w:val="00297994"/>
     <w:rsid w:val="002A78C4"/>
     <w:rsid w:val="002B79E6"/>
     <w:rsid w:val="002C4EC4"/>
     <w:rsid w:val="002C4F31"/>
     <w:rsid w:val="002D1498"/>
     <w:rsid w:val="002D51B9"/>
     <w:rsid w:val="002D619B"/>
     <w:rsid w:val="002D6258"/>
     <w:rsid w:val="002E5D8F"/>
+    <w:rsid w:val="002E7A84"/>
     <w:rsid w:val="002E7ED3"/>
     <w:rsid w:val="002F1942"/>
     <w:rsid w:val="003205A6"/>
     <w:rsid w:val="00326839"/>
     <w:rsid w:val="00332306"/>
     <w:rsid w:val="00334F8F"/>
     <w:rsid w:val="0034226A"/>
     <w:rsid w:val="0034522E"/>
     <w:rsid w:val="00347937"/>
     <w:rsid w:val="0036441F"/>
     <w:rsid w:val="003671CA"/>
     <w:rsid w:val="003701DF"/>
     <w:rsid w:val="00370DCA"/>
     <w:rsid w:val="003744BA"/>
     <w:rsid w:val="00382CE1"/>
     <w:rsid w:val="0038340C"/>
     <w:rsid w:val="003866F7"/>
     <w:rsid w:val="00390505"/>
     <w:rsid w:val="00390B01"/>
     <w:rsid w:val="00392B92"/>
     <w:rsid w:val="003A5E2F"/>
     <w:rsid w:val="003B5749"/>
     <w:rsid w:val="003C299E"/>
     <w:rsid w:val="003E03EB"/>
     <w:rsid w:val="003E6527"/>
@@ -12178,303 +11619,316 @@
     <w:rsid w:val="004C27B2"/>
     <w:rsid w:val="004C2F93"/>
     <w:rsid w:val="004C3166"/>
     <w:rsid w:val="004C5FE3"/>
     <w:rsid w:val="004D11E3"/>
     <w:rsid w:val="004E634B"/>
     <w:rsid w:val="004F4DA6"/>
     <w:rsid w:val="004F5F10"/>
     <w:rsid w:val="00506A1C"/>
     <w:rsid w:val="005076DF"/>
     <w:rsid w:val="00507E40"/>
     <w:rsid w:val="005132EC"/>
     <w:rsid w:val="00517B6D"/>
     <w:rsid w:val="00541E9C"/>
     <w:rsid w:val="005447D4"/>
     <w:rsid w:val="00544F2C"/>
     <w:rsid w:val="00550FB7"/>
     <w:rsid w:val="00555611"/>
     <w:rsid w:val="00557024"/>
     <w:rsid w:val="005605A0"/>
     <w:rsid w:val="0056172E"/>
     <w:rsid w:val="0056248D"/>
     <w:rsid w:val="00565BE1"/>
     <w:rsid w:val="00570AEE"/>
     <w:rsid w:val="005726A5"/>
+    <w:rsid w:val="00575BEF"/>
     <w:rsid w:val="00583C84"/>
     <w:rsid w:val="00584226"/>
     <w:rsid w:val="005B0375"/>
     <w:rsid w:val="005B4D93"/>
     <w:rsid w:val="005B59BF"/>
     <w:rsid w:val="005C052B"/>
     <w:rsid w:val="005C1B12"/>
     <w:rsid w:val="005D3D21"/>
     <w:rsid w:val="005D4B6B"/>
     <w:rsid w:val="005F0796"/>
     <w:rsid w:val="005F1F59"/>
     <w:rsid w:val="005F4013"/>
     <w:rsid w:val="00616E1A"/>
     <w:rsid w:val="006274EE"/>
     <w:rsid w:val="00630469"/>
     <w:rsid w:val="006332E2"/>
     <w:rsid w:val="00634143"/>
     <w:rsid w:val="00637938"/>
     <w:rsid w:val="0064531F"/>
     <w:rsid w:val="00646B31"/>
     <w:rsid w:val="00647702"/>
+    <w:rsid w:val="00656361"/>
     <w:rsid w:val="00662106"/>
     <w:rsid w:val="00673079"/>
     <w:rsid w:val="00675938"/>
     <w:rsid w:val="00682CA5"/>
     <w:rsid w:val="0068347D"/>
     <w:rsid w:val="006A469A"/>
     <w:rsid w:val="006D03CE"/>
     <w:rsid w:val="006E2FB6"/>
     <w:rsid w:val="006F590F"/>
     <w:rsid w:val="00702952"/>
+    <w:rsid w:val="00704EAC"/>
     <w:rsid w:val="0070598A"/>
     <w:rsid w:val="00711FDE"/>
     <w:rsid w:val="00713DA8"/>
     <w:rsid w:val="007172A8"/>
     <w:rsid w:val="00723E09"/>
     <w:rsid w:val="00754DDE"/>
+    <w:rsid w:val="0076199E"/>
     <w:rsid w:val="007800DB"/>
     <w:rsid w:val="00797EC2"/>
     <w:rsid w:val="007A3A73"/>
     <w:rsid w:val="007A4F35"/>
     <w:rsid w:val="007B6C5B"/>
     <w:rsid w:val="007C49A6"/>
     <w:rsid w:val="007C658B"/>
+    <w:rsid w:val="007E21E0"/>
     <w:rsid w:val="007E542E"/>
     <w:rsid w:val="007E712E"/>
     <w:rsid w:val="007F227F"/>
     <w:rsid w:val="007F6988"/>
     <w:rsid w:val="00800876"/>
     <w:rsid w:val="0080314E"/>
     <w:rsid w:val="00803CB1"/>
     <w:rsid w:val="00804D2D"/>
     <w:rsid w:val="008247DB"/>
     <w:rsid w:val="00832873"/>
     <w:rsid w:val="0083740A"/>
     <w:rsid w:val="00843D30"/>
     <w:rsid w:val="00847338"/>
     <w:rsid w:val="00851ACF"/>
     <w:rsid w:val="0085396F"/>
     <w:rsid w:val="00856696"/>
     <w:rsid w:val="00871A66"/>
     <w:rsid w:val="00880EC1"/>
     <w:rsid w:val="0088407B"/>
     <w:rsid w:val="00885F27"/>
     <w:rsid w:val="00886F7C"/>
     <w:rsid w:val="00887A7B"/>
     <w:rsid w:val="0089247F"/>
     <w:rsid w:val="00896461"/>
     <w:rsid w:val="00897BA5"/>
     <w:rsid w:val="008A150E"/>
     <w:rsid w:val="008C0C51"/>
     <w:rsid w:val="008C6E8F"/>
     <w:rsid w:val="008D1313"/>
     <w:rsid w:val="008E5D46"/>
     <w:rsid w:val="00911854"/>
     <w:rsid w:val="00920551"/>
     <w:rsid w:val="00920CF1"/>
     <w:rsid w:val="009255C3"/>
     <w:rsid w:val="0092710A"/>
     <w:rsid w:val="0093549B"/>
     <w:rsid w:val="00936246"/>
     <w:rsid w:val="00952182"/>
     <w:rsid w:val="00952CD4"/>
     <w:rsid w:val="0095763A"/>
     <w:rsid w:val="0096239F"/>
     <w:rsid w:val="00963086"/>
     <w:rsid w:val="00971E3D"/>
     <w:rsid w:val="00982FB8"/>
     <w:rsid w:val="009854A9"/>
     <w:rsid w:val="009864AF"/>
     <w:rsid w:val="00987D3F"/>
     <w:rsid w:val="00992EEE"/>
+    <w:rsid w:val="00996657"/>
     <w:rsid w:val="00996AC5"/>
     <w:rsid w:val="009A6919"/>
     <w:rsid w:val="009D3795"/>
     <w:rsid w:val="009D39F3"/>
     <w:rsid w:val="009E0E33"/>
     <w:rsid w:val="009E56B8"/>
     <w:rsid w:val="009F3AAD"/>
     <w:rsid w:val="00A00335"/>
     <w:rsid w:val="00A0288E"/>
     <w:rsid w:val="00A056BE"/>
     <w:rsid w:val="00A1532C"/>
     <w:rsid w:val="00A204F9"/>
     <w:rsid w:val="00A216CE"/>
     <w:rsid w:val="00A278DE"/>
     <w:rsid w:val="00A343D1"/>
     <w:rsid w:val="00A60BDA"/>
     <w:rsid w:val="00A71514"/>
     <w:rsid w:val="00A77BE1"/>
     <w:rsid w:val="00A821C4"/>
     <w:rsid w:val="00AA0F40"/>
     <w:rsid w:val="00AB3219"/>
     <w:rsid w:val="00AB575B"/>
     <w:rsid w:val="00AB7439"/>
     <w:rsid w:val="00AC0386"/>
     <w:rsid w:val="00AC6060"/>
     <w:rsid w:val="00AD500E"/>
     <w:rsid w:val="00AD5A1F"/>
     <w:rsid w:val="00AE1B7D"/>
     <w:rsid w:val="00AF0889"/>
     <w:rsid w:val="00AF15A7"/>
     <w:rsid w:val="00B118D5"/>
     <w:rsid w:val="00B2062E"/>
     <w:rsid w:val="00B371F5"/>
     <w:rsid w:val="00B440C7"/>
     <w:rsid w:val="00B44737"/>
     <w:rsid w:val="00B47CAD"/>
     <w:rsid w:val="00B50552"/>
     <w:rsid w:val="00B531AC"/>
+    <w:rsid w:val="00B56C43"/>
     <w:rsid w:val="00B56D1F"/>
     <w:rsid w:val="00B60160"/>
     <w:rsid w:val="00B717EB"/>
     <w:rsid w:val="00B8402F"/>
     <w:rsid w:val="00B85819"/>
     <w:rsid w:val="00B8625F"/>
     <w:rsid w:val="00B870B2"/>
     <w:rsid w:val="00B87462"/>
     <w:rsid w:val="00B87ED8"/>
     <w:rsid w:val="00B926FF"/>
     <w:rsid w:val="00B9460B"/>
     <w:rsid w:val="00BA12DD"/>
     <w:rsid w:val="00BA1B8A"/>
     <w:rsid w:val="00BA7E0C"/>
     <w:rsid w:val="00BB425D"/>
+    <w:rsid w:val="00BC5477"/>
     <w:rsid w:val="00BD4B42"/>
     <w:rsid w:val="00BE04B8"/>
     <w:rsid w:val="00BE0CEF"/>
     <w:rsid w:val="00BE1A96"/>
     <w:rsid w:val="00BF5B8C"/>
     <w:rsid w:val="00BF5C21"/>
     <w:rsid w:val="00C02736"/>
     <w:rsid w:val="00C03A61"/>
     <w:rsid w:val="00C14124"/>
     <w:rsid w:val="00C16696"/>
     <w:rsid w:val="00C338CD"/>
     <w:rsid w:val="00C35D09"/>
     <w:rsid w:val="00C4213C"/>
     <w:rsid w:val="00C47B20"/>
     <w:rsid w:val="00C50829"/>
     <w:rsid w:val="00C51118"/>
     <w:rsid w:val="00C51631"/>
+    <w:rsid w:val="00C525C0"/>
     <w:rsid w:val="00C60649"/>
     <w:rsid w:val="00C60B33"/>
     <w:rsid w:val="00C675DA"/>
     <w:rsid w:val="00C95349"/>
     <w:rsid w:val="00C962E0"/>
     <w:rsid w:val="00CA6F91"/>
     <w:rsid w:val="00CB0A21"/>
     <w:rsid w:val="00CB5B2B"/>
     <w:rsid w:val="00CB6BBD"/>
     <w:rsid w:val="00CC0307"/>
     <w:rsid w:val="00CE0C2B"/>
     <w:rsid w:val="00CE1556"/>
     <w:rsid w:val="00CE3DFA"/>
     <w:rsid w:val="00CE45A4"/>
     <w:rsid w:val="00CF30C4"/>
     <w:rsid w:val="00CF3DF7"/>
     <w:rsid w:val="00CF3F7B"/>
     <w:rsid w:val="00CF7FB0"/>
     <w:rsid w:val="00D03407"/>
     <w:rsid w:val="00D11112"/>
     <w:rsid w:val="00D203D9"/>
     <w:rsid w:val="00D205E5"/>
     <w:rsid w:val="00D21BA8"/>
     <w:rsid w:val="00D21F39"/>
     <w:rsid w:val="00D3323B"/>
+    <w:rsid w:val="00D41FCF"/>
     <w:rsid w:val="00D4320D"/>
     <w:rsid w:val="00D43797"/>
     <w:rsid w:val="00D44305"/>
     <w:rsid w:val="00D46A76"/>
     <w:rsid w:val="00D50876"/>
     <w:rsid w:val="00D5395B"/>
     <w:rsid w:val="00D70F9A"/>
     <w:rsid w:val="00D77FCD"/>
+    <w:rsid w:val="00D94445"/>
     <w:rsid w:val="00D97375"/>
     <w:rsid w:val="00DA548A"/>
     <w:rsid w:val="00DA7D87"/>
     <w:rsid w:val="00DC0FF6"/>
     <w:rsid w:val="00DC1555"/>
     <w:rsid w:val="00DC4C69"/>
     <w:rsid w:val="00DD1BF7"/>
     <w:rsid w:val="00DD372B"/>
     <w:rsid w:val="00DD58E4"/>
     <w:rsid w:val="00DE427A"/>
     <w:rsid w:val="00DF14F3"/>
     <w:rsid w:val="00DF1F2B"/>
     <w:rsid w:val="00E00EFC"/>
     <w:rsid w:val="00E073E2"/>
     <w:rsid w:val="00E10455"/>
     <w:rsid w:val="00E109DB"/>
     <w:rsid w:val="00E16FB4"/>
     <w:rsid w:val="00E205A7"/>
     <w:rsid w:val="00E23DA8"/>
     <w:rsid w:val="00E25655"/>
     <w:rsid w:val="00E26105"/>
     <w:rsid w:val="00E46EEC"/>
     <w:rsid w:val="00E51D50"/>
     <w:rsid w:val="00E5281B"/>
     <w:rsid w:val="00E5457C"/>
     <w:rsid w:val="00E547BB"/>
     <w:rsid w:val="00E54C29"/>
     <w:rsid w:val="00E5586E"/>
     <w:rsid w:val="00E846DE"/>
     <w:rsid w:val="00E84EA0"/>
     <w:rsid w:val="00E8776E"/>
     <w:rsid w:val="00EA0D1E"/>
+    <w:rsid w:val="00EA32DB"/>
     <w:rsid w:val="00EA5187"/>
     <w:rsid w:val="00EA7806"/>
     <w:rsid w:val="00EB04C1"/>
     <w:rsid w:val="00EB2294"/>
     <w:rsid w:val="00EB324A"/>
     <w:rsid w:val="00EB6C9B"/>
     <w:rsid w:val="00EC1C63"/>
     <w:rsid w:val="00ED0E7D"/>
     <w:rsid w:val="00ED3101"/>
     <w:rsid w:val="00ED78C5"/>
     <w:rsid w:val="00EF293C"/>
     <w:rsid w:val="00EF2A2F"/>
     <w:rsid w:val="00F005FF"/>
     <w:rsid w:val="00F00EBA"/>
     <w:rsid w:val="00F010F6"/>
     <w:rsid w:val="00F041F2"/>
     <w:rsid w:val="00F173DD"/>
     <w:rsid w:val="00F24BFD"/>
     <w:rsid w:val="00F31F7E"/>
     <w:rsid w:val="00F355BE"/>
     <w:rsid w:val="00F40347"/>
     <w:rsid w:val="00F404C6"/>
     <w:rsid w:val="00F4068C"/>
     <w:rsid w:val="00F47526"/>
     <w:rsid w:val="00F54C3B"/>
     <w:rsid w:val="00F56A9E"/>
+    <w:rsid w:val="00F72E2C"/>
     <w:rsid w:val="00F84F2E"/>
     <w:rsid w:val="00F95253"/>
     <w:rsid w:val="00F97874"/>
     <w:rsid w:val="00FA04B8"/>
     <w:rsid w:val="00FC1071"/>
     <w:rsid w:val="00FC2C54"/>
     <w:rsid w:val="00FC6847"/>
     <w:rsid w:val="00FC75D2"/>
     <w:rsid w:val="00FD25BB"/>
     <w:rsid w:val="00FD2C42"/>
     <w:rsid w:val="00FD2C56"/>
     <w:rsid w:val="00FD3688"/>
     <w:rsid w:val="00FD3A54"/>
     <w:rsid w:val="00FD49AE"/>
     <w:rsid w:val="00FE15CF"/>
     <w:rsid w:val="00FE1A4B"/>
     <w:rsid w:val="00FE342C"/>
     <w:rsid w:val="00FF219F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -13834,67 +13288,96 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B62B905B-F33C-481D-882E-A80A76CAC0D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>756</Words>
-  <Characters>5484</Characters>
+  <Words>1063</Words>
+  <Characters>4884</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>45</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>444</Lines>
+  <Paragraphs>283</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ausschreibung MX DM</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>DMSB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6228</CharactersWithSpaces>
+  <CharactersWithSpaces>5664</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ausschreibung MX DM</dc:title>
   <dc:creator>MN</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_2d37af7d-023d-4dfc-a150-245b16607fbf_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_2d37af7d-023d-4dfc-a150-245b16607fbf_SetDate">
+    <vt:lpwstr>2026-01-21T16:07:13Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_2d37af7d-023d-4dfc-a150-245b16607fbf_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_2d37af7d-023d-4dfc-a150-245b16607fbf_Name">
+    <vt:lpwstr>vb_oeffentlich</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_2d37af7d-023d-4dfc-a150-245b16607fbf_SiteId">
+    <vt:lpwstr>9186fbbe-fa2f-408b-b116-e9799f388136</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_2d37af7d-023d-4dfc-a150-245b16607fbf_ActionId">
+    <vt:lpwstr>d6ab39e2-e2d3-478a-b77e-1ca687d06274</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_2d37af7d-023d-4dfc-a150-245b16607fbf_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_2d37af7d-023d-4dfc-a150-245b16607fbf_Tag">
+    <vt:lpwstr>10, 0, 1, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>